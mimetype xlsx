--- v0 (2025-10-06)
+++ v1 (2025-11-08)
@@ -3,90 +3,90 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ebknova.sharepoint.com/sites/kansliet/Shared Documents/General/Serie Matcher/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="460" documentId="13_ncr:1_{DC6ECBAE-D570-4BE0-B795-4A1A16E4DC30}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A14F88FB-72D1-43DB-9996-6E7E01827CF3}"/>
+  <xr:revisionPtr revIDLastSave="531" documentId="13_ncr:1_{DC6ECBAE-D570-4BE0-B795-4A1A16E4DC30}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D04763E6-258D-4764-AF58-7B6543A6CD6D}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{5DEB2693-77FB-4E1C-95E3-E5196D480A76}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5DEB2693-77FB-4E1C-95E3-E5196D480A76}"/>
   </bookViews>
   <sheets>
     <sheet name="Seriematcher" sheetId="1" r:id="rId1"/>
     <sheet name="Träningsmatcher" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Seriematcher!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="867" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="886" uniqueCount="225">
   <si>
     <t>Motståndare</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Domare</t>
   </si>
   <si>
     <t>Telefonnummer</t>
   </si>
   <si>
     <t>Spelplats</t>
   </si>
   <si>
     <t>11 manna</t>
   </si>
   <si>
     <t>Berga  K-gräs</t>
   </si>
   <si>
@@ -380,53 +380,50 @@
   <si>
     <t>Div 1 Herr J</t>
   </si>
   <si>
     <t>FBK Balkan</t>
   </si>
   <si>
     <t>Ramlösa Södra IF</t>
   </si>
   <si>
     <t>FC Rosengård 1917 röd</t>
   </si>
   <si>
     <t>Nosaby IF</t>
   </si>
   <si>
     <t>Dösjöbro IF</t>
   </si>
   <si>
     <t>P16 år röd</t>
   </si>
   <si>
     <t>IFK Knislinge</t>
   </si>
   <si>
-    <t>10 okt.</t>
-[...1 lines deleted...]
-  <si>
     <t>P16 Skåne</t>
   </si>
   <si>
     <t>Hässleholms IF</t>
   </si>
   <si>
     <t>Svedala IF</t>
   </si>
   <si>
     <t>Sölvesborgs GIF</t>
   </si>
   <si>
     <t>Sjöbo IF</t>
   </si>
   <si>
     <t>Flickor 12 år</t>
   </si>
   <si>
     <t>Dösjöbro IF vit</t>
   </si>
   <si>
     <t>Flickor 10 år</t>
   </si>
   <si>
     <t>Lilla Torg FF blå</t>
@@ -668,97 +665,109 @@
   <si>
     <t>Fredrik R</t>
   </si>
   <si>
     <t>Linus</t>
   </si>
   <si>
     <t>076-4718365</t>
   </si>
   <si>
     <t>Landskrona BOIS röd</t>
   </si>
   <si>
     <t>1 okt.</t>
   </si>
   <si>
     <t>18.45</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>BK Fram</t>
   </si>
   <si>
-    <t>Insälld</t>
-[...1 lines deleted...]
-  <si>
     <t>Träningsmatch</t>
   </si>
   <si>
     <t xml:space="preserve">P10 år </t>
   </si>
   <si>
     <t>Staffanstorp United</t>
   </si>
   <si>
     <t>F10 år</t>
   </si>
   <si>
     <t>Staffanstorp</t>
   </si>
   <si>
     <t>19 okt.</t>
   </si>
   <si>
     <t>18 okt.</t>
   </si>
   <si>
-    <t>gräshall</t>
-[...1 lines deleted...]
-  <si>
     <t>Landskrona BOIS</t>
   </si>
   <si>
     <t>Torns IF</t>
   </si>
   <si>
     <t xml:space="preserve">Gräshallen </t>
   </si>
   <si>
     <t>Gräshallen</t>
   </si>
   <si>
     <t>076-3488901</t>
+  </si>
+  <si>
+    <t>inställd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uppskjuten </t>
+  </si>
+  <si>
+    <t>18.15</t>
+  </si>
+  <si>
+    <t>P10 år</t>
+  </si>
+  <si>
+    <t>Berga gräshall</t>
+  </si>
+  <si>
+    <t>Inställd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -874,50 +883,56 @@
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="0.39997558519241921"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="7" tint="0.39997558519241921"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="8" tint="0.39997558519241921"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="8" tint="0.39997558519241921"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF00B0F0"/>
+      <name val="Verdana"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFEFEFE"/>
@@ -1043,51 +1058,51 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="177">
+  <cellXfs count="182">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -1474,56 +1489,50 @@
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1540,50 +1549,67 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="22" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="22" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0505"/>
       <color rgb="FF49D14F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1889,55 +1915,55 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73A1D11B-B12A-496A-885E-A4B468EA58FF}">
-  <dimension ref="A1:L138"/>
+  <dimension ref="A1:L139"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A105" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I122" sqref="I122"/>
+      <selection pane="bottomLeft" activeCell="H126" sqref="H126"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.85546875" customWidth="1"/>
     <col min="2" max="2" width="7.140625" customWidth="1"/>
     <col min="3" max="3" width="25" customWidth="1"/>
     <col min="4" max="4" width="6.42578125" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
     <col min="7" max="7" width="14.7109375" customWidth="1"/>
     <col min="8" max="8" width="21.42578125" customWidth="1"/>
     <col min="9" max="9" width="16.7109375" style="125" customWidth="1"/>
     <col min="10" max="10" width="22.85546875" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="31"/>
       <c r="B1" s="31"/>
       <c r="C1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="33"/>
       <c r="E1" s="34" t="s">
         <v>1</v>
@@ -1955,3501 +1981,3570 @@
       <c r="J1" s="37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H2" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I2" s="39" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="38" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I3" s="39" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="38" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I4" s="39" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="2"/>
       <c r="F5" s="6"/>
       <c r="G5" s="7"/>
       <c r="H5" s="38"/>
       <c r="I5" s="39"/>
       <c r="J5" s="5"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>62</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="114" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I6" s="9" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J6" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="9"/>
       <c r="C7" s="9" t="s">
         <v>67</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="114" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="I7" s="9" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J7" s="41" t="s">
         <v>13</v>
       </c>
       <c r="K7" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" s="15"/>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="16"/>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="38"/>
       <c r="I8" s="43"/>
       <c r="J8" s="13"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" s="65" t="s">
         <v>84</v>
       </c>
       <c r="B9" s="65"/>
       <c r="C9" s="65" t="s">
         <v>85</v>
       </c>
       <c r="D9" s="65" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="66" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="67" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="81" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="65" t="s">
+        <v>169</v>
+      </c>
+      <c r="I9" s="62" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J9" s="64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="65" t="s">
         <v>104</v>
       </c>
       <c r="B10" s="65"/>
       <c r="C10" s="65" t="s">
         <v>105</v>
       </c>
       <c r="D10" s="65" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="66" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="81" t="s">
         <v>6</v>
       </c>
       <c r="H10" s="65" t="s">
         <v>56</v>
       </c>
       <c r="I10" s="101"/>
       <c r="J10" s="64" t="s">
         <v>48</v>
       </c>
       <c r="K10" s="109"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="15"/>
       <c r="B11" s="15"/>
       <c r="C11" s="15"/>
       <c r="D11" s="15"/>
       <c r="E11" s="16"/>
       <c r="F11" s="17"/>
       <c r="G11" s="18"/>
       <c r="H11" s="38"/>
       <c r="I11" s="43"/>
       <c r="J11" s="41"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="69" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B12" s="69"/>
       <c r="C12" s="69" t="s">
         <v>101</v>
       </c>
       <c r="D12" s="69" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="70" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="71" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="72" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="69" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I12" s="73" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J12" s="74" t="s">
         <v>49</v>
       </c>
       <c r="K12" s="110"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A13" s="15"/>
       <c r="B13" s="15"/>
       <c r="C13" s="15"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
       <c r="F13" s="17"/>
       <c r="G13" s="18"/>
       <c r="H13" s="38"/>
       <c r="I13" s="43"/>
       <c r="J13" s="13"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="19" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H14" s="44" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I14" s="40" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A15" s="8"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="19"/>
       <c r="F15" s="6"/>
       <c r="G15" s="7"/>
       <c r="H15" s="38"/>
       <c r="I15" s="43"/>
       <c r="J15" s="5"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A16" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="21"/>
       <c r="C16" s="21"/>
       <c r="D16" s="21" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="22" t="s">
         <v>29</v>
       </c>
       <c r="F16" s="49" t="s">
         <v>19</v>
       </c>
       <c r="G16" s="21" t="s">
         <v>20</v>
       </c>
       <c r="H16" s="21" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I16" s="21" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J16" s="21" t="s">
         <v>13</v>
       </c>
       <c r="K16" s="120" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A17" s="21"/>
       <c r="B17" s="21"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="22"/>
       <c r="F17" s="49"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="I17" s="129" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J17" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="16" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="46" t="s">
         <v>8</v>
       </c>
       <c r="G18" s="127" t="s">
         <v>9</v>
       </c>
       <c r="H18" s="131" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I18" s="133" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J18" s="128" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B19" s="9"/>
       <c r="C19" s="9" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="16" t="s">
         <v>30</v>
       </c>
       <c r="F19" s="46" t="s">
         <v>8</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>9</v>
       </c>
       <c r="H19" s="121" t="s">
+        <v>169</v>
+      </c>
+      <c r="I19" s="114" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J19" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="F20" s="46" t="s">
         <v>10</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="130" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I20" s="9" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J20" s="41" t="s">
         <v>13</v>
       </c>
       <c r="K20" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="F21" s="46" t="s">
         <v>25</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="130" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I21" s="133" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J21" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A22" s="9"/>
       <c r="B22" s="9"/>
       <c r="C22" s="15"/>
       <c r="D22" s="9"/>
       <c r="E22" s="16"/>
       <c r="F22" s="14"/>
       <c r="G22" s="12"/>
       <c r="H22" s="44" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="I22" s="40"/>
       <c r="J22" s="13"/>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A23" s="68" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="68"/>
       <c r="C23" s="65" t="s">
         <v>77</v>
       </c>
       <c r="D23" s="68" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="66" t="s">
         <v>29</v>
       </c>
       <c r="F23" s="80" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="88" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="89" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I23" s="101" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J23" s="64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A24" s="68" t="s">
         <v>80</v>
       </c>
       <c r="B24" s="68"/>
       <c r="C24" s="65" t="s">
         <v>81</v>
       </c>
       <c r="D24" s="68" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="66" t="s">
         <v>30</v>
       </c>
       <c r="F24" s="80" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="88" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="89" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I24" s="90" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J24" s="64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A25" s="9"/>
       <c r="B25" s="9"/>
       <c r="C25" s="15"/>
       <c r="D25" s="68"/>
       <c r="E25" s="66"/>
       <c r="F25" s="14"/>
       <c r="G25" s="12"/>
       <c r="H25" s="44"/>
       <c r="I25" s="40"/>
       <c r="J25" s="64"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A26" s="75" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B26" s="75"/>
       <c r="C26" s="69" t="s">
         <v>74</v>
       </c>
       <c r="D26" s="75" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="70" t="s">
         <v>29</v>
       </c>
       <c r="F26" s="76" t="s">
         <v>25</v>
       </c>
       <c r="G26" s="77" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="78" t="s">
+        <v>177</v>
+      </c>
+      <c r="I26" s="132" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J26" s="74" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A27" s="75" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="69" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D27" s="75" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="70" t="s">
         <v>29</v>
       </c>
       <c r="F27" s="76" t="s">
         <v>24</v>
       </c>
       <c r="G27" s="77" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>56</v>
       </c>
       <c r="I27" s="79"/>
       <c r="J27" s="74" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A28" s="75"/>
       <c r="B28" s="75"/>
       <c r="C28" s="69"/>
       <c r="D28" s="75"/>
       <c r="E28" s="70"/>
       <c r="F28" s="76"/>
       <c r="G28" s="77"/>
       <c r="H28" s="78"/>
       <c r="I28" s="79"/>
       <c r="J28" s="74"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A29" s="96" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B29" s="96"/>
       <c r="C29" s="105" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="105" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E29" s="106" t="s">
+        <v>167</v>
+      </c>
+      <c r="F29" s="107" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G29" s="105" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="105" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I29" s="114" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J29" s="96" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K29" s="119"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A30" s="96"/>
       <c r="B30" s="96"/>
       <c r="C30" s="105"/>
       <c r="D30" s="105"/>
       <c r="E30" s="106"/>
       <c r="F30" s="107"/>
       <c r="G30" s="108"/>
       <c r="H30" s="105"/>
       <c r="I30" s="123"/>
       <c r="J30" s="97"/>
       <c r="K30" s="119"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="31" t="s">
         <v>77</v>
       </c>
       <c r="D31" s="31" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F31" s="47" t="s">
         <v>8</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="44" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I31" s="39" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B32" s="1"/>
       <c r="C32" s="38" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D32" s="31" t="s">
         <v>26</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F32" s="47" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H32" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="I32" s="40" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="38" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="31" t="s">
         <v>28</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F33" s="47" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H33" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="I33" s="40" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="38"/>
       <c r="D34" s="31"/>
       <c r="E34" s="2"/>
       <c r="F34" s="47"/>
       <c r="G34" s="7"/>
       <c r="H34" s="38"/>
       <c r="I34" s="39"/>
       <c r="J34" s="5"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A35" s="9" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B35" s="9"/>
       <c r="C35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>33</v>
       </c>
       <c r="F35" s="45" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="18" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="I35" s="9" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="J35" s="30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B36" s="9"/>
       <c r="C36" s="9" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>51</v>
       </c>
       <c r="F36" s="46" t="s">
         <v>10</v>
       </c>
       <c r="G36" s="12" t="s">
         <v>9</v>
       </c>
       <c r="H36" s="130" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I36" s="114" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J36" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A37" s="9" t="s">
         <v>62</v>
       </c>
       <c r="B37" s="9"/>
       <c r="C37" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>51</v>
       </c>
       <c r="F37" s="45" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="18" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="9" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I37" s="9" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J37" s="30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A38" s="9"/>
       <c r="B38" s="9"/>
       <c r="C38" s="9"/>
       <c r="D38" s="9"/>
       <c r="E38" s="10"/>
       <c r="F38" s="46"/>
       <c r="G38" s="12"/>
       <c r="H38" s="44"/>
       <c r="I38" s="40"/>
       <c r="J38" s="41"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A39" s="68" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="68"/>
       <c r="C39" s="68" t="s">
         <v>86</v>
       </c>
       <c r="D39" s="68" t="s">
         <v>28</v>
       </c>
       <c r="E39" s="87" t="s">
         <v>51</v>
       </c>
       <c r="F39" s="80" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="88" t="s">
         <v>9</v>
       </c>
       <c r="H39" s="89" t="s">
+        <v>177</v>
+      </c>
+      <c r="I39" s="90" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J39" s="64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A40" s="68"/>
       <c r="B40" s="68"/>
       <c r="C40" s="68"/>
       <c r="D40" s="68"/>
       <c r="E40" s="87"/>
       <c r="F40" s="80"/>
       <c r="G40" s="88"/>
       <c r="H40" s="89"/>
       <c r="I40" s="90"/>
       <c r="J40" s="64"/>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A41" s="78" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B41" s="78"/>
       <c r="C41" s="78" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D41" s="75" t="s">
         <v>28</v>
       </c>
       <c r="E41" s="85" t="s">
         <v>51</v>
       </c>
       <c r="F41" s="86" t="s">
         <v>10</v>
       </c>
       <c r="G41" s="75" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="78" t="s">
+        <v>184</v>
+      </c>
+      <c r="I41" s="134" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="J41" s="69" t="s">
         <v>49</v>
       </c>
       <c r="K41" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A42" s="8"/>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
       <c r="D42" s="8"/>
       <c r="E42" s="19"/>
       <c r="F42" s="53"/>
       <c r="G42" s="54"/>
       <c r="H42" s="38"/>
       <c r="I42" s="63"/>
       <c r="J42" s="20"/>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A43" s="9" t="s">
         <v>62</v>
       </c>
       <c r="B43" s="9"/>
       <c r="C43" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="16" t="s">
         <v>35</v>
       </c>
       <c r="F43" s="55" t="s">
         <v>8</v>
       </c>
       <c r="G43" s="18" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="9" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I43" s="114" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J43" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A44" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B44" s="15"/>
       <c r="C44" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E44" s="16" t="s">
         <v>35</v>
       </c>
       <c r="F44" s="45" t="s">
         <v>8</v>
       </c>
       <c r="G44" s="18" t="s">
         <v>9</v>
       </c>
       <c r="H44" s="9" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I44" s="114" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J44" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A45" s="9" t="s">
         <v>66</v>
       </c>
       <c r="B45" s="9"/>
       <c r="C45" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E45" s="16" t="s">
         <v>35</v>
       </c>
       <c r="F45" s="45" t="s">
         <v>10</v>
       </c>
       <c r="G45" s="18" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="9" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I45" s="114" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J45" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A46" s="9" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B46" s="9"/>
       <c r="C46" s="15" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E46" s="16" t="s">
         <v>35</v>
       </c>
       <c r="F46" s="45" t="s">
         <v>10</v>
       </c>
       <c r="G46" s="18" t="s">
         <v>9</v>
       </c>
       <c r="H46" s="9" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I46" s="114" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J46" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:11" s="98" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B47" s="15"/>
       <c r="C47" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E47" s="16" t="s">
         <v>38</v>
       </c>
       <c r="F47" s="45" t="s">
         <v>20</v>
       </c>
       <c r="G47" s="18" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="136" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I47" s="9" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J47" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A48" s="92" t="s">
         <v>52</v>
       </c>
       <c r="B48" s="92"/>
       <c r="C48" s="92" t="s">
         <v>77</v>
       </c>
       <c r="D48" s="92" t="s">
         <v>28</v>
       </c>
       <c r="E48" s="93" t="s">
         <v>38</v>
       </c>
       <c r="F48" s="94" t="s">
         <v>20</v>
       </c>
       <c r="G48" s="95" t="s">
         <v>9</v>
       </c>
       <c r="H48" s="92" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I48" s="135" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J48" s="92" t="s">
         <v>13</v>
       </c>
-      <c r="K48" s="154"/>
+      <c r="K48" s="152"/>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A49" s="15"/>
       <c r="B49" s="15"/>
       <c r="C49" s="15"/>
       <c r="D49" s="15"/>
       <c r="E49" s="16"/>
       <c r="F49" s="45"/>
       <c r="G49" s="18"/>
       <c r="H49" s="38"/>
       <c r="I49" s="43"/>
       <c r="J49" s="15"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A50" s="65" t="s">
         <v>84</v>
       </c>
       <c r="B50" s="65"/>
       <c r="C50" s="65" t="s">
         <v>87</v>
       </c>
       <c r="D50" s="65" t="s">
         <v>26</v>
       </c>
       <c r="E50" s="66" t="s">
         <v>35</v>
       </c>
       <c r="F50" s="99" t="s">
         <v>20</v>
       </c>
       <c r="G50" s="81" t="s">
         <v>9</v>
       </c>
       <c r="H50" s="65" t="s">
+        <v>177</v>
+      </c>
+      <c r="I50" s="90" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J50" s="65" t="s">
         <v>48</v>
       </c>
       <c r="K50" s="109"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A51" s="65" t="s">
         <v>80</v>
       </c>
       <c r="B51" s="65"/>
       <c r="C51" s="65" t="s">
         <v>82</v>
       </c>
       <c r="D51" s="65" t="s">
         <v>28</v>
       </c>
       <c r="E51" s="66" t="s">
         <v>38</v>
       </c>
       <c r="F51" s="66" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="81" t="s">
         <v>9</v>
       </c>
       <c r="H51" s="65" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I51" s="102" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J51" s="65" t="s">
         <v>48</v>
       </c>
       <c r="K51" s="109"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A52" s="65"/>
       <c r="B52" s="65"/>
       <c r="C52" s="65"/>
       <c r="D52" s="65"/>
       <c r="E52" s="66"/>
       <c r="F52" s="66"/>
       <c r="G52" s="81"/>
       <c r="H52" s="65"/>
       <c r="I52" s="82"/>
       <c r="J52" s="65"/>
       <c r="K52" s="109"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A53" s="65" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="65"/>
       <c r="C53" s="65" t="s">
         <v>106</v>
       </c>
       <c r="D53" s="65" t="s">
+        <v>136</v>
+      </c>
+      <c r="E53" s="66" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F53" s="66" t="s">
         <v>21</v>
       </c>
       <c r="G53" s="81" t="s">
         <v>6</v>
       </c>
       <c r="H53" s="65" t="s">
         <v>56</v>
       </c>
       <c r="I53" s="82"/>
       <c r="J53" s="65" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="19"/>
       <c r="F54" s="53"/>
       <c r="G54" s="54"/>
       <c r="H54" s="38"/>
       <c r="I54" s="63"/>
       <c r="J54" s="8"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A55" s="69" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="69"/>
       <c r="C55" s="69" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D55" s="69" t="s">
         <v>32</v>
       </c>
       <c r="E55" s="70" t="s">
         <v>34</v>
       </c>
       <c r="F55" s="70" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="72" t="s">
         <v>6</v>
       </c>
       <c r="H55" s="69" t="s">
         <v>56</v>
       </c>
       <c r="I55" s="83"/>
       <c r="J55" s="69" t="s">
         <v>49</v>
       </c>
       <c r="K55" s="110"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A56" s="69" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B56" s="69"/>
       <c r="C56" s="69" t="s">
         <v>95</v>
       </c>
       <c r="D56" s="69" t="s">
         <v>28</v>
       </c>
       <c r="E56" s="70" t="s">
         <v>38</v>
       </c>
       <c r="F56" s="70" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="G56" s="72" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="69" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="I56" s="79"/>
       <c r="J56" s="69" t="s">
         <v>49</v>
       </c>
       <c r="K56" s="110"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A57" s="15"/>
       <c r="B57" s="15"/>
       <c r="C57" s="15"/>
       <c r="D57" s="15"/>
       <c r="E57" s="16"/>
       <c r="F57" s="45"/>
       <c r="G57" s="18"/>
       <c r="H57" s="38"/>
       <c r="I57" s="43"/>
       <c r="J57" s="15"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B58" s="1"/>
       <c r="C58" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E58" s="19" t="s">
         <v>36</v>
       </c>
       <c r="F58" s="47" t="s">
         <v>8</v>
       </c>
       <c r="G58" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H58" s="44" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I58" s="39" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A59" s="31" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B59" s="31"/>
       <c r="C59" s="38" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D59" s="38" t="s">
         <v>26</v>
       </c>
       <c r="E59" s="52" t="s">
         <v>36</v>
       </c>
       <c r="F59" s="56" t="s">
         <v>8</v>
       </c>
       <c r="G59" s="57" t="s">
         <v>9</v>
       </c>
       <c r="H59" s="58" t="s">
+        <v>169</v>
+      </c>
+      <c r="I59" s="40" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A60" s="31" t="s">
         <v>90</v>
       </c>
       <c r="B60" s="31"/>
       <c r="C60" s="38" t="s">
         <v>91</v>
       </c>
       <c r="D60" s="38" t="s">
         <v>26</v>
       </c>
       <c r="E60" s="52" t="s">
         <v>36</v>
       </c>
       <c r="F60" s="56" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="57" t="s">
         <v>9</v>
       </c>
       <c r="H60" s="58" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="I60" s="59" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A61" s="31" t="s">
         <v>93</v>
       </c>
       <c r="B61" s="31"/>
       <c r="C61" s="38" t="s">
         <v>95</v>
       </c>
       <c r="D61" s="38" t="s">
         <v>28</v>
       </c>
       <c r="E61" s="52" t="s">
         <v>37</v>
       </c>
       <c r="F61" s="53" t="s">
         <v>19</v>
       </c>
       <c r="G61" s="54" t="s">
         <v>9</v>
       </c>
       <c r="H61" s="58" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="I61" s="59" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B62" s="1"/>
       <c r="C62" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F62" s="48" t="s">
         <v>10</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H62" s="42" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I62" s="59" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A63" s="31" t="s">
         <v>97</v>
       </c>
       <c r="B63" s="31"/>
       <c r="C63" s="38" t="s">
         <v>53</v>
       </c>
       <c r="D63" s="38" t="s">
         <v>28</v>
       </c>
       <c r="E63" s="52" t="s">
         <v>37</v>
       </c>
       <c r="F63" s="56" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="57" t="s">
         <v>9</v>
       </c>
       <c r="H63" s="58" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I63" s="59" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="2"/>
       <c r="F64" s="3"/>
       <c r="G64" s="4"/>
       <c r="H64" s="42"/>
       <c r="I64" s="40"/>
       <c r="J64" s="5"/>
     </row>
     <row r="65" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A65" s="65" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B65" s="65"/>
       <c r="C65" s="65" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D65" s="65" t="s">
+        <v>149</v>
+      </c>
+      <c r="E65" s="66" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F65" s="99" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="81" t="s">
         <v>6</v>
       </c>
       <c r="H65" s="65" t="s">
         <v>56</v>
       </c>
       <c r="I65" s="101"/>
       <c r="J65" s="64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="66" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A66" s="65" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B66" s="65"/>
       <c r="C66" s="65" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D66" s="65" t="s">
         <v>26</v>
       </c>
       <c r="E66" s="66" t="s">
         <v>36</v>
       </c>
       <c r="F66" s="99" t="s">
         <v>10</v>
       </c>
       <c r="G66" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="89" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I66" s="102" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J66" s="64" t="s">
         <v>48</v>
       </c>
       <c r="K66" s="109"/>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A67" s="8"/>
       <c r="B67" s="8"/>
       <c r="C67" s="8"/>
       <c r="D67" s="8"/>
       <c r="E67" s="19"/>
       <c r="F67" s="47"/>
       <c r="G67" s="7"/>
       <c r="H67" s="38"/>
       <c r="I67" s="43"/>
       <c r="J67" s="20"/>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B68" s="1"/>
       <c r="C68" s="8" t="s">
         <v>67</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E68" s="19" t="s">
         <v>39</v>
       </c>
       <c r="F68" s="47" t="s">
         <v>8</v>
       </c>
       <c r="G68" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H68" s="40" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I68" s="40" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B69" s="1"/>
       <c r="C69" s="8" t="s">
         <v>102</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E69" s="19" t="s">
         <v>40</v>
       </c>
       <c r="F69" s="51" t="s">
         <v>19</v>
       </c>
       <c r="G69" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H69" s="58" t="s">
+        <v>169</v>
+      </c>
+      <c r="I69" s="138" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B70" s="8"/>
       <c r="C70" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E70" s="19" t="s">
         <v>40</v>
       </c>
       <c r="F70" s="47" t="s">
         <v>10</v>
       </c>
       <c r="G70" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H70" s="58" t="s">
+        <v>169</v>
+      </c>
+      <c r="I70" s="138" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J70" s="20" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A71" s="139"/>
       <c r="B71" s="139"/>
       <c r="C71" s="139"/>
       <c r="D71" s="139"/>
       <c r="E71" s="140"/>
       <c r="F71" s="141"/>
       <c r="G71" s="142"/>
       <c r="H71" s="143"/>
       <c r="I71" s="144"/>
       <c r="J71" s="145"/>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B72" s="15"/>
       <c r="C72" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E72" s="16" t="s">
         <v>41</v>
       </c>
       <c r="F72" s="45" t="s">
         <v>8</v>
       </c>
       <c r="G72" s="15" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="114" t="s">
+        <v>189</v>
+      </c>
+      <c r="I72" s="147" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J72" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B73" s="15"/>
       <c r="C73" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E73" s="16" t="s">
         <v>39</v>
       </c>
       <c r="F73" s="45" t="s">
         <v>10</v>
       </c>
       <c r="G73" s="15" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="114" t="s">
+        <v>189</v>
+      </c>
+      <c r="I73" s="147" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J73" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B74" s="15"/>
       <c r="C74" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E74" s="16" t="s">
         <v>39</v>
       </c>
       <c r="F74" s="45" t="s">
         <v>10</v>
       </c>
       <c r="G74" s="15" t="s">
         <v>9</v>
       </c>
       <c r="H74" s="130" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I74" s="114" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J74" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A75" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B75" s="15"/>
       <c r="C75" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E75" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F75" s="45" t="s">
         <v>8</v>
       </c>
       <c r="G75" s="15" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="148" t="s">
+        <v>189</v>
+      </c>
+      <c r="I75" s="147" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J75" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A76" s="9" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B76" s="9"/>
       <c r="C76" s="92" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E76" s="16" t="s">
         <v>40</v>
       </c>
       <c r="F76" s="45" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="15" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="I76" s="135" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="J76" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A77" s="15"/>
       <c r="B77" s="15"/>
       <c r="C77" s="15"/>
       <c r="D77" s="15"/>
       <c r="E77" s="16"/>
       <c r="F77" s="17"/>
       <c r="G77" s="15"/>
       <c r="H77" s="38"/>
       <c r="I77" s="43"/>
       <c r="J77" s="146"/>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A78" s="25" t="s">
         <v>84</v>
       </c>
       <c r="B78" s="25"/>
       <c r="C78" s="25" t="s">
         <v>63</v>
       </c>
       <c r="D78" s="25" t="s">
         <v>26</v>
       </c>
       <c r="E78" s="26" t="s">
         <v>39</v>
       </c>
       <c r="F78" s="60" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="27" t="s">
         <v>88</v>
       </c>
-      <c r="H78" s="152" t="s">
+      <c r="H78" s="150" t="s">
+        <v>196</v>
+      </c>
+      <c r="I78" s="149" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="J78" s="28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A79" s="25" t="s">
         <v>80</v>
       </c>
       <c r="B79" s="25"/>
       <c r="C79" s="25" t="s">
         <v>83</v>
       </c>
       <c r="D79" s="25" t="s">
         <v>28</v>
       </c>
       <c r="E79" s="26" t="s">
         <v>40</v>
       </c>
       <c r="F79" s="60" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="27" t="s">
         <v>9</v>
       </c>
       <c r="H79" s="25" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="I79" s="61"/>
       <c r="J79" s="28" t="s">
         <v>48</v>
       </c>
       <c r="K79" s="111"/>
     </row>
     <row r="80" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A80" s="25" t="s">
         <v>104</v>
       </c>
       <c r="B80" s="25"/>
       <c r="C80" s="25" t="s">
         <v>107</v>
       </c>
       <c r="D80" s="25" t="s">
         <v>28</v>
       </c>
       <c r="E80" s="26" t="s">
         <v>40</v>
       </c>
       <c r="F80" s="60" t="s">
         <v>24</v>
       </c>
       <c r="G80" s="27" t="s">
         <v>6</v>
       </c>
       <c r="H80" s="25" t="s">
         <v>56</v>
       </c>
       <c r="I80" s="61"/>
       <c r="J80" s="28" t="s">
         <v>48</v>
       </c>
       <c r="K80" s="111"/>
     </row>
     <row r="81" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A81" s="25"/>
       <c r="B81" s="25"/>
       <c r="C81" s="25"/>
       <c r="D81" s="25"/>
       <c r="E81" s="26"/>
       <c r="F81" s="60"/>
       <c r="G81" s="27"/>
       <c r="H81" s="25"/>
       <c r="I81" s="61"/>
       <c r="J81" s="28"/>
     </row>
     <row r="82" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A82" s="69" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B82" s="69"/>
       <c r="C82" s="69" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D82" s="69" t="s">
         <v>26</v>
       </c>
       <c r="E82" s="70" t="s">
         <v>39</v>
       </c>
       <c r="F82" s="84" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G82" s="72" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="69" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I82" s="79" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J82" s="69" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A83" s="112" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B83" s="112"/>
       <c r="C83" s="112" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D83" s="69" t="s">
         <v>28</v>
       </c>
       <c r="E83" s="113" t="s">
         <v>40</v>
       </c>
       <c r="F83" s="84" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="G83" s="72" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="69" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I83" s="79" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J83" s="112" t="s">
         <v>49</v>
       </c>
       <c r="K83" s="111"/>
     </row>
     <row r="84" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A84" s="112"/>
       <c r="B84" s="112"/>
       <c r="C84" s="112"/>
       <c r="D84" s="69"/>
       <c r="E84" s="113"/>
       <c r="F84" s="84"/>
       <c r="G84" s="72"/>
       <c r="H84" s="69"/>
       <c r="I84" s="73"/>
       <c r="J84" s="112"/>
       <c r="K84" s="111"/>
     </row>
     <row r="85" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A85" s="38" t="s">
         <v>58</v>
       </c>
       <c r="B85" s="38"/>
       <c r="C85" s="8" t="s">
         <v>61</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E85" s="19" t="s">
         <v>42</v>
       </c>
       <c r="F85" s="51" t="s">
         <v>19</v>
       </c>
       <c r="G85" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H85" s="31" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I85" s="40" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="K85" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B86" s="1"/>
       <c r="C86" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E86" s="19" t="s">
         <v>43</v>
       </c>
       <c r="F86" s="47" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H86" s="58" t="s">
+        <v>169</v>
+      </c>
+      <c r="I86" s="138" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A87" s="38" t="s">
         <v>58</v>
       </c>
       <c r="B87" s="1"/>
       <c r="C87" s="8" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E87" s="19" t="s">
         <v>43</v>
       </c>
       <c r="F87" s="47" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H87" s="31" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I87" s="40" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="K87" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A88" s="38"/>
       <c r="B88" s="1"/>
       <c r="C88" s="8"/>
       <c r="D88" s="8"/>
       <c r="E88" s="19"/>
       <c r="F88" s="47"/>
       <c r="G88" s="7"/>
       <c r="H88" s="38"/>
       <c r="I88" s="39"/>
       <c r="J88" s="1"/>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B89" s="15"/>
       <c r="C89" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="16" t="s">
         <v>42</v>
       </c>
       <c r="F89" s="55">
         <v>0.45833333333333331</v>
       </c>
       <c r="G89" s="15" t="s">
         <v>9</v>
       </c>
       <c r="H89" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="I89" s="114" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J89" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B90" s="15"/>
       <c r="C90" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E90" s="16" t="s">
         <v>42</v>
       </c>
       <c r="F90" s="55" t="s">
         <v>20</v>
       </c>
       <c r="G90" s="18" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="I90" s="147" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J90" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A91" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B91" s="21"/>
       <c r="C91" s="21"/>
       <c r="D91" s="21" t="s">
         <v>28</v>
       </c>
       <c r="E91" s="22" t="s">
         <v>43</v>
       </c>
       <c r="F91" s="49" t="s">
         <v>19</v>
       </c>
       <c r="G91" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="H91" s="153" t="s">
-        <v>159</v>
+      <c r="H91" s="151" t="s">
+        <v>158</v>
       </c>
       <c r="I91" s="21" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J91" s="50" t="s">
         <v>13</v>
       </c>
       <c r="K91" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="92" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A92" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B92" s="21"/>
       <c r="C92" s="21"/>
       <c r="D92" s="21" t="s">
         <v>28</v>
       </c>
       <c r="E92" s="22" t="s">
         <v>43</v>
       </c>
       <c r="F92" s="49" t="s">
         <v>19</v>
       </c>
       <c r="G92" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="H92" s="153" t="s">
-[...3 lines deleted...]
-        <v>174</v>
+      <c r="H92" s="151" t="s">
+        <v>162</v>
+      </c>
+      <c r="I92" s="153" t="s">
+        <v>173</v>
       </c>
       <c r="J92" s="50" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A93" s="9"/>
       <c r="B93" s="9"/>
       <c r="C93" s="9"/>
       <c r="D93" s="9"/>
       <c r="E93" s="10"/>
       <c r="F93" s="46"/>
       <c r="G93" s="12"/>
       <c r="H93" s="130"/>
       <c r="I93" s="114"/>
       <c r="J93" s="30"/>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A94" s="158" t="s">
-[...6 lines deleted...]
-      <c r="D94" s="158" t="s">
+      <c r="A94" s="156" t="s">
+        <v>208</v>
+      </c>
+      <c r="B94" s="156"/>
+      <c r="C94" s="156" t="s">
+        <v>209</v>
+      </c>
+      <c r="D94" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E94" s="159" t="s">
+      <c r="E94" s="157" t="s">
         <v>42</v>
       </c>
-      <c r="F94" s="159" t="s">
+      <c r="F94" s="157" t="s">
         <v>14</v>
       </c>
-      <c r="G94" s="158" t="s">
+      <c r="G94" s="156" t="s">
         <v>9</v>
       </c>
-      <c r="H94" s="158" t="s">
-[...5 lines deleted...]
-      <c r="J94" s="158" t="s">
+      <c r="H94" s="156" t="s">
+        <v>162</v>
+      </c>
+      <c r="I94" s="158" t="s">
+        <v>173</v>
+      </c>
+      <c r="J94" s="156" t="s">
         <v>48</v>
       </c>
-      <c r="K94" s="163" t="s">
-        <v>209</v>
+      <c r="K94" s="161" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A95" s="158"/>
-[...8 lines deleted...]
-      <c r="J95" s="162"/>
+      <c r="A95" s="156"/>
+      <c r="B95" s="156"/>
+      <c r="C95" s="156"/>
+      <c r="D95" s="156"/>
+      <c r="E95" s="157"/>
+      <c r="F95" s="157"/>
+      <c r="G95" s="159"/>
+      <c r="H95" s="156"/>
+      <c r="I95" s="158"/>
+      <c r="J95" s="160"/>
     </row>
     <row r="96" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A96" s="65" t="s">
         <v>76</v>
       </c>
       <c r="B96" s="65"/>
       <c r="C96" s="65" t="s">
         <v>78</v>
       </c>
       <c r="D96" s="65" t="s">
         <v>28</v>
       </c>
       <c r="E96" s="66" t="s">
         <v>43</v>
       </c>
       <c r="F96" s="99" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="81" t="s">
         <v>9</v>
       </c>
       <c r="H96" s="68" t="s">
+        <v>193</v>
+      </c>
+      <c r="I96" s="90" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="J96" s="64" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A97" s="65" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B97" s="65"/>
       <c r="C97" s="65" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D97" s="65" t="s">
         <v>28</v>
       </c>
       <c r="E97" s="66" t="s">
         <v>43</v>
       </c>
       <c r="F97" s="99" t="s">
         <v>20</v>
       </c>
       <c r="G97" s="81" t="s">
         <v>11</v>
       </c>
       <c r="H97" s="68" t="s">
         <v>56</v>
       </c>
       <c r="I97" s="90"/>
       <c r="J97" s="64" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A98" s="69"/>
       <c r="B98" s="69"/>
       <c r="C98" s="69"/>
       <c r="D98" s="69"/>
       <c r="E98" s="70"/>
       <c r="F98" s="91"/>
       <c r="G98" s="72"/>
       <c r="H98" s="75"/>
       <c r="I98" s="79"/>
       <c r="J98" s="74"/>
     </row>
-    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A99" s="69" t="s">
         <v>110</v>
       </c>
       <c r="B99" s="69"/>
       <c r="C99" s="69" t="s">
         <v>111</v>
       </c>
       <c r="D99" s="69" t="s">
         <v>32</v>
       </c>
       <c r="E99" s="70" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F99" s="91" t="s">
         <v>21</v>
       </c>
       <c r="G99" s="72" t="s">
         <v>11</v>
       </c>
       <c r="H99" s="75" t="s">
         <v>56</v>
       </c>
       <c r="I99" s="79"/>
       <c r="J99" s="74" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A100" s="69" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B100" s="69"/>
       <c r="C100" s="69" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D100" s="69" t="s">
         <v>28</v>
       </c>
       <c r="E100" s="70" t="s">
         <v>43</v>
       </c>
       <c r="F100" s="91" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="72" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="75" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="I100" s="79" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J100" s="74" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A101" s="15"/>
       <c r="B101" s="15"/>
       <c r="C101" s="15"/>
       <c r="D101" s="8"/>
       <c r="E101" s="16"/>
       <c r="F101" s="45"/>
       <c r="G101" s="18"/>
       <c r="H101" s="58"/>
       <c r="I101" s="40"/>
       <c r="J101" s="41"/>
     </row>
-    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A102" s="65" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B102" s="65"/>
       <c r="C102" s="65" t="s">
+        <v>202</v>
+      </c>
+      <c r="D102" s="65" t="s">
+        <v>155</v>
+      </c>
+      <c r="E102" s="66" t="s">
         <v>203</v>
       </c>
-      <c r="D102" s="65" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="66" t="s">
+      <c r="F102" s="99" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G102" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="H102" s="156" t="s">
+      <c r="H102" s="154" t="s">
+        <v>184</v>
+      </c>
+      <c r="I102" s="155" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="J102" s="64" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="103" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A103" s="15"/>
       <c r="B103" s="15"/>
       <c r="C103" s="15"/>
       <c r="D103" s="8"/>
       <c r="E103" s="16"/>
       <c r="F103" s="45"/>
       <c r="G103" s="18"/>
       <c r="H103" s="58"/>
       <c r="I103" s="40"/>
       <c r="J103" s="41"/>
     </row>
-    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B104" s="1"/>
       <c r="C104" s="8" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E104" s="19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F104" s="47" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G104" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="H104" s="58" t="s">
-[...3 lines deleted...]
-        <v>171</v>
+      <c r="H104" s="40" t="s">
+        <v>160</v>
+      </c>
+      <c r="I104" s="40" t="s">
+        <v>175</v>
       </c>
       <c r="J104" s="20" t="s">
         <v>7</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="K104" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="1"/>
       <c r="B105" s="1"/>
-      <c r="C105" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D105" s="8" t="s">
+      <c r="C105" s="31"/>
+      <c r="D105" s="31"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="48"/>
+      <c r="G105" s="4"/>
+      <c r="H105" s="31"/>
+      <c r="I105" s="40"/>
+      <c r="J105" s="5"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="B106" s="9"/>
+      <c r="C106" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="E105" s="19" t="s">
+      <c r="E106" s="16" t="s">
         <v>45</v>
       </c>
-      <c r="F105" s="47" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="7" t="s">
+      <c r="F106" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="G106" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="H105" s="40" t="s">
-[...29 lines deleted...]
-      <c r="D107" s="15" t="s">
+      <c r="H106" s="126" t="s">
+        <v>177</v>
+      </c>
+      <c r="I106" s="133" t="s">
+        <v>178</v>
+      </c>
+      <c r="J106" s="41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="15"/>
+      <c r="B107" s="15"/>
+      <c r="C107" s="15"/>
+      <c r="D107" s="15"/>
+      <c r="E107" s="16"/>
+      <c r="F107" s="45"/>
+      <c r="G107" s="18"/>
+      <c r="H107" s="38"/>
+      <c r="I107" s="59"/>
+      <c r="J107" s="41"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="166" t="s">
+        <v>80</v>
+      </c>
+      <c r="B108" s="166"/>
+      <c r="C108" s="166" t="s">
+        <v>67</v>
+      </c>
+      <c r="D108" s="166" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" s="167" t="s">
+        <v>44</v>
+      </c>
+      <c r="F108" s="168" t="s">
+        <v>14</v>
+      </c>
+      <c r="G108" s="169" t="s">
+        <v>9</v>
+      </c>
+      <c r="H108" s="173" t="s">
+        <v>189</v>
+      </c>
+      <c r="I108" s="174" t="s">
+        <v>218</v>
+      </c>
+      <c r="J108" s="172" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="166" t="s">
+        <v>84</v>
+      </c>
+      <c r="B109" s="166"/>
+      <c r="C109" s="166" t="s">
+        <v>89</v>
+      </c>
+      <c r="D109" s="166" t="s">
         <v>28</v>
       </c>
-      <c r="E107" s="16" t="s">
+      <c r="E109" s="167" t="s">
         <v>45</v>
       </c>
-      <c r="F107" s="45" t="s">
-[...2 lines deleted...]
-      <c r="G107" s="18" t="s">
+      <c r="F109" s="168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" s="169" t="s">
         <v>9</v>
       </c>
-      <c r="H107" s="126" t="s">
-[...29 lines deleted...]
-      <c r="D109" s="168" t="s">
+      <c r="H109" s="170" t="s">
+        <v>162</v>
+      </c>
+      <c r="I109" s="171" t="s">
+        <v>173</v>
+      </c>
+      <c r="J109" s="172" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="166"/>
+      <c r="B110" s="166"/>
+      <c r="C110" s="166"/>
+      <c r="D110" s="166"/>
+      <c r="E110" s="167"/>
+      <c r="F110" s="168"/>
+      <c r="G110" s="169"/>
+      <c r="H110" s="173"/>
+      <c r="I110" s="171"/>
+      <c r="J110" s="172"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B111" s="166"/>
+      <c r="C111" s="175" t="s">
+        <v>55</v>
+      </c>
+      <c r="D111" s="25" t="s">
         <v>26</v>
       </c>
-      <c r="E109" s="169" t="s">
+      <c r="E111" s="26" t="s">
         <v>44</v>
       </c>
-      <c r="F109" s="170" t="s">
-[...2 lines deleted...]
-      <c r="G109" s="171" t="s">
+      <c r="F111" s="60">
+        <v>11.45</v>
+      </c>
+      <c r="G111" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="H109" s="175" t="s">
-[...51 lines deleted...]
-    <row r="112" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="H111" s="62" t="s">
+        <v>160</v>
+      </c>
+      <c r="I111" s="62" t="s">
+        <v>175</v>
+      </c>
+      <c r="J111" s="28" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A112" s="65" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="B112" s="65"/>
       <c r="C112" s="65" t="s">
-        <v>55</v>
-[...19 lines deleted...]
-      <c r="J112" s="64" t="s">
+        <v>108</v>
+      </c>
+      <c r="D112" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E112" s="26" t="s">
+        <v>45</v>
+      </c>
+      <c r="F112" s="60" t="s">
+        <v>157</v>
+      </c>
+      <c r="G112" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="H112" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="I112" s="62"/>
+      <c r="J112" s="28" t="s">
         <v>48</v>
       </c>
+      <c r="K112" t="s">
+        <v>220</v>
+      </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A113" s="65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A113" s="65"/>
       <c r="B113" s="65"/>
-      <c r="C113" s="65" t="s">
-[...2 lines deleted...]
-      <c r="D113" s="25" t="s">
+      <c r="C113" s="65"/>
+      <c r="D113" s="25"/>
+      <c r="E113" s="26"/>
+      <c r="F113" s="60"/>
+      <c r="G113" s="27"/>
+      <c r="H113" s="29"/>
+      <c r="I113" s="62"/>
+      <c r="J113" s="28"/>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A114" s="112" t="s">
+        <v>140</v>
+      </c>
+      <c r="B114" s="112"/>
+      <c r="C114" s="112" t="s">
+        <v>72</v>
+      </c>
+      <c r="D114" s="69" t="s">
         <v>28</v>
       </c>
-      <c r="E113" s="26" t="s">
+      <c r="E114" s="70" t="s">
         <v>45</v>
       </c>
-      <c r="F113" s="60" t="s">
-[...23 lines deleted...]
-      <c r="J114" s="28"/>
+      <c r="F114" s="91" t="s">
+        <v>205</v>
+      </c>
+      <c r="G114" s="72" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" s="69" t="s">
+        <v>188</v>
+      </c>
+      <c r="I114" s="79"/>
+      <c r="J114" s="74" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A115" s="112" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="A115" s="38"/>
+      <c r="B115" s="38"/>
+      <c r="C115" s="38"/>
+      <c r="D115" s="38"/>
+      <c r="E115" s="52"/>
+      <c r="F115" s="24"/>
+      <c r="G115" s="7"/>
+      <c r="H115" s="44"/>
+      <c r="I115" s="39"/>
+      <c r="J115" s="5"/>
       <c r="K115" s="110"/>
       <c r="L115" s="110"/>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A116" s="38"/>
+      <c r="A116" s="38" t="s">
+        <v>58</v>
+      </c>
       <c r="B116" s="38"/>
-      <c r="C116" s="38"/>
-[...6 lines deleted...]
-      <c r="J116" s="5"/>
+      <c r="C116" s="38" t="s">
+        <v>55</v>
+      </c>
+      <c r="D116" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="E116" s="52" t="s">
+        <v>46</v>
+      </c>
+      <c r="F116" s="53" t="s">
+        <v>8</v>
+      </c>
+      <c r="G116" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="H116" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="I116" s="40" t="s">
+        <v>171</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A117" s="38" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="B117" s="38"/>
       <c r="C117" s="38" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="D117" s="38" t="s">
         <v>26</v>
       </c>
       <c r="E117" s="52" t="s">
         <v>46</v>
       </c>
       <c r="F117" s="53" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="G117" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H117" s="31" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="I117" s="40" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A118" s="38" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B118" s="38"/>
       <c r="C118" s="38" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="D118" s="38" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E118" s="52" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F118" s="53" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G118" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H118" s="31" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I118" s="40" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A119" s="38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A119" s="38"/>
       <c r="B119" s="38"/>
-      <c r="C119" s="38" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C119" s="38"/>
+      <c r="D119" s="38"/>
+      <c r="E119" s="52"/>
+      <c r="F119" s="53"/>
+      <c r="G119" s="7"/>
+      <c r="H119" s="44"/>
+      <c r="I119" s="39"/>
+      <c r="J119" s="5"/>
     </row>
     <row r="120" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A120" s="38"/>
-[...8 lines deleted...]
-      <c r="J120" s="5"/>
+      <c r="A120" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B120" s="15"/>
+      <c r="C120" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E120" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F120" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="G120" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H120" s="137" t="s">
+        <v>169</v>
+      </c>
+      <c r="I120" s="114" t="s">
+        <v>170</v>
+      </c>
+      <c r="J120" s="41" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="121" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="B121" s="15"/>
       <c r="C121" s="15" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>26</v>
       </c>
       <c r="E121" s="16" t="s">
         <v>46</v>
       </c>
       <c r="F121" s="45" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="G121" s="18" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>171</v>
+        <v>9</v>
+      </c>
+      <c r="H121" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="I121" s="147" t="s">
+        <v>218</v>
       </c>
       <c r="J121" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
-        <v>118</v>
+        <v>71</v>
       </c>
       <c r="B122" s="15"/>
       <c r="C122" s="15" t="s">
-        <v>119</v>
+        <v>75</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E122" s="16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F122" s="45" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="G122" s="18" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H122" s="9" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>177</v>
+      </c>
+      <c r="I122" s="133" t="s">
+        <v>178</v>
       </c>
       <c r="J122" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="B123" s="15"/>
       <c r="C123" s="15" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E123" s="16" t="s">
         <v>47</v>
       </c>
       <c r="F123" s="45" t="s">
         <v>8</v>
       </c>
       <c r="G123" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="H123" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I123" s="133" t="s">
+      <c r="H123" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="I123" s="9" t="s">
         <v>179</v>
       </c>
       <c r="J123" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
         <v>125</v>
       </c>
       <c r="B124" s="15"/>
       <c r="C124" s="15" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E124" s="16" t="s">
         <v>47</v>
       </c>
       <c r="F124" s="45" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G124" s="18" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="H124" s="114" t="s">
+        <v>188</v>
+      </c>
+      <c r="I124" s="40"/>
       <c r="J124" s="41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A125" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A125" s="15"/>
       <c r="B125" s="15"/>
-      <c r="C125" s="15" t="s">
-[...14 lines deleted...]
-      <c r="H125" s="114" t="s">
+      <c r="C125" s="15"/>
+      <c r="D125" s="15"/>
+      <c r="E125" s="16"/>
+      <c r="F125" s="45"/>
+      <c r="G125" s="18"/>
+      <c r="H125" s="42"/>
+      <c r="I125" s="40"/>
+      <c r="J125" s="41"/>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A126" s="65" t="s">
+        <v>76</v>
+      </c>
+      <c r="B126" s="65"/>
+      <c r="C126" s="65" t="s">
+        <v>79</v>
+      </c>
+      <c r="D126" s="65" t="s">
+        <v>26</v>
+      </c>
+      <c r="E126" s="66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F126" s="99" t="s">
+        <v>14</v>
+      </c>
+      <c r="G126" s="81" t="s">
+        <v>9</v>
+      </c>
+      <c r="H126" s="100" t="s">
         <v>189</v>
       </c>
-      <c r="I125" s="40"/>
-[...14 lines deleted...]
-      <c r="J126" s="41"/>
+      <c r="I126" s="149" t="s">
+        <v>218</v>
+      </c>
+      <c r="J126" s="64" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A127" s="65" t="s">
-        <v>76</v>
+        <v>131</v>
       </c>
       <c r="B127" s="65"/>
       <c r="C127" s="65" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="D127" s="65" t="s">
         <v>26</v>
       </c>
       <c r="E127" s="66" t="s">
         <v>46</v>
       </c>
       <c r="F127" s="99" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G127" s="81" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H127" s="100" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>161</v>
+      </c>
+      <c r="I127" s="90" t="s">
+        <v>171</v>
       </c>
       <c r="J127" s="64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A128" s="65" t="s">
-[...3 lines deleted...]
-      <c r="C128" s="65" t="s">
+      <c r="A128" s="15"/>
+      <c r="B128" s="15"/>
+      <c r="C128" s="15"/>
+      <c r="D128" s="15"/>
+      <c r="E128" s="16"/>
+      <c r="F128" s="45"/>
+      <c r="G128" s="18"/>
+      <c r="H128" s="42"/>
+      <c r="I128" s="40"/>
+      <c r="J128" s="41"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="65" t="s">
+        <v>110</v>
+      </c>
+      <c r="B129" s="65"/>
+      <c r="C129" s="65" t="s">
         <v>134</v>
       </c>
-      <c r="D128" s="65" t="s">
-[...17 lines deleted...]
-      <c r="J128" s="64" t="s">
+      <c r="D129" s="65" t="s">
+        <v>28</v>
+      </c>
+      <c r="E129" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="F129" s="99" t="s">
+        <v>221</v>
+      </c>
+      <c r="G129" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="H129" s="100" t="s">
+        <v>56</v>
+      </c>
+      <c r="I129" s="90"/>
+      <c r="J129" s="64" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-    </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A130" s="69" t="s">
+      <c r="A130" s="69"/>
+      <c r="B130" s="69"/>
+      <c r="C130" s="69"/>
+      <c r="D130" s="69"/>
+      <c r="E130" s="70"/>
+      <c r="F130" s="91"/>
+      <c r="G130" s="72"/>
+      <c r="H130" s="104"/>
+      <c r="I130" s="79"/>
+      <c r="J130" s="74"/>
+    </row>
+    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A131" s="65" t="s">
+        <v>112</v>
+      </c>
+      <c r="B131" s="65"/>
+      <c r="C131" s="65" t="s">
+        <v>116</v>
+      </c>
+      <c r="D131" s="65" t="s">
+        <v>155</v>
+      </c>
+      <c r="E131" s="66" t="s">
+        <v>156</v>
+      </c>
+      <c r="F131" s="99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="H131" s="100" t="s">
+        <v>56</v>
+      </c>
+      <c r="I131" s="90"/>
+      <c r="J131" s="64" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A132" s="65"/>
+      <c r="B132" s="65"/>
+      <c r="C132" s="65"/>
+      <c r="D132" s="65"/>
+      <c r="E132" s="66"/>
+      <c r="F132" s="99"/>
+      <c r="G132" s="81"/>
+      <c r="H132" s="181"/>
+      <c r="I132" s="90"/>
+      <c r="J132" s="64"/>
+    </row>
+    <row r="133" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A133" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B133" s="1"/>
+      <c r="C133" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D133" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E133" s="19" t="s">
+        <v>212</v>
+      </c>
+      <c r="F133" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="G133" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="H133" s="58" t="s">
+        <v>169</v>
+      </c>
+      <c r="I133" s="138" t="s">
+        <v>170</v>
+      </c>
+      <c r="J133" s="20" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A134" s="65"/>
+      <c r="B134" s="65"/>
+      <c r="C134" s="65"/>
+      <c r="D134" s="65"/>
+      <c r="E134" s="66"/>
+      <c r="F134" s="99"/>
+      <c r="G134" s="81"/>
+      <c r="H134" s="100"/>
+      <c r="I134" s="90"/>
+      <c r="J134" s="64"/>
+    </row>
+    <row r="135" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A135" s="130" t="s">
+        <v>210</v>
+      </c>
+      <c r="B135" s="130"/>
+      <c r="C135" s="130" t="s">
+        <v>211</v>
+      </c>
+      <c r="D135" s="130" t="s">
+        <v>28</v>
+      </c>
+      <c r="E135" s="162" t="s">
+        <v>212</v>
+      </c>
+      <c r="F135" s="162" t="s">
+        <v>14</v>
+      </c>
+      <c r="G135" s="130" t="s">
+        <v>9</v>
+      </c>
+      <c r="H135" s="130" t="s">
+        <v>177</v>
+      </c>
+      <c r="I135" s="114" t="s">
+        <v>178</v>
+      </c>
+      <c r="J135" s="130" t="s">
+        <v>126</v>
+      </c>
+      <c r="K135" s="165" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A136" s="130"/>
+      <c r="B136" s="130"/>
+      <c r="C136" s="130"/>
+      <c r="D136" s="130"/>
+      <c r="E136" s="162"/>
+      <c r="F136" s="162"/>
+      <c r="G136" s="163"/>
+      <c r="H136" s="130"/>
+      <c r="I136" s="114"/>
+      <c r="J136" s="164"/>
+    </row>
+    <row r="137" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A137" s="65" t="s">
+        <v>104</v>
+      </c>
+      <c r="B137" s="65"/>
+      <c r="C137" s="65" t="s">
+        <v>109</v>
+      </c>
+      <c r="D137" s="65" t="s">
+        <v>136</v>
+      </c>
+      <c r="E137" s="66" t="s">
+        <v>138</v>
+      </c>
+      <c r="F137" s="99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="H137" s="65" t="s">
+        <v>56</v>
+      </c>
+      <c r="I137" s="102"/>
+      <c r="J137" s="103" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A138" s="15"/>
+      <c r="B138" s="15"/>
+      <c r="C138" s="15"/>
+      <c r="D138" s="15"/>
+      <c r="E138" s="16"/>
+      <c r="F138" s="45"/>
+      <c r="G138" s="18"/>
+      <c r="H138" s="44"/>
+      <c r="I138" s="39"/>
+      <c r="J138" s="30"/>
+    </row>
+    <row r="139" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A139" s="68" t="s">
         <v>110</v>
       </c>
-      <c r="B130" s="69"/>
-[...9 lines deleted...]
-      <c r="F130" s="91" t="s">
+      <c r="B139" s="68"/>
+      <c r="C139" s="115" t="s">
+        <v>146</v>
+      </c>
+      <c r="D139" s="115" t="s">
+        <v>155</v>
+      </c>
+      <c r="E139" s="116" t="s">
+        <v>164</v>
+      </c>
+      <c r="F139" s="117" t="s">
         <v>21</v>
       </c>
-      <c r="G130" s="72" t="s">
+      <c r="G139" s="118" t="s">
         <v>6</v>
       </c>
-      <c r="H130" s="104" t="s">
+      <c r="H139" s="115" t="s">
         <v>56</v>
       </c>
-      <c r="I130" s="79"/>
-[...165 lines deleted...]
-      <c r="J138" s="103" t="s">
+      <c r="I139" s="124"/>
+      <c r="J139" s="103" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F50EE3AC-D1CA-48BC-8E15-A2152157C45A}">
-  <dimension ref="A2:J4"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C2" sqref="C2"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.140625" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="8" max="8" width="18.140625" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="27.28515625" customWidth="1"/>
   </cols>
   <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="44"/>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="44"/>
+      <c r="E1" s="176" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1" s="176" t="s">
+        <v>2</v>
+      </c>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="I1" s="44" t="s">
+        <v>4</v>
+      </c>
+      <c r="J1" s="44" t="s">
+        <v>5</v>
+      </c>
+    </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="65" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="65" t="s">
+      <c r="A2" s="166" t="s">
+        <v>208</v>
+      </c>
+      <c r="B2" s="166"/>
+      <c r="C2" s="166" t="s">
+        <v>215</v>
+      </c>
+      <c r="D2" s="166" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" s="167" t="s">
+        <v>213</v>
+      </c>
+      <c r="F2" s="177" t="s">
+        <v>19</v>
+      </c>
+      <c r="G2" s="166" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="178" t="s">
+        <v>189</v>
+      </c>
+      <c r="I2" s="174" t="s">
         <v>218</v>
       </c>
-      <c r="D2" s="65" t="s">
+      <c r="J2" s="166" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="166" t="s">
+        <v>208</v>
+      </c>
+      <c r="B3" s="166"/>
+      <c r="C3" s="166" t="s">
+        <v>214</v>
+      </c>
+      <c r="D3" s="166" t="s">
         <v>26</v>
       </c>
-      <c r="E2" s="66" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="99" t="s">
+      <c r="E3" s="167" t="s">
+        <v>213</v>
+      </c>
+      <c r="F3" s="177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="166" t="s">
+        <v>9</v>
+      </c>
+      <c r="H3" s="178" t="s">
+        <v>189</v>
+      </c>
+      <c r="I3" s="174" t="s">
+        <v>218</v>
+      </c>
+      <c r="J3" s="166" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="179" t="s">
+        <v>222</v>
+      </c>
+      <c r="B4" s="179"/>
+      <c r="C4" s="179"/>
+      <c r="D4" s="179" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" s="180" t="s">
+        <v>212</v>
+      </c>
+      <c r="F4" s="180" t="s">
         <v>19</v>
       </c>
-      <c r="G2" s="81" t="s">
+      <c r="G4" s="179" t="s">
         <v>9</v>
       </c>
-      <c r="H2" s="100"/>
-[...28 lines deleted...]
-        <v>216</v>
+      <c r="H4" s="179" t="s">
+        <v>189</v>
+      </c>
+      <c r="I4" s="174" t="s">
+        <v>218</v>
+      </c>
+      <c r="J4" s="179" t="s">
+        <v>223</v>
       </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100493EECB55AF8D346820C49070BD950B1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac30c93b0ce0266228e258ee212da71e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e16f5866-131e-4151-994c-0cd494cf52ec" xmlns:ns3="9a01337f-02f5-485a-ba1f-000c2c004fbe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b68656f7c73366f089ad9a0ab17e8fe" ns2:_="" ns3:_="">
     <xsd:import namespace="e16f5866-131e-4151-994c-0cd494cf52ec"/>
     <xsd:import namespace="9a01337f-02f5-485a-ba1f-000c2c004fbe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -5640,85 +5735,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e16f5866-131e-4151-994c-0cd494cf52ec">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9a01337f-02f5-485a-ba1f-000c2c004fbe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B57F77-E8A1-4EF4-BB9F-0799DC4D8394}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D3829B5-D729-40A0-8046-57F890FA5263}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e16f5866-131e-4151-994c-0cd494cf52ec"/>
     <ds:schemaRef ds:uri="9a01337f-02f5-485a-ba1f-000c2c004fbe"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B57F77-E8A1-4EF4-BB9F-0799DC4D8394}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e16f5866-131e-4151-994c-0cd494cf52ec"/>
+    <ds:schemaRef ds:uri="9a01337f-02f5-485a-ba1f-000c2c004fbe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F7CAF00-84E4-4E9F-8A7C-5F9827360EE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>