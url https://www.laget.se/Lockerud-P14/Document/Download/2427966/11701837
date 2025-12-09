--- v0 (2025-11-12)
+++ v1 (2025-12-09)
@@ -1,212 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\kis.local\FILESHAREADM\USER\M\mpcaca0712\Documents\Privat\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\kis.local\FILESHAREADM\USER\M\mpcaca0712\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3AD58439-F05E-42B1-8FB7-64A2137C730F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A45BED01-E215-4305-BC69-67A7C41FA639}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{395A4E70-BC32-444E-BBCE-1157F101A9CF}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <si>
     <t>Matchvärd</t>
   </si>
   <si>
     <t xml:space="preserve">Sekretariat </t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Axel</t>
   </si>
   <si>
     <t>Ludwig + Nilas</t>
   </si>
   <si>
-    <t>Loui</t>
-[...1 lines deleted...]
-  <si>
     <t>Theodore + Colin</t>
   </si>
   <si>
     <t>Nils H</t>
   </si>
   <si>
     <t>Anton Grev + Bosse</t>
   </si>
   <si>
     <t>Elliot P</t>
   </si>
   <si>
     <t>Malte + Alexander</t>
   </si>
   <si>
     <t>Matchvärd och sekretariat på våra hemmamatcher</t>
   </si>
   <si>
     <t>Calles café</t>
   </si>
   <si>
     <t>Kl. 10-13</t>
   </si>
   <si>
     <t>KL. 13-16.30</t>
   </si>
   <si>
     <t>Kl. 16.30-20</t>
   </si>
   <si>
     <t>Malte + Anton Grünert</t>
   </si>
   <si>
     <t>Malte + Anton Grünert + Alexander</t>
   </si>
   <si>
     <t>Nils H + Bosse</t>
   </si>
   <si>
     <t>Kl. 8-11.30</t>
   </si>
   <si>
     <t>John + Elliot P</t>
   </si>
   <si>
     <t>Kl. 11.30-15</t>
   </si>
   <si>
-    <t>Nilas + Loui + Theodore</t>
-[...1 lines deleted...]
-  <si>
     <t>15-18.30</t>
   </si>
   <si>
-    <t>Alexander + Colin</t>
-[...1 lines deleted...]
-  <si>
     <t>18.30-22</t>
   </si>
   <si>
     <t>Axel + Ludwig</t>
   </si>
   <si>
     <t>John + Theodore</t>
   </si>
   <si>
     <t>Kl. 8-11</t>
   </si>
   <si>
     <t>kl. 11-14</t>
   </si>
   <si>
-    <t>Nilas + Thure + Loui</t>
-[...1 lines deleted...]
-  <si>
     <t>Kl. 14-17</t>
   </si>
   <si>
     <t>Thure + Bosse + Anton Grev</t>
   </si>
   <si>
     <t>Kl. 16-19</t>
   </si>
   <si>
     <t>Ludwig A</t>
   </si>
   <si>
     <t>Kl. 17-20</t>
   </si>
   <si>
     <t>Axel + Colin + Nils H</t>
   </si>
   <si>
     <t>Damlaget spelar match</t>
   </si>
   <si>
     <t>Det kommer troligtvis bli fler matcher, så då får vi hjälpas åt att fylla de passen.</t>
   </si>
   <si>
-    <t>Elliot P och Anton Grev har fått ett pass var i Calles café, medan övriga fått två pass var</t>
-[...8 lines deleted...]
-    <t>sekretariatet eller som matchvärd när vi får fler matcher.</t>
+    <t>15-18</t>
+  </si>
+  <si>
+    <t>10/10.30-15.00</t>
+  </si>
+  <si>
+    <t>11.30-15.00</t>
+  </si>
+  <si>
+    <t>Nilas + Anton Grev + Theodore</t>
+  </si>
+  <si>
+    <t>Elliot P + Colin</t>
+  </si>
+  <si>
+    <t>Nilas + Thure + Alexander</t>
+  </si>
+  <si>
+    <t>Vakant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
@@ -559,267 +556,256 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F5BD5A15-F7D6-445C-A49E-64861336D399}">
-  <dimension ref="A1:E35"/>
+  <dimension ref="A1:E30"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E22" sqref="E22"/>
+    <sheetView tabSelected="1" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.90625" customWidth="1"/>
-    <col min="2" max="2" width="10.08984375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.81640625" customWidth="1"/>
+    <col min="2" max="2" width="13.81640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="28.453125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="14.36328125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="16.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.81640625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.453125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B3" s="1">
         <v>251123</v>
       </c>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B5" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B9" s="1">
         <v>260125</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B10" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B11" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B12" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B13" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B16" s="1">
         <v>260221</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B17" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B18" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B19" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B20" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B21" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B26" s="1">
         <v>251207</v>
       </c>
       <c r="C26" s="1">
         <v>251214</v>
       </c>
       <c r="D26" s="1">
         <v>260125</v>
       </c>
       <c r="E26" s="1">
         <v>260221</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
-        <v>38</v>
-[...19 lines deleted...]
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">