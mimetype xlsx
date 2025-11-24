--- v0 (2025-10-16)
+++ v1 (2025-11-24)
@@ -1,84 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26130"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sandra.loefberg\Desktop\Spara eget\Handboll\P12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{846FDA1F-426A-4AB4-A67B-A38B318C9B83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E47AC9A-EAAB-4FD5-8452-9F66635283F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Worksheet!$A$1:$I$47</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentManualCount="8" forceFullCalc="1"/>
+  <calcPr calcId="191029" concurrentManualCount="20" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="130">
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>2025-10-12</t>
   </si>
   <si>
     <t>Falköpings AIK Röd</t>
   </si>
   <si>
     <t>HK Lidköping 1</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>HK Lidköping 2</t>
   </si>
   <si>
     <t>Skara HK Röd</t>
   </si>
   <si>
     <t>Odenhallen</t>
   </si>
   <si>
@@ -325,150 +324,150 @@
     <t>Kiosk / 
 matchvärd</t>
   </si>
   <si>
     <t>Frank</t>
   </si>
   <si>
     <t>Arvid</t>
   </si>
   <si>
     <t>Noah</t>
   </si>
   <si>
     <t>Alfred</t>
   </si>
   <si>
     <t>Hugo</t>
   </si>
   <si>
     <t>Melker</t>
   </si>
   <si>
     <t>Axel</t>
   </si>
   <si>
-    <t>Milo</t>
-[...1 lines deleted...]
-  <si>
     <t>Mio</t>
   </si>
   <si>
     <t>Theo</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Nils</t>
   </si>
   <si>
     <t>Edwin</t>
   </si>
   <si>
     <t>SPORTLOV</t>
   </si>
   <si>
     <t>PÅSKLOV</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>2025-11-15</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
-    <t>Arvid/Milo</t>
-[...1 lines deleted...]
-  <si>
     <t>Står över</t>
   </si>
   <si>
     <t>Noah, Melker, Mio, Edwin</t>
   </si>
   <si>
     <t>Alfred, Mio, Jack, Theo, Jonathan</t>
   </si>
   <si>
     <t>Ej tillsatt än</t>
   </si>
   <si>
     <t>Noah, Melker, Mio, Max, Nils</t>
   </si>
   <si>
-    <t>Noah, Hugo, Melker, Nils, Edwin</t>
-[...19 lines deleted...]
-  <si>
     <t>Noah, Hugo, Milo, Jonathan, Edwin</t>
   </si>
   <si>
-    <t>Noah, Alfred, Milo, Mio, Max</t>
-[...1 lines deleted...]
-  <si>
     <t>Hugo, Theo, Nils, Jonathan, Edwin</t>
   </si>
   <si>
-    <t>Alfred, Melker, Mio, Jack</t>
-[...10 lines deleted...]
-  <si>
     <t>Axel, Mio, Jonathan, Edwin</t>
+  </si>
+  <si>
+    <t>Olle</t>
+  </si>
+  <si>
+    <t>Carl</t>
+  </si>
+  <si>
+    <t>Noah, Hugo, Melker, Nils, Edwin, Carl</t>
+  </si>
+  <si>
+    <t>Alfred, Melker, Jack, Max, Olle</t>
+  </si>
+  <si>
+    <t>Mio, Jack, Nils, Edwin, Olle</t>
+  </si>
+  <si>
+    <t>Axel, Theo, Max, Edwin, Carl</t>
+  </si>
+  <si>
+    <t>Alfred, Hugo, Axel, Max, Nils, Olle</t>
+  </si>
+  <si>
+    <t>Axel, Milo, Mio, Theo, Jonathan, Carl</t>
+  </si>
+  <si>
+    <t>Hugo, Melker, Jack, Nils, Edwin, Olle</t>
+  </si>
+  <si>
+    <t>Alfred, Hugo,  Nils, Jonathan, Edwin, Carl</t>
+  </si>
+  <si>
+    <t>Axel, Jack, Theo, Max, Olle</t>
+  </si>
+  <si>
+    <t>Noah, Alfred, Milo, Mio, Max, Carl</t>
+  </si>
+  <si>
+    <t>Alfred, Melker, Mio, Jack, Olle, Jack</t>
+  </si>
+  <si>
+    <t>Melker, Axel, Jack, Edwin, Olle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -958,55 +957,51 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1260,713 +1255,713 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M50"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="P7" sqref="P7"/>
+      <selection pane="bottomLeft" activeCell="O9" sqref="O9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.28515625" style="54" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" style="3" customWidth="1"/>
     <col min="3" max="3" width="20.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="13" style="3" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="24.42578125" style="3" customWidth="1"/>
     <col min="8" max="8" width="45.5703125" style="56" customWidth="1"/>
     <col min="9" max="9" width="45.5703125" style="43" customWidth="1"/>
     <col min="10" max="11" width="20.28515625" style="1" customWidth="1"/>
     <col min="12" max="13" width="22" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="5" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="44" t="s">
         <v>74</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D1" s="5" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>79</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>80</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>81</v>
       </c>
       <c r="H1" s="20" t="s">
         <v>82</v>
       </c>
       <c r="I1" s="32" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>87</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>87</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>88</v>
       </c>
       <c r="M1" s="20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="2" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="45">
         <v>41</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="21" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="33" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="21"/>
     </row>
     <row r="3" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="45"/>
       <c r="B3" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="22" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="34" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="8"/>
       <c r="M3" s="22"/>
     </row>
     <row r="4" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="46">
         <v>42</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="21" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="33" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
       <c r="L4" s="7"/>
       <c r="M4" s="21"/>
     </row>
     <row r="5" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="47"/>
       <c r="B5" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="34" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="22"/>
     </row>
     <row r="6" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="47">
         <v>43</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="23" t="s">
         <v>20</v>
       </c>
       <c r="I6" s="35" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="23"/>
     </row>
     <row r="7" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="46">
         <v>44</v>
       </c>
       <c r="B7" s="18"/>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="24"/>
       <c r="I7" s="36"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="24"/>
     </row>
     <row r="8" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="46">
         <v>45</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>23</v>
       </c>
       <c r="H8" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="35" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>91</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>94</v>
       </c>
       <c r="L8" s="9" t="s">
         <v>93</v>
       </c>
       <c r="M8" s="23"/>
     </row>
     <row r="9" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="47"/>
       <c r="B9" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>27</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="I9" s="35" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="23"/>
     </row>
     <row r="10" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A10" s="46">
         <v>46</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D10" s="19">
         <v>0.625</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>2</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="M10" s="6"/>
     </row>
     <row r="11" spans="1:13" s="3" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="45"/>
       <c r="B11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D11" s="48" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="6"/>
     </row>
     <row r="12" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A12" s="46">
         <v>47</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="21" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="33" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="J12" s="7" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K12" s="7" t="s">
         <v>95</v>
       </c>
       <c r="L12" s="7" t="s">
         <v>92</v>
       </c>
       <c r="M12" s="21" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="45"/>
       <c r="B13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="2" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="47"/>
       <c r="B14" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>77</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="22" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="34" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="J14" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K14" s="8" t="s">
         <v>95</v>
       </c>
       <c r="L14" s="8" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="22" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="45">
         <v>48</v>
       </c>
       <c r="B15" s="17"/>
       <c r="C15" s="17"/>
       <c r="D15" s="17"/>
       <c r="E15" s="17"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="25"/>
       <c r="I15" s="37"/>
       <c r="J15" s="17"/>
       <c r="K15" s="17"/>
       <c r="L15" s="17"/>
       <c r="M15" s="25"/>
     </row>
     <row r="16" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A16" s="46">
         <v>49</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H16" s="21" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="33" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="21"/>
     </row>
     <row r="17" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A17" s="45"/>
       <c r="B17" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="M17" s="6"/>
     </row>
     <row r="18" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="47"/>
       <c r="B18" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H18" s="22" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="34" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="J18" s="8"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="22"/>
     </row>
     <row r="19" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="47">
         <v>50</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>27</v>
       </c>
       <c r="H19" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="35" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="J19" s="9" t="s">
         <v>91</v>
       </c>
       <c r="K19" s="9" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="L19" s="9" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="M19" s="23"/>
     </row>
     <row r="20" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="49">
         <v>51</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H20" s="23" t="s">
         <v>45</v>
       </c>
       <c r="I20" s="35" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="23"/>
     </row>
     <row r="21" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="50">
         <v>1</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="11" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="11" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="10"/>
       <c r="H21" s="26"/>
       <c r="I21" s="38"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
@@ -1976,786 +1971,790 @@
       <c r="A22" s="46">
         <v>2</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H22" s="21" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="33" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>91</v>
       </c>
       <c r="K22" s="7" t="s">
         <v>94</v>
       </c>
       <c r="L22" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="M22" s="21" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="45"/>
       <c r="B23" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>46</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>5</v>
       </c>
       <c r="G23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="22" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="34" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>91</v>
       </c>
       <c r="K23" s="8" t="s">
         <v>94</v>
       </c>
       <c r="L23" s="8" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="M23" s="22" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="45"/>
       <c r="B24" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G24" s="9" t="s">
         <v>19</v>
       </c>
       <c r="H24" s="23" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="35" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="J24" s="9" t="s">
         <v>91</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>96</v>
       </c>
       <c r="L24" s="9" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="M24" s="23"/>
     </row>
     <row r="25" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A25" s="46">
         <v>3</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>50</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>51</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="21" t="s">
         <v>52</v>
       </c>
       <c r="I25" s="33" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="21"/>
     </row>
     <row r="26" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="45"/>
       <c r="B26" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>50</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="8" t="s">
         <v>10</v>
       </c>
       <c r="H26" s="22" t="s">
         <v>52</v>
       </c>
       <c r="I26" s="34" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="22"/>
     </row>
     <row r="27" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A27" s="46">
         <v>4</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>55</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H27" s="21" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="33" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>91</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="M27" s="21" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="45"/>
       <c r="B28" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>54</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>3</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H28" s="22" t="s">
         <v>49</v>
       </c>
       <c r="I28" s="34" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="J28" s="8" t="s">
         <v>91</v>
       </c>
       <c r="K28" s="8" t="s">
         <v>93</v>
       </c>
       <c r="L28" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="M28" s="22" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="29" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="46">
         <v>5</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>19</v>
       </c>
       <c r="G29" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H29" s="23" t="s">
         <v>20</v>
       </c>
       <c r="I29" s="35" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="23"/>
     </row>
     <row r="30" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A30" s="45"/>
       <c r="B30" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>58</v>
       </c>
       <c r="D30" s="7" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H30" s="21" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="33" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="21"/>
     </row>
     <row r="31" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="47"/>
       <c r="B31" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="22" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="34" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="J31" s="8"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="22"/>
     </row>
     <row r="32" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="45">
         <v>6</v>
       </c>
       <c r="B32" s="17"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="25"/>
       <c r="I32" s="37"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="25"/>
     </row>
     <row r="33" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="51">
         <v>7</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C33" s="12"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="27"/>
       <c r="I33" s="39"/>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="12"/>
       <c r="M33" s="27"/>
     </row>
     <row r="34" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A34" s="46">
         <v>8</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H34" s="21" t="s">
         <v>62</v>
       </c>
       <c r="I34" s="33" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="21"/>
     </row>
     <row r="35" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="45"/>
       <c r="B35" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>63</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>77</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H35" s="22" t="s">
         <v>62</v>
       </c>
       <c r="I35" s="34" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J35" s="8"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="22"/>
     </row>
     <row r="36" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A36" s="45"/>
       <c r="B36" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G36" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H36" s="21" t="s">
         <v>65</v>
       </c>
       <c r="I36" s="33" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J36" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="K36" s="7" t="s">
         <v>95</v>
       </c>
       <c r="L36" s="7" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="M36" s="21" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="47"/>
       <c r="B37" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>64</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E37" s="8" t="s">
         <v>78</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>5</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>10</v>
       </c>
       <c r="H37" s="22" t="s">
         <v>65</v>
       </c>
       <c r="I37" s="34" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="K37" s="8" t="s">
         <v>95</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="M37" s="22" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="45">
         <v>9</v>
       </c>
       <c r="B38" s="16"/>
       <c r="C38" s="16"/>
       <c r="D38" s="16"/>
       <c r="E38" s="16"/>
       <c r="F38" s="16"/>
       <c r="G38" s="16"/>
       <c r="H38" s="28"/>
       <c r="I38" s="40"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
       <c r="M38" s="28"/>
     </row>
     <row r="39" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="46">
         <v>10</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="35" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="J39" s="9" t="s">
         <v>91</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>89</v>
       </c>
       <c r="L39" s="9" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="M39" s="23"/>
+        <v>98</v>
+      </c>
+      <c r="M39" s="23" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="40" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="47"/>
       <c r="B40" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>67</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>68</v>
       </c>
       <c r="I40" s="35" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="J40" s="9"/>
       <c r="K40" s="9"/>
       <c r="L40" s="9"/>
       <c r="M40" s="23"/>
     </row>
     <row r="41" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="45">
         <v>11</v>
       </c>
       <c r="B41" s="15"/>
       <c r="C41" s="15"/>
       <c r="D41" s="15"/>
       <c r="E41" s="15"/>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="29"/>
       <c r="I41" s="41"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15"/>
       <c r="L41" s="15"/>
       <c r="M41" s="29"/>
     </row>
     <row r="42" spans="1:13" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A42" s="46">
         <v>12</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>69</v>
       </c>
       <c r="D42" s="7" t="s">
         <v>70</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>31</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H42" s="21" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="33" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="21"/>
     </row>
     <row r="43" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="45"/>
       <c r="B43" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E43" s="8" t="s">
         <v>77</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>36</v>
       </c>
       <c r="G43" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H43" s="22" t="s">
         <v>71</v>
       </c>
       <c r="I43" s="34" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J43" s="8"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="22"/>
     </row>
     <row r="44" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="47"/>
       <c r="B44" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>73</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G44" s="9" t="s">
         <v>33</v>
       </c>
       <c r="H44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="35" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J44" s="9" t="s">
         <v>91</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>90</v>
       </c>
       <c r="L44" s="9" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="M44" s="23"/>
+        <v>99</v>
+      </c>
+      <c r="M44" s="23" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="45" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="47">
         <v>13</v>
       </c>
       <c r="B45" s="15"/>
       <c r="C45" s="15"/>
       <c r="D45" s="15"/>
       <c r="E45" s="15"/>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="29"/>
       <c r="I45" s="41"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15"/>
       <c r="L45" s="15"/>
       <c r="M45" s="29"/>
     </row>
     <row r="46" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="52">
         <v>14</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="27"/>
       <c r="I46" s="39"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="27"/>
     </row>
     <row r="47" spans="1:13" s="4" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="53">
         <v>15</v>
       </c>
       <c r="B47" s="10"/>
       <c r="C47" s="11" t="s">
         <v>86</v>
       </c>
       <c r="D47" s="10"/>
       <c r="E47" s="10"/>
       <c r="F47" s="11" t="s">
         <v>83</v>