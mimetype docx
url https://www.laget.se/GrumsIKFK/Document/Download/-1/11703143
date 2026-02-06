--- v0 (2025-11-12)
+++ v1 (2026-02-06)
@@ -6,80 +6,93 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3558D375" w14:textId="7A90ACE3" w:rsidR="002435BD" w:rsidRPr="0078742D" w:rsidRDefault="0078742D" w:rsidP="005760AE">
+    <w:p w14:paraId="08B4657B" w14:textId="77777777" w:rsidR="000A2885" w:rsidRDefault="000A2885" w:rsidP="005760AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078742D">
+    </w:p>
+    <w:p w14:paraId="714F9856" w14:textId="77777777" w:rsidR="000A2885" w:rsidRDefault="000A2885" w:rsidP="005760AE">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Stödmedlem</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AFC51A8" w14:textId="65F6226B" w:rsidR="005122F3" w:rsidRPr="00DF5CB5" w:rsidRDefault="0008B458" w:rsidP="005760AE">
+    <w:p w14:paraId="0AFC51A8" w14:textId="2DAD481C" w:rsidR="005122F3" w:rsidRPr="00DF5CB5" w:rsidRDefault="0008B458" w:rsidP="005760AE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vi är en kommunens största föreningar som organiserar cirka 250 fotbollsspelare, från sexåring barn upp till </w:t>
+        <w:t xml:space="preserve">Vi är en kommunens största föreningar som organiserar cirka </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2885">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF5CB5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fotbollsspelare, från sexåring barn upp till </w:t>
       </w:r>
       <w:r w:rsidR="00043ACC">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>+65-</w:t>
       </w:r>
       <w:r w:rsidR="004827B2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>gåfotboll.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A72A265" w14:textId="44F97419" w:rsidR="003507E1" w:rsidRPr="00DF5CB5" w:rsidRDefault="00800DF2" w:rsidP="005760AE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Vi vill vara en </w:t>
@@ -351,132 +364,158 @@
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ätt</w:t>
       </w:r>
       <w:r w:rsidR="009B5EAE" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>er man</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> in pengar </w:t>
       </w:r>
       <w:r w:rsidR="001D2C98" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>på:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBA27A7" w14:textId="7E4B98C1" w:rsidR="001A527C" w:rsidRPr="00DF5CB5" w:rsidRDefault="001D2C98" w:rsidP="005760AE">
+    <w:p w14:paraId="5CBA27A7" w14:textId="1360F4C7" w:rsidR="001A527C" w:rsidRPr="00DF5CB5" w:rsidRDefault="001D2C98" w:rsidP="005760AE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Bankgiro: </w:t>
       </w:r>
       <w:r w:rsidR="00B16C74" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>5840–1001</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Swish: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF5CB5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Swish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF5CB5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00D77E58" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>123 174 74 76</w:t>
       </w:r>
       <w:r w:rsidR="00473491" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Märk din inbetalning med </w:t>
       </w:r>
       <w:r w:rsidR="00306166" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00473491" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>amn, personnummer och mail</w:t>
       </w:r>
       <w:r w:rsidR="00254F69" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>adress</w:t>
       </w:r>
       <w:r w:rsidR="00473491" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00473491" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
-        <w:t>Får inte all information plats, skicka ett mail till</w:t>
+        <w:t xml:space="preserve">Får inte all information plats, skicka ett </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00473491" w:rsidRPr="00DF5CB5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00473491" w:rsidRPr="00DF5CB5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till</w:t>
       </w:r>
       <w:r w:rsidR="000E1A62" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="000E1A62" w:rsidRPr="00DF5CB5">
+        <w:r w:rsidR="000A2885" w:rsidRPr="00EE041A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>grumsfotboll@telia.com</w:t>
+          <w:t>kansli@grumsfotboll.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000E1A62" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> med informationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174C5CCF" w14:textId="77777777" w:rsidR="00C64578" w:rsidRPr="00DF5CB5" w:rsidRDefault="00C64578" w:rsidP="005760AE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7847629B" w14:textId="594E533E" w:rsidR="00C64578" w:rsidRPr="00DF5CB5" w:rsidRDefault="001A527C" w:rsidP="005760AE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
@@ -513,58 +552,58 @@
         </w:rPr>
         <w:t xml:space="preserve">till </w:t>
       </w:r>
       <w:r w:rsidR="00F823F4" w:rsidRPr="00DF5CB5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>fotbollsfamiljen Grums Fotboll</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C64578" w:rsidRPr="00DF5CB5" w:rsidSect="00494540">
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2410" w:right="1474" w:bottom="1418" w:left="1474" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19BC9CA8" w14:textId="77777777" w:rsidR="004941D0" w:rsidRDefault="004941D0" w:rsidP="00D66956">
+    <w:p w14:paraId="19AA8F48" w14:textId="77777777" w:rsidR="00E6395C" w:rsidRDefault="00E6395C" w:rsidP="00D66956">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="713C93B0" w14:textId="77777777" w:rsidR="004941D0" w:rsidRDefault="004941D0" w:rsidP="00D66956">
+    <w:p w14:paraId="32BBA865" w14:textId="77777777" w:rsidR="00E6395C" w:rsidRDefault="00E6395C" w:rsidP="00D66956">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -579,58 +618,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A2D60E4" w14:textId="77777777" w:rsidR="004941D0" w:rsidRDefault="004941D0" w:rsidP="00D66956">
+    <w:p w14:paraId="2F0B64D3" w14:textId="77777777" w:rsidR="00E6395C" w:rsidRDefault="00E6395C" w:rsidP="00D66956">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E1AA1EF" w14:textId="77777777" w:rsidR="004941D0" w:rsidRDefault="004941D0" w:rsidP="00D66956">
+    <w:p w14:paraId="067E4ABD" w14:textId="77777777" w:rsidR="00E6395C" w:rsidRDefault="00E6395C" w:rsidP="00D66956">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38588F80" w14:textId="6007E011" w:rsidR="00494540" w:rsidRDefault="00494540">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="40"/>
         <w:szCs w:val="52"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
@@ -2053,97 +2092,99 @@
   <w:num w:numId="16" w16cid:durableId="535392329">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1817988916">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="498935086">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="685445583">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="799958896">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="167717686">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A7BF5"/>
     <w:rsid w:val="000001CE"/>
     <w:rsid w:val="00000AD7"/>
     <w:rsid w:val="00003B92"/>
     <w:rsid w:val="000071E9"/>
     <w:rsid w:val="00012430"/>
     <w:rsid w:val="000136DE"/>
     <w:rsid w:val="00015307"/>
     <w:rsid w:val="000362F7"/>
     <w:rsid w:val="00036527"/>
     <w:rsid w:val="00037827"/>
     <w:rsid w:val="00041C9C"/>
     <w:rsid w:val="000438DE"/>
     <w:rsid w:val="00043ACC"/>
     <w:rsid w:val="00046E18"/>
     <w:rsid w:val="0005293C"/>
     <w:rsid w:val="000607E1"/>
     <w:rsid w:val="000678EC"/>
     <w:rsid w:val="00077E37"/>
     <w:rsid w:val="00083E9F"/>
     <w:rsid w:val="0008B458"/>
     <w:rsid w:val="000905BD"/>
     <w:rsid w:val="00091E9D"/>
+    <w:rsid w:val="000A2885"/>
     <w:rsid w:val="000A4170"/>
     <w:rsid w:val="000A5226"/>
     <w:rsid w:val="000A5C91"/>
     <w:rsid w:val="000A66FC"/>
     <w:rsid w:val="000A7BF5"/>
     <w:rsid w:val="000C0252"/>
     <w:rsid w:val="000C5AED"/>
     <w:rsid w:val="000D202E"/>
     <w:rsid w:val="000D70A5"/>
     <w:rsid w:val="000E1A62"/>
     <w:rsid w:val="000F2EA5"/>
     <w:rsid w:val="000F35CA"/>
     <w:rsid w:val="000F3B9D"/>
     <w:rsid w:val="000F3BFD"/>
     <w:rsid w:val="00104985"/>
     <w:rsid w:val="001055F6"/>
     <w:rsid w:val="00114776"/>
     <w:rsid w:val="00116A7C"/>
     <w:rsid w:val="00133466"/>
     <w:rsid w:val="00135BDA"/>
     <w:rsid w:val="0013714E"/>
     <w:rsid w:val="00153A07"/>
     <w:rsid w:val="00161161"/>
     <w:rsid w:val="00163626"/>
     <w:rsid w:val="001716BC"/>
@@ -2271,50 +2312,51 @@
     <w:rsid w:val="00487E95"/>
     <w:rsid w:val="0049227B"/>
     <w:rsid w:val="004928A4"/>
     <w:rsid w:val="00493354"/>
     <w:rsid w:val="004941D0"/>
     <w:rsid w:val="00494540"/>
     <w:rsid w:val="004950EC"/>
     <w:rsid w:val="004A2048"/>
     <w:rsid w:val="004B16CB"/>
     <w:rsid w:val="004B624C"/>
     <w:rsid w:val="004B6A33"/>
     <w:rsid w:val="004C2367"/>
     <w:rsid w:val="004C2E49"/>
     <w:rsid w:val="004C476B"/>
     <w:rsid w:val="004C55C2"/>
     <w:rsid w:val="004C743F"/>
     <w:rsid w:val="004D28B3"/>
     <w:rsid w:val="004D590C"/>
     <w:rsid w:val="004D6A0D"/>
     <w:rsid w:val="004D7B50"/>
     <w:rsid w:val="004E0392"/>
     <w:rsid w:val="004F40AC"/>
     <w:rsid w:val="004F56DA"/>
     <w:rsid w:val="005032C1"/>
     <w:rsid w:val="00511A41"/>
+    <w:rsid w:val="005121EC"/>
     <w:rsid w:val="005122F3"/>
     <w:rsid w:val="00522EBB"/>
     <w:rsid w:val="00527D4C"/>
     <w:rsid w:val="00531BE2"/>
     <w:rsid w:val="00532880"/>
     <w:rsid w:val="00533F76"/>
     <w:rsid w:val="005345F0"/>
     <w:rsid w:val="00535948"/>
     <w:rsid w:val="0053715F"/>
     <w:rsid w:val="005378C3"/>
     <w:rsid w:val="00545934"/>
     <w:rsid w:val="005478F4"/>
     <w:rsid w:val="00551886"/>
     <w:rsid w:val="00552C97"/>
     <w:rsid w:val="00553684"/>
     <w:rsid w:val="005542D8"/>
     <w:rsid w:val="00554FC9"/>
     <w:rsid w:val="005632DD"/>
     <w:rsid w:val="00567566"/>
     <w:rsid w:val="005725E6"/>
     <w:rsid w:val="00572B4C"/>
     <w:rsid w:val="005760AE"/>
     <w:rsid w:val="005771B7"/>
     <w:rsid w:val="005802D2"/>
     <w:rsid w:val="0058103F"/>
@@ -2616,71 +2658,73 @@
     <w:rsid w:val="00D33CC2"/>
     <w:rsid w:val="00D3632B"/>
     <w:rsid w:val="00D36DA5"/>
     <w:rsid w:val="00D41661"/>
     <w:rsid w:val="00D44700"/>
     <w:rsid w:val="00D50B59"/>
     <w:rsid w:val="00D57885"/>
     <w:rsid w:val="00D57CBD"/>
     <w:rsid w:val="00D66956"/>
     <w:rsid w:val="00D66BFD"/>
     <w:rsid w:val="00D7245A"/>
     <w:rsid w:val="00D769A7"/>
     <w:rsid w:val="00D773AA"/>
     <w:rsid w:val="00D77E58"/>
     <w:rsid w:val="00D8160E"/>
     <w:rsid w:val="00D835CF"/>
     <w:rsid w:val="00D836EE"/>
     <w:rsid w:val="00D940B7"/>
     <w:rsid w:val="00D965A8"/>
     <w:rsid w:val="00DA01B0"/>
     <w:rsid w:val="00DA1383"/>
     <w:rsid w:val="00DA324A"/>
     <w:rsid w:val="00DA4BFB"/>
     <w:rsid w:val="00DA71F9"/>
     <w:rsid w:val="00DB6FCB"/>
+    <w:rsid w:val="00DC0513"/>
     <w:rsid w:val="00DD310C"/>
     <w:rsid w:val="00DD6E58"/>
     <w:rsid w:val="00DE0C76"/>
     <w:rsid w:val="00DE2072"/>
     <w:rsid w:val="00DE267F"/>
     <w:rsid w:val="00DE5934"/>
     <w:rsid w:val="00DE6D39"/>
     <w:rsid w:val="00DF509F"/>
     <w:rsid w:val="00DF5CB5"/>
     <w:rsid w:val="00E05F76"/>
     <w:rsid w:val="00E075AF"/>
     <w:rsid w:val="00E076E8"/>
     <w:rsid w:val="00E20F80"/>
     <w:rsid w:val="00E22EE7"/>
     <w:rsid w:val="00E26EE6"/>
     <w:rsid w:val="00E33FD6"/>
     <w:rsid w:val="00E47236"/>
     <w:rsid w:val="00E5494D"/>
     <w:rsid w:val="00E57C7C"/>
     <w:rsid w:val="00E6256A"/>
     <w:rsid w:val="00E627FE"/>
+    <w:rsid w:val="00E6395C"/>
     <w:rsid w:val="00E70002"/>
     <w:rsid w:val="00E73425"/>
     <w:rsid w:val="00E73798"/>
     <w:rsid w:val="00E771BC"/>
     <w:rsid w:val="00E80639"/>
     <w:rsid w:val="00E812DC"/>
     <w:rsid w:val="00E83321"/>
     <w:rsid w:val="00E83CED"/>
     <w:rsid w:val="00E86711"/>
     <w:rsid w:val="00E874EC"/>
     <w:rsid w:val="00E94A5D"/>
     <w:rsid w:val="00EA13E7"/>
     <w:rsid w:val="00EA30AA"/>
     <w:rsid w:val="00EA518D"/>
     <w:rsid w:val="00EA6438"/>
     <w:rsid w:val="00EB4B9D"/>
     <w:rsid w:val="00EB4E0A"/>
     <w:rsid w:val="00EB5A68"/>
     <w:rsid w:val="00EC0783"/>
     <w:rsid w:val="00EC1746"/>
     <w:rsid w:val="00EC30F6"/>
     <w:rsid w:val="00EC45D0"/>
     <w:rsid w:val="00EC52B5"/>
     <w:rsid w:val="00EC6DC7"/>
     <w:rsid w:val="00ED6994"/>
@@ -3615,51 +3659,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E1A62"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grumsfotboll@telia.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kansli@grumsfotboll.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="BillerudKorsnäs">
   <a:themeElements>
     <a:clrScheme name="BillerudKorsnäs_Colors">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="404040"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F0F0F0"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="40A020"/>
       </a:accent1>
@@ -3968,86 +4012,86 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FCDB9EA-AEA6-4B43-821A-EE52BA282A49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>192</Words>
-  <Characters>967</Characters>
+  <Words>190</Words>
+  <Characters>959</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1144</CharactersWithSpaces>
+  <CharactersWithSpaces>1136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Grums Fotboll</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_10e546a9-2a48-4685-a3bc-ab4c0eaeb298_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_10e546a9-2a48-4685-a3bc-ab4c0eaeb298_SetDate">
     <vt:lpwstr>2022-01-10T12:06:21Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_10e546a9-2a48-4685-a3bc-ab4c0eaeb298_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_10e546a9-2a48-4685-a3bc-ab4c0eaeb298_Name">
     <vt:lpwstr>BK - Open</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_10e546a9-2a48-4685-a3bc-ab4c0eaeb298_SiteId">
     <vt:lpwstr>52453284-7972-41e2-95d8-04367ce3553b</vt:lpwstr>