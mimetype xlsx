--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Blandat\PHC -13\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92E0EB0D-F8AB-4B20-96A4-8D73A0560148}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BB1C513A-5378-4D02-8123-36D19AB34D7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30705" yWindow="120" windowWidth="15735" windowHeight="15270" xr2:uid="{163300FD-ECFA-44CB-BFCA-1BEFAD672526}"/>
+    <workbookView xWindow="29895" yWindow="540" windowWidth="16365" windowHeight="14610" xr2:uid="{163300FD-ECFA-44CB-BFCA-1BEFAD672526}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -205,56 +205,57 @@
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -552,292 +553,303 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44DA8405-5B62-4C17-B344-C80BBAB4D246}">
   <dimension ref="B1:W35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection activeCell="E30" sqref="E30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
-    <col min="4" max="4" width="17.85546875" customWidth="1"/>
+    <col min="4" max="4" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="19" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="1"/>
     </row>
-    <row r="2" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="3"/>
+    </row>
+    <row r="4" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:3" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B6" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="7" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B8" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="3" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="3"/>
+    </row>
+    <row r="9" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C9" s="3" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" s="3"/>
+    </row>
+    <row r="10" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B10" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:3" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B12" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="13" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B13" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C13" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="14" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B14" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="15" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:3" x14ac:dyDescent="0.25">
+        <v>31</v>
+      </c>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+    </row>
+    <row r="16" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B16" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C16" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>17</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C18" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E18" s="3"/>
     </row>
     <row r="19" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>17</v>
       </c>
       <c r="C19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
         <v>17</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3"/>
     </row>
     <row r="23" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
         <v>17</v>
       </c>
       <c r="C24" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>31</v>
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
     </row>
     <row r="26" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
         <v>17</v>
       </c>
       <c r="C26" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
         <v>17</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C27" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="3"/>
     </row>
     <row r="28" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
         <v>17</v>
       </c>
       <c r="C28" t="s">
         <v>30</v>
       </c>
       <c r="W28" s="3"/>
     </row>
     <row r="29" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
         <v>17</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="2:23" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
         <v>17</v>
       </c>
-      <c r="C31" t="s">
+      <c r="C31" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
         <v>32</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
         <v>32</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>35</v>