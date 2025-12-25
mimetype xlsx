--- v0 (2025-10-21)
+++ v1 (2025-12-25)
@@ -1,385 +1,319 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11012"/>
-  <workbookPr/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/katarinageijer/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/katarinageijer/Desktop/Selånger Bandy/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{134700C9-EF37-084A-8AEA-B91BCCCE6A04}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4C7859E5-72B8-FD45-9693-56249629FD62}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="18900" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="33600" windowHeight="21000" xr2:uid="{EBEAFAE6-9862-F84D-9B35-365252466FFA}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="181029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="59">
-[...4 lines deleted...]
-    <t>Fikalista</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="34">
+  <si>
+    <t>Tisdagsfika</t>
   </si>
   <si>
     <t>Skridskokul</t>
   </si>
   <si>
-    <t>Fikat för våra tjejer är på tisdagar, efter träningen kl. 18.30</t>
-[...164 lines deleted...]
-    <t>24 feb ? Poolspel</t>
+    <t>Damlag uppdrag</t>
+  </si>
+  <si>
+    <t>Varuautomat</t>
+  </si>
+  <si>
+    <t>Agnes Falk</t>
+  </si>
+  <si>
+    <t>Bella Jansson</t>
+  </si>
+  <si>
+    <t>Eira Arburua Vestman</t>
+  </si>
+  <si>
+    <t>Ellen Karlsson</t>
+  </si>
+  <si>
+    <t>Ellen Turstedt</t>
+  </si>
+  <si>
+    <t>Emmie Nordin</t>
+  </si>
+  <si>
+    <t>Freyja Olsson</t>
+  </si>
+  <si>
+    <t>Ingrid Gardfors</t>
+  </si>
+  <si>
+    <t>Julia Geijer</t>
+  </si>
+  <si>
+    <t>(2025-12-23)</t>
+  </si>
+  <si>
+    <t>Lova Långh</t>
+  </si>
+  <si>
+    <t>Majken Hedberg</t>
+  </si>
+  <si>
+    <t>Martine Lundström Carlander</t>
+  </si>
+  <si>
+    <t>Molly Modin</t>
+  </si>
+  <si>
+    <t>Nora Arburua Vestman</t>
+  </si>
+  <si>
+    <t>Rut Wanqvist</t>
+  </si>
+  <si>
+    <t>Saga Sölvestål</t>
+  </si>
+  <si>
+    <t>Sofia Geijer</t>
+  </si>
+  <si>
+    <t>November</t>
+  </si>
+  <si>
+    <t>Tya Lönn Eriksson</t>
+  </si>
+  <si>
+    <t>Ungdomskommite</t>
+  </si>
+  <si>
+    <t>Styrelsen</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>Marknadsgruppen</t>
+  </si>
+  <si>
+    <t>Lagledare</t>
+  </si>
+  <si>
+    <t>Slipare</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Övrigt tjejera skulle behöva hjälp med: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bollkajsa/kalle på träningarna </t>
+  </si>
+  <si>
+    <t>Hjälp att sätta sarg och ta bort sarg på träningen</t>
+  </si>
+  <si>
+    <t>Säkerställa att alla barn/ungdommar har sina skridskor knytna</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
+      <sz val="12"/>
+      <color rgb="FF333333"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FF333333"/>
       <name val="Calibri"/>
-    </font>
-[...8 lines deleted...]
-      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="8">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDEEAF6"/>
-        <bgColor rgb="FFDEEAF6"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFEF2CB"/>
-        <bgColor rgb="FFFEF2CB"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFE2EFD9"/>
-        <bgColor rgb="FFE2EFD9"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD0CECE"/>
-        <bgColor rgb="FFD0CECE"/>
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD6DCE4"/>
-        <bgColor rgb="FFD6DCE4"/>
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFBE4D5"/>
-        <bgColor rgb="FFFBE4D5"/>
+        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
-[...6 lines deleted...]
-    </border>
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+  <cellXfs count="20">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...24 lines deleted...]
-    </xf>
+    <xf numFmtId="16" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -644,712 +578,468 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:E100"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{905B256F-16F4-3B4A-ACBF-1BE9A70DBDDF}">
+  <dimension ref="A1:L27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B37" sqref="B37"/>
+      <selection activeCell="A28" sqref="A28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.6640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="11" width="10.6640625" customWidth="1"/>
+    <col min="1" max="1" width="25.6640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.83203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.83203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" customHeight="1">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A1" s="1"/>
+      <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="2"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:5" ht="15.75" customHeight="1">
+      <c r="C1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="16"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="18"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>1</v>
-[...10 lines deleted...]
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="B3" s="8">
+        <v>45705</v>
+      </c>
+      <c r="C3" s="5"/>
+      <c r="D3" s="6">
+        <v>45991</v>
+      </c>
+      <c r="E3" s="7"/>
+      <c r="F3" s="14"/>
+      <c r="G3" s="15"/>
+      <c r="H3" s="16"/>
+      <c r="I3" s="17"/>
+      <c r="J3" s="18"/>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="B4" s="4"/>
-      <c r="C4" s="2"/>
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="C4" s="9">
+        <v>45983</v>
+      </c>
+      <c r="D4" s="6">
+        <v>45668</v>
+      </c>
+      <c r="E4" s="7"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="15"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A5" s="3" t="s">
+        <v>7</v>
       </c>
       <c r="B5" s="4"/>
-      <c r="C5" s="2"/>
-[...15 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="C5" s="9">
+        <v>45674</v>
+      </c>
+      <c r="D5" s="6">
+        <v>45668</v>
+      </c>
+      <c r="E5" s="7"/>
+      <c r="F5" s="14"/>
+      <c r="G5" s="15"/>
+      <c r="H5" s="16"/>
+      <c r="I5" s="17"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A6" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="4" t="s">
+      <c r="B6" s="8">
+        <v>45684</v>
+      </c>
+      <c r="C6" s="9">
+        <v>45695</v>
+      </c>
+      <c r="D6" s="10"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="14"/>
+      <c r="G6" s="15"/>
+      <c r="H6" s="16"/>
+      <c r="I6" s="17"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="2"/>
-[...3 lines deleted...]
-      <c r="E7" s="7" t="s">
+      <c r="B7" s="8">
+        <v>45691</v>
+      </c>
+      <c r="C7" s="5"/>
+      <c r="D7" s="6">
+        <v>45668</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="14"/>
+      <c r="G7" s="15"/>
+      <c r="H7" s="16"/>
+      <c r="I7" s="17"/>
+      <c r="J7" s="18"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="9" t="s">
+      <c r="B9" s="8">
+        <v>46021</v>
+      </c>
+      <c r="C9" s="9">
+        <v>45674</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="14"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="16"/>
+      <c r="I9" s="17"/>
+      <c r="J9" s="18"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="2"/>
-[...3 lines deleted...]
-      <c r="E8" s="11" t="s">
+      <c r="B10" s="8">
+        <v>46000</v>
+      </c>
+      <c r="C10" s="5"/>
+      <c r="D10" s="6">
+        <v>45668</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="14"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
         <v>12</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="9" t="s">
+      <c r="B11" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="2"/>
-[...3 lines deleted...]
-      <c r="E9" s="11" t="s">
+      <c r="C11" s="9">
+        <v>45695</v>
+      </c>
+      <c r="D11" s="6">
+        <v>45991</v>
+      </c>
+      <c r="E11" s="11"/>
+      <c r="F11" s="14"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="16"/>
+      <c r="I11" s="17"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
         <v>14</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="9" t="s">
+      <c r="B12" s="8">
+        <v>45698</v>
+      </c>
+      <c r="C12" s="9">
+        <v>45674</v>
+      </c>
+      <c r="D12" s="10"/>
+      <c r="E12" s="7"/>
+      <c r="F12" s="14"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="16"/>
+      <c r="I12" s="17"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C10" s="2"/>
-[...3 lines deleted...]
-      <c r="E10" s="11" t="s">
+      <c r="B13" s="8">
+        <v>45993</v>
+      </c>
+      <c r="C13" s="5"/>
+      <c r="D13" s="6">
+        <v>45991</v>
+      </c>
+      <c r="E13" s="7"/>
+      <c r="F13" s="14"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="16"/>
+      <c r="I13" s="17"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
         <v>16</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B11" s="9" t="s">
+      <c r="B14" s="8">
+        <v>45712</v>
+      </c>
+      <c r="C14" s="9">
+        <v>45983</v>
+      </c>
+      <c r="D14" s="10"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="14"/>
+      <c r="G14" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="H14" s="16"/>
+      <c r="I14" s="17"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="2"/>
-      <c r="D11" s="10" t="s">
+      <c r="B16" s="8">
+        <v>45677</v>
+      </c>
+      <c r="C16" s="9">
+        <v>45695</v>
+      </c>
+      <c r="D16" s="10"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="14"/>
+      <c r="G16" s="15"/>
+      <c r="H16" s="16"/>
+      <c r="I16" s="17"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E11" s="11" t="s">
+      <c r="B17" s="8">
+        <v>45670</v>
+      </c>
+      <c r="C17" s="9">
+        <v>45983</v>
+      </c>
+      <c r="D17" s="10"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="14"/>
+      <c r="G17" s="15"/>
+      <c r="H17" s="16"/>
+      <c r="I17" s="17"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>19</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" s="9" t="s">
+      <c r="B18" s="8">
+        <v>45663</v>
+      </c>
+      <c r="C18" s="5"/>
+      <c r="D18" s="6">
+        <v>45991</v>
+      </c>
+      <c r="E18" s="7"/>
+      <c r="F18" s="14"/>
+      <c r="G18" s="15"/>
+      <c r="H18" s="16"/>
+      <c r="I18" s="17"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="2"/>
-[...11 lines deleted...]
-      <c r="B13" s="9" t="s">
+      <c r="B19" s="8">
+        <v>46007</v>
+      </c>
+      <c r="C19" s="5"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="14"/>
+      <c r="G19" s="15"/>
+      <c r="H19" s="16"/>
+      <c r="I19" s="17"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="2"/>
-[...9 lines deleted...]
-      <c r="B14" s="9" t="s">
+      <c r="B20" s="8">
+        <v>45979</v>
+      </c>
+      <c r="C20" s="5"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="2"/>
-[...6 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="F20" s="14"/>
+      <c r="G20" s="15"/>
+      <c r="H20" s="16"/>
+      <c r="I20" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="4"/>
-[...56 lines deleted...]
-      <c r="E19" s="14" t="s">
+      <c r="B21" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="14"/>
+      <c r="G21" s="15"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="17"/>
+      <c r="J21" s="18"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="19" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="15.75" customHeight="1">
-[...3 lines deleted...]
-      <c r="B20" s="15" t="s">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
         <v>31</v>
       </c>
-      <c r="C20" s="2"/>
-      <c r="D20" s="16" t="s">
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
         <v>32</v>
       </c>
-      <c r="E20" s="16" t="s">
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="15.75" customHeight="1">
-[...370 lines deleted...]
-    </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
-  <pageSetup paperSize="9" orientation="landscape"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>