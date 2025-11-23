--- v0 (2025-10-21)
+++ v1 (2025-11-23)
@@ -111,54 +111,54 @@
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C40DC6" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1428"/>
         <w:gridCol w:w="1505"/>
-        <w:gridCol w:w="1633"/>
-        <w:gridCol w:w="981"/>
+        <w:gridCol w:w="1632"/>
+        <w:gridCol w:w="980"/>
         <w:gridCol w:w="1090"/>
-        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="1379"/>
         <w:gridCol w:w="1449"/>
       </w:tblGrid>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5C6E7945" w14:textId="77777777" w:rsidTr="00D6035E">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="646FB169" w14:textId="7B8BE1D6" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="004704F2" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -569,258 +569,391 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jason Kihlström</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5479B8E5" w14:textId="77777777" w:rsidTr="00E24D04">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70AB8E99" w14:textId="05090045" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="70AB8E99" w14:textId="6B7CE22F" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0050123C" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="008A6C56" w14:textId="09D32A43" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="008A6C56" w14:textId="52F53601" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0050123C" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillån IBK 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="596AD052" w14:textId="621990C1" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="596AD052" w14:textId="5DDC97A8" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00367CC5" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hovsta IF</w:t>
+            </w:r>
+            <w:r w:rsidR="00793C56">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> P13/14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C6B2A7" w14:textId="4CFEB2AE" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="71C6B2A7" w14:textId="12EAC290" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00793C56" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillåhallen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC0A64E" w14:textId="4DB5A819" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6EC0A64E" w14:textId="6534A2F6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00793C56" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025-10-25</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB8DF11" w14:textId="6A4E0228" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6FB8DF11" w14:textId="2F6732D2" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B30DF8" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15:30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1380" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22527C33" w14:textId="768F160E" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="22527C33" w14:textId="60482C63" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="007B4E37" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Alex Zhu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51736F17" w14:textId="53802818" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="51736F17" w14:textId="3E03C888" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="007B4E37" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oscar Nylund</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5D32D16E" w14:textId="77777777" w:rsidTr="00E24D04">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB7067A" w14:textId="6B30E42B" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5CB7067A" w14:textId="56002B16" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00156FBD" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="748055A0" w14:textId="351B163D" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="748055A0" w14:textId="109398B1" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00156FBD" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillån IBK 2014</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A61DD1F" w14:textId="2C2C2884" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7A61DD1F" w14:textId="26AB56A6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00156FBD" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gropens IF</w:t>
+            </w:r>
+            <w:r w:rsidR="009B19A2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14/15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="176CF429" w14:textId="460796AC" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="176CF429" w14:textId="4DDAA7EE" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillåhallen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49DF9326" w14:textId="7DFF4BB0" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="49DF9326" w14:textId="723314F7" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025-11-15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="211CF2DF" w14:textId="304263E6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="211CF2DF" w14:textId="3873D689" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13:45</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1380" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9E1539" w14:textId="76583050" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6E9E1539" w14:textId="3F9C40C3" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00943383" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Helge Lundgren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A11F19" w14:textId="455C05D2" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="41A11F19" w14:textId="240F8157" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B46F84" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lukas Lööv</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="440203B0" w14:textId="77777777" w:rsidTr="00E24D04">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01995084" w14:textId="0516ACAA" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D0373" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1429" w:type="dxa"/>
           </w:tcPr>
@@ -2150,50 +2283,51 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I arbetsuppgifterna för kiosk ingår iordningställande, försäljning och ihoppackning av kiosk samt städning av läktare efter match.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367375D5" w14:textId="275C2F68" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Den som ansvarar för kiosken tar med kaffe i termos, mjölk och något hembakat eller köpt fikabröd att sälja</w:t>
       </w:r>
       <w:r w:rsidR="0091391E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091391E" w:rsidRPr="00884AAB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>vid helgmatcher</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EC71FF">
@@ -2215,51 +2349,50 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vid kvällsmatcher på vardagar </w:t>
       </w:r>
       <w:r w:rsidR="001C0565">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>är kaffe inte nödvändigt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067C3DAE" w14:textId="113771D8" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Kiosklådan (innehåll</w:t>
       </w:r>
       <w:r w:rsidR="008539A7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> engångskaffemuggar, tepåsar</w:t>
       </w:r>
       <w:r w:rsidR="008539A7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
@@ -2449,247 +2582,258 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="88"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00545DD1"/>
     <w:rsid w:val="000031FE"/>
     <w:rsid w:val="00010B5A"/>
     <w:rsid w:val="00035448"/>
     <w:rsid w:val="00035588"/>
     <w:rsid w:val="00047B8A"/>
     <w:rsid w:val="00066F1E"/>
     <w:rsid w:val="000715A3"/>
     <w:rsid w:val="00086E6A"/>
     <w:rsid w:val="0009588C"/>
     <w:rsid w:val="000A2119"/>
     <w:rsid w:val="000A5A09"/>
     <w:rsid w:val="000B5E93"/>
     <w:rsid w:val="000C563F"/>
     <w:rsid w:val="000D15F6"/>
     <w:rsid w:val="0010178C"/>
     <w:rsid w:val="0011535A"/>
     <w:rsid w:val="001260C6"/>
     <w:rsid w:val="00131D80"/>
     <w:rsid w:val="001418D1"/>
     <w:rsid w:val="001477C2"/>
     <w:rsid w:val="00147844"/>
     <w:rsid w:val="0015127B"/>
     <w:rsid w:val="00155EE9"/>
+    <w:rsid w:val="00156FBD"/>
     <w:rsid w:val="00170E85"/>
     <w:rsid w:val="00172FB1"/>
     <w:rsid w:val="001744BF"/>
     <w:rsid w:val="001777D5"/>
     <w:rsid w:val="00193F31"/>
     <w:rsid w:val="001B38D9"/>
     <w:rsid w:val="001C0565"/>
     <w:rsid w:val="001F7C44"/>
     <w:rsid w:val="0024220D"/>
     <w:rsid w:val="00257E13"/>
     <w:rsid w:val="0026100A"/>
     <w:rsid w:val="00271BEF"/>
     <w:rsid w:val="002B4024"/>
     <w:rsid w:val="002C701B"/>
     <w:rsid w:val="002E3111"/>
     <w:rsid w:val="00301BCE"/>
     <w:rsid w:val="00334FB5"/>
     <w:rsid w:val="00336B2E"/>
     <w:rsid w:val="0034301A"/>
     <w:rsid w:val="00350148"/>
+    <w:rsid w:val="00367CC5"/>
     <w:rsid w:val="003D4A28"/>
     <w:rsid w:val="003D5934"/>
     <w:rsid w:val="003F7297"/>
     <w:rsid w:val="00412E36"/>
     <w:rsid w:val="00425A0C"/>
     <w:rsid w:val="004614CC"/>
     <w:rsid w:val="004704F2"/>
     <w:rsid w:val="00490F45"/>
     <w:rsid w:val="004956AB"/>
     <w:rsid w:val="00495DE4"/>
     <w:rsid w:val="004A0FF0"/>
     <w:rsid w:val="004B1A7C"/>
     <w:rsid w:val="004B211E"/>
     <w:rsid w:val="004D4AAD"/>
     <w:rsid w:val="004F0AEC"/>
+    <w:rsid w:val="0050123C"/>
     <w:rsid w:val="005315E2"/>
     <w:rsid w:val="00533DBB"/>
     <w:rsid w:val="00545DD1"/>
     <w:rsid w:val="005460E6"/>
     <w:rsid w:val="00552169"/>
     <w:rsid w:val="00556108"/>
     <w:rsid w:val="005643CB"/>
     <w:rsid w:val="005776E4"/>
     <w:rsid w:val="00581921"/>
     <w:rsid w:val="00581E12"/>
     <w:rsid w:val="00595CCC"/>
     <w:rsid w:val="005B0246"/>
     <w:rsid w:val="005C549F"/>
     <w:rsid w:val="005E6F66"/>
     <w:rsid w:val="005E72D3"/>
     <w:rsid w:val="00605627"/>
     <w:rsid w:val="00611CED"/>
     <w:rsid w:val="00624443"/>
     <w:rsid w:val="006315DF"/>
     <w:rsid w:val="00642AEE"/>
     <w:rsid w:val="00653999"/>
     <w:rsid w:val="0065568E"/>
     <w:rsid w:val="006B1F98"/>
     <w:rsid w:val="006B2315"/>
     <w:rsid w:val="006C3D8A"/>
     <w:rsid w:val="006D0373"/>
     <w:rsid w:val="006D2D0F"/>
     <w:rsid w:val="006F266C"/>
     <w:rsid w:val="006F3DF9"/>
     <w:rsid w:val="00712FBC"/>
     <w:rsid w:val="00753D0C"/>
     <w:rsid w:val="00755224"/>
     <w:rsid w:val="00763E7E"/>
+    <w:rsid w:val="00773A4E"/>
+    <w:rsid w:val="00793C56"/>
     <w:rsid w:val="007A172D"/>
     <w:rsid w:val="007A3753"/>
     <w:rsid w:val="007A6708"/>
     <w:rsid w:val="007B4173"/>
+    <w:rsid w:val="007B4E37"/>
     <w:rsid w:val="007C2D14"/>
     <w:rsid w:val="007C3364"/>
     <w:rsid w:val="007D0E10"/>
     <w:rsid w:val="007F77D3"/>
     <w:rsid w:val="0081693E"/>
     <w:rsid w:val="008217C0"/>
     <w:rsid w:val="00825205"/>
     <w:rsid w:val="00840F22"/>
     <w:rsid w:val="008539A7"/>
     <w:rsid w:val="00875B5C"/>
     <w:rsid w:val="008768B7"/>
     <w:rsid w:val="00884AAB"/>
     <w:rsid w:val="0088578D"/>
     <w:rsid w:val="008A1C52"/>
     <w:rsid w:val="008B26BD"/>
     <w:rsid w:val="008D4156"/>
     <w:rsid w:val="0091391E"/>
     <w:rsid w:val="009208D3"/>
     <w:rsid w:val="009263D6"/>
+    <w:rsid w:val="00943383"/>
     <w:rsid w:val="009443A5"/>
     <w:rsid w:val="009445EC"/>
     <w:rsid w:val="0098680D"/>
+    <w:rsid w:val="009B19A2"/>
     <w:rsid w:val="009C2C44"/>
     <w:rsid w:val="009D1341"/>
     <w:rsid w:val="009D44DB"/>
     <w:rsid w:val="00A40C8D"/>
     <w:rsid w:val="00A50CF1"/>
     <w:rsid w:val="00A650E6"/>
     <w:rsid w:val="00A90ABF"/>
     <w:rsid w:val="00A92789"/>
     <w:rsid w:val="00AA58D7"/>
     <w:rsid w:val="00AA6DE5"/>
     <w:rsid w:val="00AB0596"/>
     <w:rsid w:val="00AC710B"/>
     <w:rsid w:val="00AE0C4E"/>
     <w:rsid w:val="00AF1B79"/>
     <w:rsid w:val="00AF2BFE"/>
     <w:rsid w:val="00B021A8"/>
     <w:rsid w:val="00B05AB0"/>
     <w:rsid w:val="00B150E7"/>
     <w:rsid w:val="00B20003"/>
+    <w:rsid w:val="00B30DF8"/>
     <w:rsid w:val="00B329FD"/>
+    <w:rsid w:val="00B46F84"/>
     <w:rsid w:val="00B701C4"/>
     <w:rsid w:val="00B73B1F"/>
     <w:rsid w:val="00B8164E"/>
     <w:rsid w:val="00B9462B"/>
     <w:rsid w:val="00B94EA7"/>
     <w:rsid w:val="00BA2A59"/>
     <w:rsid w:val="00BA3A78"/>
     <w:rsid w:val="00BA436E"/>
     <w:rsid w:val="00BA5197"/>
     <w:rsid w:val="00BB000F"/>
     <w:rsid w:val="00BB76FD"/>
     <w:rsid w:val="00BC6D31"/>
     <w:rsid w:val="00BF4EBB"/>
     <w:rsid w:val="00C14938"/>
     <w:rsid w:val="00C349EA"/>
     <w:rsid w:val="00C44105"/>
     <w:rsid w:val="00C9673C"/>
     <w:rsid w:val="00CA19D0"/>
     <w:rsid w:val="00CA431F"/>
     <w:rsid w:val="00CD690E"/>
     <w:rsid w:val="00CF6AA2"/>
     <w:rsid w:val="00D333C9"/>
     <w:rsid w:val="00D507CA"/>
     <w:rsid w:val="00D57286"/>
     <w:rsid w:val="00D6035E"/>
     <w:rsid w:val="00D60ABA"/>
     <w:rsid w:val="00D709CE"/>
     <w:rsid w:val="00D97E55"/>
     <w:rsid w:val="00DA31FC"/>
     <w:rsid w:val="00DC001C"/>
     <w:rsid w:val="00DD623C"/>
     <w:rsid w:val="00E00D44"/>
     <w:rsid w:val="00E24D04"/>
     <w:rsid w:val="00E7159D"/>
     <w:rsid w:val="00E71D83"/>
     <w:rsid w:val="00EA7C7C"/>
     <w:rsid w:val="00EC3286"/>
     <w:rsid w:val="00EC71FF"/>
     <w:rsid w:val="00ED6032"/>
     <w:rsid w:val="00EE300F"/>
     <w:rsid w:val="00EF5FB6"/>
     <w:rsid w:val="00F104D4"/>
     <w:rsid w:val="00F45FDD"/>
     <w:rsid w:val="00F57B36"/>
     <w:rsid w:val="00F63E9D"/>
     <w:rsid w:val="00F66F79"/>
+    <w:rsid w:val="00F71FA7"/>
     <w:rsid w:val="00F760AE"/>
     <w:rsid w:val="00F77729"/>
     <w:rsid w:val="00FB310B"/>
     <w:rsid w:val="00FC1E8D"/>
     <w:rsid w:val="00FC55B9"/>
     <w:rsid w:val="00FC5BC2"/>
     <w:rsid w:val="00FC7C2F"/>
     <w:rsid w:val="00FD6A3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -3501,69 +3645,69 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{59096ad9-8b60-446a-90b7-017dbb9421a3}" enabled="1" method="Standard" siteId="{3d234255-e20f-4205-88a5-9658a402999b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>284</Words>
-  <Characters>1511</Characters>
+  <Words>310</Words>
+  <Characters>1649</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1792</CharactersWithSpaces>
+  <CharactersWithSpaces>1956</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Lövgren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>