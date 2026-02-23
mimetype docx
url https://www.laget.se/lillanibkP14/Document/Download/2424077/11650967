--- v1 (2025-11-23)
+++ v2 (2026-02-23)
@@ -108,1834 +108,2394 @@
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C40DC6" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="1126"/>
+        <w:gridCol w:w="1674"/>
+        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="1496"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="883"/>
+        <w:gridCol w:w="1326"/>
+        <w:gridCol w:w="1405"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5C6E7945" w14:textId="77777777" w:rsidTr="00D6035E">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5C6E7945" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="646FB169" w14:textId="7B8BE1D6" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="004704F2" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Match</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BF5F019" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hemmalag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1508B897" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bortalag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A9E339A" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Anläggning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="722E5E01" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77D93C01" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63DFE514" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kiosk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F640DB4" w14:textId="77777777" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sekretariat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="11AA350C" w14:textId="77777777" w:rsidTr="00D6035E">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="11AA350C" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67659939" w14:textId="018207DB" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PK</w:t>
             </w:r>
             <w:r w:rsidR="00D6035E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FB3FF64" w14:textId="1AD8E02B" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
+          <w:p w14:paraId="3FB3FF64" w14:textId="557E4D88" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lillån IBK 201</w:t>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="00254DDB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF4EBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00D60ABA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77597771" w14:textId="2C61182D" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="001418D1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Silvergruvans IBF P12/13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E481B45" w14:textId="442643AD" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillå</w:t>
             </w:r>
             <w:r w:rsidR="009208D3">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hallen</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F4AEB39" w14:textId="4CA37007" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00147844">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BB000F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-10-1</w:t>
             </w:r>
             <w:r w:rsidR="00147844">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="282EDCA6" w14:textId="2CAA90D7" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00147844">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28D3985C" w14:textId="01C69DEB" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00D57286" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carl Schön</w:t>
             </w:r>
             <w:r w:rsidR="000A5A09">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5888C2E8" w14:textId="295859D2" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00EA7C7C" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jason Kihlström</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5479B8E5" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5479B8E5" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70AB8E99" w14:textId="6B7CE22F" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0050123C" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PK6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="008A6C56" w14:textId="52F53601" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0050123C" w:rsidP="006D0373">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="008A6C56" w14:textId="31220DEB" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0050123C" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lillån IBK 201</w:t>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="00254DDB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF4EBB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="596AD052" w14:textId="5DDC97A8" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00367CC5" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Hovsta IF</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hovsta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IF</w:t>
             </w:r>
             <w:r w:rsidR="00793C56">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> P13/14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71C6B2A7" w14:textId="12EAC290" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00793C56" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EC0A64E" w14:textId="6534A2F6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00793C56" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-10-25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FB8DF11" w14:textId="2F6732D2" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B30DF8" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22527C33" w14:textId="60482C63" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="007B4E37" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Alex Zhu</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1450" w:type="dxa"/>
+              <w:t xml:space="preserve">Alex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zhu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51736F17" w14:textId="3E03C888" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="007B4E37" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Oscar Nylund</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5D32D16E" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5D32D16E" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CB7067A" w14:textId="56002B16" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00156FBD" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PK6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="748055A0" w14:textId="56200262" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00156FBD" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="00254DDB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A61DD1F" w14:textId="26AB56A6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00156FBD" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gropens IF</w:t>
             </w:r>
             <w:r w:rsidR="009B19A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="176CF429" w14:textId="4DDAA7EE" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49DF9326" w14:textId="723314F7" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-11-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="211CF2DF" w14:textId="3873D689" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E9E1539" w14:textId="3F9C40C3" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00943383" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Helge Lundgren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A11F19" w14:textId="240F8157" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B46F84" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lukas Lööv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="440203B0" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="440203B0" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01995084" w14:textId="5CF4D52C" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B2250A" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B28C7A" w14:textId="1D6FB7AF" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B2250A" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C40AD2" w14:textId="562A3627" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="004A56A5" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gropens IF </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E01240" w14:textId="609B4521" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E5280B" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillåhallen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F28F3AC" w14:textId="256C321B" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E5280B" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15DDC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7118DFD4" w14:textId="19F989BF" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00057A37" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="624FB9C1" w14:textId="3231CAA3" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006C3272" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jorstig</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27961721" w14:textId="2138F7FB" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00914C1F" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lucas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wirehag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="76A78F5F" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="76A78F5F" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C544158" w14:textId="4E340FC8" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006C3272" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675B8E9B" w14:textId="3075C373" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006C3272" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7AAEA5" w14:textId="40876CD2" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BB479F" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ekeby IF P14 Vit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038ABDB9" w14:textId="1C313838" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BB479F" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillåhallen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9D0425" w14:textId="2FA9CEB2" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BB479F" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025-</w:t>
+            </w:r>
+            <w:r w:rsidR="00852033">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB50A82" w14:textId="453E6618" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00852033" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7260FBDC" w14:textId="4465EF05" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00653727" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Troy</w:t>
+            </w:r>
+            <w:r w:rsidR="00450DE9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haraldsson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAB1093" w14:textId="2CDF581D" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00450DE9" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Algot Liljedahl</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="4F7102FC" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="4F7102FC" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="153423A7" w14:textId="443F011F" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00A74C91" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C488621" w14:textId="41E68841" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00A74C91" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillån IBK</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7DE4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7DE4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554E45E7" w14:textId="465D4FF3" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00FE1CA1" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ekeby IF P14 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2F78">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DC8550" w14:textId="53694A74" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00A74C91" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillåhallen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F31219" w14:textId="628D8A13" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00A74C91" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026-01-</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2F78">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0A2039" w14:textId="2BDE5C12" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF2F78" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B830E0F" w14:textId="4DE108AB" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF2F78" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Brandon</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FB4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AE3FB4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Espinoza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBF501C" w14:textId="2F2492CE" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF2F78" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edwin</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3FB4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kindgren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="3997035B" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="3997035B" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8C5BF5" w14:textId="453C8B19" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00254DDB" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7DE4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ränings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7DE4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>match</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB09ABF" w14:textId="15EF3D4B" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00AE7DE4" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2D7BF0" w14:textId="77B69E4F" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00AE7DE4" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ekeby IF P14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F864E8" w14:textId="02049F59" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0068128A" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillåhallen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5143CD08" w14:textId="77E610C6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0068128A" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026-01-24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="311D80F3" w14:textId="75431656" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00051EBE" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E8CA56" w14:textId="20CDF5DB" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00795DC5" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hugo Ericsson Matz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A719D7" w14:textId="3045EAA4" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="008C2F30" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manfred </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Campner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="3D472354" w14:textId="77777777" w:rsidTr="00E24D04">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="3D472354" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71688103" w14:textId="7C7960E6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00254DDB" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="512A50D1" w14:textId="35EF1061" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00254DDB" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lillån IBK </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6B3E29" w14:textId="108F0821" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0055384D" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Askersunds IBK P-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="303C9BBD" w14:textId="6F8E1756" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0055384D" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Norrbyhallen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="202F6A45" w14:textId="2C263816" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0055384D" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026-02-</w:t>
+            </w:r>
+            <w:r w:rsidR="008B11DD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C8CEA" w14:textId="19079A99" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="008B11DD" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A86E186" w14:textId="5527AA43" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00005A1D" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jason Kihlström</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63869676" w14:textId="0E3C12A0" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B619AD" w:rsidP="006D0373">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lukas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bergendorff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="1019D725" w14:textId="77777777" w:rsidTr="00D6035E">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="1019D725" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B2E1943" w14:textId="45EB7F0F" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="528BE014" w14:textId="30123798" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B2036B5" w14:textId="0A27B332" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DDF969E" w14:textId="44FF1DD1" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A21593" w14:textId="2CAEB268" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36226AB7" w14:textId="7928C8DD" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6164BECD" w14:textId="312F2846" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70F8B3E2" w14:textId="1FF911DE" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="195A926A" w14:textId="77777777" w:rsidTr="00D6035E">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="195A926A" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5883C1B5" w14:textId="6FBF1DCD" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51AB1BFD" w14:textId="4E7EC101" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C5D8D95" w14:textId="6CA69A6A" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0D4A59" w14:textId="6A3E21E1" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44E9FB2B" w14:textId="6DB8EBE2" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F557B5C" w14:textId="1DB2C193" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D6A50FC" w14:textId="33C813F7" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22B1C836" w14:textId="76764F2B" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="01450B92" w14:textId="77777777" w:rsidTr="00D6035E">
+      <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="01450B92" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C8AA61D" w14:textId="20D930A8" w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E139C40" w14:textId="4ACC760A" w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="715E0483" w14:textId="3BB28606" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDFF772" w14:textId="01E4A59F" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3124B2F2" w14:textId="722EA108" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67F1C248" w14:textId="6FFDAEFA" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40B7323A" w14:textId="6B712DFA" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F0EAE64" w14:textId="11E72488" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w14:paraId="3BFE7F5E" w14:textId="77777777" w:rsidTr="00D6035E">
+      <w:tr w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w14:paraId="3BFE7F5E" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53D93232" w14:textId="12C959AF" w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E6780CE" w14:textId="02D07947" w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73C5341A" w14:textId="5B987514" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F6CBE68" w14:textId="7C156389" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39D18A73" w14:textId="7F6FB8E7" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36B9428F" w14:textId="665C5682" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C3B272F" w14:textId="0B94CBD5" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
+            <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="045B41F8" w14:textId="472C5A66" w:rsidR="00E7159D" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="085D2F2D" w14:textId="77777777" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00545DD1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0211EFB2" w14:textId="71E71A82" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00545DD1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1983,51 +2543,67 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sekretariat:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E3150C" w14:textId="5423AEAF" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>I arbetsuppgifterna för sekretariatet ingår inkoppling, test och ihoppackning.</w:t>
+        <w:t xml:space="preserve">I arbetsuppgifterna för sekretariatet ingår inkoppling, test och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF4EBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ihoppackning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF4EBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F77D3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ledar</w:t>
       </w:r>
       <w:r w:rsidR="004A0FF0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidR="007F77D3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A0FF0">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -2253,98 +2829,124 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036567FB" w14:textId="51820CC7" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kiosk:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1249DB6C" w14:textId="77777777" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>I arbetsuppgifterna för kiosk ingår iordningställande, försäljning och ihoppackning av kiosk samt städning av läktare efter match.</w:t>
+        <w:t xml:space="preserve">I arbetsuppgifterna för kiosk ingår iordningställande, försäljning och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF4EBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ihoppackning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF4EBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av kiosk samt städning av läktare efter match.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367375D5" w14:textId="275C2F68" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Den som ansvarar för kiosken tar med kaffe i termos, mjölk och något hembakat eller köpt fikabröd att sälja</w:t>
       </w:r>
       <w:r w:rsidR="0091391E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091391E" w:rsidRPr="00884AAB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>vid helgmatcher</w:t>
-      </w:r>
+        <w:t xml:space="preserve">vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0091391E" w:rsidRPr="00884AAB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>helgmatcher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EC71FF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Det f</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>inns möjlighet att brygga kaffe på plats.</w:t>
       </w:r>
       <w:r w:rsidR="0091391E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2384,52 +2986,61 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> engångskaffemuggar, tepåsar</w:t>
       </w:r>
       <w:r w:rsidR="008539A7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dricka, godis/chips som laget tillhandahåller) och hämtas hos </w:t>
       </w:r>
       <w:r w:rsidR="000A5A09">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Sofia Jorstig</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Sofia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A5A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Jorstig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CD690E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:r w:rsidR="00F66F79">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Åkervägen 23</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000A5A09">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2504,51 +3115,67 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DABDF4F" w14:textId="5D702868" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Endast swishbetalning kommer att vara möjlig (QR-kod finns</w:t>
+        <w:t xml:space="preserve">Endast </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF4EBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>swishbetalning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF4EBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kommer att vara möjlig (QR-kod finns</w:t>
       </w:r>
       <w:r w:rsidR="00AE0C4E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> på plats</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A2A395" w14:textId="77777777" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
@@ -2583,265 +3210,298 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00545DD1"/>
     <w:rsid w:val="000031FE"/>
+    <w:rsid w:val="00005A1D"/>
     <w:rsid w:val="00010B5A"/>
+    <w:rsid w:val="00025EE7"/>
     <w:rsid w:val="00035448"/>
     <w:rsid w:val="00035588"/>
     <w:rsid w:val="00047B8A"/>
+    <w:rsid w:val="00051EBE"/>
+    <w:rsid w:val="00057A37"/>
     <w:rsid w:val="00066F1E"/>
     <w:rsid w:val="000715A3"/>
     <w:rsid w:val="00086E6A"/>
     <w:rsid w:val="0009588C"/>
     <w:rsid w:val="000A2119"/>
     <w:rsid w:val="000A5A09"/>
     <w:rsid w:val="000B5E93"/>
     <w:rsid w:val="000C563F"/>
     <w:rsid w:val="000D15F6"/>
     <w:rsid w:val="0010178C"/>
     <w:rsid w:val="0011535A"/>
     <w:rsid w:val="001260C6"/>
     <w:rsid w:val="00131D80"/>
     <w:rsid w:val="001418D1"/>
     <w:rsid w:val="001477C2"/>
     <w:rsid w:val="00147844"/>
     <w:rsid w:val="0015127B"/>
     <w:rsid w:val="00155EE9"/>
     <w:rsid w:val="00156FBD"/>
     <w:rsid w:val="00170E85"/>
     <w:rsid w:val="00172FB1"/>
     <w:rsid w:val="001744BF"/>
     <w:rsid w:val="001777D5"/>
     <w:rsid w:val="00193F31"/>
     <w:rsid w:val="001B38D9"/>
     <w:rsid w:val="001C0565"/>
     <w:rsid w:val="001F7C44"/>
     <w:rsid w:val="0024220D"/>
+    <w:rsid w:val="00254DDB"/>
     <w:rsid w:val="00257E13"/>
     <w:rsid w:val="0026100A"/>
     <w:rsid w:val="00271BEF"/>
+    <w:rsid w:val="00285EF5"/>
     <w:rsid w:val="002B4024"/>
     <w:rsid w:val="002C701B"/>
     <w:rsid w:val="002E3111"/>
     <w:rsid w:val="00301BCE"/>
     <w:rsid w:val="00334FB5"/>
     <w:rsid w:val="00336B2E"/>
     <w:rsid w:val="0034301A"/>
     <w:rsid w:val="00350148"/>
     <w:rsid w:val="00367CC5"/>
     <w:rsid w:val="003D4A28"/>
     <w:rsid w:val="003D5934"/>
     <w:rsid w:val="003F7297"/>
     <w:rsid w:val="00412E36"/>
     <w:rsid w:val="00425A0C"/>
+    <w:rsid w:val="00450DE9"/>
     <w:rsid w:val="004614CC"/>
     <w:rsid w:val="004704F2"/>
     <w:rsid w:val="00490F45"/>
     <w:rsid w:val="004956AB"/>
     <w:rsid w:val="00495DE4"/>
     <w:rsid w:val="004A0FF0"/>
+    <w:rsid w:val="004A56A5"/>
     <w:rsid w:val="004B1A7C"/>
     <w:rsid w:val="004B211E"/>
     <w:rsid w:val="004D4AAD"/>
     <w:rsid w:val="004F0AEC"/>
     <w:rsid w:val="0050123C"/>
     <w:rsid w:val="005315E2"/>
     <w:rsid w:val="00533DBB"/>
     <w:rsid w:val="00545DD1"/>
     <w:rsid w:val="005460E6"/>
     <w:rsid w:val="00552169"/>
+    <w:rsid w:val="0055384D"/>
     <w:rsid w:val="00556108"/>
     <w:rsid w:val="005643CB"/>
     <w:rsid w:val="005776E4"/>
     <w:rsid w:val="00581921"/>
     <w:rsid w:val="00581E12"/>
     <w:rsid w:val="00595CCC"/>
     <w:rsid w:val="005B0246"/>
+    <w:rsid w:val="005B5F89"/>
     <w:rsid w:val="005C549F"/>
     <w:rsid w:val="005E6F66"/>
     <w:rsid w:val="005E72D3"/>
     <w:rsid w:val="00605627"/>
     <w:rsid w:val="00611CED"/>
     <w:rsid w:val="00624443"/>
     <w:rsid w:val="006315DF"/>
     <w:rsid w:val="00642AEE"/>
+    <w:rsid w:val="00653727"/>
     <w:rsid w:val="00653999"/>
     <w:rsid w:val="0065568E"/>
+    <w:rsid w:val="0068128A"/>
     <w:rsid w:val="006B1F98"/>
     <w:rsid w:val="006B2315"/>
+    <w:rsid w:val="006C3272"/>
     <w:rsid w:val="006C3D8A"/>
     <w:rsid w:val="006D0373"/>
     <w:rsid w:val="006D2D0F"/>
     <w:rsid w:val="006F266C"/>
     <w:rsid w:val="006F3DF9"/>
     <w:rsid w:val="00712FBC"/>
+    <w:rsid w:val="00743CE9"/>
     <w:rsid w:val="00753D0C"/>
     <w:rsid w:val="00755224"/>
+    <w:rsid w:val="0076369F"/>
     <w:rsid w:val="00763E7E"/>
     <w:rsid w:val="00773A4E"/>
     <w:rsid w:val="00793C56"/>
+    <w:rsid w:val="00795DC5"/>
     <w:rsid w:val="007A172D"/>
     <w:rsid w:val="007A3753"/>
     <w:rsid w:val="007A6708"/>
     <w:rsid w:val="007B4173"/>
     <w:rsid w:val="007B4E37"/>
     <w:rsid w:val="007C2D14"/>
     <w:rsid w:val="007C3364"/>
     <w:rsid w:val="007D0E10"/>
     <w:rsid w:val="007F77D3"/>
     <w:rsid w:val="0081693E"/>
     <w:rsid w:val="008217C0"/>
     <w:rsid w:val="00825205"/>
     <w:rsid w:val="00840F22"/>
+    <w:rsid w:val="00852033"/>
     <w:rsid w:val="008539A7"/>
     <w:rsid w:val="00875B5C"/>
     <w:rsid w:val="008768B7"/>
     <w:rsid w:val="00884AAB"/>
     <w:rsid w:val="0088578D"/>
     <w:rsid w:val="008A1C52"/>
+    <w:rsid w:val="008B11DD"/>
     <w:rsid w:val="008B26BD"/>
+    <w:rsid w:val="008C2F30"/>
     <w:rsid w:val="008D4156"/>
+    <w:rsid w:val="00913516"/>
     <w:rsid w:val="0091391E"/>
+    <w:rsid w:val="00914C1F"/>
     <w:rsid w:val="009208D3"/>
     <w:rsid w:val="009263D6"/>
     <w:rsid w:val="00943383"/>
     <w:rsid w:val="009443A5"/>
     <w:rsid w:val="009445EC"/>
     <w:rsid w:val="0098680D"/>
     <w:rsid w:val="009B19A2"/>
     <w:rsid w:val="009C2C44"/>
     <w:rsid w:val="009D1341"/>
     <w:rsid w:val="009D44DB"/>
     <w:rsid w:val="00A40C8D"/>
     <w:rsid w:val="00A50CF1"/>
     <w:rsid w:val="00A650E6"/>
+    <w:rsid w:val="00A74C91"/>
     <w:rsid w:val="00A90ABF"/>
     <w:rsid w:val="00A92789"/>
     <w:rsid w:val="00AA58D7"/>
     <w:rsid w:val="00AA6DE5"/>
     <w:rsid w:val="00AB0596"/>
     <w:rsid w:val="00AC710B"/>
     <w:rsid w:val="00AE0C4E"/>
+    <w:rsid w:val="00AE3FB4"/>
+    <w:rsid w:val="00AE7DE4"/>
     <w:rsid w:val="00AF1B79"/>
     <w:rsid w:val="00AF2BFE"/>
     <w:rsid w:val="00B021A8"/>
     <w:rsid w:val="00B05AB0"/>
     <w:rsid w:val="00B150E7"/>
     <w:rsid w:val="00B20003"/>
+    <w:rsid w:val="00B2250A"/>
     <w:rsid w:val="00B30DF8"/>
     <w:rsid w:val="00B329FD"/>
     <w:rsid w:val="00B46F84"/>
+    <w:rsid w:val="00B619AD"/>
     <w:rsid w:val="00B701C4"/>
     <w:rsid w:val="00B73B1F"/>
     <w:rsid w:val="00B8164E"/>
     <w:rsid w:val="00B9462B"/>
     <w:rsid w:val="00B94EA7"/>
     <w:rsid w:val="00BA2A59"/>
     <w:rsid w:val="00BA3A78"/>
     <w:rsid w:val="00BA436E"/>
     <w:rsid w:val="00BA5197"/>
     <w:rsid w:val="00BB000F"/>
+    <w:rsid w:val="00BB479F"/>
     <w:rsid w:val="00BB76FD"/>
     <w:rsid w:val="00BC6D31"/>
+    <w:rsid w:val="00BF2F78"/>
     <w:rsid w:val="00BF4EBB"/>
     <w:rsid w:val="00C14938"/>
+    <w:rsid w:val="00C15DDC"/>
     <w:rsid w:val="00C349EA"/>
     <w:rsid w:val="00C44105"/>
     <w:rsid w:val="00C9673C"/>
     <w:rsid w:val="00CA19D0"/>
     <w:rsid w:val="00CA431F"/>
     <w:rsid w:val="00CD690E"/>
     <w:rsid w:val="00CF6AA2"/>
     <w:rsid w:val="00D333C9"/>
     <w:rsid w:val="00D507CA"/>
     <w:rsid w:val="00D57286"/>
     <w:rsid w:val="00D6035E"/>
     <w:rsid w:val="00D60ABA"/>
     <w:rsid w:val="00D709CE"/>
     <w:rsid w:val="00D97E55"/>
     <w:rsid w:val="00DA31FC"/>
     <w:rsid w:val="00DC001C"/>
     <w:rsid w:val="00DD623C"/>
     <w:rsid w:val="00E00D44"/>
     <w:rsid w:val="00E24D04"/>
+    <w:rsid w:val="00E5280B"/>
+    <w:rsid w:val="00E600AF"/>
     <w:rsid w:val="00E7159D"/>
     <w:rsid w:val="00E71D83"/>
     <w:rsid w:val="00EA7C7C"/>
     <w:rsid w:val="00EC3286"/>
     <w:rsid w:val="00EC71FF"/>
     <w:rsid w:val="00ED6032"/>
     <w:rsid w:val="00EE300F"/>
     <w:rsid w:val="00EF5FB6"/>
     <w:rsid w:val="00F104D4"/>
     <w:rsid w:val="00F45FDD"/>
     <w:rsid w:val="00F57B36"/>
     <w:rsid w:val="00F63E9D"/>
     <w:rsid w:val="00F66F79"/>
     <w:rsid w:val="00F71FA7"/>
     <w:rsid w:val="00F760AE"/>
     <w:rsid w:val="00F77729"/>
     <w:rsid w:val="00FB310B"/>
     <w:rsid w:val="00FC1E8D"/>
     <w:rsid w:val="00FC55B9"/>
     <w:rsid w:val="00FC5BC2"/>
     <w:rsid w:val="00FC7C2F"/>
     <w:rsid w:val="00FD6A3D"/>
+    <w:rsid w:val="00FE1CA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="08CE0FE0"/>
@@ -3645,69 +4305,69 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{59096ad9-8b60-446a-90b7-017dbb9421a3}" enabled="1" method="Standard" siteId="{3d234255-e20f-4205-88a5-9658a402999b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>310</Words>
-  <Characters>1649</Characters>
+  <Words>383</Words>
+  <Characters>2032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1956</CharactersWithSpaces>
+  <CharactersWithSpaces>2411</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Lövgren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>