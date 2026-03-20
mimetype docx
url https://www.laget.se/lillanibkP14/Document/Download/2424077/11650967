--- v2 (2026-02-23)
+++ v3 (2026-03-20)
@@ -438,66 +438,64 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Silvergruvans IBF P12/13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E481B45" w14:textId="442643AD" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillå</w:t>
             </w:r>
             <w:r w:rsidR="009208D3">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F4AEB39" w14:textId="4CA37007" w:rsidR="00545DD1" w:rsidRPr="00BF4EBB" w:rsidRDefault="00545DD1" w:rsidP="00545DD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EBB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00147844">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -653,95 +651,84 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="596AD052" w14:textId="5DDC97A8" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00367CC5" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> IF</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hovsta IF</w:t>
             </w:r>
             <w:r w:rsidR="00793C56">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> P13/14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71C6B2A7" w14:textId="12EAC290" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00793C56" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EC0A64E" w14:textId="6534A2F6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00793C56" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-10-25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
@@ -756,61 +743,52 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22527C33" w14:textId="60482C63" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="007B4E37" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Alex Zhu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51736F17" w14:textId="3E03C888" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="007B4E37" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Oscar Nylund</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="5D32D16E" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
@@ -894,59 +872,57 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gropens IF</w:t>
             </w:r>
             <w:r w:rsidR="009B19A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="176CF429" w14:textId="4DDAA7EE" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49DF9326" w14:textId="723314F7" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="009B19A2" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-11-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
@@ -1076,59 +1052,57 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Gropens IF </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20E01240" w14:textId="609B4521" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E5280B" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F28F3AC" w14:textId="256C321B" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E5280B" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-</w:t>
             </w:r>
             <w:r w:rsidR="00C15DDC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1150,90 +1124,72 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="624FB9C1" w14:textId="3231CAA3" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006C3272" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alve </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Alve Jorstig</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27961721" w14:textId="2138F7FB" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00914C1F" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lucas </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lucas Wirehag</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="76A78F5F" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C544158" w14:textId="4E340FC8" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="006C3272" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PK6</w:t>
@@ -1283,59 +1239,57 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ekeby IF P14 Vit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="038ABDB9" w14:textId="1C313838" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BB479F" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C9D0425" w14:textId="2FA9CEB2" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BB479F" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-</w:t>
             </w:r>
             <w:r w:rsidR="00852033">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1493,59 +1447,57 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ekeby IF P14 </w:t>
             </w:r>
             <w:r w:rsidR="00BF2F78">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36DC8550" w14:textId="53694A74" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00A74C91" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44F31219" w14:textId="628D8A13" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00A74C91" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026-01-</w:t>
             </w:r>
             <w:r w:rsidR="00BF2F78">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1574,61 +1526,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B830E0F" w14:textId="4DE108AB" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF2F78" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Brandon</w:t>
             </w:r>
             <w:r w:rsidR="00AE3FB4">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Espinoza</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DBF501C" w14:textId="2F2492CE" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF2F78" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Edwin</w:t>
             </w:r>
             <w:r w:rsidR="00AE3FB4">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1726,59 +1669,57 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ekeby IF P14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21F864E8" w14:textId="02049F59" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0068128A" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lillåhallen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5143CD08" w14:textId="77E610C6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="0068128A" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026-01-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
@@ -1813,61 +1754,52 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hugo Ericsson Matz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24A719D7" w14:textId="3045EAA4" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="008C2F30" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manfred </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Manfred Campner</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="3D472354" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71688103" w14:textId="7C7960E6" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00254DDB" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PK6</w:t>
@@ -2009,281 +1941,391 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jason Kihlström</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63869676" w14:textId="0E3C12A0" w:rsidR="006D0373" w:rsidRPr="00BF4EBB" w:rsidRDefault="00B619AD" w:rsidP="006D0373">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lukas </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lukas Bergendorff</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="1019D725" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2E1943" w14:textId="45EB7F0F" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1B2E1943" w14:textId="5FF4840D" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="00C00129" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528BE014" w14:textId="30123798" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="528BE014" w14:textId="3A5B949B" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="00404B4F" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillån IBK P-14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2036B5" w14:textId="0A27B332" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5B2036B5" w14:textId="649A321B" w:rsidR="006D2D0F" w:rsidRDefault="00404B4F" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gropens IF</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6B50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14/15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDF969E" w14:textId="44FF1DD1" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7DDF969E" w14:textId="55EC8172" w:rsidR="006D2D0F" w:rsidRDefault="00DB6B50" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rostahallen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05A21593" w14:textId="2CAEB268" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="05A21593" w14:textId="3E62D019" w:rsidR="006D2D0F" w:rsidRDefault="005C2C53" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026-02-28</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36226AB7" w14:textId="7928C8DD" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="36226AB7" w14:textId="4567365F" w:rsidR="006D2D0F" w:rsidRDefault="005C2C53" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6164BECD" w14:textId="312F2846" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6164BECD" w14:textId="50142836" w:rsidR="006D2D0F" w:rsidRDefault="00F55EB5" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Noel Kivimäki</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70F8B3E2" w14:textId="1FF911DE" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="70F8B3E2" w14:textId="2EB0FCF2" w:rsidR="006D2D0F" w:rsidRDefault="00C92FCF" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ossian Drambo</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="195A926A" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5883C1B5" w14:textId="6FBF1DCD" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5883C1B5" w14:textId="662DEF9A" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="00C00129" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PK6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51AB1BFD" w14:textId="4E7EC101" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="51AB1BFD" w14:textId="269AAC18" w:rsidR="006D2D0F" w:rsidRPr="00BF4EBB" w:rsidRDefault="00404B4F" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lillån IBK P-14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5D8D95" w14:textId="6CA69A6A" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2C5D8D95" w14:textId="22FC02BD" w:rsidR="006D2D0F" w:rsidRDefault="00DB6B50" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hovsta IF P13/14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0D4A59" w14:textId="6A3E21E1" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1C0D4A59" w14:textId="044D17A0" w:rsidR="006D2D0F" w:rsidRDefault="00DB6B50" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rostahallen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E9FB2B" w14:textId="6DB8EBE2" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="44E9FB2B" w14:textId="41A44826" w:rsidR="006D2D0F" w:rsidRDefault="00F55EB5" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026-02-28</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F557B5C" w14:textId="1DB2C193" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5F557B5C" w14:textId="6487C9EF" w:rsidR="006D2D0F" w:rsidRDefault="005C2C53" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19:00</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6A50FC" w14:textId="33C813F7" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6D6A50FC" w14:textId="39D29ACC" w:rsidR="006D2D0F" w:rsidRDefault="001B1E29" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lukas Lööv</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B1C836" w14:textId="76764F2B" w:rsidR="006D2D0F" w:rsidRDefault="006D2D0F" w:rsidP="006D2D0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="22B1C836" w14:textId="6CB39A91" w:rsidR="006D2D0F" w:rsidRDefault="003566EF" w:rsidP="006D2D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Helge Lundgren</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C701B" w:rsidRPr="00BF4EBB" w14:paraId="01450B92" w14:textId="77777777" w:rsidTr="005B5F89">
         <w:trPr>
           <w:trHeight w:val="311"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C8AA61D" w14:textId="20D930A8" w:rsidR="00E7159D" w:rsidRPr="00BF4EBB" w:rsidRDefault="00E7159D" w:rsidP="00E7159D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
@@ -2543,67 +2585,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sekretariat:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E3150C" w14:textId="5423AEAF" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">I arbetsuppgifterna för sekretariatet ingår inkoppling, test och </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>I arbetsuppgifterna för sekretariatet ingår inkoppling, test och ihoppackning.</w:t>
       </w:r>
       <w:r w:rsidR="007F77D3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ledar</w:t>
       </w:r>
       <w:r w:rsidR="004A0FF0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidR="007F77D3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A0FF0">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -2829,124 +2855,97 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036567FB" w14:textId="51820CC7" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Kiosk:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1249DB6C" w14:textId="77777777" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">I arbetsuppgifterna för kiosk ingår iordningställande, försäljning och </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> av kiosk samt städning av läktare efter match.</w:t>
+        <w:t>I arbetsuppgifterna för kiosk ingår iordningställande, försäljning och ihoppackning av kiosk samt städning av läktare efter match.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367375D5" w14:textId="275C2F68" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Den som ansvarar för kiosken tar med kaffe i termos, mjölk och något hembakat eller köpt fikabröd att sälja</w:t>
       </w:r>
       <w:r w:rsidR="0091391E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091391E" w:rsidRPr="00884AAB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">vid </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>vid helgmatcher</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EC71FF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Det f</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>inns möjlighet att brygga kaffe på plats.</w:t>
       </w:r>
       <w:r w:rsidR="0091391E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2986,61 +2985,52 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> engångskaffemuggar, tepåsar</w:t>
       </w:r>
       <w:r w:rsidR="008539A7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dricka, godis/chips som laget tillhandahåller) och hämtas hos </w:t>
       </w:r>
       <w:r w:rsidR="000A5A09">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sofia </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Sofia Jorstig</w:t>
+      </w:r>
       <w:r w:rsidR="00CD690E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:r w:rsidR="00F66F79">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Åkervägen 23</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000A5A09">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -3115,67 +3105,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DABDF4F" w14:textId="5D702868" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Endast </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> kommer att vara möjlig (QR-kod finns</w:t>
+        <w:t>Endast swishbetalning kommer att vara möjlig (QR-kod finns</w:t>
       </w:r>
       <w:r w:rsidR="00AE0C4E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> på plats</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A2A395" w14:textId="77777777" w:rsidR="00BF4EBB" w:rsidRPr="00BF4EBB" w:rsidRDefault="00BF4EBB" w:rsidP="00BF4EBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4EBB">
         <w:rPr>
@@ -3210,147 +3184,150 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00545DD1"/>
     <w:rsid w:val="000031FE"/>
     <w:rsid w:val="00005A1D"/>
     <w:rsid w:val="00010B5A"/>
     <w:rsid w:val="00025EE7"/>
     <w:rsid w:val="00035448"/>
     <w:rsid w:val="00035588"/>
     <w:rsid w:val="00047B8A"/>
     <w:rsid w:val="00051EBE"/>
     <w:rsid w:val="00057A37"/>
     <w:rsid w:val="00066F1E"/>
     <w:rsid w:val="000715A3"/>
     <w:rsid w:val="00086E6A"/>
     <w:rsid w:val="0009588C"/>
     <w:rsid w:val="000A2119"/>
     <w:rsid w:val="000A5A09"/>
     <w:rsid w:val="000B5E93"/>
     <w:rsid w:val="000C563F"/>
     <w:rsid w:val="000D15F6"/>
     <w:rsid w:val="0010178C"/>
     <w:rsid w:val="0011535A"/>
     <w:rsid w:val="001260C6"/>
     <w:rsid w:val="00131D80"/>
     <w:rsid w:val="001418D1"/>
     <w:rsid w:val="001477C2"/>
     <w:rsid w:val="00147844"/>
     <w:rsid w:val="0015127B"/>
     <w:rsid w:val="00155EE9"/>
     <w:rsid w:val="00156FBD"/>
     <w:rsid w:val="00170E85"/>
     <w:rsid w:val="00172FB1"/>
     <w:rsid w:val="001744BF"/>
     <w:rsid w:val="001777D5"/>
     <w:rsid w:val="00193F31"/>
+    <w:rsid w:val="001B1E29"/>
     <w:rsid w:val="001B38D9"/>
     <w:rsid w:val="001C0565"/>
     <w:rsid w:val="001F7C44"/>
     <w:rsid w:val="0024220D"/>
     <w:rsid w:val="00254DDB"/>
     <w:rsid w:val="00257E13"/>
     <w:rsid w:val="0026100A"/>
     <w:rsid w:val="00271BEF"/>
     <w:rsid w:val="00285EF5"/>
     <w:rsid w:val="002B4024"/>
     <w:rsid w:val="002C701B"/>
     <w:rsid w:val="002E3111"/>
     <w:rsid w:val="00301BCE"/>
     <w:rsid w:val="00334FB5"/>
     <w:rsid w:val="00336B2E"/>
     <w:rsid w:val="0034301A"/>
     <w:rsid w:val="00350148"/>
+    <w:rsid w:val="003566EF"/>
     <w:rsid w:val="00367CC5"/>
     <w:rsid w:val="003D4A28"/>
     <w:rsid w:val="003D5934"/>
     <w:rsid w:val="003F7297"/>
+    <w:rsid w:val="00404B4F"/>
     <w:rsid w:val="00412E36"/>
     <w:rsid w:val="00425A0C"/>
     <w:rsid w:val="00450DE9"/>
     <w:rsid w:val="004614CC"/>
     <w:rsid w:val="004704F2"/>
     <w:rsid w:val="00490F45"/>
     <w:rsid w:val="004956AB"/>
     <w:rsid w:val="00495DE4"/>
     <w:rsid w:val="004A0FF0"/>
     <w:rsid w:val="004A56A5"/>
     <w:rsid w:val="004B1A7C"/>
     <w:rsid w:val="004B211E"/>
     <w:rsid w:val="004D4AAD"/>
     <w:rsid w:val="004F0AEC"/>
     <w:rsid w:val="0050123C"/>
     <w:rsid w:val="005315E2"/>
     <w:rsid w:val="00533DBB"/>
     <w:rsid w:val="00545DD1"/>
     <w:rsid w:val="005460E6"/>
     <w:rsid w:val="00552169"/>
     <w:rsid w:val="0055384D"/>
     <w:rsid w:val="00556108"/>
     <w:rsid w:val="005643CB"/>
     <w:rsid w:val="005776E4"/>
     <w:rsid w:val="00581921"/>
     <w:rsid w:val="00581E12"/>
     <w:rsid w:val="00595CCC"/>
     <w:rsid w:val="005B0246"/>
     <w:rsid w:val="005B5F89"/>
+    <w:rsid w:val="005C2C53"/>
     <w:rsid w:val="005C549F"/>
     <w:rsid w:val="005E6F66"/>
     <w:rsid w:val="005E72D3"/>
     <w:rsid w:val="00605627"/>
     <w:rsid w:val="00611CED"/>
     <w:rsid w:val="00624443"/>
     <w:rsid w:val="006315DF"/>
     <w:rsid w:val="00642AEE"/>
     <w:rsid w:val="00653727"/>
     <w:rsid w:val="00653999"/>
     <w:rsid w:val="0065568E"/>
     <w:rsid w:val="0068128A"/>
     <w:rsid w:val="006B1F98"/>
     <w:rsid w:val="006B2315"/>
     <w:rsid w:val="006C3272"/>
     <w:rsid w:val="006C3D8A"/>
     <w:rsid w:val="006D0373"/>
     <w:rsid w:val="006D2D0F"/>
     <w:rsid w:val="006F266C"/>
     <w:rsid w:val="006F3DF9"/>
     <w:rsid w:val="00712FBC"/>
     <w:rsid w:val="00743CE9"/>
     <w:rsid w:val="00753D0C"/>
     <w:rsid w:val="00755224"/>
     <w:rsid w:val="0076369F"/>
@@ -3412,83 +3389,88 @@
     <w:rsid w:val="00AF2BFE"/>
     <w:rsid w:val="00B021A8"/>
     <w:rsid w:val="00B05AB0"/>
     <w:rsid w:val="00B150E7"/>
     <w:rsid w:val="00B20003"/>
     <w:rsid w:val="00B2250A"/>
     <w:rsid w:val="00B30DF8"/>
     <w:rsid w:val="00B329FD"/>
     <w:rsid w:val="00B46F84"/>
     <w:rsid w:val="00B619AD"/>
     <w:rsid w:val="00B701C4"/>
     <w:rsid w:val="00B73B1F"/>
     <w:rsid w:val="00B8164E"/>
     <w:rsid w:val="00B9462B"/>
     <w:rsid w:val="00B94EA7"/>
     <w:rsid w:val="00BA2A59"/>
     <w:rsid w:val="00BA3A78"/>
     <w:rsid w:val="00BA436E"/>
     <w:rsid w:val="00BA5197"/>
     <w:rsid w:val="00BB000F"/>
     <w:rsid w:val="00BB479F"/>
     <w:rsid w:val="00BB76FD"/>
     <w:rsid w:val="00BC6D31"/>
     <w:rsid w:val="00BF2F78"/>
     <w:rsid w:val="00BF4EBB"/>
+    <w:rsid w:val="00C00129"/>
     <w:rsid w:val="00C14938"/>
     <w:rsid w:val="00C15DDC"/>
     <w:rsid w:val="00C349EA"/>
     <w:rsid w:val="00C44105"/>
+    <w:rsid w:val="00C92FCF"/>
     <w:rsid w:val="00C9673C"/>
     <w:rsid w:val="00CA19D0"/>
     <w:rsid w:val="00CA431F"/>
     <w:rsid w:val="00CD690E"/>
     <w:rsid w:val="00CF6AA2"/>
     <w:rsid w:val="00D333C9"/>
     <w:rsid w:val="00D507CA"/>
+    <w:rsid w:val="00D55CF0"/>
     <w:rsid w:val="00D57286"/>
     <w:rsid w:val="00D6035E"/>
     <w:rsid w:val="00D60ABA"/>
     <w:rsid w:val="00D709CE"/>
     <w:rsid w:val="00D97E55"/>
     <w:rsid w:val="00DA31FC"/>
+    <w:rsid w:val="00DB6B50"/>
     <w:rsid w:val="00DC001C"/>
     <w:rsid w:val="00DD623C"/>
     <w:rsid w:val="00E00D44"/>
     <w:rsid w:val="00E24D04"/>
     <w:rsid w:val="00E5280B"/>
     <w:rsid w:val="00E600AF"/>
     <w:rsid w:val="00E7159D"/>
     <w:rsid w:val="00E71D83"/>
     <w:rsid w:val="00EA7C7C"/>
     <w:rsid w:val="00EC3286"/>
     <w:rsid w:val="00EC71FF"/>
     <w:rsid w:val="00ED6032"/>
     <w:rsid w:val="00EE300F"/>
     <w:rsid w:val="00EF5FB6"/>
     <w:rsid w:val="00F104D4"/>
     <w:rsid w:val="00F45FDD"/>
+    <w:rsid w:val="00F55EB5"/>
     <w:rsid w:val="00F57B36"/>
     <w:rsid w:val="00F63E9D"/>
     <w:rsid w:val="00F66F79"/>
     <w:rsid w:val="00F71FA7"/>
     <w:rsid w:val="00F760AE"/>
     <w:rsid w:val="00F77729"/>
     <w:rsid w:val="00FB310B"/>
     <w:rsid w:val="00FC1E8D"/>
     <w:rsid w:val="00FC55B9"/>
     <w:rsid w:val="00FC5BC2"/>
     <w:rsid w:val="00FC7C2F"/>
     <w:rsid w:val="00FD6A3D"/>
     <w:rsid w:val="00FE1CA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -4305,69 +4287,69 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{59096ad9-8b60-446a-90b7-017dbb9421a3}" enabled="1" method="Standard" siteId="{3d234255-e20f-4205-88a5-9658a402999b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>383</Words>
-  <Characters>2032</Characters>
+  <Words>410</Words>
+  <Characters>2175</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2411</CharactersWithSpaces>
+  <CharactersWithSpaces>2580</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Lövgren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>