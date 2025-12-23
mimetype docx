--- v0 (2025-10-20)
+++ v1 (2025-12-23)
@@ -10,450 +10,307 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="69C260E3" w14:textId="53C0C090" w:rsidR="00264681" w:rsidRDefault="00F456A9">
       <w:r>
         <w:t>Funktionärsschema P16</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B72C0D" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRDefault="00F456A9"/>
     <w:p w14:paraId="48458963" w14:textId="03A70340" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
       <w:r>
         <w:t xml:space="preserve">29/11 Vintrosa – Malmslätt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E1D2FD" w14:textId="00681D57" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
+    <w:p w14:paraId="66E1D2FD" w14:textId="0F3EC8FD" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="00FA09A9">
+        <w:t xml:space="preserve">Sek: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D30" w:rsidRPr="00FA09A9">
+        <w:t>David</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:t xml:space="preserve"> &amp; Ted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D1ED32" w14:textId="7D32E13A" w:rsidR="00F456A9" w:rsidRPr="008A7D30" w:rsidRDefault="00F456A9">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="008A7D30">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kiosk: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D30" w:rsidRPr="008A7D30">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>Eskil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC9EB7F" w14:textId="4799802B" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>Matchvärd: Santino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA6EFC3" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F39DA4" w14:textId="2F616164" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>6/12 Vintrosa – Nais/Hultic</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B627D2E" w14:textId="3919D191" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>Sek: Eskil &amp; Santino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F5662A" w14:textId="6433E0A1" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>Kiosk: Max &amp; Ted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7620AA34" w14:textId="1B6F95D2" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Matchvärd: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D30" w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t>Ebbe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="71D1ED32" w14:textId="27341CD4" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
+    </w:p>
+    <w:p w14:paraId="0DD65F08" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F456A9">
-[...12 lines deleted...]
-    <w:p w14:paraId="4AC9EB7F" w14:textId="4799802B" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
+    </w:p>
+    <w:p w14:paraId="022CE15D" w14:textId="34E38002" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="5AA6EFC3" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>14/12 Vintrosa – Västervik</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C5796D" w14:textId="3974534B" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="73F39DA4" w14:textId="2F616164" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>Sek: Max &amp; Ebbe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50991F19" w14:textId="71ECE509" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...128 lines deleted...]
-        <w:t xml:space="preserve"> David &amp; Alvin</w:t>
+      <w:r w:rsidRPr="00FA09A9">
+        <w:rPr>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>Kiosk: David &amp; Alvin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4103F1F6" w14:textId="3743A5DE" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
       <w:r w:rsidRPr="00F456A9">
         <w:t>Matchvärd:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Charlie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F25EF6A" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRDefault="00F456A9"/>
     <w:p w14:paraId="216E86D5" w14:textId="50D30BC4" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
       <w:r>
         <w:t>25/1 Vintrosa – Nyköping</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EC95F0" w14:textId="7EC7C5F0" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="72EC95F0" w14:textId="7EC7C5F0" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="00FA09A9">
         <w:t>Sek: Eskil &amp; Ted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75975420" w14:textId="57A6869F" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
-[...59 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="75975420" w14:textId="57A6869F" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="00FA09A9">
+        <w:t>Kiosk: Alvin &amp; Santino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A3C390" w14:textId="49FC1371" w:rsidR="00F456A9" w:rsidRPr="008A7D30" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="008A7D30">
+        <w:t>Matchvärd: Charlie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AAD818" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRPr="008A7D30" w:rsidRDefault="00F456A9"/>
     <w:p w14:paraId="6E057FC0" w14:textId="732E5A49" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
       <w:r w:rsidRPr="00F456A9">
         <w:t>27/1 Vintrosa – Kumla</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A76A3CC" w14:textId="47A170F4" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
       <w:r w:rsidRPr="00F456A9">
         <w:t>Sek: D</w:t>
       </w:r>
       <w:r>
         <w:t>avid &amp; Max</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744298D1" w14:textId="3D1F2C97" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
+    <w:p w14:paraId="744298D1" w14:textId="3BDF95C2" w:rsidR="00F456A9" w:rsidRPr="00F456A9" w:rsidRDefault="00F456A9">
       <w:r w:rsidRPr="00F456A9">
         <w:t>Kiosk:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Ebbe &amp; Eskil</w:t>
+        <w:t xml:space="preserve"> Ebbe &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D30">
+        <w:t>Alvin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCD6AA7" w14:textId="1EB3F741" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
       <w:r w:rsidRPr="00F456A9">
         <w:t>Matchvärd:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ted</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA4E903" w14:textId="77777777" w:rsidR="00F456A9" w:rsidRDefault="00F456A9"/>
     <w:p w14:paraId="5449D424" w14:textId="06E52EBD" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
       <w:r>
         <w:t>14/3 Vintrosa – RP Linköping</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F319778" w14:textId="0EB375EE" w:rsidR="00F456A9" w:rsidRDefault="00F456A9">
-      <w:r>
+    <w:p w14:paraId="7F319778" w14:textId="0EB375EE" w:rsidR="00F456A9" w:rsidRPr="00FA09A9" w:rsidRDefault="00F456A9">
+      <w:r w:rsidRPr="00FA09A9">
         <w:t>Sek: Max &amp; Ted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DB599D" w14:textId="1D302626" w:rsidR="00F456A9" w:rsidRPr="009C3DE4" w:rsidRDefault="00F456A9">
+    <w:p w14:paraId="02DB599D" w14:textId="1D302626" w:rsidR="00F456A9" w:rsidRPr="008A7D30" w:rsidRDefault="00F456A9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7D30">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kiosk: </w:t>
+      </w:r>
+      <w:r w:rsidR="009C3DE4" w:rsidRPr="008A7D30">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Charlie &amp; Eskil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4798EBB9" w14:textId="2F21D6BF" w:rsidR="00F456A9" w:rsidRPr="009C3DE4" w:rsidRDefault="00F456A9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C3DE4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kiosk: </w:t>
-[...26 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Matchvärd:</w:t>
       </w:r>
       <w:r w:rsidR="009C3DE4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C3DE4" w:rsidRPr="009C3DE4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dav</w:t>
       </w:r>
       <w:r w:rsidR="009C3DE4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>id</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F456A9" w:rsidRPr="009C3DE4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
@@ -467,70 +324,73 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F456A9"/>
     <w:rsid w:val="000E1127"/>
     <w:rsid w:val="000F63FF"/>
     <w:rsid w:val="00264681"/>
     <w:rsid w:val="00721A6D"/>
+    <w:rsid w:val="008A7D30"/>
+    <w:rsid w:val="009409DA"/>
     <w:rsid w:val="009C3DE4"/>
-    <w:rsid w:val="00F456A9"/>
+    <w:rsid w:val="00E35290"/>
+    <w:rsid w:val="00F456A9"/>
+    <w:rsid w:val="00FA09A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6827CA12"/>
@@ -1748,69 +1608,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>82</Words>
-  <Characters>440</Characters>
+  <Words>81</Words>
+  <Characters>431</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>521</CharactersWithSpaces>
+  <CharactersWithSpaces>511</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joakim Månstierna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>