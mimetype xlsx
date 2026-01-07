--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/1e829d8192a01fdd/Dokument/Vintrosa IS/Vintrosa IS Damjunior och F16/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="187" documentId="8_{EFA6A7B4-8C9A-4AE4-8CA5-0D97303027B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{12B8CCA9-A922-402D-8C5D-14ED4C3E8C96}"/>
+  <xr:revisionPtr revIDLastSave="190" documentId="8_{EFA6A7B4-8C9A-4AE4-8CA5-0D97303027B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DB00A7DA-595C-49CF-810A-B3F5091C129E}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{35B33D23-74C5-46E1-A983-D82FCE3FCC74}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{35B33D23-74C5-46E1-A983-D82FCE3FCC74}"/>
   </bookViews>
   <sheets>
     <sheet name="F16 Elit (hemma)" sheetId="2" r:id="rId1"/>
     <sheet name="F19 Damjunior (hemma)" sheetId="1" r:id="rId2"/>
     <sheet name="Arbetsgrupper" sheetId="5" r:id="rId3"/>
     <sheet name="F16 Elit (alla matcher)" sheetId="4" r:id="rId4"/>
     <sheet name="F19 Damjunior (alla matcher)" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'F16 Elit (alla matcher)'!$B$2:$E$20</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -1134,52 +1134,52 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2FE5EBE-337F-491B-A55B-E73542FB20A3}">
   <dimension ref="B1:J19"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H5" sqref="H5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="N6" sqref="N6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.5546875" customWidth="1"/>
     <col min="2" max="2" width="24" style="18" customWidth="1"/>
     <col min="3" max="3" width="9.21875" style="18" customWidth="1"/>
     <col min="4" max="4" width="27.44140625" style="18" customWidth="1"/>
     <col min="5" max="5" width="14.77734375" style="18" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" style="19" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" style="19" customWidth="1"/>
     <col min="8" max="8" width="11.6640625" style="19" customWidth="1"/>
     <col min="9" max="9" width="11.21875" style="19" customWidth="1"/>
     <col min="10" max="10" width="10.5546875" style="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B2" s="20" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="21" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="21" t="s">
@@ -1241,96 +1241,96 @@
         <v>28</v>
       </c>
       <c r="D4" s="62" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="62" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="57" t="s">
         <v>45</v>
       </c>
       <c r="G4" s="57" t="s">
         <v>50</v>
       </c>
       <c r="H4" s="57" t="s">
         <v>49</v>
       </c>
       <c r="I4" s="57" t="s">
         <v>51</v>
       </c>
       <c r="J4" s="58" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="5" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="22" t="s">
+      <c r="B5" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="23" t="s">
+      <c r="C5" s="62" t="s">
         <v>28</v>
       </c>
-      <c r="D5" s="23" t="s">
+      <c r="D5" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="23" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="10" t="s">
+      <c r="E5" s="62" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="57" t="s">
         <v>85</v>
       </c>
-      <c r="G5" s="10" t="s">
+      <c r="G5" s="57" t="s">
         <v>86</v>
       </c>
-      <c r="H5" s="10" t="s">
+      <c r="H5" s="57" t="s">
         <v>89</v>
       </c>
-      <c r="I5" s="10" t="s">
+      <c r="I5" s="57" t="s">
         <v>88</v>
       </c>
-      <c r="J5" s="11" t="s">
+      <c r="J5" s="58" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="6" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="22" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>84</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>89</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>83</v>
       </c>
       <c r="J6" s="11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="22" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="23" t="s">
         <v>35</v>
       </c>
       <c r="E7" s="23" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="10" t="s">
@@ -1440,52 +1440,52 @@
       <c r="H15" s="18"/>
     </row>
     <row r="16" spans="2:10" x14ac:dyDescent="0.3">
       <c r="H16" s="18"/>
     </row>
     <row r="17" spans="7:8" x14ac:dyDescent="0.3">
       <c r="H17" s="18"/>
     </row>
     <row r="18" spans="7:8" x14ac:dyDescent="0.3">
       <c r="G18" s="18"/>
       <c r="H18" s="18"/>
     </row>
     <row r="19" spans="7:8" x14ac:dyDescent="0.3">
       <c r="H19" s="18"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9098030B-A278-4AEA-BCC3-A3C6B313F341}">
   <dimension ref="B1:J13"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L5" sqref="L5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1.109375" customWidth="1"/>
     <col min="2" max="2" width="24" customWidth="1"/>
     <col min="3" max="3" width="9.109375" customWidth="1"/>
     <col min="4" max="4" width="26.21875" customWidth="1"/>
     <col min="5" max="5" width="14.109375" customWidth="1"/>
     <col min="6" max="6" width="13.109375" customWidth="1"/>
     <col min="7" max="7" width="12.77734375" customWidth="1"/>
     <col min="8" max="8" width="12.109375" customWidth="1"/>
     <col min="9" max="9" width="12.21875" customWidth="1"/>
     <col min="10" max="10" width="13.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
@@ -1544,75 +1544,75 @@
       </c>
       <c r="C3" s="55" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="56" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="56" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="57" t="s">
         <v>45</v>
       </c>
       <c r="G3" s="57" t="s">
         <v>46</v>
       </c>
       <c r="H3" s="57" t="s">
         <v>49</v>
       </c>
       <c r="I3" s="57" t="s">
         <v>84</v>
       </c>
       <c r="J3" s="58"/>
     </row>
     <row r="4" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="54" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="C4" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="D4" s="9" t="s">
+      <c r="D4" s="56" t="s">
         <v>14</v>
       </c>
-      <c r="E4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="10" t="s">
+      <c r="E4" s="56" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="57" t="s">
         <v>45</v>
       </c>
-      <c r="G4" s="10" t="s">
+      <c r="G4" s="57" t="s">
         <v>46</v>
       </c>
-      <c r="H4" s="10" t="s">
+      <c r="H4" s="57" t="s">
         <v>115</v>
       </c>
-      <c r="I4" s="10" t="s">
+      <c r="I4" s="57" t="s">
         <v>52</v>
       </c>
-      <c r="J4" s="11"/>
+      <c r="J4" s="58"/>
     </row>
     <row r="5" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>48</v>
       </c>
       <c r="H5" s="10"/>
       <c r="I5" s="10" t="s">
         <v>52</v>
       </c>
       <c r="J5" s="11"/>