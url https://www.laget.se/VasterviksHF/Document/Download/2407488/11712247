--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1,164 +1,235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="749651F9" w14:textId="5496F341" w:rsidR="002F28D5" w:rsidRDefault="001E548D" w:rsidP="002F28D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Spelare med skyddade personuppgifter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59232FB6" w14:textId="77777777" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D"/>
     <w:p w14:paraId="5188E7D9" w14:textId="680C2B61" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Rutin för registrering av </w:t>
-[...2 lines deleted...]
-        <w:t>spelar</w:t>
+        <w:t>Rutin för registrering av spelar</w:t>
       </w:r>
       <w:r w:rsidR="001C679F">
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r>
-        <w:t>med Skyddade personuppgifter i Profixio</w:t>
+        <w:t xml:space="preserve">med Skyddade personuppgifter i Profixio </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60305014" w14:textId="77777777" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bakgrund:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C335E0E" w14:textId="79F4391D" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sedan september 2025 har Riksidrottsförbundet plockat bort alla personer som har Skyddade personuppgifter hos Skatteverket från Idrott Online. Tidigare har dessa personer funnits med i Idrott Online med fingerade personuppgifter.  Eftersom Profixio synkar med IdrottOnline kan vi inte längre hämta dessa spelare därifrån. Vi behöver därför skapa upp dessa manuellt i Profixio inför varje match. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0354A66A" w14:textId="1DB3BA07" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lösning:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33692A2A" w14:textId="5DB1D6A9" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Föreningar som har spelare eller ledare med skyddade personuppgifter kan skriva in dem</w:t>
+      </w:r>
+      <w:r w:rsidR="001C679F">
+        <w:t xml:space="preserve"> (med fingerade personuppgifter)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00252FC1">
+        <w:t>det elektroniska matchprotokollet (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMP</w:t>
+      </w:r>
+      <w:r w:rsidR="00252FC1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> genom fritext på plats i samband med match. Denna funktion finns på plats sedan tidigare. En nackdel med den lösningen är att den skyddade personens data inte kopplas ihop från match till match.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A1E32E" w14:textId="2940195A" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Rutinen gäller tills vidare. Parallellt arbetar Svenska Handbollsförbundet för att ta fram en permanent lösning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F05A54" w14:textId="77777777" w:rsidR="00403E4D" w:rsidRDefault="00403E4D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D87C78B" w14:textId="19106412" w:rsidR="00403E4D" w:rsidRPr="00403E4D" w:rsidRDefault="00403E4D" w:rsidP="001E548D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403E4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Skyddade personuppgifter på Laget.se:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FA7AAD" w14:textId="0DA88615" w:rsidR="00403E4D" w:rsidRPr="00403E4D" w:rsidRDefault="00403E4D" w:rsidP="00403E4D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00403E4D">
+        <w:t>Lägg till spelaren i lagets medlemslista och välj inställningen "Skyddad identitet" på spelarens profil innan du sparar. Föräldrar kopplade till spelaren får även de automatiskt "Skyddad identitet" så att även de är dolda.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00403E4D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00403E4D">
+        <w:br/>
+        <w:t>Spelare eller ledare med inställningen "Skyddad identitet" visas inte publikt i truppen under menyvalet "Laget".</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00403E4D">
+        <w:t>Det innebär att inga utomstående eller medlemmar i laget kan se personen. Därutöver kan inte andra lag i samma förening få upp personen som förslag om de försöker lägga till personen via det lagets ”Lägg till medlem”. Man döljs även i laget.se-appen så att inte andra medlemmar i laget har möjlighet att se kontaktuppgifter för personer med synlighetsinställningen “Skyddad identitet”.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="60305014" w14:textId="77777777" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+    <w:p w14:paraId="72410A5F" w14:textId="77777777" w:rsidR="00403E4D" w:rsidRPr="00403E4D" w:rsidRDefault="00403E4D" w:rsidP="00403E4D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-        <w:t>Bakgrund:</w:t>
+      <w:r w:rsidRPr="00403E4D">
+        <w:t>Endast inloggade administratörer för laget har möjlighet att se spelare (och kopplade föräldrar) med inställningen "Skyddad identitet".</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C335E0E" w14:textId="79F4391D" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+    <w:p w14:paraId="4437E250" w14:textId="77777777" w:rsidR="00403E4D" w:rsidRPr="00403E4D" w:rsidRDefault="00403E4D" w:rsidP="00403E4D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Sedan september 2025 har Riksidrottsförbundet plockat bort alla personer som har Skyddade personuppgifter hos Skatteverket från Idrott Online. Tidigare har dessa personer funnits med i Idrott Online med fingerade personuppgifter.  Eftersom Profixio synkar med IdrottOnline kan vi inte längre hämta dessa spelare därifrån. Vi behöver därför skapa upp dessa manuellt i Profixio inför varje match. </w:t>
+      <w:r w:rsidRPr="00403E4D">
+        <w:t>Att tänka på:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00403E4D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> Även om en person har inställningen "Skyddad identitet" så kommer namnet visas om personen kommenterar nyheter eller skriver i gästboken i de fall där det krävs att man är inloggad på sitt laget.se-konto för att kunna kommentera eller skriva.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0354A66A" w14:textId="1DB3BA07" w:rsidR="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D">
+    <w:p w14:paraId="1D92D095" w14:textId="77777777" w:rsidR="00403E4D" w:rsidRDefault="00403E4D" w:rsidP="001E548D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0CBC4266" w14:textId="77777777" w:rsidR="001E548D" w:rsidRPr="001E548D" w:rsidRDefault="001E548D" w:rsidP="001E548D"/>
     <w:p w14:paraId="4E4944C1" w14:textId="77777777" w:rsidR="004305D6" w:rsidRDefault="004305D6" w:rsidP="00061011">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C249104" w14:textId="77777777" w:rsidR="00A21571" w:rsidRPr="00A21571" w:rsidRDefault="00A21571" w:rsidP="00A21571"/>
     <w:p w14:paraId="5C15D575" w14:textId="7E6B2136" w:rsidR="00BE6ECB" w:rsidRPr="00090CAE" w:rsidRDefault="00BE6ECB" w:rsidP="00BE6ECB">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BE6ECB" w:rsidRPr="00090CAE">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="20EE6F2A" w14:textId="77777777" w:rsidR="002F28D5" w:rsidRDefault="002F28D5" w:rsidP="002F28D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7FF78194" w14:textId="77777777" w:rsidR="002F28D5" w:rsidRDefault="002F28D5" w:rsidP="002F28D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -194,76 +265,116 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09218BA9" w14:textId="77777777" w:rsidR="00DB472E" w:rsidRDefault="00DB472E">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4258BC5B" w14:textId="77777777" w:rsidR="00DB472E" w:rsidRDefault="00DB472E">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78EBADEA" w14:textId="77777777" w:rsidR="00DB472E" w:rsidRDefault="00DB472E">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C8246D3" w14:textId="77777777" w:rsidR="002F28D5" w:rsidRDefault="002F28D5" w:rsidP="002F28D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7C54B8EC" w14:textId="77777777" w:rsidR="002F28D5" w:rsidRDefault="002F28D5" w:rsidP="002F28D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AF77F03" w14:textId="77777777" w:rsidR="00DB472E" w:rsidRDefault="00DB472E">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69FC585D" w14:textId="77777777" w:rsidR="002F28D5" w:rsidRDefault="002F28D5" w:rsidP="002F28D5">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r w:rsidRPr="00D51118">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EDF4E79" wp14:editId="77D2402F">
           <wp:extent cx="715993" cy="712994"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:docPr id="1172345748" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -286,72 +397,90 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="733094" cy="730024"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Västerviks handbollsförening</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="62F2381A" w14:textId="0908B348" w:rsidR="002F28D5" w:rsidRDefault="002F28D5">
+  <w:p w14:paraId="62F2381A" w14:textId="46C1CB3E" w:rsidR="002F28D5" w:rsidRDefault="002F28D5">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Giltigt från och med 2025-</w:t>
     </w:r>
     <w:r w:rsidR="001E548D">
       <w:t>11-18</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00DB472E">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                         </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E580C20" w14:textId="77777777" w:rsidR="00DB472E" w:rsidRDefault="00DB472E">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BA27208"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4283A54"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -667,102 +796,105 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="24447106">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1758399982">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1578515063">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="124"/>
+  <w:zoom w:percent="292"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F28D5"/>
     <w:rsid w:val="00045BEB"/>
     <w:rsid w:val="00061011"/>
     <w:rsid w:val="00090CAE"/>
     <w:rsid w:val="000E5394"/>
     <w:rsid w:val="00177049"/>
     <w:rsid w:val="001C679F"/>
     <w:rsid w:val="001E548D"/>
     <w:rsid w:val="001F2136"/>
     <w:rsid w:val="001F466B"/>
     <w:rsid w:val="00232291"/>
     <w:rsid w:val="00252FC1"/>
     <w:rsid w:val="002C0E32"/>
     <w:rsid w:val="002F28D5"/>
+    <w:rsid w:val="00403E4D"/>
     <w:rsid w:val="004305D6"/>
     <w:rsid w:val="00466AEC"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00530797"/>
     <w:rsid w:val="00684824"/>
     <w:rsid w:val="007172B7"/>
     <w:rsid w:val="00755AE5"/>
+    <w:rsid w:val="0077606A"/>
     <w:rsid w:val="009C1A00"/>
     <w:rsid w:val="009F4935"/>
     <w:rsid w:val="00A21571"/>
     <w:rsid w:val="00A517D1"/>
     <w:rsid w:val="00B7619B"/>
     <w:rsid w:val="00B83484"/>
     <w:rsid w:val="00BE6ECB"/>
     <w:rsid w:val="00C6211B"/>
     <w:rsid w:val="00C740DE"/>
     <w:rsid w:val="00D314DF"/>
+    <w:rsid w:val="00DB472E"/>
     <w:rsid w:val="00DC281A"/>
     <w:rsid w:val="00E6267B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1352,51 +1484,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F28D5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
@@ -1769,87 +1900,113 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00061011"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00061011"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="55737901">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1130054990">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1254586971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1974024438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -2108,70 +2265,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>855</Characters>
+  <Pages>2</Pages>
+  <Words>342</Words>
+  <Characters>1816</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Region Kalmar län</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>993</CharactersWithSpaces>
+  <CharactersWithSpaces>2154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Johanna Lyngell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>