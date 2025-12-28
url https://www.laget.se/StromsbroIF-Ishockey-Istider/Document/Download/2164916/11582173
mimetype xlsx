--- v0 (2025-12-04)
+++ v1 (2025-12-28)
@@ -35,121 +35,121 @@
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Therese\Documents\Strömsbro IF\Strömsbro IF\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sandvik-my.sharepoint.com/personal/patrik_a_strandberg_sandvik_com/Documents/Istider scheman/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{530B6537-EDDE-494F-A656-2578CA7C9AB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="106" documentId="8_{E5162337-857C-45C6-9752-3997D75A3EB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CEE3D556-9483-4928-882B-04C9929BFD1D}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="804" firstSheet="11" activeTab="19" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-80" yWindow="-80" windowWidth="19360" windowHeight="11440" tabRatio="804" firstSheet="18" activeTab="24" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="V.31" sheetId="44" r:id="rId1"/>
     <sheet name="V.32" sheetId="43" r:id="rId2"/>
     <sheet name="V.33" sheetId="42" r:id="rId3"/>
     <sheet name="V.34" sheetId="41" r:id="rId4"/>
     <sheet name="V.35" sheetId="40" r:id="rId5"/>
     <sheet name="V.36" sheetId="39" r:id="rId6"/>
     <sheet name="V.37" sheetId="1" r:id="rId7"/>
     <sheet name="V.38" sheetId="2" state="hidden" r:id="rId8"/>
     <sheet name="V.38(1)" sheetId="45" r:id="rId9"/>
     <sheet name="V.39" sheetId="3" r:id="rId10"/>
     <sheet name="V.40" sheetId="6" r:id="rId11"/>
     <sheet name="V.41" sheetId="4" r:id="rId12"/>
     <sheet name="V.42" sheetId="5" r:id="rId13"/>
     <sheet name="V.43" sheetId="7" r:id="rId14"/>
     <sheet name="V.44" sheetId="8" r:id="rId15"/>
     <sheet name="V.45" sheetId="9" r:id="rId16"/>
     <sheet name="V.46" sheetId="10" r:id="rId17"/>
     <sheet name="V.47" sheetId="12" r:id="rId18"/>
     <sheet name="V.48" sheetId="11" r:id="rId19"/>
     <sheet name="V.49" sheetId="13" r:id="rId20"/>
     <sheet name="V.50" sheetId="14" r:id="rId21"/>
     <sheet name="V.51" sheetId="15" r:id="rId22"/>
     <sheet name="V.52" sheetId="16" r:id="rId23"/>
     <sheet name="V.1" sheetId="21" r:id="rId24"/>
     <sheet name="V.2" sheetId="22" r:id="rId25"/>
     <sheet name="V.3" sheetId="23" r:id="rId26"/>
     <sheet name="V.4" sheetId="24" r:id="rId27"/>
     <sheet name="V.5" sheetId="25" r:id="rId28"/>
     <sheet name="V.6" sheetId="26" r:id="rId29"/>
     <sheet name="V.7" sheetId="27" r:id="rId30"/>
     <sheet name="V.8" sheetId="28" r:id="rId31"/>
     <sheet name="V.9" sheetId="29" r:id="rId32"/>
     <sheet name="V.10" sheetId="30" r:id="rId33"/>
     <sheet name="V.11" sheetId="31" r:id="rId34"/>
     <sheet name="V.12" sheetId="32" r:id="rId35"/>
     <sheet name="V.13" sheetId="33" r:id="rId36"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2493" uniqueCount="494">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2943" uniqueCount="533">
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color rgb="FFFFC000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Kontakt</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FFFFC000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: istidertestebo@outlook.com</t>
     </r>
   </si>
   <si>
     <t>Må</t>
@@ -268,254 +268,134 @@
   <si>
     <t>14,15-16,30</t>
   </si>
   <si>
     <t>10:15-11:15</t>
   </si>
   <si>
     <t>11:30-12:30</t>
   </si>
   <si>
     <t>15:15-16:15</t>
   </si>
   <si>
     <t>16.30-17.30</t>
   </si>
   <si>
     <t>09:00-10:00</t>
   </si>
   <si>
     <t>12:45-14:15</t>
   </si>
   <si>
     <t>14:30-15:30</t>
   </si>
   <si>
-    <t>11,15-12,30</t>
-[...4 lines deleted...]
-  <si>
     <t>10,15-11,45</t>
   </si>
   <si>
-    <t>14,00-16,15</t>
-[...4 lines deleted...]
-  <si>
     <t>17,45-18,45</t>
   </si>
   <si>
     <t>10,15-11,30</t>
   </si>
   <si>
     <t>11,45-13,15</t>
   </si>
   <si>
     <t>16,15-17,15</t>
   </si>
   <si>
-    <t>15,35-16,35</t>
-[...1 lines deleted...]
-  <si>
     <t>12,30-13,30</t>
   </si>
   <si>
     <t>19:00-19,50</t>
   </si>
   <si>
     <t>20,05-20,55</t>
   </si>
   <si>
     <t>21.10-22,00</t>
   </si>
   <si>
     <t>11,30-12,30</t>
   </si>
   <si>
-    <t>12,45-14,15</t>
-[...1 lines deleted...]
-  <si>
     <t>08,15-10,00</t>
   </si>
   <si>
-    <t>10:15-11:45</t>
-[...1 lines deleted...]
-  <si>
     <t>10,15-12,15</t>
   </si>
   <si>
-    <t>12,30-13,45</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>14,30-16,15</t>
-[...11 lines deleted...]
-    <t>14,15-15,05</t>
+    <t>12,00-13,30</t>
   </si>
   <si>
     <t>13,45-15,05</t>
   </si>
   <si>
-    <t>15,30-17.</t>
-[...76 lines deleted...]
-  <si>
     <t>17,30-18,30</t>
-  </si>
-[...1 lines deleted...]
-    <t>16,15-18,30</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(värmning 15,20)</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>16,00-18,45</t>
     </r>
   </si>
   <si>
     <t>12,45-15,00</t>
   </si>
   <si>
     <t>10:15-12,30</t>
   </si>
   <si>
     <t>14,40-16,00</t>
   </si>
   <si>
     <t>11,45-14,00</t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 37 2025 Testebo </t>
   </si>
   <si>
+    <t>25+-nov</t>
+  </si>
+  <si>
     <t xml:space="preserve">Vecka 13 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 12 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 11 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 10 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 9 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 8 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 7 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 6 2026 Testebo </t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 5 2026 Testebo </t>
@@ -620,53 +500,50 @@
     <t>SIF-A borta Borlänge</t>
   </si>
   <si>
     <t>SIF-A - Falun</t>
   </si>
   <si>
     <t>SIF-A borta Lindelöven</t>
   </si>
   <si>
     <t>SIF-A - Forshaga</t>
   </si>
   <si>
     <t>SIF-A borta Hudiksvall</t>
   </si>
   <si>
     <t>SIF-A borta clemensnäs</t>
   </si>
   <si>
     <t>SIF-A borta Örnsköldsvik</t>
   </si>
   <si>
     <t>SIF-A - Boden</t>
   </si>
   <si>
     <t>SIF-A - Piteå</t>
-  </si>
-[...1 lines deleted...]
-    <t>SIF-A borta Falun</t>
   </si>
   <si>
     <t>SIF-A borta Wings</t>
   </si>
   <si>
     <t>SIF-A borta Surahammar</t>
   </si>
   <si>
     <t>SIF-A borta Enköping</t>
   </si>
   <si>
     <t>SIF-A borta Vallentuna</t>
   </si>
   <si>
     <t>SIF -A borta Forshaga</t>
   </si>
   <si>
     <t xml:space="preserve">Vecka 31 2025 VALBO </t>
   </si>
   <si>
     <t>Vecka 33 2025 VALBO</t>
   </si>
   <si>
     <t>Vecka 34 2025 VALBO</t>
   </si>
@@ -1322,166 +1199,172 @@
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(värmning16,05)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  16,45-19,00</t>
     </r>
   </si>
   <si>
     <t>SIFU16 Brynäsvallen 20,10</t>
   </si>
   <si>
     <t>19,00-19.50</t>
   </si>
   <si>
-    <t>11,00-12,00</t>
-[...1 lines deleted...]
-  <si>
     <t>Tryout U18 26/27</t>
   </si>
   <si>
-    <t>08,15-10,15</t>
-[...1 lines deleted...]
-  <si>
     <t>SIFU12 Monitor B 16,40-17,40</t>
   </si>
   <si>
     <t>SIFU14/15 Monitor A 20,40-21,40</t>
   </si>
   <si>
     <t xml:space="preserve">SIF U18 Div.1 Borta Valbo </t>
   </si>
   <si>
     <t>17,15-18.05</t>
   </si>
   <si>
     <t>16.15-17,05</t>
   </si>
   <si>
     <t>15,25-16,15</t>
   </si>
   <si>
     <t>Hockeyskolan Monitor A 15,30-16,30</t>
   </si>
   <si>
     <t>Hockeyfritids</t>
   </si>
   <si>
     <t>HÅIK U10/U11</t>
   </si>
   <si>
     <t>HÅIK/SIF U13</t>
   </si>
   <si>
     <t>U9</t>
   </si>
   <si>
     <t>HÅIK / SIF U13</t>
   </si>
   <si>
-    <t>SIFU10/12 valbo 17,50-18,50</t>
-[...1 lines deleted...]
-  <si>
     <t>SIF U14/15 Valbo 19-20</t>
   </si>
   <si>
+    <t>SIF U14/15 Valbo 17,50-18,50</t>
+  </si>
+  <si>
     <t>SIF U18 borta  borlänge</t>
   </si>
   <si>
     <t>SIFU16 B-hallen 20,10-21,10</t>
+  </si>
+  <si>
+    <t>SIFU10/11 Valbo 17,50-18,50</t>
   </si>
   <si>
     <t>SIFU16 A-hallen 20,00-21,00</t>
   </si>
   <si>
     <t>SIF U12/14 Valbo 17,50-18,50</t>
   </si>
   <si>
     <t>SIFU14/15 A-halen 20,30-21,30</t>
   </si>
   <si>
     <t>SIF U18 Borta Grums</t>
   </si>
   <si>
     <t>SIF U18 - Lindlövens</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(värmning 15,20)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> starttid 16,00-18,15</t>
     </r>
   </si>
   <si>
+    <t>17,30-19,00</t>
+  </si>
+  <si>
     <t>SIF U18 - Valbo</t>
   </si>
   <si>
     <t>SIFU18 borta Lidlövens</t>
   </si>
   <si>
     <t>SIF U18 - Västerås</t>
   </si>
   <si>
     <t>U11</t>
   </si>
   <si>
     <t>SIF U14/U15</t>
   </si>
   <si>
     <t>SIF U18 - GRUMS</t>
   </si>
   <si>
+    <t>SIFU10/11</t>
+  </si>
+  <si>
     <t>SIF U14/15/16</t>
   </si>
   <si>
     <t>SIF U18-match</t>
   </si>
   <si>
     <t>SIF U20-match</t>
+  </si>
+  <si>
+    <t>SIF U18 Div 1 - Borlänge</t>
   </si>
   <si>
     <t>16.50-17.40</t>
   </si>
   <si>
     <t>19.00-19.50</t>
   </si>
   <si>
     <t>20.05-20.55</t>
   </si>
   <si>
     <t>21.10-22.00</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(Värmnng 18,20)</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
@@ -1828,97 +1711,91 @@
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">)  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>16.45-19.00</t>
     </r>
   </si>
   <si>
     <t>10.15-12.00</t>
   </si>
   <si>
     <t>14.30-16.45</t>
   </si>
   <si>
+    <t>17.00-19.00</t>
+  </si>
+  <si>
     <t>08.00-16.50</t>
   </si>
   <si>
     <t>Konståkningen SGK Läger</t>
   </si>
   <si>
     <t>SIF U18 Borta Västerås</t>
   </si>
   <si>
     <t>SIFU18 borta Valbo</t>
   </si>
   <si>
     <t>SIF U18DIV.1 borta Huge</t>
   </si>
   <si>
     <t>HÅIK/SIFU13 Valbo 12.10-14.10</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(värmning 13,20)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> starttid 14,00-16,15</t>
     </r>
   </si>
   <si>
     <t>11.30-13.00</t>
-  </si>
-[...7 lines deleted...]
-    <t>11.45-13.05</t>
   </si>
   <si>
     <t>SIF-A - Väsby IK HK</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Värmning(16,05)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  16,45-19,00</t>
     </r>
   </si>
   <si>
     <t>SIF-A - Sollentuna HC</t>
@@ -2050,340 +1927,544 @@
   <si>
     <r>
       <t>HÅIK U11-</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>match</t>
     </r>
   </si>
   <si>
     <t>12.15-14.00</t>
   </si>
   <si>
     <t>14.15-15.15</t>
   </si>
   <si>
     <t>15.30-16.30</t>
   </si>
   <si>
+    <t>SIFU10/12 A-hallen 17,40</t>
+  </si>
+  <si>
     <t>SIF U14/15 B-hallen 16,40</t>
   </si>
   <si>
     <t>SIF U14/15 B-hallen 16,40-17,40</t>
   </si>
   <si>
+    <t>SIF U12 A-hallen 16,30</t>
+  </si>
+  <si>
     <t>SIF U9 A-hallen 17,40</t>
   </si>
   <si>
-    <t>SIF U16 Valbo 17,50-18,50</t>
+    <t>SIFU16 B-hallen 19-20</t>
+  </si>
+  <si>
+    <t>SIFU10/12 valbo 16,50-1740</t>
+  </si>
+  <si>
+    <t>SIF U16 Valbo 19-20</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(Värmning 16,05) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="13"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>16.45-19,00</t>
+    </r>
   </si>
   <si>
     <t>SIF U18 Div. - Lindefallet</t>
   </si>
   <si>
-    <t>14.30-15.30</t>
-[...7 lines deleted...]
-  <si>
     <t>SIF U18 Div.1 - Huge</t>
   </si>
   <si>
-    <t>SIFU12</t>
-[...20 lines deleted...]
-    <t>SIF U14/15 Valbo 17,50-18,50</t>
+    <t>SIFU11 - Sandviken</t>
   </si>
   <si>
     <t>SIFU15/16</t>
   </si>
   <si>
-    <t>18,00-19,00</t>
-[...8 lines deleted...]
-    <t>14.30-16,00</t>
+    <t>14.30-15.45</t>
+  </si>
+  <si>
+    <t>SIFU16 match A-hallen 19,00</t>
+  </si>
+  <si>
+    <t>SIFU16 A-hall 20-21</t>
   </si>
   <si>
     <t>SIF U16 B-hall 20-21</t>
   </si>
   <si>
-    <t>SIFU16 A-hall 20-21</t>
+    <t>SIFU14/15 A-hall 18,20-19,20</t>
+  </si>
+  <si>
+    <t>SIFU16 A-hall 19,30-20,30</t>
   </si>
   <si>
     <t>SIF 10/12</t>
   </si>
   <si>
-    <t>SIFU16 A-hall 19,30-20,30</t>
-[...1 lines deleted...]
-  <si>
     <t>SIF U14/15 A-hallen 18,50-19,50</t>
   </si>
   <si>
     <t>SIF U16 A-hallen 20-21</t>
   </si>
   <si>
+    <t>SIFU16 A-hall 20,30-21,30</t>
+  </si>
+  <si>
     <t>SIF U14/15 B-hallen 19-20</t>
   </si>
   <si>
-    <t>17.00-18,30</t>
-[...11 lines deleted...]
-    <t>SIFU10/12 B-hallen 16,40-17,40</t>
+    <t>SIF U16 A-hallen 20,10-21,10</t>
+  </si>
+  <si>
+    <t>SIF U18DIV.1 hemma GGIK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(Värmning 16,05) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="13"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>16.45-19.00</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Konståkningstävling</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  -  Hockeyskolan och alla Matcher flyttade till Nynäs</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Konståkningstävling</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  -  Alla Matcher flyttade till Nynäs</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve"> SIF U9</t>
+  </si>
+  <si>
+    <t>SIFU10/12 B-hall 16,40-17,40</t>
+  </si>
+  <si>
+    <t>SIF U16 B-hall 20,10-21,10</t>
+  </si>
+  <si>
+    <t>SIF H-skola B-hall 15,30-16,30</t>
+  </si>
+  <si>
+    <t>SIF U16 A-hallen 19,30-20,30</t>
+  </si>
+  <si>
+    <t>SIF U18DIV.1 borta Sandviken.</t>
+  </si>
+  <si>
+    <t>SIFU10/12</t>
+  </si>
+  <si>
+    <t>SIF U16 B-hallen 20,10-21,10</t>
+  </si>
+  <si>
+    <t>SIF U14/15 Valbo 17,30-18,20</t>
+  </si>
+  <si>
+    <t>SIF U16 A-hallen 20,20-21,20</t>
+  </si>
+  <si>
+    <t>SIF U16 A-hallen 20,40-21,40</t>
+  </si>
+  <si>
+    <t>SIF U18DIV.1 borta Bollnäs</t>
+  </si>
+  <si>
+    <t>SIFU15-Sandviken</t>
+  </si>
+  <si>
+    <t>14.30-16.15</t>
+  </si>
+  <si>
+    <t>16.30-18.45</t>
+  </si>
+  <si>
+    <t>SIF U16 A-hallen 18,50-19,50</t>
+  </si>
+  <si>
+    <t>15.00-16.45</t>
+  </si>
+  <si>
+    <t>17.00-18.45</t>
+  </si>
+  <si>
+    <t>11.30-12.30</t>
+  </si>
+  <si>
+    <t>12.45-13.45</t>
+  </si>
+  <si>
+    <t>14.00-15.00</t>
+  </si>
+  <si>
+    <t>15.15-16.15</t>
+  </si>
+  <si>
+    <t>17.45-18.45</t>
+  </si>
+  <si>
+    <t>09.00-10.00</t>
+  </si>
+  <si>
+    <t>11.00-12.00</t>
+  </si>
+  <si>
+    <t>08.15-10.15</t>
+  </si>
+  <si>
+    <t>SIFU10/12 valbo 17,50-18,50</t>
+  </si>
+  <si>
+    <t>SIF U16 Valbo 17,50-18,50</t>
+  </si>
+  <si>
+    <t>HÅIK U14 - Hudik/Lindefallet</t>
+  </si>
+  <si>
+    <t>HÅIK U12 - GGIK</t>
+  </si>
+  <si>
+    <t>HÅIK U12 - SIF</t>
+  </si>
+  <si>
+    <t>HÅIK U14 - Bollnäs</t>
+  </si>
+  <si>
+    <t>HÅIK U11 - SIF</t>
+  </si>
+  <si>
+    <t>HÅIK U11 - Brynäs</t>
+  </si>
+  <si>
+    <t>HÅIK U12 - Valbo</t>
+  </si>
+  <si>
+    <t>HÅIK U12 - Sätra</t>
+  </si>
+  <si>
+    <t>HÅIK U11 - Hedesunda</t>
+  </si>
+  <si>
+    <t>HÅIK/SIF U13 - Alfta</t>
+  </si>
+  <si>
+    <t>13.30-15.15</t>
+  </si>
+  <si>
+    <t>SIF U9 - Sätra &amp; Sandviken</t>
+  </si>
+  <si>
+    <t>SIF U9 - HÅIK &amp; GGIK &amp; Ockelbo</t>
+  </si>
+  <si>
+    <t>SIF U9 - Brynäs &amp; Huge</t>
+  </si>
+  <si>
+    <t>SIF U11 - GGIK</t>
+  </si>
+  <si>
+    <t>SIF U11 - Valbo</t>
+  </si>
+  <si>
+    <t>SIF U10 - HÅIK</t>
+  </si>
+  <si>
+    <t>SIF U14 - Valbo</t>
+  </si>
+  <si>
+    <t>SIF U14 - Alfta</t>
+  </si>
+  <si>
+    <t>SIF U12 - Huge</t>
+  </si>
+  <si>
+    <t>SIF U12 - Sandviken</t>
+  </si>
+  <si>
+    <t>SIF U10 - Brynäs</t>
+  </si>
+  <si>
+    <t>13.30-15-45</t>
+  </si>
+  <si>
+    <t>SIF U14 - Brynäs</t>
+  </si>
+  <si>
+    <t>SIF U14 - Hudik/Lindefallet</t>
+  </si>
+  <si>
+    <t>SIF U12 - GGIK</t>
+  </si>
+  <si>
+    <t>11.45-13.00</t>
+  </si>
+  <si>
+    <t>HÅIK U10 - Valbo</t>
+  </si>
+  <si>
+    <t>19.40-22.00</t>
+  </si>
+  <si>
+    <t>SIF U18 - Malung</t>
+  </si>
+  <si>
+    <t>SIF U18 - Borlänge</t>
+  </si>
+  <si>
+    <t>SIF U18 - Arboga</t>
+  </si>
+  <si>
+    <t>SIF U18 - Kils AIK</t>
+  </si>
+  <si>
+    <t>SIF U18 - Lindlöven</t>
+  </si>
+  <si>
+    <t>SIF U18 - Hudik</t>
+  </si>
+  <si>
+    <t>16.15-19.00</t>
+  </si>
+  <si>
+    <t>HÅIK U15 - Tierp</t>
+  </si>
+  <si>
+    <t>HÅIK U15 - Söderhamn</t>
+  </si>
+  <si>
+    <t>HÅIK U15 - Hedesunda</t>
+  </si>
+  <si>
+    <t>SIF U15 - Sätra/GGIK</t>
+  </si>
+  <si>
+    <t>SIF U15 - Skutskär/SHK</t>
+  </si>
+  <si>
+    <t>10.45-13.15</t>
+  </si>
+  <si>
+    <t>SIF U16 - Hudik/Lindefallet</t>
+  </si>
+  <si>
+    <t>10.00-11.30</t>
+  </si>
+  <si>
+    <t>SIF U18 Div 1 - Lindefallet</t>
+  </si>
+  <si>
+    <t>A-laget SIF match Monitor</t>
+  </si>
+  <si>
+    <t>SIFU9/U10</t>
+  </si>
+  <si>
+    <t>SIF Hockeyskola</t>
+  </si>
+  <si>
+    <t>SIF 14/15</t>
+  </si>
+  <si>
+    <t>SIF U10/12 annan arena</t>
+  </si>
+  <si>
+    <t>SIF U10/U12</t>
+  </si>
+  <si>
+    <t>SIF U12 - Valbo annan arena</t>
+  </si>
+  <si>
+    <t>16.30-18.30</t>
+  </si>
+  <si>
+    <t>14.30-16.00</t>
+  </si>
+  <si>
+    <t>Temp U13-match</t>
+  </si>
+  <si>
+    <t>11.45-14.00</t>
+  </si>
+  <si>
+    <t>HÅIK U15 - Hudik/Lindefallet annan arena</t>
+  </si>
+  <si>
+    <t>HÅIK U8 Sammandrag</t>
+  </si>
+  <si>
+    <t>SIF U18 Div 1 - Bollnäs</t>
+  </si>
+  <si>
+    <t>10.15-12.15</t>
+  </si>
+  <si>
+    <r>
+      <t>(</t>
+    </r>
     <r>
       <rPr>
-        <b/>
-        <sz val="16"/>
+        <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Konståkningstävling</t>
+      <t>värmning 16,20</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">  -  Hockeyskolan och alla Matcher flyttade till Nynäs</t>
+      <t>) 17,00-19,15</t>
     </r>
   </si>
   <si>
-    <t>13.45-16.00</t>
-[...139 lines deleted...]
-    <t>17,05-18,00</t>
+    <t>SIF U11 - Huge annan arena</t>
+  </si>
+  <si>
+    <t>12,30-14.00</t>
+  </si>
+  <si>
+    <t>HÅIK U9/U10 + U11/U12</t>
+  </si>
+  <si>
+    <t>08.00-18.45</t>
+  </si>
+  <si>
+    <t>SIF U15 - IK Huge annan arena</t>
+  </si>
+  <si>
+    <t>SIF J18 div 1 - Huge annan arena</t>
+  </si>
+  <si>
+    <t>SIF U16 - Sätra/GGIK annan arena</t>
+  </si>
+  <si>
+    <t>SIF U16 - Huge annan arena</t>
+  </si>
+  <si>
+    <t>SIF U15 - BIF annan arena</t>
+  </si>
+  <si>
+    <t>SIF U14/U15 annan arena</t>
+  </si>
+  <si>
+    <t>SIF U18 - BIK Karlskoga</t>
+  </si>
+  <si>
+    <t>HÅIK U9 - SIF &amp; Valbo</t>
+  </si>
+  <si>
+    <t>SIF U15 - Brynäs</t>
+  </si>
+  <si>
+    <t>16:30-18:45</t>
+  </si>
+  <si>
+    <t>14.15-16.15</t>
+  </si>
+  <si>
+    <t>16.30-19.00</t>
+  </si>
+  <si>
+    <t>SIF U15 - Sandviken</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="44" x14ac:knownFonts="1">
+  <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFFC000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FFFFC000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -2413,66 +2494,50 @@
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...14 lines deleted...]
-      <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -2512,57 +2577,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2615,64 +2673,76 @@
     <font>
       <b/>
       <sz val="14"/>
       <color theme="4"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="13"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="4"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="16">
+  <fills count="17">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2716,50 +2786,56 @@
         <fgColor rgb="FFFFCCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -2901,1674 +2977,1746 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="583">
+  <cellXfs count="605">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="16" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="16" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="11" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="11" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="11" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="13" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...142 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="11" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="14" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="30" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="13" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...183 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="20" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...84 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="16" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="14" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="12" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="20" fontId="31" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="20" fontId="31" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="15" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="12" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="14" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="14" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="15" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="15" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...269 lines deleted...]
-    <xf numFmtId="20" fontId="31" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="28" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="31" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="28" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="14" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="14" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="12" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="12" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="12" fillId="12" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="20" fontId="13" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="11" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="11" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="11" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="11" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCCFF"/>
       <color rgb="FFFF66CC"/>
       <color rgb="FF00FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4934,20470 +5082,21400 @@
 
 <file path=xl/worksheets/_rels/sheet33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E168044C-4771-4830-8E3A-1680592EA9A4}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
       <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>110</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...10 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="141"/>
+      <c r="F3" s="140"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45866</v>
       </c>
-      <c r="B4" s="32"/>
-[...34 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...10 lines deleted...]
-      <c r="A8" s="62">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139"/>
+      <c r="D7" s="140"/>
+      <c r="E7" s="141"/>
+      <c r="F7" s="140"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45867</v>
       </c>
-      <c r="B8" s="39"/>
-[...34 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="31"/>
+      <c r="F9" s="106"/>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-[...16 lines deleted...]
-      <c r="A12" s="62">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="F11" s="140" t="s">
+        <v>117</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>122</v>
+      </c>
+      <c r="H11" s="26"/>
+      <c r="I11" s="28"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45868</v>
       </c>
-      <c r="B12" s="32"/>
-[...40 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="106" t="s">
+        <v>116</v>
+      </c>
+      <c r="F13" s="31" t="s">
+        <v>118</v>
+      </c>
+      <c r="G13" s="31" t="s">
+        <v>119</v>
+      </c>
+      <c r="H13" s="106"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-[...10 lines deleted...]
-      <c r="A16" s="62">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="141"/>
+      <c r="F15" s="140"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45869</v>
       </c>
-      <c r="B16" s="39"/>
-[...34 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-[...10 lines deleted...]
-      <c r="A20" s="62">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45870</v>
       </c>
-      <c r="B20" s="32"/>
-[...134 lines deleted...]
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="106"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="397"/>
+      <c r="F23" s="398"/>
+      <c r="G23" s="397"/>
+      <c r="H23" s="398"/>
+      <c r="I23" s="101"/>
+      <c r="J23" s="101"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="410"/>
+      <c r="H24" s="411"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="397"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="61"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="35"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="G17" sqref="G17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="10" width="15.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="15.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="25.5703125" customWidth="1"/>
+    <col min="8" max="8" width="19.42578125" customWidth="1"/>
+    <col min="9" max="10" width="15.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>80</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="151" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="152" t="s">
+      <c r="D3" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="152" t="s">
+      <c r="F3" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45922</v>
       </c>
-      <c r="B4" s="32"/>
-[...28 lines deleted...]
-      <c r="I5" s="242" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
+      <c r="F4" s="31"/>
+      <c r="G4" s="67"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="83"/>
+      <c r="D5" s="214" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="215" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="216" t="s">
+        <v>209</v>
+      </c>
+      <c r="G5" s="217" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="190" t="s">
+        <v>153</v>
+      </c>
+      <c r="I5" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="79"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="194"/>
+      <c r="H7" s="424" t="s">
+        <v>137</v>
+      </c>
+      <c r="I7" s="425"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45923</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="173"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="E9" s="198" t="s">
+        <v>163</v>
+      </c>
+      <c r="F9" s="190" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="83"/>
+      <c r="H9" s="422" t="s">
+        <v>138</v>
+      </c>
+      <c r="I9" s="423"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="79"/>
+      <c r="H10" s="121" t="s">
+        <v>23</v>
+      </c>
+      <c r="I10" s="121"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45924</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="86"/>
+      <c r="G12" s="165"/>
+      <c r="H12" s="154"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="83"/>
+      <c r="D13" s="219" t="s">
+        <v>211</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>212</v>
+      </c>
+      <c r="F13" s="220" t="s">
+        <v>213</v>
+      </c>
+      <c r="G13" s="190" t="s">
+        <v>153</v>
+      </c>
+      <c r="H13" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="I13" s="196" t="s">
+        <v>161</v>
+      </c>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="156"/>
+      <c r="G14" s="176"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45925</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="173"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="175"/>
+      <c r="H16" s="173"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="31"/>
+      <c r="K16" t="s">
         <v>185</v>
       </c>
-      <c r="J5" s="33"/>
-[...18 lines deleted...]
-      <c r="C7" s="151" t="s">
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="83"/>
+      <c r="D17" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="E17" s="196" t="s">
+        <v>164</v>
+      </c>
+      <c r="F17" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="198" t="s">
+        <v>163</v>
+      </c>
+      <c r="H17" s="191" t="s">
+        <v>154</v>
+      </c>
+      <c r="I17" s="196" t="s">
+        <v>161</v>
+      </c>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="79"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="78"/>
+      <c r="H18" s="79"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="152" t="s">
+      <c r="D19" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="153" t="s">
+      <c r="E19" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="152" t="s">
+      <c r="F19" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="240"/>
-      <c r="H7" s="441" t="s">
+      <c r="G19" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45926</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="83"/>
+      <c r="E20" s="83"/>
+      <c r="F20" s="173"/>
+      <c r="G20" s="174"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="154"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A21" s="38"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="196" t="s">
         <v>160</v>
       </c>
-      <c r="I7" s="442"/>
-[...28 lines deleted...]
-      <c r="H9" s="439" t="s">
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="220" t="s">
+        <v>216</v>
+      </c>
+      <c r="F21" s="220" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="H21" s="196" t="s">
         <v>161</v>
       </c>
-      <c r="I9" s="440"/>
-[...74 lines deleted...]
-      <c r="H13" s="242" t="s">
+      <c r="I21" s="88"/>
+      <c r="J21" s="43"/>
+      <c r="L21" s="66"/>
+    </row>
+    <row r="22" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="121"/>
+      <c r="F22" s="79"/>
+      <c r="G22" s="89"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="85"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A23" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="102" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="397" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="398"/>
+      <c r="H23" s="397" t="s">
+        <v>19</v>
+      </c>
+      <c r="I23" s="398"/>
+      <c r="J23" s="52"/>
+      <c r="L23" s="66"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45927</v>
+      </c>
+      <c r="B24" s="37"/>
+      <c r="C24" s="62"/>
+      <c r="D24" s="67"/>
+      <c r="E24" s="67"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="104"/>
+      <c r="H24" s="62"/>
+      <c r="I24" s="63"/>
+      <c r="J24" s="31"/>
+      <c r="K24" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="42"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="399" t="s">
+        <v>133</v>
+      </c>
+      <c r="D25" s="412"/>
+      <c r="E25" s="412"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="412"/>
+      <c r="H25" s="412"/>
+      <c r="I25" s="400"/>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="34"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="64"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="69"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="105"/>
+      <c r="H26" s="64"/>
+      <c r="I26" s="65"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="102" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" s="397" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="398"/>
+      <c r="H27" s="397" t="s">
+        <v>19</v>
+      </c>
+      <c r="I27" s="398"/>
+      <c r="J27" s="36"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45928</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="31"/>
+      <c r="D28" s="31"/>
+      <c r="E28" s="67"/>
+      <c r="F28" s="63"/>
+      <c r="G28" s="31"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="63"/>
+      <c r="J28" s="43"/>
+      <c r="K28" t="s">
         <v>185</v>
       </c>
-      <c r="I13" s="242" t="s">
-[...311 lines deleted...]
-      <c r="J30" s="47"/>
+    </row>
+    <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="32"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="399" t="s">
+        <v>133</v>
+      </c>
+      <c r="D29" s="412"/>
+      <c r="E29" s="412"/>
+      <c r="F29" s="412"/>
+      <c r="G29" s="412"/>
+      <c r="H29" s="412"/>
+      <c r="I29" s="400"/>
+      <c r="J29" s="43"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="34"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="35"/>
+      <c r="E30" s="69"/>
+      <c r="F30" s="65"/>
+      <c r="G30" s="35"/>
+      <c r="H30" s="64"/>
+      <c r="I30" s="65"/>
+      <c r="J30" s="44"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="C29:I29"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="F27:G27"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="C25:I25"/>
     <mergeCell ref="H7:I7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="17.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="3" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.85546875" customWidth="1"/>
+    <col min="5" max="5" width="20.85546875" customWidth="1"/>
+    <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="23.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>79</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="151" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="152" t="s">
+      <c r="D3" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="152" t="s">
+      <c r="F3" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45929</v>
       </c>
-      <c r="B4" s="32"/>
-[...49 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
+      <c r="F4" s="31"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="31"/>
+      <c r="D5" s="214" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="215" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="216" t="s">
+        <v>209</v>
+      </c>
+      <c r="G5" s="217" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="I5" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="116" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-      <c r="C7" s="151" t="s">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="152" t="s">
+      <c r="D7" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="153" t="s">
+      <c r="E7" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="152" t="s">
+      <c r="F7" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A8" s="31">
+      <c r="G7" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="29">
         <v>45930</v>
       </c>
-      <c r="B8" s="39"/>
-[...29 lines deleted...]
-      <c r="I9" s="33" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="31"/>
+      <c r="L8" s="66"/>
+    </row>
+    <row r="9" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="E9" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="191" t="s">
+        <v>154</v>
+      </c>
+      <c r="H9" s="196" t="s">
+        <v>161</v>
+      </c>
+      <c r="I9" s="31" t="s">
+        <v>162</v>
+      </c>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="35"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45931</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="86"/>
+      <c r="G12" s="154"/>
+      <c r="H12" s="174"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+      <c r="K12" t="s">
+        <v>82</v>
+      </c>
+      <c r="L12" s="66"/>
+    </row>
+    <row r="13" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="219" t="s">
+        <v>211</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>212</v>
+      </c>
+      <c r="F13" s="220" t="s">
+        <v>213</v>
+      </c>
+      <c r="G13" s="191" t="s">
+        <v>154</v>
+      </c>
+      <c r="H13" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="I13" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="116" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="156"/>
+      <c r="G14" s="79"/>
+      <c r="H14" s="89"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+      <c r="L14" s="66"/>
+      <c r="M14" s="66"/>
+    </row>
+    <row r="15" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="195"/>
+      <c r="H15" s="424" t="s">
+        <v>137</v>
+      </c>
+      <c r="I15" s="433"/>
+      <c r="J15" s="28"/>
+      <c r="L15" s="66"/>
+      <c r="M15" s="98"/>
+    </row>
+    <row r="16" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="29">
+        <v>45932</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="83"/>
+      <c r="H16" s="83"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="31"/>
+      <c r="K16" s="20"/>
+      <c r="L16" s="66"/>
+      <c r="M16" s="98"/>
+    </row>
+    <row r="17" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="E17" s="196" t="s">
+        <v>164</v>
+      </c>
+      <c r="F17" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="76"/>
+      <c r="H17" s="422" t="s">
+        <v>145</v>
+      </c>
+      <c r="I17" s="434"/>
+      <c r="J17" s="106"/>
+      <c r="K17" s="118"/>
+      <c r="L17" s="66"/>
+      <c r="M17" s="98"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="121" t="s">
+        <v>23</v>
+      </c>
+      <c r="H18" s="121"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+      <c r="L18" s="66"/>
+      <c r="M18" s="98"/>
+    </row>
+    <row r="19" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="36"/>
+      <c r="L19" s="66"/>
+      <c r="M19" s="66"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="29">
+        <v>45933</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="83"/>
+      <c r="E20" s="83"/>
+      <c r="F20" s="83"/>
+      <c r="G20" s="83"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+      <c r="L20" s="66"/>
+      <c r="M20" s="98"/>
+    </row>
+    <row r="21" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="196" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="220" t="s">
+        <v>216</v>
+      </c>
+      <c r="F21" s="220" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="196" t="s">
+        <v>161</v>
+      </c>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="276"/>
+    </row>
+    <row r="22" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="121"/>
+      <c r="F22" s="79"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="397" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="398"/>
+      <c r="G23" s="435" t="s">
+        <v>19</v>
+      </c>
+      <c r="H23" s="398"/>
+      <c r="I23" s="103"/>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45934</v>
+      </c>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="83"/>
+      <c r="E24" s="410" t="s">
+        <v>139</v>
+      </c>
+      <c r="F24" s="411"/>
+      <c r="G24" s="410" t="s">
+        <v>83</v>
+      </c>
+      <c r="H24" s="411"/>
+      <c r="I24" s="67"/>
+      <c r="J24" s="31"/>
+    </row>
+    <row r="25" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133" t="s">
+        <v>135</v>
+      </c>
+      <c r="D25" s="31" t="s">
+        <v>136</v>
+      </c>
+      <c r="E25" s="399"/>
+      <c r="F25" s="400"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="68"/>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="430"/>
+      <c r="F26" s="432"/>
+      <c r="G26" s="430"/>
+      <c r="H26" s="432"/>
+      <c r="I26" s="69"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="269" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="E27" s="221" t="s">
+        <v>262</v>
+      </c>
+      <c r="F27" s="49" t="s">
+        <v>263</v>
+      </c>
+      <c r="G27" s="49" t="s">
+        <v>202</v>
+      </c>
+      <c r="H27" s="436" t="s">
+        <v>260</v>
+      </c>
+      <c r="I27" s="436"/>
+      <c r="J27" s="398"/>
+    </row>
+    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45935</v>
+      </c>
+      <c r="B28" s="54"/>
+      <c r="C28" s="107"/>
+      <c r="D28" s="31"/>
+      <c r="E28" s="54"/>
+      <c r="F28" s="107"/>
+      <c r="G28" s="426" t="s">
+        <v>265</v>
+      </c>
+      <c r="H28" s="410" t="s">
+        <v>259</v>
+      </c>
+      <c r="I28" s="429"/>
+      <c r="J28" s="411"/>
+    </row>
+    <row r="29" spans="1:13" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="54"/>
+      <c r="C29" s="68" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="F29" s="152"/>
+      <c r="G29" s="427"/>
+      <c r="H29" s="399"/>
+      <c r="I29" s="412"/>
+      <c r="J29" s="400"/>
+      <c r="K29" t="s">
         <v>185</v>
       </c>
-      <c r="J9" s="33"/>
-[...410 lines deleted...]
-      <c r="J30" s="449"/>
+    </row>
+    <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="59"/>
+      <c r="C30" s="108"/>
+      <c r="D30" s="35"/>
+      <c r="E30" s="59"/>
+      <c r="F30" s="108"/>
+      <c r="G30" s="428"/>
+      <c r="H30" s="430"/>
+      <c r="I30" s="431"/>
+      <c r="J30" s="432"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="G28:G30"/>
     <mergeCell ref="H28:J30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="H27:J27"/>
     <mergeCell ref="E24:F26"/>
     <mergeCell ref="G24:H26"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="D9" sqref="D9:I9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="15.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="23.85546875" customWidth="1"/>
+    <col min="7" max="7" width="30.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="27.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="17.5703125" customWidth="1"/>
+    <col min="10" max="10" width="15.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>78</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="324" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="278" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="325" t="s">
+      <c r="F3" s="279" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="256" t="s">
+        <v>283</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45936</v>
       </c>
-      <c r="B4" s="32"/>
-[...30 lines deleted...]
-      <c r="I5" s="242" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="31"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="196" t="s">
+        <v>160</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="219" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="222" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="I5" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="116" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+      <c r="K6" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="278" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="279" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>283</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45937</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="220" t="s">
+        <v>209</v>
+      </c>
+      <c r="H9" s="198" t="s">
+        <v>163</v>
+      </c>
+      <c r="I9" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="J9" s="31"/>
+      <c r="K9" s="437" t="s">
+        <v>189</v>
+      </c>
+      <c r="L9" s="438"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="35"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="35"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="278" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="256" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
+        <v>283</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45938</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="86"/>
+      <c r="G12" s="154"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="83"/>
+      <c r="D13" s="219" t="s">
+        <v>211</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>212</v>
+      </c>
+      <c r="F13" s="220" t="s">
+        <v>213</v>
+      </c>
+      <c r="G13" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="H13" s="191" t="s">
+        <v>154</v>
+      </c>
+      <c r="I13" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="116"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="156"/>
+      <c r="G14" s="85"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="115"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225"/>
+      <c r="D15" s="226" t="s">
+        <v>290</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>289</v>
+      </c>
+      <c r="F15" s="256" t="s">
+        <v>288</v>
+      </c>
+      <c r="G15" s="424" t="s">
+        <v>150</v>
+      </c>
+      <c r="H15" s="433"/>
+      <c r="I15" s="433"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45939</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="442" t="s">
+        <v>146</v>
+      </c>
+      <c r="H16" s="443"/>
+      <c r="I16" s="443"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="83"/>
+      <c r="D17" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="E17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="444"/>
+      <c r="H17" s="445"/>
+      <c r="I17" s="445"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="446"/>
+      <c r="H18" s="447"/>
+      <c r="I18" s="447"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="256" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="256" t="s">
+        <v>283</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="256"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45940</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="83"/>
+      <c r="E20" s="83"/>
+      <c r="F20" s="83"/>
+      <c r="G20" s="83"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+      <c r="K20" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="196" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>209</v>
+      </c>
+      <c r="F21" s="290" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="193" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="I21" s="31" t="s">
+        <v>161</v>
+      </c>
+      <c r="J21" s="43"/>
+      <c r="K21" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="121"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" s="27"/>
+      <c r="E23" s="440" t="s">
+        <v>218</v>
+      </c>
+      <c r="F23" s="441"/>
+      <c r="G23" s="287" t="s">
+        <v>196</v>
+      </c>
+      <c r="H23" s="397" t="s">
+        <v>159</v>
+      </c>
+      <c r="I23" s="398"/>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="29">
+        <v>45941</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="269"/>
+      <c r="D24" s="270"/>
+      <c r="E24" s="410" t="s">
+        <v>219</v>
+      </c>
+      <c r="F24" s="411"/>
+      <c r="G24" s="174"/>
+      <c r="H24" s="410" t="s">
+        <v>140</v>
+      </c>
+      <c r="I24" s="429"/>
+      <c r="J24" s="31"/>
+      <c r="K24" t="s">
+        <v>84</v>
+      </c>
+      <c r="L24" s="66"/>
+      <c r="M24" s="66"/>
+    </row>
+    <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="106" t="s">
+        <v>135</v>
+      </c>
+      <c r="D25" s="54"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="400"/>
+      <c r="G25" s="83" t="s">
+        <v>197</v>
+      </c>
+      <c r="H25" s="399"/>
+      <c r="I25" s="412"/>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="126"/>
+      <c r="D26" s="156"/>
+      <c r="E26" s="430"/>
+      <c r="F26" s="432"/>
+      <c r="G26" s="89"/>
+      <c r="H26" s="430"/>
+      <c r="I26" s="431"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="289" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="227" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="282" t="s">
+        <v>228</v>
+      </c>
+      <c r="F27" s="282" t="s">
+        <v>226</v>
+      </c>
+      <c r="G27" s="256" t="s">
+        <v>220</v>
+      </c>
+      <c r="H27" s="417" t="s">
+        <v>201</v>
+      </c>
+      <c r="I27" s="439"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="29">
+        <v>45942</v>
+      </c>
+      <c r="B28" s="54"/>
+      <c r="C28" s="107"/>
+      <c r="D28" s="104"/>
+      <c r="E28" s="426" t="s">
+        <v>243</v>
+      </c>
+      <c r="F28" s="426" t="s">
+        <v>258</v>
+      </c>
+      <c r="G28" s="426" t="s">
+        <v>224</v>
+      </c>
+      <c r="H28" s="410" t="s">
+        <v>203</v>
+      </c>
+      <c r="I28" s="411"/>
+      <c r="J28" s="43"/>
+      <c r="K28" t="s">
         <v>185</v>
       </c>
-      <c r="J5" s="33"/>
-[...77 lines deleted...]
-      <c r="H9" s="244" t="s">
+      <c r="L28" s="66"/>
+    </row>
+    <row r="29" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="54"/>
+      <c r="C29" s="68" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" s="427"/>
+      <c r="F29" s="427"/>
+      <c r="G29" s="427"/>
+      <c r="H29" s="399"/>
+      <c r="I29" s="400"/>
+      <c r="J29" s="61"/>
+      <c r="K29" t="s">
         <v>186</v>
       </c>
-      <c r="I9" s="242" t="s">
-[...437 lines deleted...]
-      <c r="M36" s="102"/>
+    </row>
+    <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="51"/>
+      <c r="B30" s="59"/>
+      <c r="C30" s="108"/>
+      <c r="D30" s="105"/>
+      <c r="E30" s="428"/>
+      <c r="F30" s="428"/>
+      <c r="G30" s="428"/>
+      <c r="H30" s="430"/>
+      <c r="I30" s="432"/>
+      <c r="J30" s="44"/>
+      <c r="L30" s="66"/>
+      <c r="M30" s="66"/>
+    </row>
+    <row r="31" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="L31" s="66"/>
+      <c r="M31" s="98"/>
+    </row>
+    <row r="32" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="L32" s="66"/>
+      <c r="M32" s="98"/>
+    </row>
+    <row r="33" spans="12:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="L33" s="66"/>
+      <c r="M33" s="98"/>
+    </row>
+    <row r="34" spans="12:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="L34" s="66"/>
+      <c r="M34" s="98"/>
+    </row>
+    <row r="35" spans="12:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="L35" s="66"/>
+      <c r="M35" s="66"/>
+    </row>
+    <row r="36" spans="12:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="L36" s="66"/>
+      <c r="M36" s="98"/>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="E28:E30"/>
-[...4 lines deleted...]
-    <mergeCell ref="E24:F26"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G15:I15"/>
     <mergeCell ref="G16:I18"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="G28:G30"/>
+    <mergeCell ref="F28:F30"/>
+    <mergeCell ref="H28:I30"/>
+    <mergeCell ref="H24:I26"/>
+    <mergeCell ref="E24:F26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="K35" sqref="K35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="19.5546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="3" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.140625" customWidth="1"/>
+    <col min="6" max="6" width="20.42578125" customWidth="1"/>
+    <col min="7" max="7" width="19.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="19" customWidth="1"/>
-    <col min="9" max="9" width="22.109375" customWidth="1"/>
-    <col min="10" max="10" width="15.109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="22.140625" customWidth="1"/>
+    <col min="10" max="10" width="15.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C1" s="419" t="s">
+        <v>273</v>
+      </c>
+      <c r="D1" s="419"/>
+      <c r="E1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="224" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="E2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="178" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="101"/>
-      <c r="C3" s="324" t="s">
+      <c r="B3" s="97"/>
+      <c r="C3" s="278" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="325" t="s">
+      <c r="F3" s="279" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="225">
+      <c r="G3" s="256" t="s">
+        <v>283</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="179">
         <v>45943</v>
       </c>
-      <c r="B4" s="326"/>
-[...7 lines deleted...]
-      <c r="J4" s="33"/>
+      <c r="B4" s="280"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="271"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
       <c r="K4" t="s">
-        <v>310</v>
-[...39 lines deleted...]
-      <c r="J6" s="37"/>
+        <v>285</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="180"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="83"/>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="57" t="s">
+        <v>274</v>
+      </c>
+      <c r="I5" s="196" t="s">
+        <v>275</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="116" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="181"/>
+      <c r="B6" s="39"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="35"/>
       <c r="K6" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      <c r="A7" s="224" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="178" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="101"/>
-      <c r="C7" s="324" t="s">
+      <c r="B7" s="97"/>
+      <c r="C7" s="278" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="325" t="s">
+      <c r="F7" s="279" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A8" s="225">
+      <c r="G7" s="256" t="s">
+        <v>283</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="277"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="179">
         <v>45944</v>
       </c>
-      <c r="B8" s="326"/>
-[...13 lines deleted...]
-      <c r="D9" s="242" t="s">
+      <c r="B8" s="280"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="86"/>
+      <c r="F8" s="154"/>
+      <c r="G8" s="283"/>
+      <c r="H8" s="86"/>
+      <c r="I8" s="154"/>
+      <c r="J8" s="106"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="182"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="E9" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="F9" s="220" t="s">
+        <v>209</v>
+      </c>
+      <c r="G9" s="196" t="s">
+        <v>172</v>
+      </c>
+      <c r="H9" s="196" t="s">
+        <v>275</v>
+      </c>
+      <c r="I9" s="57" t="s">
+        <v>274</v>
+      </c>
+      <c r="J9" s="106"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="181"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="156"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="156"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="108"/>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="178" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="97"/>
+      <c r="C11" s="278" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="279" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="452" t="s">
+        <v>276</v>
+      </c>
+      <c r="H11" s="453"/>
+      <c r="I11" s="454"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="179">
+        <v>45945</v>
+      </c>
+      <c r="B12" s="280"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="275"/>
+      <c r="G12" s="455" t="s">
+        <v>198</v>
+      </c>
+      <c r="H12" s="456"/>
+      <c r="I12" s="457"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="118"/>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="183"/>
+      <c r="B13" s="284"/>
+      <c r="C13" s="83"/>
+      <c r="D13" s="219" t="s">
+        <v>211</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>212</v>
+      </c>
+      <c r="F13" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G13" s="458"/>
+      <c r="H13" s="459"/>
+      <c r="I13" s="460"/>
+      <c r="J13" s="31"/>
+      <c r="K13" s="118"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="181"/>
+      <c r="B14" s="39"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="156"/>
+      <c r="G14" s="461"/>
+      <c r="H14" s="462"/>
+      <c r="I14" s="463"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="178" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="97"/>
+      <c r="C15" s="278" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="282" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="256" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="52"/>
+      <c r="L15" s="70"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="179">
+        <v>45946</v>
+      </c>
+      <c r="B16" s="280"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="275"/>
+      <c r="F16" s="273"/>
+      <c r="G16" s="154"/>
+      <c r="H16" s="154"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="31"/>
+      <c r="K16" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="180"/>
+      <c r="B17" s="33"/>
+      <c r="C17" s="83"/>
+      <c r="D17" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="E17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="219" t="s">
+        <v>213</v>
+      </c>
+      <c r="G17" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="H17" s="196" t="s">
+        <v>119</v>
+      </c>
+      <c r="I17" s="57" t="s">
+        <v>274</v>
+      </c>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="181"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="156"/>
+      <c r="F18" s="85"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="178" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="97"/>
+      <c r="C19" s="278" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="227" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="397" t="s">
+        <v>277</v>
+      </c>
+      <c r="G19" s="436"/>
+      <c r="H19" s="436"/>
+      <c r="I19" s="398"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="179">
+        <v>45947</v>
+      </c>
+      <c r="B20" s="280"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="275"/>
+      <c r="F20" s="455" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" s="456"/>
+      <c r="H20" s="456"/>
+      <c r="I20" s="457"/>
+      <c r="J20" s="43"/>
+      <c r="K20" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="180"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="196" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>278</v>
+      </c>
+      <c r="E21" s="220" t="s">
+        <v>213</v>
+      </c>
+      <c r="F21" s="458"/>
+      <c r="G21" s="459"/>
+      <c r="H21" s="459"/>
+      <c r="I21" s="460"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="181"/>
+      <c r="B22" s="39"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="196" t="s">
+        <v>179</v>
+      </c>
+      <c r="E22" s="156"/>
+      <c r="F22" s="461"/>
+      <c r="G22" s="462"/>
+      <c r="H22" s="462"/>
+      <c r="I22" s="463"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="180" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="45"/>
+      <c r="C23" s="464" t="s">
+        <v>222</v>
+      </c>
+      <c r="D23" s="465"/>
+      <c r="E23" s="440" t="s">
+        <v>279</v>
+      </c>
+      <c r="F23" s="441"/>
+      <c r="G23" s="466" t="s">
+        <v>280</v>
+      </c>
+      <c r="H23" s="467"/>
+      <c r="I23" s="285" t="s">
+        <v>47</v>
+      </c>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
+        <v>45948</v>
+      </c>
+      <c r="B24" s="58"/>
+      <c r="C24" s="410" t="s">
+        <v>223</v>
+      </c>
+      <c r="D24" s="411"/>
+      <c r="E24" s="410" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" s="411"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="174"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="31"/>
+      <c r="K24" s="437"/>
+      <c r="L24" s="438"/>
+    </row>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="42"/>
+      <c r="B25" s="42"/>
+      <c r="C25" s="399"/>
+      <c r="D25" s="400"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="400"/>
+      <c r="G25" s="422" t="s">
+        <v>87</v>
+      </c>
+      <c r="H25" s="423"/>
+      <c r="I25" s="196" t="s">
+        <v>275</v>
+      </c>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="34"/>
+      <c r="B26" s="34"/>
+      <c r="C26" s="430"/>
+      <c r="D26" s="432"/>
+      <c r="E26" s="430"/>
+      <c r="F26" s="432"/>
+      <c r="G26" s="60"/>
+      <c r="H26" s="65"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="180" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="33"/>
+      <c r="C27" s="286" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="282" t="s">
+        <v>34</v>
+      </c>
+      <c r="E27" s="448" t="s">
+        <v>35</v>
+      </c>
+      <c r="F27" s="449"/>
+      <c r="G27" s="450" t="s">
+        <v>196</v>
+      </c>
+      <c r="H27" s="451"/>
+      <c r="I27" s="417" t="s">
+        <v>281</v>
+      </c>
+      <c r="J27" s="418"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
+        <v>45949</v>
+      </c>
+      <c r="B28" s="58"/>
+      <c r="C28" s="426" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="E28" s="410" t="s">
+        <v>221</v>
+      </c>
+      <c r="F28" s="411"/>
+      <c r="G28" s="165"/>
+      <c r="H28" s="174"/>
+      <c r="I28" s="410" t="s">
+        <v>147</v>
+      </c>
+      <c r="J28" s="411"/>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="42"/>
+      <c r="B29" s="42"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="427"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="422" t="s">
         <v>204</v>
       </c>
-      <c r="E9" s="242" t="s">
-[...383 lines deleted...]
-      <c r="J29" s="417"/>
+      <c r="H29" s="423"/>
+      <c r="I29" s="399"/>
+      <c r="J29" s="400"/>
       <c r="K29" t="s">
-        <v>216</v>
-[...12 lines deleted...]
-      <c r="J30" s="449"/>
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="34"/>
+      <c r="B30" s="34"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="428"/>
+      <c r="E30" s="430"/>
+      <c r="F30" s="432"/>
+      <c r="G30" s="60"/>
+      <c r="H30" s="65"/>
+      <c r="I30" s="430"/>
+      <c r="J30" s="432"/>
     </row>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="K24:L24"/>
-[...8 lines deleted...]
-    <mergeCell ref="F19:I19"/>
     <mergeCell ref="C28:C30"/>
     <mergeCell ref="F20:I22"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="C24:D26"/>
     <mergeCell ref="E24:F26"/>
     <mergeCell ref="D28:D30"/>
     <mergeCell ref="E28:F30"/>
     <mergeCell ref="I28:J30"/>
     <mergeCell ref="G29:H29"/>
+    <mergeCell ref="C1:E2"/>
+    <mergeCell ref="F1:I2"/>
+    <mergeCell ref="G11:I11"/>
+    <mergeCell ref="G12:I14"/>
+    <mergeCell ref="F19:I19"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="I27:J27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:R30"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="K16" sqref="K16"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E28" sqref="E28:E30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="34.33203125" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" customWidth="1"/>
+    <col min="3" max="3" width="19.5703125" customWidth="1"/>
+    <col min="4" max="4" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.42578125" customWidth="1"/>
+    <col min="6" max="6" width="27.85546875" customWidth="1"/>
+    <col min="7" max="7" width="34.28515625" customWidth="1"/>
     <col min="8" max="8" width="20" customWidth="1"/>
-    <col min="9" max="9" width="22.88671875" customWidth="1"/>
-    <col min="10" max="10" width="15.5546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="22.85546875" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>77</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...14 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+      <c r="K3" s="315" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45950</v>
       </c>
-      <c r="B4" s="32"/>
-[...36 lines deleted...]
-        <v>427</v>
+      <c r="B4" s="30"/>
+      <c r="C4" s="83"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="295"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="314"/>
+    </row>
+    <row r="5" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="219" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="314" t="s">
+        <v>301</v>
       </c>
       <c r="Q5" s="13"/>
       <c r="R5" s="13"/>
     </row>
-    <row r="6" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="J6" s="37"/>
+    <row r="6" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="85"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="35"/>
       <c r="K6" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
         <v>323</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="J7" s="277"/>
+    </row>
+    <row r="8" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45951</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="274"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="154"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="296"/>
+      <c r="E9" s="296"/>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="219" t="s">
+        <v>209</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="31"/>
+      <c r="K9" s="315" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="31"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E11" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F11" s="470" t="s">
+        <v>324</v>
+      </c>
+      <c r="G11" s="471"/>
+      <c r="H11" s="471"/>
+      <c r="I11" s="472"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45952</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="275"/>
+      <c r="F12" s="455" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" s="456"/>
+      <c r="H12" s="456"/>
+      <c r="I12" s="457"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>212</v>
+      </c>
+      <c r="F13" s="458"/>
+      <c r="G13" s="459"/>
+      <c r="H13" s="459"/>
+      <c r="I13" s="460"/>
+      <c r="J13" s="31"/>
+      <c r="K13" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="156"/>
+      <c r="F14" s="461"/>
+      <c r="G14" s="462"/>
+      <c r="H14" s="462"/>
+      <c r="I14" s="463"/>
+      <c r="J14" s="35"/>
+      <c r="L14" s="99"/>
+    </row>
+    <row r="15" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...70 lines deleted...]
-      <c r="C11" s="271" t="s">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="29">
+        <v>45953</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="273"/>
+      <c r="E16" s="274"/>
+      <c r="F16" s="275"/>
+      <c r="G16" s="154"/>
+      <c r="H16" s="83"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="31"/>
+      <c r="L16" s="66"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="83"/>
+      <c r="D17" s="222" t="s">
+        <v>278</v>
+      </c>
+      <c r="E17" s="219" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="222" t="s">
+        <v>213</v>
+      </c>
+      <c r="G17" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="156"/>
+      <c r="E18" s="85"/>
+      <c r="F18" s="156"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="121"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
-[...71 lines deleted...]
-      <c r="E15" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="302" t="s">
-[...90 lines deleted...]
-      <c r="A20" s="31">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
         <v>45954</v>
       </c>
-      <c r="B20" s="32"/>
-[...7 lines deleted...]
-      <c r="J20" s="46"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="274"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="154"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="43"/>
       <c r="K20" t="s">
-        <v>328</v>
-[...31 lines deleted...]
-      <c r="D22" s="269" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>294</v>
+      </c>
+      <c r="F21" s="222" t="s">
+        <v>210</v>
+      </c>
+      <c r="G21" s="296" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="123"/>
+      <c r="K21" s="118"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="299"/>
+      <c r="G22" s="308"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="468" t="s">
+        <v>384</v>
+      </c>
+      <c r="D23" s="469"/>
+      <c r="E23" s="440" t="s">
+        <v>385</v>
+      </c>
+      <c r="F23" s="441"/>
+      <c r="G23" s="287" t="s">
+        <v>386</v>
+      </c>
+      <c r="H23" s="417" t="s">
+        <v>387</v>
+      </c>
+      <c r="I23" s="418"/>
+      <c r="J23" s="103"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45955</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="410" t="s">
+        <v>230</v>
+      </c>
+      <c r="D24" s="411"/>
+      <c r="E24" s="410" t="s">
+        <v>266</v>
+      </c>
+      <c r="F24" s="411"/>
+      <c r="G24" s="173"/>
+      <c r="H24" s="410" t="s">
+        <v>141</v>
+      </c>
+      <c r="I24" s="411"/>
+      <c r="J24" s="31"/>
+    </row>
+    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="399"/>
+      <c r="D25" s="400"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="400"/>
+      <c r="G25" s="57" t="s">
+        <v>199</v>
+      </c>
+      <c r="H25" s="399"/>
+      <c r="I25" s="400"/>
+      <c r="J25" s="31"/>
+      <c r="K25" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="430"/>
+      <c r="D26" s="432"/>
+      <c r="E26" s="430"/>
+      <c r="F26" s="432"/>
+      <c r="G26" s="69"/>
+      <c r="H26" s="430"/>
+      <c r="I26" s="432"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="300" t="s">
+        <v>388</v>
+      </c>
+      <c r="D27" s="57" t="s">
+        <v>389</v>
+      </c>
+      <c r="E27" s="292" t="s">
+        <v>373</v>
+      </c>
+      <c r="F27" s="292" t="s">
+        <v>390</v>
+      </c>
+      <c r="G27" s="301" t="s">
+        <v>391</v>
+      </c>
+      <c r="H27" s="413" t="s">
+        <v>392</v>
+      </c>
+      <c r="I27" s="414"/>
+      <c r="J27" s="103"/>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45956</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="426" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="E28" s="426" t="s">
+        <v>229</v>
+      </c>
+      <c r="F28" s="426" t="s">
+        <v>227</v>
+      </c>
+      <c r="G28" s="426" t="s">
+        <v>225</v>
+      </c>
+      <c r="H28" s="410" t="s">
         <v>205</v>
       </c>
-      <c r="E22" s="282"/>
-[...127 lines deleted...]
-      <c r="J28" s="67"/>
+      <c r="I28" s="411"/>
+      <c r="J28" s="63"/>
       <c r="K28" t="s">
-        <v>217</v>
-[...12 lines deleted...]
-      <c r="J29" s="65"/>
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="427"/>
+      <c r="E29" s="427"/>
+      <c r="F29" s="427"/>
+      <c r="G29" s="427"/>
+      <c r="H29" s="399"/>
+      <c r="I29" s="400"/>
+      <c r="J29" s="61"/>
       <c r="K29" t="s">
-        <v>112</v>
-[...12 lines deleted...]
-      <c r="J30" s="69"/>
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="428"/>
+      <c r="E30" s="428"/>
+      <c r="F30" s="428"/>
+      <c r="G30" s="428"/>
+      <c r="H30" s="430"/>
+      <c r="I30" s="432"/>
+      <c r="J30" s="65"/>
       <c r="K30" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="G28:G30"/>
+    <mergeCell ref="H28:I30"/>
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="C28:C30"/>
+    <mergeCell ref="C24:D26"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="F28:F30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="H24:I26"/>
     <mergeCell ref="E24:F26"/>
     <mergeCell ref="F11:I11"/>
     <mergeCell ref="F12:I14"/>
-    <mergeCell ref="G28:G30"/>
-[...5 lines deleted...]
-    <mergeCell ref="F28:F30"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="K13" sqref="K13"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D29" sqref="D29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="28.5546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="6.85546875" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
-    <col min="6" max="6" width="26.44140625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12" max="12" width="11.44140625" customWidth="1"/>
+    <col min="6" max="6" width="26.42578125" customWidth="1"/>
+    <col min="7" max="7" width="30.42578125" customWidth="1"/>
+    <col min="8" max="8" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="21.140625" customWidth="1"/>
+    <col min="10" max="10" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>76</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...14 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="27" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+      <c r="L2" s="55"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45957</v>
       </c>
-      <c r="B4" s="32"/>
-[...29 lines deleted...]
-      <c r="H5" s="343" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="295"/>
+      <c r="H4" s="302"/>
+      <c r="I4" s="303"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="314" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="296" t="s">
+        <v>119</v>
+      </c>
+      <c r="I5" s="83"/>
+      <c r="J5" s="31"/>
+      <c r="K5" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="277"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45958</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="304"/>
+      <c r="E8" s="304"/>
+      <c r="F8" s="304"/>
+      <c r="G8" s="305"/>
+      <c r="H8" s="306"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="437" t="s">
+        <v>189</v>
+      </c>
+      <c r="L8" s="479"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="D9" s="296" t="s">
+        <v>315</v>
+      </c>
+      <c r="E9" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="I9" s="83"/>
+      <c r="J9" s="109"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="79"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="126"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="452" t="s">
+        <v>339</v>
+      </c>
+      <c r="H11" s="453"/>
+      <c r="I11" s="454"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45959</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="455" t="s">
+        <v>311</v>
+      </c>
+      <c r="H12" s="456"/>
+      <c r="I12" s="457"/>
+      <c r="J12" s="41"/>
+      <c r="K12" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="458"/>
+      <c r="H13" s="459"/>
+      <c r="I13" s="460"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="461"/>
+      <c r="H14" s="462"/>
+      <c r="I14" s="463"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="483" t="s">
+        <v>366</v>
+      </c>
+      <c r="D15" s="484"/>
+      <c r="E15" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="52"/>
+      <c r="K15" t="s">
+        <v>401</v>
+      </c>
+      <c r="L15" s="66"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45960</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="473" t="s">
+        <v>367</v>
+      </c>
+      <c r="D16" s="474"/>
+      <c r="E16" s="274"/>
+      <c r="F16" s="307"/>
+      <c r="G16" s="306"/>
+      <c r="H16" s="303"/>
+      <c r="I16" s="303"/>
+      <c r="J16" s="31"/>
+      <c r="K16" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="475"/>
+      <c r="D17" s="476"/>
+      <c r="E17" s="323" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="296" t="s">
+        <v>316</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="I17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J17" s="31"/>
+      <c r="K17" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="477"/>
+      <c r="D18" s="478"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="483" t="s">
+        <v>366</v>
+      </c>
+      <c r="D19" s="484"/>
+      <c r="E19" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+      <c r="K19" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45961</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="473" t="s">
+        <v>367</v>
+      </c>
+      <c r="D20" s="474"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="306"/>
+      <c r="I20" s="304"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="475"/>
+      <c r="D21" s="476"/>
+      <c r="E21" s="196" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>119</v>
+      </c>
+      <c r="I21" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="477"/>
+      <c r="D22" s="478"/>
+      <c r="E22" s="31"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="163"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="227" t="s">
+        <v>326</v>
+      </c>
+      <c r="E23" s="440" t="s">
+        <v>327</v>
+      </c>
+      <c r="F23" s="441"/>
+      <c r="G23" s="417" t="s">
+        <v>328</v>
+      </c>
+      <c r="H23" s="439"/>
+      <c r="I23" s="418"/>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45962</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="304"/>
+      <c r="E24" s="442" t="s">
         <v>142</v>
       </c>
-      <c r="I5" s="87"/>
-[...135 lines deleted...]
-      <c r="G12" s="465" t="s">
+      <c r="F24" s="480"/>
+      <c r="G24" s="455" t="s">
+        <v>148</v>
+      </c>
+      <c r="H24" s="456"/>
+      <c r="I24" s="457"/>
+      <c r="J24" s="31"/>
+    </row>
+    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="E25" s="444"/>
+      <c r="F25" s="481"/>
+      <c r="G25" s="458"/>
+      <c r="H25" s="459"/>
+      <c r="I25" s="460"/>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="121"/>
+      <c r="E26" s="446"/>
+      <c r="F26" s="482"/>
+      <c r="G26" s="461"/>
+      <c r="H26" s="462"/>
+      <c r="I26" s="463"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
         <v>334</v>
       </c>
-      <c r="H12" s="466"/>
-[...232 lines deleted...]
-      <c r="E24" s="459" t="s">
+      <c r="D27" s="227" t="s">
+        <v>333</v>
+      </c>
+      <c r="E27" s="310" t="s">
+        <v>332</v>
+      </c>
+      <c r="F27" s="256" t="s">
+        <v>331</v>
+      </c>
+      <c r="G27" s="282" t="s">
+        <v>330</v>
+      </c>
+      <c r="H27" s="417" t="s">
+        <v>329</v>
+      </c>
+      <c r="I27" s="418"/>
+      <c r="J27" s="103"/>
+      <c r="K27" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45963</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="426" t="s">
         <v>165</v>
       </c>
-      <c r="F24" s="491"/>
-[...110 lines deleted...]
-      <c r="J30" s="73"/>
+      <c r="D28" s="304"/>
+      <c r="E28" s="304"/>
+      <c r="F28" s="304"/>
+      <c r="G28" s="426" t="s">
+        <v>206</v>
+      </c>
+      <c r="H28" s="443" t="s">
+        <v>319</v>
+      </c>
+      <c r="I28" s="443"/>
+      <c r="J28" s="67"/>
+    </row>
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="296"/>
+      <c r="E29" s="296"/>
+      <c r="F29" s="296"/>
+      <c r="G29" s="427"/>
+      <c r="H29" s="445"/>
+      <c r="I29" s="445"/>
+      <c r="J29" s="68"/>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="121"/>
+      <c r="E30" s="121"/>
+      <c r="F30" s="121"/>
+      <c r="G30" s="428"/>
+      <c r="H30" s="447"/>
+      <c r="I30" s="447"/>
+      <c r="J30" s="69"/>
     </row>
   </sheetData>
   <mergeCells count="18">
-    <mergeCell ref="H28:I30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="G24:I26"/>
-    <mergeCell ref="C28:C30"/>
-    <mergeCell ref="G28:G30"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="G12:I14"/>
-    <mergeCell ref="K9:L9"/>
     <mergeCell ref="E24:F26"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C16:D18"/>
     <mergeCell ref="C20:D22"/>
+    <mergeCell ref="K8:L8"/>
+    <mergeCell ref="H28:I30"/>
+    <mergeCell ref="C28:C30"/>
+    <mergeCell ref="G28:G30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="M6" sqref="M6"/>
+    <sheetView zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
+      <selection activeCell="D28" sqref="D28:D30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="2" width="6" customWidth="1"/>
-    <col min="3" max="3" width="23.5546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="25.5546875" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" customWidth="1"/>
+    <col min="4" max="4" width="24.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.5703125" customWidth="1"/>
+    <col min="6" max="6" width="28.7109375" customWidth="1"/>
+    <col min="7" max="7" width="23.42578125" customWidth="1"/>
+    <col min="8" max="8" width="25.5703125" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>75</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="272" t="s">
+      <c r="E3" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="272" t="s">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+      <c r="K3" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
+        <v>45964</v>
+      </c>
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="295"/>
+      <c r="H4" s="302"/>
+      <c r="I4" s="303"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="343"/>
+      <c r="L4" s="343"/>
+    </row>
+    <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="343" t="s">
+        <v>413</v>
+      </c>
+      <c r="L5" s="343"/>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+      <c r="K6" s="343"/>
+      <c r="L6" s="343"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="36"/>
+      <c r="K7" s="343"/>
+      <c r="L7" s="343"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45965</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="271"/>
+      <c r="E8" s="272"/>
+      <c r="F8" s="295"/>
+      <c r="G8" s="295"/>
+      <c r="H8" s="302"/>
+      <c r="I8" s="303"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="343" t="s">
+        <v>414</v>
+      </c>
+      <c r="L8" s="343"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="E9" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="303"/>
+      <c r="J9" s="31"/>
+      <c r="K9" s="343"/>
+      <c r="L9" s="343"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="79"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="343"/>
+      <c r="L10" s="343"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="52"/>
+      <c r="K11" s="343"/>
+      <c r="L11" s="343"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45966</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="271"/>
+      <c r="E12" s="272"/>
+      <c r="F12" s="295"/>
+      <c r="G12" s="295"/>
+      <c r="H12" s="302"/>
+      <c r="I12" s="303"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343"/>
+      <c r="L12" s="343"/>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L13" s="343"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="343"/>
+      <c r="L14" s="343"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F15" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="52"/>
+      <c r="K15" s="343"/>
+      <c r="L15" s="343"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45967</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="271"/>
+      <c r="E16" s="272"/>
+      <c r="F16" s="295"/>
+      <c r="G16" s="295"/>
+      <c r="H16" s="302"/>
+      <c r="I16" s="303"/>
+      <c r="J16" s="31"/>
+      <c r="K16" s="343" t="s">
+        <v>310</v>
+      </c>
+      <c r="L16" s="343"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D17" s="196" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="F17" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="323" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I17" s="35"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="343" t="s">
+        <v>412</v>
+      </c>
+      <c r="L17" s="343"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+      <c r="K18" s="343"/>
+      <c r="L18" s="343"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F19" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+      <c r="K19" s="343"/>
+      <c r="L19" s="343"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45968</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="271"/>
+      <c r="E20" s="272"/>
+      <c r="F20" s="295"/>
+      <c r="G20" s="295"/>
+      <c r="H20" s="302"/>
+      <c r="I20" s="303"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="343"/>
+      <c r="L20" s="343"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="196" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="43"/>
+      <c r="K21" s="343"/>
+      <c r="L21" s="343"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="163"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="343"/>
+      <c r="L22" s="343"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E23" s="256" t="s">
+        <v>346</v>
+      </c>
+      <c r="F23" s="440" t="s">
+        <v>347</v>
+      </c>
+      <c r="G23" s="441"/>
+      <c r="H23" s="417" t="s">
+        <v>348</v>
+      </c>
+      <c r="I23" s="418"/>
+      <c r="J23" s="52"/>
+      <c r="K23" s="343"/>
+      <c r="L23" s="343"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45969</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="426" t="s">
+        <v>233</v>
+      </c>
+      <c r="E24" s="426" t="s">
+        <v>232</v>
+      </c>
+      <c r="F24" s="410" t="s">
+        <v>231</v>
+      </c>
+      <c r="G24" s="411"/>
+      <c r="H24" s="410" t="s">
+        <v>200</v>
+      </c>
+      <c r="I24" s="411"/>
+      <c r="J24" s="31"/>
+      <c r="K24" s="486" t="s">
+        <v>189</v>
+      </c>
+      <c r="L24" s="487"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="427"/>
+      <c r="E25" s="427"/>
+      <c r="F25" s="399"/>
+      <c r="G25" s="400"/>
+      <c r="H25" s="399"/>
+      <c r="I25" s="400"/>
+      <c r="J25" s="31"/>
+      <c r="K25" s="343" t="s">
+        <v>91</v>
+      </c>
+      <c r="L25" s="343"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="428"/>
+      <c r="E26" s="428"/>
+      <c r="F26" s="430"/>
+      <c r="G26" s="432"/>
+      <c r="H26" s="430"/>
+      <c r="I26" s="432"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="343"/>
+      <c r="L26" s="343"/>
+    </row>
+    <row r="27" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E27" s="256" t="s">
+        <v>344</v>
+      </c>
+      <c r="F27" s="319" t="s">
         <v>343</v>
       </c>
-      <c r="I3" s="302" t="s">
-[...536 lines deleted...]
-      <c r="A28" s="31">
+      <c r="G27" s="464" t="s">
+        <v>393</v>
+      </c>
+      <c r="H27" s="485"/>
+      <c r="I27" s="465"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="343"/>
+      <c r="L27" s="343"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
         <v>45970</v>
       </c>
-      <c r="B28" s="33"/>
-[...51 lines deleted...]
-      <c r="L30" s="395"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="426" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" s="426" t="s">
+        <v>234</v>
+      </c>
+      <c r="E28" s="426" t="s">
+        <v>235</v>
+      </c>
+      <c r="F28" s="426" t="s">
+        <v>267</v>
+      </c>
+      <c r="G28" s="442" t="s">
+        <v>309</v>
+      </c>
+      <c r="H28" s="443"/>
+      <c r="I28" s="480"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="343" t="s">
+        <v>193</v>
+      </c>
+      <c r="L28" s="343"/>
+    </row>
+    <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="427"/>
+      <c r="E29" s="427"/>
+      <c r="F29" s="427"/>
+      <c r="G29" s="444"/>
+      <c r="H29" s="445"/>
+      <c r="I29" s="481"/>
+      <c r="J29" s="43"/>
+      <c r="K29" s="343" t="s">
+        <v>92</v>
+      </c>
+      <c r="L29" s="343"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="428"/>
+      <c r="E30" s="428"/>
+      <c r="F30" s="428"/>
+      <c r="G30" s="446"/>
+      <c r="H30" s="447"/>
+      <c r="I30" s="482"/>
+      <c r="J30" s="44"/>
+      <c r="K30" s="343"/>
+      <c r="L30" s="343"/>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="G27:I27"/>
     <mergeCell ref="G28:I30"/>
     <mergeCell ref="F24:G26"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H24:I26"/>
     <mergeCell ref="E24:E26"/>
     <mergeCell ref="D24:D26"/>
     <mergeCell ref="D28:D30"/>
     <mergeCell ref="E28:E30"/>
     <mergeCell ref="F28:F30"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="C28:C30"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="H25" sqref="H25"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="H27" sqref="H27:J30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="20.44140625" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="5.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.140625" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" customWidth="1"/>
+    <col min="5" max="5" width="25.42578125" customWidth="1"/>
+    <col min="6" max="6" width="26.42578125" customWidth="1"/>
+    <col min="7" max="7" width="23.5703125" customWidth="1"/>
+    <col min="8" max="8" width="24.42578125" customWidth="1"/>
+    <col min="9" max="9" width="22.5703125" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" customWidth="1"/>
     <col min="12" max="12" width="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>74</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="302" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="272" t="s">
+      <c r="E3" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...12 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+      <c r="K3" s="118"/>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45971</v>
       </c>
-      <c r="B4" s="32"/>
-[...23 lines deleted...]
-      <c r="F5" s="247" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="272"/>
+      <c r="H4" s="107"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="343"/>
+      <c r="L4" s="343"/>
+    </row>
+    <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="343" t="s">
+        <v>405</v>
+      </c>
+      <c r="L5" s="343"/>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="35"/>
+      <c r="K6" s="343"/>
+      <c r="L6" s="343"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="H7" s="433"/>
+      <c r="I7" s="433"/>
+      <c r="J7" s="28"/>
+      <c r="K7" s="343"/>
+      <c r="L7" s="343"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45972</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="154"/>
+      <c r="F8" s="154"/>
+      <c r="G8" s="455" t="s">
+        <v>143</v>
+      </c>
+      <c r="H8" s="456"/>
+      <c r="I8" s="457"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="118"/>
+      <c r="L8" s="343"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="E9" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="458"/>
+      <c r="H9" s="459"/>
+      <c r="I9" s="460"/>
+      <c r="J9" s="31"/>
+      <c r="K9" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L9" s="343"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="461"/>
+      <c r="H10" s="462"/>
+      <c r="I10" s="463"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="343"/>
+      <c r="L10" s="343"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="256" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
         <v>321</v>
       </c>
-      <c r="G5" s="373" t="s">
-[...33 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="52"/>
+      <c r="K11" s="343"/>
+      <c r="L11" s="343"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45973</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="275"/>
+      <c r="H12" s="154"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343"/>
+      <c r="L12" s="343"/>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>151</v>
+      </c>
+      <c r="I13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L13" s="343"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="343"/>
+      <c r="L14" s="343"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="272" t="s">
+      <c r="E15" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="441" t="s">
-[...32 lines deleted...]
-      <c r="D9" s="401" t="s">
+      <c r="G15" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="H15" s="433"/>
+      <c r="I15" s="433"/>
+      <c r="J15" s="73"/>
+      <c r="K15" s="343"/>
+      <c r="L15" s="343"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45974</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="275"/>
+      <c r="F16" s="154"/>
+      <c r="G16" s="455" t="s">
+        <v>195</v>
+      </c>
+      <c r="H16" s="456"/>
+      <c r="I16" s="456"/>
+      <c r="J16" s="106"/>
+      <c r="K16" s="343"/>
+      <c r="L16" s="343"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="323" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="458"/>
+      <c r="H17" s="459"/>
+      <c r="I17" s="459"/>
+      <c r="J17" s="106"/>
+      <c r="K17" s="343"/>
+      <c r="L17" s="343"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="156"/>
+      <c r="F18" s="85"/>
+      <c r="G18" s="461"/>
+      <c r="H18" s="462"/>
+      <c r="I18" s="462"/>
+      <c r="J18" s="108"/>
+      <c r="K18" s="343"/>
+      <c r="L18" s="343"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="256" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F19" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+      <c r="K19" s="343"/>
+      <c r="L19" s="343"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45975</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="86"/>
+      <c r="D20" s="273"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="86"/>
+      <c r="I20" s="154"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="343" t="s">
+        <v>415</v>
+      </c>
+      <c r="L20" s="343"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="196" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I21" s="298"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="343" t="s">
+        <v>416</v>
+      </c>
+      <c r="L21" s="343"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="327" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="163"/>
+      <c r="H22" s="156"/>
+      <c r="I22" s="85"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="343"/>
+      <c r="L22" s="343"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E23" s="293" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" s="501" t="s">
+        <v>202</v>
+      </c>
+      <c r="G23" s="502"/>
+      <c r="H23" s="285" t="s">
+        <v>36</v>
+      </c>
+      <c r="I23" s="311" t="s">
+        <v>308</v>
+      </c>
+      <c r="J23" s="52"/>
+      <c r="K23" s="343"/>
+      <c r="L23" s="343"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45976</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="426" t="s">
+        <v>237</v>
+      </c>
+      <c r="E24" s="165"/>
+      <c r="F24" s="497" t="s">
+        <v>238</v>
+      </c>
+      <c r="G24" s="498"/>
+      <c r="H24" s="86"/>
+      <c r="I24" s="154"/>
+      <c r="J24" s="31"/>
+      <c r="K24" s="486" t="s">
         <v>189</v>
       </c>
-      <c r="E9" s="378" t="s">
-[...171 lines deleted...]
-      <c r="E17" s="373" t="s">
+      <c r="L24" s="487"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="427"/>
+      <c r="E25" s="82" t="s">
+        <v>236</v>
+      </c>
+      <c r="F25" s="422"/>
+      <c r="G25" s="423"/>
+      <c r="H25" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="I25" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J25" s="31"/>
+      <c r="K25" s="343"/>
+      <c r="L25" s="343"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="428"/>
+      <c r="E26" s="60"/>
+      <c r="F26" s="499"/>
+      <c r="G26" s="500"/>
+      <c r="H26" s="156"/>
+      <c r="I26" s="85"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="343"/>
+      <c r="L26" s="343"/>
+    </row>
+    <row r="27" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E27" s="448" t="s">
+        <v>357</v>
+      </c>
+      <c r="F27" s="449"/>
+      <c r="G27" s="312" t="s">
+        <v>411</v>
+      </c>
+      <c r="H27" s="464" t="s">
+        <v>424</v>
+      </c>
+      <c r="I27" s="485"/>
+      <c r="J27" s="465"/>
+      <c r="K27" s="343"/>
+      <c r="L27" s="343"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45977</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="426" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" s="426" t="s">
         <v>239</v>
       </c>
-      <c r="F17" s="375" t="s">
-[...279 lines deleted...]
-      <c r="J30" s="515"/>
+      <c r="E28" s="410" t="s">
+        <v>264</v>
+      </c>
+      <c r="F28" s="411"/>
+      <c r="G28" s="154"/>
+      <c r="H28" s="488" t="s">
+        <v>407</v>
+      </c>
+      <c r="I28" s="489"/>
+      <c r="J28" s="490"/>
+      <c r="K28" s="343"/>
+      <c r="L28" s="343"/>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="427"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="H29" s="491"/>
+      <c r="I29" s="492"/>
+      <c r="J29" s="493"/>
+      <c r="K29" s="343" t="s">
+        <v>93</v>
+      </c>
+      <c r="L29" s="343"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="428"/>
+      <c r="E30" s="430"/>
+      <c r="F30" s="432"/>
+      <c r="G30" s="85"/>
+      <c r="H30" s="494"/>
+      <c r="I30" s="495"/>
+      <c r="J30" s="496"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="B1:D2"/>
+    <mergeCell ref="F1:I2"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="G7:I7"/>
+    <mergeCell ref="G8:I10"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="G16:I18"/>
+    <mergeCell ref="H27:J27"/>
     <mergeCell ref="H28:J30"/>
     <mergeCell ref="D28:D30"/>
     <mergeCell ref="C28:C30"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="D24:D26"/>
     <mergeCell ref="F24:G26"/>
     <mergeCell ref="E28:F30"/>
-    <mergeCell ref="K24:L24"/>
-[...8 lines deleted...]
-    <mergeCell ref="G16:I18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:K31"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24:C26"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E27" sqref="E27:F30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="27.44140625" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="5.42578125" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" customWidth="1"/>
+    <col min="4" max="4" width="28.140625" customWidth="1"/>
+    <col min="5" max="5" width="30.140625" customWidth="1"/>
+    <col min="6" max="6" width="23.85546875" customWidth="1"/>
+    <col min="7" max="7" width="27.42578125" customWidth="1"/>
     <col min="8" max="8" width="25" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="18.33203125" customWidth="1"/>
-    <col min="10" max="10" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="18.28515625" customWidth="1"/>
+    <col min="10" max="10" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>73</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...6 lines deleted...]
-      <c r="D2" s="437"/>
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
       <c r="E2">
         <v>24</v>
       </c>
-      <c r="F2" s="425"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="302" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="272" t="s">
+      <c r="E3" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...6 lines deleted...]
-        <v>344</v>
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
       </c>
       <c r="J3" s="17"/>
-      <c r="K3" s="123" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="31">
+      <c r="K3" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45978</v>
       </c>
-      <c r="B4" s="32"/>
-[...6 lines deleted...]
-      <c r="I4" s="111"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="272"/>
+      <c r="H4" s="291"/>
+      <c r="I4" s="107"/>
       <c r="J4" s="16"/>
-      <c r="K4" s="395" t="s">
-[...15 lines deleted...]
-      <c r="F5" s="247" t="s">
+      <c r="K4" s="343" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="16"/>
+      <c r="K5" s="343" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="176"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="4"/>
+      <c r="K6" s="343"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="256" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
         <v>321</v>
       </c>
-      <c r="G5" s="373" t="s">
-[...31 lines deleted...]
-      <c r="C7" s="302" t="s">
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+      <c r="K7" s="343"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45979</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="154"/>
+      <c r="F8" s="154"/>
+      <c r="G8" s="167"/>
+      <c r="H8" s="86"/>
+      <c r="I8" s="154"/>
+      <c r="J8" s="16"/>
+      <c r="K8" s="343"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="E9" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="16"/>
+      <c r="K9" s="343"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="156"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="343"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="272" t="s">
+      <c r="E11" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...41 lines deleted...]
-      <c r="G9" s="247" t="s">
+      <c r="G11" s="256" t="s">
         <v>321</v>
       </c>
-      <c r="H9" s="343" t="s">
-[...26 lines deleted...]
-      <c r="C11" s="302" t="s">
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="17"/>
+      <c r="K11" s="343"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="29">
+        <v>45980</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="275"/>
+      <c r="H12" s="165"/>
+      <c r="I12" s="154"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="343"/>
+    </row>
+    <row r="13" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="16"/>
+      <c r="K13" s="343" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="176"/>
+      <c r="I14" s="85"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="343"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="272" t="s">
+      <c r="E15" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...73 lines deleted...]
-      <c r="C15" s="302" t="s">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="17"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45981</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="86"/>
+      <c r="E16" s="273"/>
+      <c r="F16" s="273"/>
+      <c r="G16" s="270"/>
+      <c r="H16" s="165"/>
+      <c r="I16" s="154"/>
+      <c r="J16" s="16"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="328" t="s">
+        <v>296</v>
+      </c>
+      <c r="F17" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="201" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="16"/>
+      <c r="K17" s="118"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="156"/>
+      <c r="E18" s="313"/>
+      <c r="F18" s="308"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="176"/>
+      <c r="I18" s="85"/>
+      <c r="J18" s="4"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="273" t="s">
-[...88 lines deleted...]
-      <c r="I19" s="415"/>
+      <c r="E19" s="227" t="s">
+        <v>354</v>
+      </c>
+      <c r="F19" s="397" t="s">
+        <v>355</v>
+      </c>
+      <c r="G19" s="436"/>
+      <c r="H19" s="436"/>
+      <c r="I19" s="398"/>
       <c r="J19" s="5"/>
     </row>
-    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="31">
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
         <v>45982</v>
       </c>
-      <c r="B20" s="32"/>
-[...8 lines deleted...]
-      <c r="I20" s="467"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="86"/>
+      <c r="D20" s="273"/>
+      <c r="E20" s="273"/>
+      <c r="F20" s="456" t="s">
+        <v>94</v>
+      </c>
+      <c r="G20" s="456"/>
+      <c r="H20" s="456"/>
+      <c r="I20" s="457"/>
       <c r="J20" s="9"/>
       <c r="K20" t="s">
-        <v>451</v>
-[...17 lines deleted...]
-      <c r="I21" s="470"/>
+        <v>420</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="F21" s="459"/>
+      <c r="G21" s="459"/>
+      <c r="H21" s="459"/>
+      <c r="I21" s="460"/>
       <c r="J21" s="9"/>
     </row>
-    <row r="22" spans="1:11" ht="17.399999999999999" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="I22" s="473"/>
+    <row r="22" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="327" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="462"/>
+      <c r="G22" s="462"/>
+      <c r="H22" s="462"/>
+      <c r="I22" s="463"/>
       <c r="J22" s="10"/>
     </row>
-    <row r="23" spans="1:11" ht="17.399999999999999" x14ac:dyDescent="0.3">
-      <c r="A23" s="48" t="s">
+    <row r="23" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-[...10 lines deleted...]
-      <c r="G23" s="381" t="s">
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E23" s="483" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="484"/>
+      <c r="G23" s="331" t="s">
+        <v>330</v>
+      </c>
+      <c r="H23" s="504" t="s">
+        <v>353</v>
+      </c>
+      <c r="I23" s="425"/>
+      <c r="J23" s="17"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45983</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="426" t="s">
+        <v>240</v>
+      </c>
+      <c r="E24" s="410" t="s">
+        <v>241</v>
+      </c>
+      <c r="F24" s="411"/>
+      <c r="G24" s="426" t="s">
+        <v>242</v>
+      </c>
+      <c r="H24" s="442" t="s">
+        <v>134</v>
+      </c>
+      <c r="I24" s="480"/>
+      <c r="J24" s="16"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="427"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="400"/>
+      <c r="G25" s="427"/>
+      <c r="H25" s="444"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="16"/>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="428"/>
+      <c r="E26" s="430"/>
+      <c r="F26" s="432"/>
+      <c r="G26" s="428"/>
+      <c r="H26" s="446"/>
+      <c r="I26" s="482"/>
+      <c r="J26" s="4"/>
+    </row>
+    <row r="27" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="8"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E27" s="483" t="s">
         <v>351</v>
       </c>
-      <c r="H23" s="520" t="s">
-[...76 lines deleted...]
-      <c r="A28" s="31">
+      <c r="F27" s="484"/>
+      <c r="G27" s="483" t="s">
+        <v>352</v>
+      </c>
+      <c r="H27" s="503"/>
+      <c r="I27" s="484"/>
+      <c r="J27" s="330"/>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
         <v>45984</v>
       </c>
       <c r="B28" s="16"/>
-      <c r="C28" s="443" t="s">
-[...16 lines deleted...]
-    <row r="29" spans="1:11" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="C28" s="426" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" s="426" t="s">
+        <v>243</v>
+      </c>
+      <c r="E28" s="442" t="s">
+        <v>314</v>
+      </c>
+      <c r="F28" s="480"/>
+      <c r="G28" s="442" t="s">
+        <v>95</v>
+      </c>
+      <c r="H28" s="443"/>
+      <c r="I28" s="480"/>
+      <c r="J28" s="63"/>
+    </row>
+    <row r="29" spans="1:11" ht="18" x14ac:dyDescent="0.25">
       <c r="A29" s="11"/>
       <c r="B29" s="16"/>
-      <c r="C29" s="444"/>
-[...6 lines deleted...]
-      <c r="J29" s="65"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="427"/>
+      <c r="E29" s="444"/>
+      <c r="F29" s="481"/>
+      <c r="G29" s="444"/>
+      <c r="H29" s="445"/>
+      <c r="I29" s="481"/>
+      <c r="J29" s="61"/>
       <c r="K29" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="7"/>
       <c r="B30" s="4"/>
-      <c r="C30" s="445"/>
-[...8 lines deleted...]
-    <row r="31" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="428"/>
+      <c r="E30" s="446"/>
+      <c r="F30" s="482"/>
+      <c r="G30" s="446"/>
+      <c r="H30" s="447"/>
+      <c r="I30" s="482"/>
+      <c r="J30" s="65"/>
+    </row>
+    <row r="31" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="B1:D2"/>
+    <mergeCell ref="F1:I2"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="E24:F26"/>
+    <mergeCell ref="F19:I19"/>
+    <mergeCell ref="F20:I22"/>
     <mergeCell ref="C28:C30"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="D28:D30"/>
     <mergeCell ref="D24:D26"/>
     <mergeCell ref="H24:I26"/>
     <mergeCell ref="G27:I27"/>
     <mergeCell ref="G28:I30"/>
     <mergeCell ref="G24:G26"/>
     <mergeCell ref="E28:F30"/>
     <mergeCell ref="E27:F27"/>
-    <mergeCell ref="B1:D2"/>
-[...5 lines deleted...]
-    <mergeCell ref="F20:I22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:R30"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M21" sqref="M21"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="2" width="6" customWidth="1"/>
-    <col min="3" max="3" width="22.88671875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="18.6640625" customWidth="1"/>
+    <col min="3" max="3" width="22" customWidth="1"/>
+    <col min="4" max="4" width="28.5703125" customWidth="1"/>
+    <col min="5" max="5" width="29.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.28515625" customWidth="1"/>
+    <col min="7" max="7" width="28.140625" customWidth="1"/>
+    <col min="8" max="8" width="26.5703125" customWidth="1"/>
+    <col min="9" max="9" width="23.7109375" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>72</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="302" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="272" t="s">
+      <c r="E3" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...14 lines deleted...]
-      <c r="A4" s="31">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="73"/>
+      <c r="K3" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
         <v>45985</v>
       </c>
-      <c r="B4" s="32"/>
-[...54 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="272"/>
+      <c r="H4" s="107"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="342"/>
+      <c r="K4" s="343" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="106"/>
+      <c r="K5" s="343" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="176"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="108"/>
+    </row>
+    <row r="7" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-      <c r="C7" s="271" t="s">
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="379" t="s">
+      <c r="D7" s="329" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="272" t="s">
+      <c r="E7" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...8 lines deleted...]
-      <c r="J7" s="30"/>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
       <c r="R7" s="15"/>
     </row>
-    <row r="8" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-      <c r="D9" s="401" t="s">
+    <row r="8" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="154"/>
+      <c r="F8" s="154"/>
+      <c r="G8" s="167"/>
+      <c r="H8" s="86"/>
+      <c r="I8" s="154"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="E9" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="156"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45987</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="275"/>
+      <c r="H12" s="165"/>
+      <c r="I12" s="154"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="116" t="s">
+        <v>96</v>
+      </c>
+      <c r="L13" s="117"/>
+    </row>
+    <row r="14" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="176"/>
+      <c r="I14" s="85"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="343" t="s">
+        <v>422</v>
+      </c>
+      <c r="L14" s="117"/>
+    </row>
+    <row r="15" spans="1:18" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F15" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="52"/>
+      <c r="K15" s="117"/>
+      <c r="L15" s="117"/>
+    </row>
+    <row r="16" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45988</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="86"/>
+      <c r="E16" s="273"/>
+      <c r="F16" s="273"/>
+      <c r="G16" s="270"/>
+      <c r="H16" s="165"/>
+      <c r="I16" s="154"/>
+      <c r="J16" s="31"/>
+      <c r="K16" s="117"/>
+      <c r="L16" s="117"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>182</v>
+      </c>
+      <c r="E17" s="328" t="s">
+        <v>296</v>
+      </c>
+      <c r="F17" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="201" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="31"/>
+      <c r="K17" s="343"/>
+      <c r="L17" s="117"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="156"/>
+      <c r="E18" s="313"/>
+      <c r="F18" s="308"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="35"/>
+      <c r="K18" s="116" t="s">
+        <v>368</v>
+      </c>
+      <c r="L18" s="117"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="332" t="s">
+        <v>354</v>
+      </c>
+      <c r="F19" s="514" t="s">
+        <v>361</v>
+      </c>
+      <c r="G19" s="515"/>
+      <c r="H19" s="515"/>
+      <c r="I19" s="425"/>
+      <c r="J19" s="36"/>
+      <c r="K19" s="117"/>
+      <c r="L19" s="117"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45989</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="273"/>
+      <c r="E20" s="273"/>
+      <c r="F20" s="456" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" s="456"/>
+      <c r="H20" s="456"/>
+      <c r="I20" s="457"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="F21" s="459"/>
+      <c r="G21" s="459"/>
+      <c r="H21" s="459"/>
+      <c r="I21" s="460"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="327" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="462"/>
+      <c r="G22" s="462"/>
+      <c r="H22" s="462"/>
+      <c r="I22" s="463"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="117"/>
+      <c r="L22" s="117"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="312" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E23" s="332" t="s">
+        <v>356</v>
+      </c>
+      <c r="F23" s="516" t="s">
+        <v>358</v>
+      </c>
+      <c r="G23" s="517"/>
+      <c r="H23" s="345" t="s">
+        <v>359</v>
+      </c>
+      <c r="I23" s="332" t="s">
+        <v>360</v>
+      </c>
+      <c r="J23" s="52"/>
+      <c r="K23" s="117"/>
+      <c r="L23" s="117"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45990</v>
+      </c>
+      <c r="B24" s="80"/>
+      <c r="C24" s="508" t="s">
+        <v>425</v>
+      </c>
+      <c r="D24" s="509"/>
+      <c r="E24" s="509"/>
+      <c r="F24" s="509"/>
+      <c r="G24" s="509"/>
+      <c r="H24" s="509"/>
+      <c r="I24" s="509"/>
+      <c r="J24" s="510"/>
+      <c r="K24" s="486" t="s">
         <v>189</v>
       </c>
-      <c r="E9" s="343" t="s">
-[...369 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="L24" s="487"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="508"/>
+      <c r="D25" s="509"/>
+      <c r="E25" s="509"/>
+      <c r="F25" s="509"/>
+      <c r="G25" s="509"/>
+      <c r="H25" s="509"/>
+      <c r="I25" s="509"/>
+      <c r="J25" s="510"/>
+      <c r="K25" s="118"/>
+      <c r="L25" s="117"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="511"/>
+      <c r="D26" s="512"/>
+      <c r="E26" s="512"/>
+      <c r="F26" s="512"/>
+      <c r="G26" s="512"/>
+      <c r="H26" s="512"/>
+      <c r="I26" s="512"/>
+      <c r="J26" s="513"/>
+      <c r="K26" s="117"/>
+      <c r="L26" s="117"/>
+    </row>
+    <row r="27" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...9 lines deleted...]
-      <c r="F27" s="385" t="s">
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E27" s="225" t="s">
+        <v>357</v>
+      </c>
+      <c r="F27" s="335" t="s">
+        <v>411</v>
+      </c>
+      <c r="G27" s="464" t="s">
+        <v>406</v>
+      </c>
+      <c r="H27" s="485"/>
+      <c r="I27" s="465"/>
+      <c r="J27" s="320"/>
+      <c r="K27" s="117"/>
+      <c r="L27" s="117"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45991</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="505" t="s">
         <v>426</v>
       </c>
-      <c r="G27" s="385"/>
-[...52 lines deleted...]
-      <c r="J30" s="530"/>
+      <c r="D28" s="506"/>
+      <c r="E28" s="506"/>
+      <c r="F28" s="506"/>
+      <c r="G28" s="506"/>
+      <c r="H28" s="506"/>
+      <c r="I28" s="506"/>
+      <c r="J28" s="507"/>
+      <c r="K28" s="117"/>
+      <c r="L28" s="117"/>
+    </row>
+    <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="508"/>
+      <c r="D29" s="509"/>
+      <c r="E29" s="509"/>
+      <c r="F29" s="509"/>
+      <c r="G29" s="509"/>
+      <c r="H29" s="509"/>
+      <c r="I29" s="509"/>
+      <c r="J29" s="510"/>
+      <c r="K29" s="343" t="s">
+        <v>423</v>
+      </c>
+      <c r="L29" s="117"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="511"/>
+      <c r="D30" s="512"/>
+      <c r="E30" s="512"/>
+      <c r="F30" s="512"/>
+      <c r="G30" s="512"/>
+      <c r="H30" s="512"/>
+      <c r="I30" s="512"/>
+      <c r="J30" s="513"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="H27:I27"/>
+  <mergeCells count="9">
     <mergeCell ref="C28:J30"/>
-    <mergeCell ref="C24:J26"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="F20:I22"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="C24:J26"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E610E2FC-0A16-4430-A4F1-5C33FC858067}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A23" sqref="A23:A28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>121</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...12 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="141"/>
+      <c r="F3" s="140" t="s">
+        <v>122</v>
+      </c>
+      <c r="G3" s="28"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45873</v>
       </c>
-      <c r="B4" s="32"/>
-[...36 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106" t="s">
+        <v>119</v>
+      </c>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...14 lines deleted...]
-      <c r="A8" s="62">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139"/>
+      <c r="D7" s="140" t="s">
+        <v>120</v>
+      </c>
+      <c r="E7" s="141"/>
+      <c r="F7" s="140" t="s">
+        <v>122</v>
+      </c>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45874</v>
       </c>
-      <c r="B8" s="39"/>
-[...38 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E9" s="31"/>
+      <c r="F9" s="106" t="s">
+        <v>118</v>
+      </c>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-[...14 lines deleted...]
-      <c r="A12" s="62">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="F11" s="140" t="s">
+        <v>122</v>
+      </c>
+      <c r="G11" s="28"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="28"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45875</v>
       </c>
-      <c r="B12" s="32"/>
-[...38 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="107"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="106" t="s">
+        <v>118</v>
+      </c>
+      <c r="F13" s="106" t="s">
+        <v>119</v>
+      </c>
+      <c r="G13" s="31"/>
+      <c r="H13" s="106"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="108"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-[...12 lines deleted...]
-      <c r="A16" s="62">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="141"/>
+      <c r="F15" s="140" t="s">
+        <v>122</v>
+      </c>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45876</v>
       </c>
-      <c r="B16" s="39"/>
-[...36 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-[...10 lines deleted...]
-      <c r="A20" s="62">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45912</v>
       </c>
-      <c r="B20" s="32"/>
-[...134 lines deleted...]
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="106"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="397"/>
+      <c r="F23" s="398"/>
+      <c r="G23" s="397"/>
+      <c r="H23" s="398"/>
+      <c r="I23" s="101"/>
+      <c r="J23" s="101"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="410"/>
+      <c r="H24" s="411"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="397"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="61"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="35"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K17" sqref="K17"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E23" sqref="E23:E26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.44140625" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="15.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.42578125" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" customWidth="1"/>
+    <col min="3" max="3" width="19.5703125" customWidth="1"/>
+    <col min="4" max="4" width="24.85546875" customWidth="1"/>
+    <col min="5" max="5" width="29.85546875" customWidth="1"/>
+    <col min="6" max="6" width="27.28515625" customWidth="1"/>
+    <col min="7" max="7" width="27.5703125" customWidth="1"/>
+    <col min="8" max="8" width="32.140625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>71</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="302" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="256" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
+        <v>320</v>
+      </c>
+      <c r="F3" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+      <c r="K3" s="118" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
+        <v>45992</v>
+      </c>
+      <c r="B4" s="30"/>
+      <c r="C4" s="107"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="295"/>
+      <c r="H4" s="302"/>
+      <c r="I4" s="303"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L4" s="343"/>
+    </row>
+    <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="343" t="s">
+        <v>429</v>
+      </c>
+      <c r="L5" s="343"/>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+      <c r="K6" s="343"/>
+      <c r="L6" s="343"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="332" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="329" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="424" t="s">
+        <v>340</v>
+      </c>
+      <c r="H7" s="433"/>
+      <c r="I7" s="522"/>
+      <c r="J7" s="28"/>
+      <c r="K7" s="343"/>
+      <c r="L7" s="343"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>45993</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="154"/>
+      <c r="D8" s="304"/>
+      <c r="E8" s="304"/>
+      <c r="F8" s="304"/>
+      <c r="G8" s="455" t="s">
+        <v>138</v>
+      </c>
+      <c r="H8" s="456"/>
+      <c r="I8" s="457"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="343"/>
+      <c r="L8" s="343"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="316" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="458"/>
+      <c r="H9" s="459"/>
+      <c r="I9" s="460"/>
+      <c r="J9" s="31"/>
+      <c r="K9" s="343"/>
+      <c r="L9" s="120"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="461"/>
+      <c r="H10" s="462"/>
+      <c r="I10" s="463"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="343"/>
+      <c r="L10" s="343"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="332" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="329" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="28"/>
+      <c r="K11" s="343"/>
+      <c r="L11" s="343"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>45994</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="154"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="275"/>
+      <c r="H12" s="306"/>
+      <c r="I12" s="303"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L12" s="343"/>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="316" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>151</v>
+      </c>
+      <c r="I13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="343" t="s">
+        <v>98</v>
+      </c>
+      <c r="L13" s="343"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="343" t="s">
+        <v>405</v>
+      </c>
+      <c r="L14" s="343"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="332" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="329" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="523" t="s">
+        <v>339</v>
+      </c>
+      <c r="H15" s="524"/>
+      <c r="I15" s="525"/>
+      <c r="J15" s="52"/>
+      <c r="K15" s="343"/>
+      <c r="L15" s="343"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>45995</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="304"/>
+      <c r="E16" s="274"/>
+      <c r="F16" s="307"/>
+      <c r="G16" s="455" t="s">
+        <v>306</v>
+      </c>
+      <c r="H16" s="456"/>
+      <c r="I16" s="457"/>
+      <c r="J16" s="31"/>
+      <c r="K16" s="343" t="s">
+        <v>430</v>
+      </c>
+      <c r="L16" s="343"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="323" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="458"/>
+      <c r="H17" s="459"/>
+      <c r="I17" s="460"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="343"/>
+      <c r="L17" s="343"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="461"/>
+      <c r="H18" s="462"/>
+      <c r="I18" s="463"/>
+      <c r="J18" s="35"/>
+      <c r="K18" s="343"/>
+      <c r="L18" s="343"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="332" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="329" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="225" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="329" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="225" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="33"/>
+      <c r="K19" s="343"/>
+      <c r="L19" s="343"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
+        <v>45996</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="306"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="306"/>
+      <c r="I20" s="304"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="343" t="s">
+        <v>431</v>
+      </c>
+      <c r="L20" s="343"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="196" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="43"/>
+      <c r="K21" s="118"/>
+      <c r="L21" s="343"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="85"/>
+      <c r="D22" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="163"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="343"/>
+      <c r="L22" s="343"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="520" t="s">
+        <v>335</v>
+      </c>
+      <c r="D23" s="521"/>
+      <c r="E23" s="225" t="s">
+        <v>336</v>
+      </c>
+      <c r="F23" s="278" t="s">
+        <v>337</v>
+      </c>
+      <c r="G23" s="483" t="s">
+        <v>338</v>
+      </c>
+      <c r="H23" s="503"/>
+      <c r="I23" s="484"/>
+      <c r="J23" s="52"/>
+      <c r="K23" s="343"/>
+      <c r="L23" s="343"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45997</v>
+      </c>
+      <c r="B24" s="37"/>
+      <c r="C24" s="410" t="s">
+        <v>244</v>
+      </c>
+      <c r="D24" s="411"/>
+      <c r="E24" s="426" t="s">
+        <v>245</v>
+      </c>
+      <c r="F24" s="426" t="s">
+        <v>246</v>
+      </c>
+      <c r="G24" s="455" t="s">
+        <v>99</v>
+      </c>
+      <c r="H24" s="456"/>
+      <c r="I24" s="457"/>
+      <c r="J24" s="31"/>
+      <c r="K24" s="343"/>
+      <c r="L24" s="343"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="399"/>
+      <c r="D25" s="400"/>
+      <c r="E25" s="427"/>
+      <c r="F25" s="427"/>
+      <c r="G25" s="458"/>
+      <c r="H25" s="459"/>
+      <c r="I25" s="460"/>
+      <c r="J25" s="31"/>
+      <c r="K25" s="486" t="s">
+        <v>189</v>
+      </c>
+      <c r="L25" s="487"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="430"/>
+      <c r="D26" s="432"/>
+      <c r="E26" s="428"/>
+      <c r="F26" s="428"/>
+      <c r="G26" s="461"/>
+      <c r="H26" s="462"/>
+      <c r="I26" s="463"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="227" t="s">
+        <v>326</v>
+      </c>
+      <c r="E27" s="518" t="s">
+        <v>344</v>
+      </c>
+      <c r="F27" s="519"/>
+      <c r="G27" s="225" t="s">
+        <v>343</v>
+      </c>
+      <c r="H27" s="329" t="s">
+        <v>342</v>
+      </c>
+      <c r="I27" s="225" t="s">
         <v>341</v>
       </c>
-      <c r="F3" s="272" t="s">
-[...533 lines deleted...]
-      <c r="A28" s="31">
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
         <v>45998</v>
       </c>
-      <c r="B28" s="33"/>
-[...48 lines deleted...]
-        <v>389</v>
+      <c r="B28" s="31"/>
+      <c r="C28" s="426" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="E28" s="410" t="s">
+        <v>247</v>
+      </c>
+      <c r="F28" s="411"/>
+      <c r="G28" s="426" t="s">
+        <v>248</v>
+      </c>
+      <c r="H28" s="426" t="s">
+        <v>249</v>
+      </c>
+      <c r="I28" s="154"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="427"/>
+      <c r="D29" s="427"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="427"/>
+      <c r="H29" s="427"/>
+      <c r="I29" s="196" t="s">
+        <v>433</v>
+      </c>
+      <c r="J29" s="61"/>
+      <c r="K29" s="343" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="428"/>
+      <c r="D30" s="428"/>
+      <c r="E30" s="430"/>
+      <c r="F30" s="432"/>
+      <c r="G30" s="428"/>
+      <c r="H30" s="428"/>
+      <c r="I30" s="85"/>
+      <c r="J30" s="44"/>
+      <c r="K30" s="343" t="s">
+        <v>369</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="18">
+  <mergeCells count="19">
+    <mergeCell ref="H28:H30"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="G24:I26"/>
+    <mergeCell ref="C28:C30"/>
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="E28:F30"/>
+    <mergeCell ref="G28:G30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E27:F27"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C24:D26"/>
     <mergeCell ref="E24:E26"/>
     <mergeCell ref="G7:I7"/>
     <mergeCell ref="G8:I10"/>
     <mergeCell ref="G15:I15"/>
     <mergeCell ref="G16:I18"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="F24:F26"/>
-    <mergeCell ref="C24:C26"/>
-[...6 lines deleted...]
-    <mergeCell ref="G28:G30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
-    <sheetView topLeftCell="D1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L9" sqref="L9"/>
+    <sheetView topLeftCell="A9" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="18.7109375" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" customWidth="1"/>
+    <col min="5" max="5" width="26.5703125" customWidth="1"/>
+    <col min="6" max="6" width="24.7109375" customWidth="1"/>
+    <col min="7" max="7" width="24.85546875" customWidth="1"/>
+    <col min="8" max="8" width="22.7109375" customWidth="1"/>
+    <col min="9" max="9" width="20.42578125" customWidth="1"/>
+    <col min="10" max="10" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>70</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...9 lines deleted...]
-      <c r="K3" s="123" t="s">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+      <c r="K3" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29">
+        <v>45999</v>
+      </c>
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="295"/>
+      <c r="H4" s="302"/>
+      <c r="I4" s="303"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L4" s="343"/>
+    </row>
+    <row r="5" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="343" t="s">
+        <v>434</v>
+      </c>
+      <c r="L5" s="343"/>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="176"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="35"/>
+      <c r="K6" s="343"/>
+      <c r="L6" s="343"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+      <c r="K7" s="118"/>
+      <c r="L7" s="343"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29">
+        <v>46000</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="307"/>
+      <c r="E8" s="306"/>
+      <c r="F8" s="304"/>
+      <c r="G8" s="305"/>
+      <c r="H8" s="154"/>
+      <c r="I8" s="154"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="343"/>
+      <c r="L8" s="343"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="222" t="s">
+        <v>296</v>
+      </c>
+      <c r="H9" s="298" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="31"/>
+      <c r="K9" s="118"/>
+      <c r="L9" s="343"/>
+    </row>
+    <row r="10" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="85"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="343"/>
+      <c r="L10" s="343"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="52"/>
+      <c r="K11" s="343"/>
+      <c r="L11" s="343"/>
+    </row>
+    <row r="12" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="29">
+        <v>46001</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="275"/>
+      <c r="H12" s="165"/>
+      <c r="I12" s="154"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343" t="s">
+        <v>191</v>
+      </c>
+      <c r="L12" s="343"/>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>213</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="343" t="s">
+        <v>435</v>
+      </c>
+      <c r="L13" s="343"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="343"/>
+      <c r="L14" s="343"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="523" t="s">
+        <v>339</v>
+      </c>
+      <c r="H15" s="524"/>
+      <c r="I15" s="525"/>
+      <c r="J15" s="52"/>
+      <c r="K15" s="343"/>
+      <c r="L15" s="343"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29">
+        <v>46002</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="304"/>
+      <c r="E16" s="274"/>
+      <c r="F16" s="307"/>
+      <c r="G16" s="455" t="s">
+        <v>408</v>
+      </c>
+      <c r="H16" s="456"/>
+      <c r="I16" s="457"/>
+      <c r="J16" s="31"/>
+      <c r="K16" s="343" t="s">
         <v>436</v>
       </c>
-    </row>
-[...67 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="L16" s="343"/>
+    </row>
+    <row r="17" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="458"/>
+      <c r="H17" s="459"/>
+      <c r="I17" s="460"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="343"/>
+      <c r="L17" s="343"/>
+    </row>
+    <row r="18" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="461"/>
+      <c r="H18" s="462"/>
+      <c r="I18" s="463"/>
+      <c r="J18" s="35"/>
+      <c r="K18" s="343"/>
+      <c r="L18" s="343"/>
+    </row>
+    <row r="19" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...43 lines deleted...]
-      <c r="G9" s="265" t="s">
+      <c r="G19" s="256" t="s">
         <v>321</v>
       </c>
-      <c r="H9" s="343" t="s">
-[...224 lines deleted...]
-      <c r="K19" s="395"/>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+      <c r="K19" s="343"/>
       <c r="L19" s="15"/>
       <c r="M19" s="15"/>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
     </row>
-    <row r="20" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="31">
+    <row r="20" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29">
         <v>46003</v>
       </c>
-      <c r="B20" s="32"/>
-[...82 lines deleted...]
-      <c r="A24" s="31">
+      <c r="B20" s="30"/>
+      <c r="C20" s="304"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="306"/>
+      <c r="I20" s="304"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="343" t="s">
+        <v>437</v>
+      </c>
+      <c r="L20" s="343"/>
+    </row>
+    <row r="21" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="219" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="43"/>
+      <c r="K21" s="343"/>
+      <c r="L21" s="343"/>
+    </row>
+    <row r="22" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="258"/>
+      <c r="G22" s="308"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="343"/>
+      <c r="L22" s="343"/>
+    </row>
+    <row r="23" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E23" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="483" t="s">
+        <v>330</v>
+      </c>
+      <c r="G23" s="484"/>
+      <c r="H23" s="504" t="s">
+        <v>362</v>
+      </c>
+      <c r="I23" s="425"/>
+      <c r="J23" s="52"/>
+      <c r="K23" s="343"/>
+      <c r="L23" s="343"/>
+    </row>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
         <v>46004</v>
       </c>
-      <c r="B24" s="84"/>
-[...50 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="80"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="167"/>
+      <c r="E24" s="426" t="s">
+        <v>251</v>
+      </c>
+      <c r="F24" s="410" t="s">
+        <v>252</v>
+      </c>
+      <c r="G24" s="411"/>
+      <c r="H24" s="410" t="s">
+        <v>139</v>
+      </c>
+      <c r="I24" s="411"/>
+      <c r="J24" s="31"/>
+      <c r="K24" s="343"/>
+      <c r="L24" s="343"/>
+    </row>
+    <row r="25" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="31" t="s">
+        <v>250</v>
+      </c>
+      <c r="E25" s="427"/>
+      <c r="F25" s="399"/>
+      <c r="G25" s="400"/>
+      <c r="H25" s="399"/>
+      <c r="I25" s="400"/>
+      <c r="J25" s="31"/>
+      <c r="K25" s="343"/>
+      <c r="L25" s="343"/>
+    </row>
+    <row r="26" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="121"/>
+      <c r="E26" s="428"/>
+      <c r="F26" s="430"/>
+      <c r="G26" s="432"/>
+      <c r="H26" s="430"/>
+      <c r="I26" s="432"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="343"/>
+      <c r="L26" s="343"/>
+    </row>
+    <row r="27" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...22 lines deleted...]
-      <c r="A28" s="31">
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="256" t="s">
+        <v>345</v>
+      </c>
+      <c r="E27" s="483" t="s">
+        <v>357</v>
+      </c>
+      <c r="F27" s="484"/>
+      <c r="G27" s="335" t="s">
+        <v>440</v>
+      </c>
+      <c r="H27" s="526" t="s">
+        <v>441</v>
+      </c>
+      <c r="I27" s="527"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="343"/>
+      <c r="L27" s="343"/>
+    </row>
+    <row r="28" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
         <v>46005</v>
       </c>
-      <c r="B28" s="33"/>
-[...46 lines deleted...]
-    </row>
+      <c r="B28" s="31"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="83"/>
+      <c r="E28" s="410" t="s">
+        <v>254</v>
+      </c>
+      <c r="F28" s="411"/>
+      <c r="G28" s="173"/>
+      <c r="H28" s="466" t="s">
+        <v>439</v>
+      </c>
+      <c r="I28" s="467"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="343" t="s">
+        <v>438</v>
+      </c>
+      <c r="L28" s="343"/>
+    </row>
+    <row r="29" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="83" t="s">
+        <v>253</v>
+      </c>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="238" t="s">
+        <v>409</v>
+      </c>
+      <c r="H29" s="450"/>
+      <c r="I29" s="451"/>
+      <c r="J29" s="43"/>
+    </row>
+    <row r="30" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="35"/>
+      <c r="E30" s="430"/>
+      <c r="F30" s="432"/>
+      <c r="G30" s="79"/>
+      <c r="H30" s="528"/>
+      <c r="I30" s="529"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="11">
-    <mergeCell ref="E28:E30"/>
+  <mergeCells count="14">
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="E28:F30"/>
     <mergeCell ref="E24:E26"/>
     <mergeCell ref="F24:G26"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="H24:I26"/>
     <mergeCell ref="G15:I15"/>
     <mergeCell ref="G16:I18"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="H28:I30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:L31"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="G24" sqref="G24:H26"/>
+    <sheetView topLeftCell="A4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="15.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="6.42578125" customWidth="1"/>
+    <col min="3" max="3" width="19.85546875" customWidth="1"/>
+    <col min="4" max="4" width="23.5703125" customWidth="1"/>
+    <col min="5" max="6" width="24.7109375" customWidth="1"/>
+    <col min="7" max="7" width="26.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="23.28515625" customWidth="1"/>
+    <col min="9" max="9" width="22.28515625" customWidth="1"/>
+    <col min="10" max="10" width="15.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>69</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>46006</v>
       </c>
-      <c r="B4" s="32"/>
-[...59 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="272"/>
+      <c r="F4" s="295"/>
+      <c r="G4" s="295"/>
+      <c r="H4" s="302"/>
+      <c r="I4" s="303"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L5" s="343"/>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="156"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+      <c r="K6" s="343" t="s">
+        <v>405</v>
+      </c>
+      <c r="L6" s="343"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-      <c r="C7" s="271" t="s">
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...13 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+      <c r="K7" s="343"/>
+      <c r="L7" s="343"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>46007</v>
       </c>
-      <c r="B8" s="39"/>
-[...26 lines deleted...]
-      <c r="G9" s="265" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="334"/>
+      <c r="D8" s="337"/>
+      <c r="E8" s="337"/>
+      <c r="F8" s="337"/>
+      <c r="G8" s="338"/>
+      <c r="H8" s="339"/>
+      <c r="I8" s="340"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="343"/>
+      <c r="L8" s="343"/>
+    </row>
+    <row r="9" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="31"/>
+      <c r="K9" s="343"/>
+      <c r="L9" s="343"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="79"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="343"/>
+      <c r="L10" s="343"/>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
         <v>321</v>
       </c>
-      <c r="H9" s="343" t="s">
-[...28 lines deleted...]
-      <c r="C11" s="271" t="s">
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="52"/>
+      <c r="K11" s="343"/>
+      <c r="L11" s="343"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
+        <v>46008</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="274"/>
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="275"/>
+      <c r="H12" s="306"/>
+      <c r="I12" s="303"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343" t="s">
+        <v>422</v>
+      </c>
+      <c r="L12" s="343"/>
+    </row>
+    <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="I13" s="298"/>
+      <c r="J13" s="31"/>
+      <c r="K13" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="L13" s="343"/>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+      <c r="K14" s="343"/>
+      <c r="L14" s="343"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...42 lines deleted...]
-      <c r="F13" s="265" t="s">
+      <c r="G15" s="256" t="s">
         <v>321</v>
       </c>
-      <c r="G13" s="293" t="s">
-[...31 lines deleted...]
-      <c r="C15" s="271" t="s">
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="52"/>
+      <c r="K15" s="343"/>
+      <c r="L15" s="343"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>46009</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="304"/>
+      <c r="E16" s="274"/>
+      <c r="F16" s="307"/>
+      <c r="G16" s="306"/>
+      <c r="H16" s="303"/>
+      <c r="I16" s="303"/>
+      <c r="J16" s="31"/>
+      <c r="K16" s="343" t="s">
+        <v>442</v>
+      </c>
+      <c r="L16" s="343"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="296" t="s">
+        <v>181</v>
+      </c>
+      <c r="E17" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="F17" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="31"/>
+      <c r="K17" s="343"/>
+      <c r="L17" s="343"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+      <c r="K18" s="343"/>
+      <c r="L18" s="343"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="302" t="s">
-[...103 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+      <c r="K19" s="118"/>
+      <c r="L19" s="343"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>46010</v>
       </c>
-      <c r="B20" s="32"/>
-[...54 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="304"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="306"/>
+      <c r="I20" s="304"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="343" t="s">
+        <v>100</v>
+      </c>
+      <c r="L20" s="343"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="219" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="296" t="s">
+        <v>154</v>
+      </c>
+      <c r="H21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I21" s="298"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="118"/>
+      <c r="L21" s="343"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="258"/>
+      <c r="G22" s="308"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-[...20 lines deleted...]
-      <c r="A24" s="31">
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>363</v>
+      </c>
+      <c r="E23" s="483" t="s">
+        <v>357</v>
+      </c>
+      <c r="F23" s="503"/>
+      <c r="G23" s="526" t="s">
+        <v>364</v>
+      </c>
+      <c r="H23" s="527"/>
+      <c r="I23" s="333" t="s">
+        <v>365</v>
+      </c>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
         <v>46011</v>
       </c>
-      <c r="B24" s="39"/>
-[...44 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="37"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="426" t="s">
+        <v>255</v>
+      </c>
+      <c r="E24" s="410" t="s">
+        <v>256</v>
+      </c>
+      <c r="F24" s="411"/>
+      <c r="G24" s="497" t="s">
+        <v>257</v>
+      </c>
+      <c r="H24" s="498"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="31"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="427"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="400"/>
+      <c r="G25" s="422"/>
+      <c r="H25" s="423"/>
+      <c r="I25" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="428"/>
+      <c r="E26" s="430"/>
+      <c r="F26" s="432"/>
+      <c r="G26" s="499"/>
+      <c r="H26" s="500"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...24 lines deleted...]
-      <c r="A28" s="31">
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="332" t="s">
+        <v>363</v>
+      </c>
+      <c r="E27" s="332" t="s">
+        <v>395</v>
+      </c>
+      <c r="F27" s="332" t="s">
+        <v>396</v>
+      </c>
+      <c r="G27" s="336" t="s">
+        <v>397</v>
+      </c>
+      <c r="H27" s="336" t="s">
+        <v>359</v>
+      </c>
+      <c r="I27" s="332" t="s">
+        <v>360</v>
+      </c>
+      <c r="J27" s="36"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
         <v>46012</v>
       </c>
-      <c r="B28" s="33"/>
-[...47 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B28" s="31"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="83"/>
+      <c r="E28" s="530" t="s">
+        <v>394</v>
+      </c>
+      <c r="F28" s="174"/>
+      <c r="G28" s="83"/>
+      <c r="H28" s="83"/>
+      <c r="I28" s="83"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="31" t="s">
+        <v>270</v>
+      </c>
+      <c r="E29" s="531"/>
+      <c r="F29" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="G29" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="H29" s="296" t="s">
+        <v>410</v>
+      </c>
+      <c r="I29" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J29" s="43"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="121"/>
+      <c r="E30" s="532"/>
+      <c r="F30" s="89"/>
+      <c r="G30" s="35"/>
+      <c r="H30" s="121"/>
+      <c r="I30" s="121"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="F31" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E28:E30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="D24:D26"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="E24:F26"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H26"/>
     <mergeCell ref="C24:C26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="22.6640625" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="6.5703125" customWidth="1"/>
+    <col min="3" max="4" width="28.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.42578125" customWidth="1"/>
+    <col min="6" max="6" width="21.28515625" customWidth="1"/>
+    <col min="7" max="7" width="22.7109375" customWidth="1"/>
     <col min="8" max="8" width="22" customWidth="1"/>
-    <col min="9" max="9" width="23.109375" customWidth="1"/>
-    <col min="10" max="10" width="22.44140625" customWidth="1"/>
+    <col min="9" max="9" width="23.140625" customWidth="1"/>
+    <col min="10" max="10" width="22.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>68</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...3 lines deleted...]
-      <c r="D3" s="272" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="28"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>46013</v>
       </c>
-      <c r="B4" s="32"/>
-[...46 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="317"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="174"/>
+      <c r="J4" s="109"/>
+    </row>
+    <row r="5" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>177</v>
+      </c>
+      <c r="D5" s="222" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="G5" s="222" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="61"/>
+      <c r="J5" s="166"/>
+      <c r="K5" s="164"/>
+      <c r="L5" s="164"/>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="164"/>
+      <c r="D6" s="157"/>
+      <c r="E6" s="318"/>
+      <c r="F6" s="157"/>
+      <c r="G6" s="157"/>
+      <c r="H6" s="157"/>
+      <c r="I6" s="89"/>
+      <c r="J6" s="166"/>
+      <c r="K6" s="164"/>
+      <c r="L6" s="164"/>
+    </row>
+    <row r="7" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...16 lines deleted...]
-      <c r="K7" s="199"/>
+      <c r="B7" s="25"/>
+      <c r="C7" s="543" t="s">
+        <v>443</v>
+      </c>
+      <c r="D7" s="544"/>
+      <c r="E7" s="542" t="s">
+        <v>444</v>
+      </c>
+      <c r="F7" s="542"/>
+      <c r="G7" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="27"/>
+      <c r="K7" s="164"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
     </row>
-    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="62">
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>46014</v>
       </c>
-      <c r="B8" s="39"/>
-[...44 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="442" t="s">
+        <v>317</v>
+      </c>
+      <c r="D8" s="443"/>
+      <c r="E8" s="442" t="s">
+        <v>318</v>
+      </c>
+      <c r="F8" s="480"/>
+      <c r="G8" s="154"/>
+      <c r="H8" s="173"/>
+      <c r="I8" s="174"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="164"/>
+      <c r="L8" s="164"/>
+    </row>
+    <row r="9" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="444"/>
+      <c r="D9" s="445"/>
+      <c r="E9" s="444"/>
+      <c r="F9" s="481"/>
+      <c r="G9" s="298"/>
+      <c r="H9" s="391"/>
+      <c r="I9" s="61"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="164"/>
+      <c r="L9" s="164"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="446"/>
+      <c r="D10" s="447"/>
+      <c r="E10" s="446"/>
+      <c r="F10" s="482"/>
+      <c r="G10" s="85"/>
+      <c r="H10" s="79"/>
+      <c r="I10" s="89"/>
+      <c r="J10" s="121"/>
+      <c r="K10" s="164"/>
+      <c r="L10" s="164"/>
+    </row>
+    <row r="11" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-      <c r="C11" s="393" t="s">
+      <c r="B11" s="25"/>
+      <c r="C11" s="341" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="338" t="s">
+      <c r="D11" s="292" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="162" t="s">
+      <c r="E11" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="338" t="s">
+      <c r="F11" s="292" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="142" t="s">
-[...9 lines deleted...]
-      <c r="K11" s="199"/>
+      <c r="G11" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="27"/>
+      <c r="K11" s="164"/>
       <c r="L11" s="15"/>
       <c r="M11" s="15"/>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
     </row>
-    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="62">
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>46015</v>
       </c>
-      <c r="B12" s="32"/>
-[...40 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="348"/>
+      <c r="D12" s="348"/>
+      <c r="E12" s="348"/>
+      <c r="F12" s="348"/>
+      <c r="G12" s="348"/>
+      <c r="H12" s="348"/>
+      <c r="I12" s="348"/>
+      <c r="J12" s="172"/>
+      <c r="K12" s="164"/>
+      <c r="L12" s="164"/>
+    </row>
+    <row r="13" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="348"/>
+      <c r="D13" s="348"/>
+      <c r="E13" s="348"/>
+      <c r="F13" s="348"/>
+      <c r="G13" s="348"/>
+      <c r="H13" s="348"/>
+      <c r="I13" s="348"/>
+      <c r="J13" s="83"/>
+      <c r="K13" s="164"/>
+      <c r="L13" s="164"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="349"/>
+      <c r="D14" s="349"/>
+      <c r="E14" s="349"/>
+      <c r="F14" s="349"/>
+      <c r="G14" s="349"/>
+      <c r="H14" s="349"/>
+      <c r="I14" s="349"/>
+      <c r="J14" s="121"/>
+      <c r="K14" s="164"/>
+      <c r="L14" s="164"/>
+    </row>
+    <row r="15" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-      <c r="C15" s="393" t="s">
+      <c r="B15" s="25"/>
+      <c r="C15" s="341" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="338" t="s">
+      <c r="D15" s="292" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="162" t="s">
+      <c r="E15" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="338" t="s">
+      <c r="F15" s="292" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="142" t="s">
-[...13 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="27"/>
+      <c r="K15" s="164"/>
+      <c r="L15" s="164"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>46016</v>
       </c>
-      <c r="B16" s="39"/>
-[...40 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="348"/>
+      <c r="D16" s="348"/>
+      <c r="E16" s="348"/>
+      <c r="F16" s="348"/>
+      <c r="G16" s="348"/>
+      <c r="H16" s="348"/>
+      <c r="I16" s="348"/>
+      <c r="J16" s="83"/>
+      <c r="K16" s="164"/>
+      <c r="L16" s="164"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="348"/>
+      <c r="D17" s="348"/>
+      <c r="E17" s="348"/>
+      <c r="F17" s="348"/>
+      <c r="G17" s="348"/>
+      <c r="H17" s="348"/>
+      <c r="I17" s="348"/>
+      <c r="J17" s="83"/>
+      <c r="K17" s="164"/>
+      <c r="L17" s="164"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="349"/>
+      <c r="D18" s="349"/>
+      <c r="E18" s="349"/>
+      <c r="F18" s="349"/>
+      <c r="G18" s="349"/>
+      <c r="H18" s="349"/>
+      <c r="I18" s="349"/>
+      <c r="J18" s="121"/>
+      <c r="K18" s="164"/>
+      <c r="L18" s="164"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-      <c r="C19" s="393" t="s">
+      <c r="B19" s="25"/>
+      <c r="C19" s="341" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="338" t="s">
+      <c r="D19" s="292" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="162" t="s">
+      <c r="E19" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="338" t="s">
+      <c r="F19" s="292" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="142" t="s">
-[...13 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="27"/>
+      <c r="K19" s="164"/>
+      <c r="L19" s="164"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>46017</v>
       </c>
-      <c r="B20" s="32"/>
-[...40 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="83"/>
+      <c r="E20" s="86"/>
+      <c r="F20" s="154"/>
+      <c r="G20" s="154"/>
+      <c r="H20" s="154"/>
+      <c r="I20" s="154"/>
+      <c r="J20" s="321"/>
+      <c r="K20" s="164"/>
+      <c r="L20" s="164"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>501</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>518</v>
+      </c>
+      <c r="E21" s="222" t="s">
+        <v>216</v>
+      </c>
+      <c r="F21" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="G21" s="298" t="s">
+        <v>136</v>
+      </c>
+      <c r="H21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I21" s="77"/>
+      <c r="J21" s="77"/>
+      <c r="K21" s="113"/>
+      <c r="L21" s="88"/>
+    </row>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="121"/>
+      <c r="E22" s="156"/>
+      <c r="F22" s="85"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="85"/>
+      <c r="J22" s="322"/>
+      <c r="K22" s="164"/>
+      <c r="L22" s="164"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-[...10 lines deleted...]
-      <c r="A24" s="31">
+      <c r="B23" s="25"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="47"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="397"/>
+      <c r="I23" s="398"/>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
         <v>46018</v>
       </c>
-      <c r="B24" s="39"/>
-[...36 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="37"/>
+      <c r="C24" s="533" t="s">
+        <v>167</v>
+      </c>
+      <c r="D24" s="534"/>
+      <c r="E24" s="534"/>
+      <c r="F24" s="534"/>
+      <c r="G24" s="534"/>
+      <c r="H24" s="534"/>
+      <c r="I24" s="535"/>
+      <c r="J24" s="31"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="536"/>
+      <c r="D25" s="537"/>
+      <c r="E25" s="537"/>
+      <c r="F25" s="537"/>
+      <c r="G25" s="537"/>
+      <c r="H25" s="537"/>
+      <c r="I25" s="538"/>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="539"/>
+      <c r="D26" s="540"/>
+      <c r="E26" s="540"/>
+      <c r="F26" s="540"/>
+      <c r="G26" s="540"/>
+      <c r="H26" s="540"/>
+      <c r="I26" s="541"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...10 lines deleted...]
-      <c r="A28" s="31">
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="47"/>
+      <c r="G27" s="48"/>
+      <c r="H27" s="28"/>
+      <c r="I27" s="49"/>
+      <c r="J27" s="36"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
         <v>46019</v>
       </c>
-      <c r="B28" s="33"/>
-[...40 lines deleted...]
-      <c r="B32" s="23"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="533" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" s="534"/>
+      <c r="E28" s="534"/>
+      <c r="F28" s="534"/>
+      <c r="G28" s="534"/>
+      <c r="H28" s="534"/>
+      <c r="I28" s="535"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="536"/>
+      <c r="D29" s="537"/>
+      <c r="E29" s="537"/>
+      <c r="F29" s="537"/>
+      <c r="G29" s="537"/>
+      <c r="H29" s="537"/>
+      <c r="I29" s="538"/>
+      <c r="J29" s="43"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="539"/>
+      <c r="D30" s="540"/>
+      <c r="E30" s="540"/>
+      <c r="F30" s="540"/>
+      <c r="G30" s="540"/>
+      <c r="H30" s="540"/>
+      <c r="I30" s="541"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B31" s="22"/>
+      <c r="J31" s="23"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B32" s="21"/>
       <c r="J32" s="14"/>
     </row>
-    <row r="33" spans="2:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B33" s="3"/>
       <c r="J33" s="14"/>
     </row>
-    <row r="34" spans="2:10" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B34" s="3"/>
       <c r="J34" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="9">
     <mergeCell ref="C24:I26"/>
     <mergeCell ref="C28:I30"/>
-    <mergeCell ref="D8:E10"/>
-    <mergeCell ref="D7:E7"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="H23:I23"/>
-    <mergeCell ref="F7:G7"/>
-[...1 lines deleted...]
-    <mergeCell ref="C8:C10"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="E8:F10"/>
+    <mergeCell ref="C8:D10"/>
+    <mergeCell ref="C7:D7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:K30"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21"/>
+    <sheetView topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E9" sqref="E9:F9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="23.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="6.7109375" customWidth="1"/>
+    <col min="3" max="3" width="23.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.5703125" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
-    <col min="6" max="6" width="24.44140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="11" width="12.5546875" customWidth="1"/>
+    <col min="6" max="6" width="24.42578125" customWidth="1"/>
+    <col min="7" max="7" width="25.28515625" customWidth="1"/>
+    <col min="8" max="9" width="22.7109375" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" customWidth="1"/>
+    <col min="11" max="11" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>67</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...18 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="483" t="s">
+        <v>519</v>
+      </c>
+      <c r="D3" s="503"/>
+      <c r="E3" s="503"/>
+      <c r="F3" s="484"/>
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>46020</v>
       </c>
-      <c r="B4" s="32"/>
-[...45 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="545" t="s">
+        <v>167</v>
+      </c>
+      <c r="D4" s="546"/>
+      <c r="E4" s="546"/>
+      <c r="F4" s="547"/>
+      <c r="G4" s="155"/>
+      <c r="H4" s="155"/>
+      <c r="I4" s="155"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="548"/>
+      <c r="D5" s="549"/>
+      <c r="E5" s="549"/>
+      <c r="F5" s="550"/>
+      <c r="G5" s="296" t="s">
+        <v>154</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="68"/>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="551"/>
+      <c r="D6" s="552"/>
+      <c r="E6" s="552"/>
+      <c r="F6" s="553"/>
+      <c r="G6" s="157"/>
+      <c r="H6" s="157"/>
+      <c r="I6" s="157"/>
+      <c r="J6" s="121"/>
+      <c r="K6" s="343" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...3 lines deleted...]
-      <c r="D7" s="338" t="s">
+      <c r="B7" s="25"/>
+      <c r="C7" s="341" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="292" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="145" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="292" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="133" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="292" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="133" t="s">
         <v>40</v>
       </c>
-      <c r="E7" s="382" t="s">
-[...9 lines deleted...]
-      <c r="A8" s="62">
+      <c r="J7" s="171"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>46021</v>
       </c>
-      <c r="B8" s="39"/>
-[...38 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="244"/>
+      <c r="F8" s="320"/>
+      <c r="G8" s="154"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="D9" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="E9" s="554" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="555"/>
+      <c r="G9" s="219" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="219" t="s">
+        <v>210</v>
+      </c>
+      <c r="I9" s="57"/>
+      <c r="J9" s="83"/>
+      <c r="K9" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="249"/>
+      <c r="F10" s="257"/>
+      <c r="G10" s="85"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-      <c r="C11" s="393" t="s">
+      <c r="B11" s="25"/>
+      <c r="C11" s="341" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="338" t="s">
+      <c r="D11" s="292" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="162" t="s">
+      <c r="E11" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="338" t="s">
+      <c r="F11" s="292" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="142" t="s">
-[...11 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="159"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>46022</v>
       </c>
-      <c r="B12" s="32"/>
-[...38 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="348"/>
+      <c r="D12" s="348"/>
+      <c r="E12" s="348"/>
+      <c r="F12" s="348"/>
+      <c r="G12" s="348"/>
+      <c r="H12" s="348"/>
+      <c r="I12" s="348"/>
+      <c r="J12" s="172"/>
+      <c r="K12" s="117"/>
+    </row>
+    <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="348"/>
+      <c r="D13" s="348"/>
+      <c r="E13" s="348"/>
+      <c r="F13" s="348"/>
+      <c r="G13" s="348"/>
+      <c r="H13" s="348"/>
+      <c r="I13" s="348"/>
+      <c r="J13" s="88"/>
+      <c r="K13" s="343" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="349"/>
+      <c r="D14" s="349"/>
+      <c r="E14" s="349"/>
+      <c r="F14" s="349"/>
+      <c r="G14" s="349"/>
+      <c r="H14" s="349"/>
+      <c r="I14" s="349"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-      <c r="C15" s="393" t="s">
+      <c r="B15" s="25"/>
+      <c r="C15" s="341" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="338" t="s">
+      <c r="D15" s="292" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="162" t="s">
+      <c r="E15" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="338" t="s">
+      <c r="F15" s="292" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="142" t="s">
-[...11 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="159"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45658</v>
       </c>
-      <c r="B16" s="39"/>
-[...35 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="348"/>
+      <c r="D16" s="348"/>
+      <c r="E16" s="348"/>
+      <c r="F16" s="348"/>
+      <c r="G16" s="348"/>
+      <c r="H16" s="348"/>
+      <c r="I16" s="348"/>
+      <c r="J16" s="83"/>
+      <c r="K16" s="117"/>
+    </row>
+    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="348"/>
+      <c r="D17" s="348"/>
+      <c r="E17" s="348"/>
+      <c r="F17" s="348"/>
+      <c r="G17" s="348"/>
+      <c r="H17" s="348"/>
+      <c r="I17" s="348"/>
+      <c r="J17" s="83"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="349"/>
+      <c r="D18" s="349"/>
+      <c r="E18" s="349"/>
+      <c r="F18" s="349"/>
+      <c r="G18" s="349"/>
+      <c r="H18" s="349"/>
+      <c r="I18" s="349"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-      <c r="C19" s="393" t="s">
+      <c r="B19" s="25"/>
+      <c r="C19" s="341" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="338" t="s">
+      <c r="D19" s="292" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="162" t="s">
+      <c r="E19" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="338" t="s">
+      <c r="F19" s="292" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="142" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="133" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="171"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45659</v>
       </c>
-      <c r="B20" s="32"/>
-[...36 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="83"/>
+      <c r="E20" s="83"/>
+      <c r="F20" s="83"/>
+      <c r="G20" s="83"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="168"/>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="296" t="s">
+        <v>501</v>
+      </c>
+      <c r="D21" s="296" t="s">
+        <v>166</v>
+      </c>
+      <c r="E21" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F21" s="296" t="s">
+        <v>136</v>
+      </c>
+      <c r="G21" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="H21" s="298"/>
+      <c r="I21" s="83"/>
+      <c r="J21" s="168"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="121"/>
+      <c r="E22" s="121"/>
+      <c r="F22" s="121"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="169"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-[...22 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="25"/>
+      <c r="C23" s="344" t="s">
+        <v>452</v>
+      </c>
+      <c r="D23" s="145" t="s">
+        <v>451</v>
+      </c>
+      <c r="E23" s="145" t="s">
+        <v>383</v>
+      </c>
+      <c r="F23" s="146" t="s">
+        <v>156</v>
+      </c>
+      <c r="G23" s="344" t="s">
+        <v>157</v>
+      </c>
+      <c r="H23" s="145" t="s">
+        <v>158</v>
+      </c>
+      <c r="I23" s="294"/>
+      <c r="J23" s="159"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45660</v>
       </c>
-      <c r="B24" s="39"/>
-[...13 lines deleted...]
-      <c r="J24" s="87"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="57"/>
+      <c r="D24" s="426" t="s">
+        <v>284</v>
+      </c>
+      <c r="E24" s="83"/>
+      <c r="F24" s="426" t="s">
+        <v>284</v>
+      </c>
+      <c r="G24" s="426" t="s">
+        <v>284</v>
+      </c>
+      <c r="H24" s="83"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="83"/>
       <c r="K24" t="s">
-        <v>123</v>
-[...27 lines deleted...]
-      <c r="A27" s="48" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="57" t="s">
+        <v>502</v>
+      </c>
+      <c r="D25" s="427"/>
+      <c r="E25" s="296" t="s">
+        <v>169</v>
+      </c>
+      <c r="F25" s="427"/>
+      <c r="G25" s="427"/>
+      <c r="H25" s="296"/>
+      <c r="I25" s="83"/>
+      <c r="J25" s="83"/>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="161"/>
+      <c r="D26" s="428"/>
+      <c r="E26" s="121"/>
+      <c r="F26" s="428"/>
+      <c r="G26" s="428"/>
+      <c r="H26" s="121"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="121"/>
+    </row>
+    <row r="27" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...22 lines deleted...]
-      <c r="A28" s="62">
+      <c r="B27" s="41"/>
+      <c r="C27" s="344" t="s">
+        <v>450</v>
+      </c>
+      <c r="D27" s="332" t="s">
+        <v>326</v>
+      </c>
+      <c r="E27" s="332" t="s">
+        <v>445</v>
+      </c>
+      <c r="F27" s="332" t="s">
+        <v>446</v>
+      </c>
+      <c r="G27" s="336" t="s">
+        <v>447</v>
+      </c>
+      <c r="H27" s="336" t="s">
+        <v>448</v>
+      </c>
+      <c r="I27" s="332" t="s">
+        <v>28</v>
+      </c>
+      <c r="J27" s="332" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45661</v>
       </c>
-      <c r="B28" s="33"/>
-[...7 lines deleted...]
-      <c r="J28" s="213"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="86"/>
+      <c r="E28" s="154"/>
+      <c r="F28" s="395"/>
+      <c r="G28" s="154"/>
+      <c r="H28" s="154"/>
+      <c r="I28" s="83"/>
+      <c r="J28" s="168"/>
       <c r="K28" t="s">
-        <v>124</v>
-[...26 lines deleted...]
-      <c r="J30" s="214"/>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="219" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" s="296" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F29" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="G29" s="219" t="s">
+        <v>216</v>
+      </c>
+      <c r="H29" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="I29" s="296" t="s">
+        <v>154</v>
+      </c>
+      <c r="J29" s="296" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="79"/>
+      <c r="D30" s="156"/>
+      <c r="E30" s="85"/>
+      <c r="F30" s="176"/>
+      <c r="G30" s="85"/>
+      <c r="H30" s="85"/>
+      <c r="I30" s="121"/>
+      <c r="J30" s="169"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="8">
     <mergeCell ref="D24:D26"/>
     <mergeCell ref="F24:F26"/>
     <mergeCell ref="G24:G26"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="C3:F3"/>
-    <mergeCell ref="F7:I7"/>
-    <mergeCell ref="F8:I10"/>
     <mergeCell ref="C4:F6"/>
+    <mergeCell ref="E9:F9"/>
   </mergeCells>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:M30"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="K12" sqref="K12"/>
+    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F33" sqref="F33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="15.88671875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="4.7109375" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.28515625" customWidth="1"/>
+    <col min="5" max="5" width="27.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.7109375" customWidth="1"/>
+    <col min="7" max="7" width="29.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="15.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>66</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45662</v>
       </c>
-      <c r="B4" s="32"/>
-[...43 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="83"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J5" s="31"/>
+      <c r="K5" s="343" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="35"/>
+      <c r="K6" s="343" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-      <c r="C7" s="271" t="s">
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45663</v>
       </c>
-      <c r="B8" s="39"/>
-[...34 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="83"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="F9" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="328" t="s">
+        <v>503</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>119</v>
+      </c>
+      <c r="I9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-      <c r="C11" s="271" t="s">
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="272" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45664</v>
       </c>
-      <c r="B12" s="32"/>
-[...38 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="83"/>
+      <c r="G12" s="83"/>
+      <c r="H12" s="83"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="343" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="F13" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G13" s="201" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J13" s="31"/>
+      <c r="K13" s="54"/>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-      <c r="C15" s="271" t="s">
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="417" t="s">
+        <v>483</v>
+      </c>
+      <c r="H15" s="439"/>
+      <c r="I15" s="418"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45665</v>
       </c>
-      <c r="B16" s="39"/>
-[...35 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="505" t="s">
+        <v>484</v>
+      </c>
+      <c r="H16" s="506"/>
+      <c r="I16" s="507"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F17" s="326" t="s">
+        <v>216</v>
+      </c>
+      <c r="G17" s="508"/>
+      <c r="H17" s="509"/>
+      <c r="I17" s="510"/>
+      <c r="J17" s="31"/>
+      <c r="L17" s="54"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="511"/>
+      <c r="H18" s="512"/>
+      <c r="I18" s="513"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-      <c r="C19" s="271" t="s">
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45666</v>
       </c>
-      <c r="B20" s="32"/>
-[...35 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="86"/>
+      <c r="D20" s="273"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="273"/>
+      <c r="H20" s="86"/>
+      <c r="I20" s="154"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="196" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I21" s="298"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="118"/>
+    </row>
+    <row r="22" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="327" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="163"/>
+      <c r="H22" s="156"/>
+      <c r="I22" s="85"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-[...20 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="25"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="227" t="s">
+        <v>345</v>
+      </c>
+      <c r="E23" s="227" t="s">
+        <v>357</v>
+      </c>
+      <c r="F23" s="417" t="s">
+        <v>307</v>
+      </c>
+      <c r="G23" s="439"/>
+      <c r="H23" s="418"/>
+      <c r="I23" s="287"/>
+      <c r="J23" s="159"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45667</v>
       </c>
-      <c r="B24" s="39"/>
-[...42 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="37"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="346"/>
+      <c r="E24" s="346"/>
+      <c r="F24" s="442" t="s">
+        <v>103</v>
+      </c>
+      <c r="G24" s="443"/>
+      <c r="H24" s="480"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="83"/>
+    </row>
+    <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="346" t="s">
+        <v>471</v>
+      </c>
+      <c r="E25" s="346" t="s">
+        <v>472</v>
+      </c>
+      <c r="F25" s="444"/>
+      <c r="G25" s="445"/>
+      <c r="H25" s="481"/>
+      <c r="I25" s="88"/>
+      <c r="J25" s="83"/>
+      <c r="K25" s="437" t="s">
+        <v>189</v>
+      </c>
+      <c r="L25" s="479"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="352"/>
+      <c r="E26" s="365"/>
+      <c r="F26" s="446"/>
+      <c r="G26" s="447"/>
+      <c r="H26" s="482"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="121"/>
+      <c r="K26" s="394" t="s">
+        <v>506</v>
+      </c>
+      <c r="L26" s="394"/>
+      <c r="M26" s="394"/>
+    </row>
+    <row r="27" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...15 lines deleted...]
-        <v>395</v>
+      <c r="B27" s="41"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="245" t="s">
+        <v>349</v>
+      </c>
+      <c r="E27" s="227" t="s">
+        <v>481</v>
+      </c>
+      <c r="F27" s="417" t="s">
+        <v>372</v>
+      </c>
+      <c r="G27" s="439"/>
+      <c r="H27" s="418"/>
+      <c r="I27" s="501" t="s">
+        <v>507</v>
       </c>
       <c r="J27" s="556"/>
-      <c r="M27" s="124" t="s">
+      <c r="M27" s="396" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="62">
+    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45668</v>
       </c>
-      <c r="B28" s="33"/>
-[...35 lines deleted...]
-      <c r="J30" s="519"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="86"/>
+      <c r="D28" s="366"/>
+      <c r="E28" s="364"/>
+      <c r="F28" s="443" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" s="443"/>
+      <c r="H28" s="480"/>
+      <c r="I28" s="558" t="s">
+        <v>464</v>
+      </c>
+      <c r="J28" s="559"/>
+    </row>
+    <row r="29" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="86" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="367" t="s">
+        <v>466</v>
+      </c>
+      <c r="E29" s="346" t="s">
+        <v>469</v>
+      </c>
+      <c r="F29" s="445"/>
+      <c r="G29" s="445"/>
+      <c r="H29" s="481"/>
+      <c r="I29" s="560"/>
+      <c r="J29" s="561"/>
+      <c r="K29" s="394" t="s">
+        <v>520</v>
+      </c>
+      <c r="L29" s="394"/>
+      <c r="M29" s="394"/>
+    </row>
+    <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="59"/>
+      <c r="D30" s="363"/>
+      <c r="E30" s="365"/>
+      <c r="F30" s="447"/>
+      <c r="G30" s="447"/>
+      <c r="H30" s="482"/>
+      <c r="I30" s="562"/>
+      <c r="J30" s="563"/>
+      <c r="K30" s="394" t="s">
+        <v>521</v>
+      </c>
+      <c r="L30" s="394"/>
+      <c r="M30" s="394"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="12">
     <mergeCell ref="F28:H30"/>
     <mergeCell ref="I28:J30"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="G16:I18"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="I27:J27"/>
-    <mergeCell ref="G24:H26"/>
     <mergeCell ref="F27:H27"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
-    <mergeCell ref="G23:H23"/>
     <mergeCell ref="C24:C26"/>
+    <mergeCell ref="F23:H23"/>
+    <mergeCell ref="F24:H26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4:K5"/>
+    <sheetView topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F32" sqref="F32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="12" width="12.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="9.28515625" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.42578125" customWidth="1"/>
+    <col min="5" max="5" width="28.7109375" customWidth="1"/>
+    <col min="6" max="6" width="38.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="32.5703125" customWidth="1"/>
+    <col min="8" max="8" width="20.5703125" customWidth="1"/>
+    <col min="9" max="9" width="19.140625" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
+    <col min="11" max="11" width="15.5703125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>65</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="28"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45669</v>
       </c>
-      <c r="B4" s="78"/>
-[...8 lines deleted...]
-      <c r="K4" s="123" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="57"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
         <v>322</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="K5" s="395" t="s">
+      <c r="I7" s="256" t="s">
         <v>323</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="J7" s="110"/>
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45670</v>
+      </c>
+      <c r="B8" s="80"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298"/>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="56"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...74 lines deleted...]
-      <c r="J11" s="77"/>
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="73"/>
       <c r="L11" s="15"/>
       <c r="M11" s="15"/>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
     </row>
-    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="62">
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
         <v>45671</v>
       </c>
-      <c r="B12" s="33"/>
-[...7 lines deleted...]
-      <c r="J12" s="87"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="83"/>
+      <c r="G12" s="83"/>
+      <c r="H12" s="83"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="83"/>
       <c r="K12" t="s">
-        <v>424</v>
-[...27 lines deleted...]
-      <c r="A15" s="26" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="38"/>
-      <c r="C15" s="271" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="417" t="s">
+        <v>483</v>
+      </c>
+      <c r="H15" s="439"/>
+      <c r="I15" s="418"/>
+      <c r="J15" s="73"/>
+      <c r="L15" s="557"/>
+      <c r="M15" s="557"/>
+      <c r="N15" s="557"/>
+      <c r="O15" s="557"/>
+      <c r="P15" s="557"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45672</v>
       </c>
-      <c r="B16" s="33"/>
-[...43 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="505" t="s">
+        <v>309</v>
+      </c>
+      <c r="H16" s="506"/>
+      <c r="I16" s="507"/>
+      <c r="J16" s="83"/>
+      <c r="K16" s="119"/>
+      <c r="L16" s="557"/>
+      <c r="M16" s="557"/>
+      <c r="N16" s="557"/>
+      <c r="O16" s="557"/>
+      <c r="P16" s="557"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>296</v>
+      </c>
+      <c r="E17" s="201" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="508"/>
+      <c r="H17" s="509"/>
+      <c r="I17" s="510"/>
+      <c r="J17" s="83"/>
+      <c r="K17" s="119" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="511"/>
+      <c r="H18" s="512"/>
+      <c r="I18" s="513"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="55"/>
-      <c r="C19" s="271" t="s">
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="273" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="E19" s="227" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="397" t="s">
+        <v>277</v>
+      </c>
+      <c r="G19" s="436"/>
+      <c r="H19" s="436"/>
+      <c r="I19" s="436"/>
+      <c r="J19" s="101"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45673</v>
       </c>
-      <c r="B20" s="44"/>
-[...36 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="86"/>
+      <c r="D20" s="273"/>
+      <c r="E20" s="273"/>
+      <c r="F20" s="455" t="s">
+        <v>374</v>
+      </c>
+      <c r="G20" s="456"/>
+      <c r="H20" s="456"/>
+      <c r="I20" s="456"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="F21" s="458"/>
+      <c r="G21" s="459"/>
+      <c r="H21" s="459"/>
+      <c r="I21" s="459"/>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="327" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="461"/>
+      <c r="G22" s="462"/>
+      <c r="H22" s="462"/>
+      <c r="I22" s="462"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...16 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E23" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="331" t="s">
+        <v>330</v>
+      </c>
+      <c r="G23" s="417" t="s">
+        <v>375</v>
+      </c>
+      <c r="H23" s="439"/>
+      <c r="I23" s="418"/>
+      <c r="J23" s="73"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45674</v>
       </c>
-      <c r="B24" s="33"/>
-[...38 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="564" t="s">
+        <v>482</v>
+      </c>
+      <c r="E24" s="564" t="s">
+        <v>456</v>
+      </c>
+      <c r="F24" s="564" t="s">
+        <v>455</v>
+      </c>
+      <c r="G24" s="442" t="s">
+        <v>140</v>
+      </c>
+      <c r="H24" s="443"/>
+      <c r="I24" s="480"/>
+      <c r="J24" s="83"/>
+    </row>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="565"/>
+      <c r="E25" s="565"/>
+      <c r="F25" s="565"/>
+      <c r="G25" s="444"/>
+      <c r="H25" s="445"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="83"/>
+      <c r="K25" s="394" t="s">
+        <v>522</v>
+      </c>
+      <c r="L25" s="393"/>
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="566"/>
+      <c r="E26" s="566"/>
+      <c r="F26" s="566"/>
+      <c r="G26" s="446"/>
+      <c r="H26" s="447"/>
+      <c r="I26" s="482"/>
+      <c r="J26" s="121"/>
+    </row>
+    <row r="27" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="38"/>
-[...18 lines deleted...]
-      <c r="A28" s="62">
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E27" s="518" t="s">
+        <v>357</v>
+      </c>
+      <c r="F27" s="519"/>
+      <c r="G27" s="225" t="s">
+        <v>508</v>
+      </c>
+      <c r="H27" s="483" t="s">
+        <v>490</v>
+      </c>
+      <c r="I27" s="484"/>
+      <c r="J27" s="28"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45675</v>
       </c>
-      <c r="B28" s="46"/>
-[...37 lines deleted...]
-    </row>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="564" t="s">
+        <v>460</v>
+      </c>
+      <c r="E28" s="558" t="s">
+        <v>491</v>
+      </c>
+      <c r="F28" s="559"/>
+      <c r="G28" s="592" t="s">
+        <v>509</v>
+      </c>
+      <c r="H28" s="497"/>
+      <c r="I28" s="498"/>
+      <c r="J28" s="83"/>
+      <c r="K28" s="119" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="565"/>
+      <c r="E29" s="560"/>
+      <c r="F29" s="561"/>
+      <c r="G29" s="593"/>
+      <c r="H29" s="422"/>
+      <c r="I29" s="423"/>
+      <c r="J29" s="83"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="566"/>
+      <c r="E30" s="562"/>
+      <c r="F30" s="563"/>
+      <c r="G30" s="594"/>
+      <c r="H30" s="499"/>
+      <c r="I30" s="500"/>
+      <c r="J30" s="121"/>
+    </row>
+    <row r="31" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="20">
+    <mergeCell ref="H28:I30"/>
+    <mergeCell ref="E28:F30"/>
+    <mergeCell ref="F24:F26"/>
+    <mergeCell ref="E24:E26"/>
+    <mergeCell ref="D24:D26"/>
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="G28:G30"/>
     <mergeCell ref="L15:P15"/>
     <mergeCell ref="L16:P16"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
-    <mergeCell ref="G27:H27"/>
     <mergeCell ref="F19:I19"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="G16:I18"/>
     <mergeCell ref="F20:I22"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="G24:I26"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="H27:I27"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:S30"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4:K5"/>
+    <sheetView topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F34" sqref="F34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="4.42578125" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21" customWidth="1"/>
+    <col min="7" max="7" width="31" customWidth="1"/>
+    <col min="8" max="8" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.42578125" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="436" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>64</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
+        <v>0</v>
+      </c>
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
+        <v>45676</v>
+      </c>
+      <c r="B4" s="74"/>
+      <c r="C4" s="368"/>
+      <c r="D4" s="238"/>
+      <c r="E4" s="238"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="369"/>
+      <c r="D6" s="370"/>
+      <c r="E6" s="370"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="27"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45677</v>
+      </c>
+      <c r="B8" s="80"/>
+      <c r="C8" s="368"/>
+      <c r="D8" s="238"/>
+      <c r="E8" s="238"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="16"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="369"/>
+      <c r="D10" s="370"/>
+      <c r="E10" s="370"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
         <v>86</v>
       </c>
-      <c r="C1" s="436"/>
-[...22 lines deleted...]
-      <c r="C3" s="271" t="s">
+      <c r="F11" s="435" t="s">
+        <v>277</v>
+      </c>
+      <c r="G11" s="436"/>
+      <c r="H11" s="436"/>
+      <c r="I11" s="398"/>
+      <c r="J11" s="151"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
+        <v>45678</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="238"/>
+      <c r="D12" s="238"/>
+      <c r="E12" s="238"/>
+      <c r="F12" s="455" t="s">
+        <v>376</v>
+      </c>
+      <c r="G12" s="456"/>
+      <c r="H12" s="456"/>
+      <c r="I12" s="457"/>
+      <c r="J12" s="83"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="458"/>
+      <c r="G13" s="459"/>
+      <c r="H13" s="459"/>
+      <c r="I13" s="460"/>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="370"/>
+      <c r="D14" s="370"/>
+      <c r="E14" s="370"/>
+      <c r="F14" s="461"/>
+      <c r="G14" s="462"/>
+      <c r="H14" s="462"/>
+      <c r="I14" s="463"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...59 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="G15" s="417" t="s">
+        <v>483</v>
+      </c>
+      <c r="H15" s="439"/>
+      <c r="I15" s="418"/>
+      <c r="J15" s="151"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>45679</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="368"/>
+      <c r="D16" s="238"/>
+      <c r="E16" s="238"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="505" t="s">
+        <v>311</v>
+      </c>
+      <c r="H16" s="506"/>
+      <c r="I16" s="507"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>296</v>
+      </c>
+      <c r="E17" s="201" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="508"/>
+      <c r="H17" s="509"/>
+      <c r="I17" s="510"/>
+      <c r="J17" s="83"/>
+      <c r="K17" s="119" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="369"/>
+      <c r="D18" s="370"/>
+      <c r="E18" s="370"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="511"/>
+      <c r="H18" s="512"/>
+      <c r="I18" s="513"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
-[...209 lines deleted...]
-      <c r="A20" s="62">
+      <c r="E19" s="227" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="435" t="s">
+        <v>277</v>
+      </c>
+      <c r="G19" s="436"/>
+      <c r="H19" s="436"/>
+      <c r="I19" s="398"/>
+      <c r="J19" s="151"/>
+    </row>
+    <row r="20" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45680</v>
       </c>
-      <c r="B20" s="44"/>
-[...36 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="83"/>
+      <c r="D20" s="83"/>
+      <c r="E20" s="83"/>
+      <c r="F20" s="455" t="s">
+        <v>149</v>
+      </c>
+      <c r="G20" s="456"/>
+      <c r="H20" s="456"/>
+      <c r="I20" s="457"/>
+      <c r="J20" s="168"/>
+    </row>
+    <row r="21" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="F21" s="458"/>
+      <c r="G21" s="459"/>
+      <c r="H21" s="459"/>
+      <c r="I21" s="460"/>
+      <c r="J21" s="168"/>
+    </row>
+    <row r="22" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="327" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="461"/>
+      <c r="G22" s="462"/>
+      <c r="H22" s="462"/>
+      <c r="I22" s="463"/>
+      <c r="J22" s="169"/>
+    </row>
+    <row r="23" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...3 lines deleted...]
-      <c r="D23" s="273" t="s">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="227" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="466" t="s">
+        <v>379</v>
+      </c>
+      <c r="F23" s="467"/>
+      <c r="G23" s="435" t="s">
+        <v>378</v>
+      </c>
+      <c r="H23" s="398"/>
+      <c r="I23" s="158"/>
+      <c r="J23" s="170"/>
+    </row>
+    <row r="24" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
+        <v>45681</v>
+      </c>
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="346"/>
+      <c r="E24" s="567" t="s">
+        <v>473</v>
+      </c>
+      <c r="F24" s="568"/>
+      <c r="G24" s="442" t="s">
+        <v>377</v>
+      </c>
+      <c r="H24" s="443"/>
+      <c r="I24" s="480"/>
+      <c r="J24" s="88"/>
+      <c r="K24" s="437" t="s">
+        <v>189</v>
+      </c>
+      <c r="L24" s="479"/>
+    </row>
+    <row r="25" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="346" t="s">
+        <v>474</v>
+      </c>
+      <c r="E25" s="569"/>
+      <c r="F25" s="570"/>
+      <c r="G25" s="444"/>
+      <c r="H25" s="445"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="88"/>
+      <c r="K25" s="127"/>
+    </row>
+    <row r="26" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="352"/>
+      <c r="E26" s="571"/>
+      <c r="F26" s="572"/>
+      <c r="G26" s="446"/>
+      <c r="H26" s="447"/>
+      <c r="I26" s="482"/>
+      <c r="J26" s="89"/>
+      <c r="K26" s="127"/>
+    </row>
+    <row r="27" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="227" t="s">
         <v>34</v>
       </c>
-      <c r="E23" s="476" t="s">
-[...81 lines deleted...]
-      <c r="A28" s="62">
+      <c r="E27" s="227" t="s">
+        <v>510</v>
+      </c>
+      <c r="F27" s="483" t="s">
+        <v>530</v>
+      </c>
+      <c r="G27" s="484"/>
+      <c r="H27" s="483" t="s">
+        <v>529</v>
+      </c>
+      <c r="I27" s="484"/>
+      <c r="J27" s="151"/>
+    </row>
+    <row r="28" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45682</v>
       </c>
-      <c r="B28" s="46"/>
-[...7 lines deleted...]
-      <c r="J28" s="87"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="351"/>
+      <c r="E28" s="346"/>
+      <c r="F28" s="604" t="s">
+        <v>509</v>
+      </c>
+      <c r="G28" s="595"/>
+      <c r="H28" s="558" t="s">
+        <v>492</v>
+      </c>
+      <c r="I28" s="595"/>
+      <c r="J28" s="83"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18"/>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
-    <row r="29" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...23 lines deleted...]
-      <c r="J30" s="128"/>
+    <row r="29" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="346" t="s">
+        <v>470</v>
+      </c>
+      <c r="E29" s="346" t="s">
+        <v>494</v>
+      </c>
+      <c r="F29" s="596"/>
+      <c r="G29" s="597"/>
+      <c r="H29" s="596"/>
+      <c r="I29" s="597"/>
+      <c r="J29" s="83"/>
+      <c r="K29" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="352"/>
+      <c r="E30" s="352"/>
+      <c r="F30" s="598"/>
+      <c r="G30" s="599"/>
+      <c r="H30" s="598"/>
+      <c r="I30" s="599"/>
+      <c r="J30" s="121"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="18">
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="F19:I19"/>
+    <mergeCell ref="F20:I22"/>
+    <mergeCell ref="G24:I26"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F28:G30"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="H28:I30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="F11:I11"/>
     <mergeCell ref="F12:I14"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="G16:I18"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="E24:F26"/>
-    <mergeCell ref="K24:L24"/>
-[...2 lines deleted...]
-    <mergeCell ref="G24:I26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
-  <dimension ref="A1:K30"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F9" sqref="F9"/>
+    <sheetView topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
     <col min="3" max="3" width="23" customWidth="1"/>
-    <col min="4" max="4" width="22.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="31.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="36.42578125" customWidth="1"/>
+    <col min="7" max="7" width="24.28515625" customWidth="1"/>
+    <col min="8" max="8" width="25.42578125" customWidth="1"/>
+    <col min="9" max="9" width="22.28515625" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>63</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45683</v>
       </c>
-      <c r="B4" s="78"/>
-[...8 lines deleted...]
-      <c r="K4" s="123" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="298" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
         <v>322</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="K5" s="395" t="s">
+      <c r="I7" s="256" t="s">
         <v>323</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45684</v>
+      </c>
+      <c r="B8" s="80"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F11" s="435" t="s">
+        <v>277</v>
+      </c>
+      <c r="G11" s="436"/>
+      <c r="H11" s="436"/>
+      <c r="I11" s="398"/>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
+        <v>45685</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="455" t="s">
+        <v>376</v>
+      </c>
+      <c r="G12" s="456"/>
+      <c r="H12" s="456"/>
+      <c r="I12" s="457"/>
+      <c r="J12" s="83"/>
+    </row>
+    <row r="13" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="458"/>
+      <c r="G13" s="459"/>
+      <c r="H13" s="459"/>
+      <c r="I13" s="460"/>
+      <c r="J13" s="83"/>
+      <c r="K13" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="461"/>
+      <c r="G14" s="462"/>
+      <c r="H14" s="462"/>
+      <c r="I14" s="463"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...53 lines deleted...]
-      <c r="C11" s="271" t="s">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>45686</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="86"/>
+      <c r="G16" s="154"/>
+      <c r="H16" s="154"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="296" t="s">
+        <v>505</v>
+      </c>
+      <c r="E17" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="F17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="G17" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="H17" s="298" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="83"/>
+      <c r="K17" s="375"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="156"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
-[...39 lines deleted...]
-      <c r="K13" t="s">
+      <c r="E19" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
+        <v>45687</v>
+      </c>
+      <c r="B20" s="41"/>
+      <c r="C20" s="304"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="376"/>
+      <c r="F20" s="273"/>
+      <c r="G20" s="154"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="377" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="219" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="298" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="258"/>
+      <c r="F22" s="313"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E23" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="331" t="s">
+        <v>330</v>
+      </c>
+      <c r="G23" s="417" t="s">
+        <v>375</v>
+      </c>
+      <c r="H23" s="439"/>
+      <c r="I23" s="418"/>
+      <c r="J23" s="102"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
+        <v>45688</v>
+      </c>
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="564" t="s">
+        <v>233</v>
+      </c>
+      <c r="E24" s="564" t="s">
+        <v>457</v>
+      </c>
+      <c r="F24" s="564" t="s">
+        <v>458</v>
+      </c>
+      <c r="G24" s="442" t="s">
+        <v>141</v>
+      </c>
+      <c r="H24" s="443"/>
+      <c r="I24" s="480"/>
+      <c r="J24" s="83"/>
+    </row>
+    <row r="25" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="565"/>
+      <c r="E25" s="565"/>
+      <c r="F25" s="565"/>
+      <c r="G25" s="444"/>
+      <c r="H25" s="445"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="83"/>
+      <c r="K25" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="566"/>
+      <c r="E26" s="566"/>
+      <c r="F26" s="566"/>
+      <c r="G26" s="446"/>
+      <c r="H26" s="447"/>
+      <c r="I26" s="482"/>
+      <c r="J26" s="121"/>
+      <c r="K26" s="394" t="s">
+        <v>523</v>
+      </c>
+      <c r="L26" s="393"/>
+      <c r="M26" s="393"/>
+    </row>
+    <row r="27" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>388</v>
+      </c>
+      <c r="D27" s="227" t="s">
+        <v>498</v>
+      </c>
+      <c r="E27" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F27" s="225" t="s">
+        <v>330</v>
+      </c>
+      <c r="G27" s="464" t="s">
         <v>424</v>
       </c>
-    </row>
-[...231 lines deleted...]
-      <c r="A28" s="62">
+      <c r="H27" s="485"/>
+      <c r="I27" s="465"/>
+      <c r="J27" s="151"/>
+    </row>
+    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45689</v>
       </c>
-      <c r="B28" s="46"/>
-[...33 lines deleted...]
-      <c r="J30" s="128"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="564" t="s">
+        <v>463</v>
+      </c>
+      <c r="E28" s="604" t="s">
+        <v>509</v>
+      </c>
+      <c r="F28" s="573" t="s">
+        <v>528</v>
+      </c>
+      <c r="G28" s="505" t="s">
+        <v>485</v>
+      </c>
+      <c r="H28" s="506"/>
+      <c r="I28" s="507"/>
+      <c r="J28" s="83"/>
+    </row>
+    <row r="29" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="565"/>
+      <c r="E29" s="596"/>
+      <c r="F29" s="574"/>
+      <c r="G29" s="508"/>
+      <c r="H29" s="509"/>
+      <c r="I29" s="510"/>
+      <c r="J29" s="83"/>
+      <c r="K29" s="394" t="s">
+        <v>524</v>
+      </c>
+      <c r="L29" s="394"/>
+      <c r="M29" s="393"/>
+    </row>
+    <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="566"/>
+      <c r="E30" s="598"/>
+      <c r="F30" s="575"/>
+      <c r="G30" s="511"/>
+      <c r="H30" s="512"/>
+      <c r="I30" s="513"/>
+      <c r="J30" s="121"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
+  <mergeCells count="15">
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="G28:I30"/>
+    <mergeCell ref="F28:F30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="G24:I26"/>
     <mergeCell ref="C24:C26"/>
-    <mergeCell ref="G11:I11"/>
-    <mergeCell ref="G12:I14"/>
+    <mergeCell ref="D24:D26"/>
+    <mergeCell ref="E24:E26"/>
+    <mergeCell ref="F24:F26"/>
+    <mergeCell ref="F11:I11"/>
+    <mergeCell ref="F12:I14"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4:K5"/>
+    <sheetView topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F34" sqref="F34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="19" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="28.85546875" customWidth="1"/>
+    <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.7109375" customWidth="1"/>
+    <col min="7" max="7" width="21.7109375" customWidth="1"/>
+    <col min="8" max="8" width="20.5703125" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
-    <col min="10" max="11" width="12.5546875" customWidth="1"/>
-    <col min="12" max="12" width="7.44140625" customWidth="1"/>
+    <col min="10" max="11" width="12.5703125" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>62</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+    </row>
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45690</v>
       </c>
-      <c r="B4" s="78"/>
-[...8 lines deleted...]
-      <c r="K4" s="123" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="298" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="417" t="s">
+        <v>483</v>
+      </c>
+      <c r="H7" s="439"/>
+      <c r="I7" s="418"/>
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45691</v>
+      </c>
+      <c r="B8" s="80"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="505" t="s">
+        <v>526</v>
+      </c>
+      <c r="H8" s="506"/>
+      <c r="I8" s="507"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="508"/>
+      <c r="H9" s="509"/>
+      <c r="I9" s="510"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="437" t="s">
+        <v>189</v>
+      </c>
+      <c r="L9" s="438"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="511"/>
+      <c r="H10" s="512"/>
+      <c r="I10" s="513"/>
+      <c r="J10" s="121"/>
+      <c r="K10" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
         <v>322</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="K5" s="395" t="s">
+      <c r="I11" s="256" t="s">
         <v>323</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
+        <v>45692</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="83"/>
+      <c r="G12" s="83"/>
+      <c r="H12" s="83"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="83"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+      <c r="K13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...57 lines deleted...]
-      <c r="C11" s="271" t="s">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+    </row>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>45693</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="86"/>
+      <c r="G16" s="154"/>
+      <c r="H16" s="83"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="296" t="s">
+        <v>505</v>
+      </c>
+      <c r="E17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="296" t="s">
+        <v>119</v>
+      </c>
+      <c r="G17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="H17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I17" s="298"/>
+      <c r="J17" s="83"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="156"/>
+      <c r="G18" s="85"/>
+      <c r="H18" s="121"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...149 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45694</v>
       </c>
-      <c r="B20" s="44"/>
-[...34 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="304"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="376"/>
+      <c r="F20" s="273"/>
+      <c r="G20" s="154"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="377" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="219" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I21" s="296"/>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="258"/>
+      <c r="F22" s="313"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...16 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="145" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="292" t="s">
+        <v>357</v>
+      </c>
+      <c r="F23" s="133" t="s">
+        <v>411</v>
+      </c>
+      <c r="G23" s="417" t="s">
+        <v>375</v>
+      </c>
+      <c r="H23" s="439"/>
+      <c r="I23" s="418"/>
+      <c r="J23" s="102"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45695</v>
       </c>
-      <c r="B24" s="33"/>
-[...6 lines deleted...]
-      <c r="G24" s="459" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="355"/>
+      <c r="E24" s="355"/>
+      <c r="F24" s="83"/>
+      <c r="G24" s="442" t="s">
+        <v>142</v>
+      </c>
+      <c r="H24" s="443"/>
+      <c r="I24" s="480"/>
+      <c r="J24" s="83"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="346" t="s">
+        <v>475</v>
+      </c>
+      <c r="E25" s="346" t="s">
+        <v>479</v>
+      </c>
+      <c r="F25" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="G25" s="444"/>
+      <c r="H25" s="445"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="83"/>
+      <c r="K25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="356"/>
+      <c r="E26" s="356"/>
+      <c r="F26" s="121"/>
+      <c r="G26" s="446"/>
+      <c r="H26" s="447"/>
+      <c r="I26" s="482"/>
+      <c r="J26" s="121"/>
+    </row>
+    <row r="27" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="145" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" s="145" t="s">
+        <v>517</v>
+      </c>
+      <c r="F27" s="294" t="s">
+        <v>530</v>
+      </c>
+      <c r="G27" s="464" t="s">
+        <v>531</v>
+      </c>
+      <c r="H27" s="485"/>
+      <c r="I27" s="465"/>
+      <c r="J27" s="28"/>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
+        <v>45696</v>
+      </c>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="564" t="s">
+        <v>527</v>
+      </c>
+      <c r="E28" s="505" t="s">
+        <v>239</v>
+      </c>
+      <c r="F28" s="604" t="s">
+        <v>509</v>
+      </c>
+      <c r="G28" s="558" t="s">
+        <v>493</v>
+      </c>
+      <c r="H28" s="601"/>
+      <c r="I28" s="559"/>
+      <c r="J28" s="83"/>
+    </row>
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
         <v>165</v>
       </c>
-      <c r="H24" s="460"/>
-[...94 lines deleted...]
-      <c r="J30" s="128"/>
+      <c r="D29" s="565"/>
+      <c r="E29" s="508"/>
+      <c r="F29" s="596"/>
+      <c r="G29" s="560"/>
+      <c r="H29" s="602"/>
+      <c r="I29" s="561"/>
+      <c r="J29" s="83"/>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="566"/>
+      <c r="E30" s="511"/>
+      <c r="F30" s="598"/>
+      <c r="G30" s="562"/>
+      <c r="H30" s="603"/>
+      <c r="I30" s="563"/>
+      <c r="J30" s="121"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="13">
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="G28:I30"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="G24:I26"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="F28:F30"/>
+    <mergeCell ref="G7:I7"/>
+    <mergeCell ref="G8:I10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77B8A095-EDFB-4441-9A50-E7934C6F061F}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>111</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...12 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="141" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" s="140"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45880</v>
       </c>
-      <c r="B4" s="32"/>
-[...36 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="106" t="s">
+        <v>119</v>
+      </c>
+      <c r="F5" s="106"/>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...14 lines deleted...]
-      <c r="A8" s="62">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139" t="s">
+        <v>120</v>
+      </c>
+      <c r="D7" s="140" t="s">
+        <v>117</v>
+      </c>
+      <c r="E7" s="141"/>
+      <c r="F7" s="140"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45881</v>
       </c>
-      <c r="B8" s="39"/>
-[...38 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="31"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31" t="s">
+        <v>124</v>
+      </c>
+      <c r="D9" s="31" t="s">
+        <v>118</v>
+      </c>
+      <c r="E9" s="31"/>
+      <c r="F9" s="31"/>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-[...12 lines deleted...]
-      <c r="A12" s="62">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141"/>
+      <c r="F11" s="140" t="s">
+        <v>122</v>
+      </c>
+      <c r="G11" s="28"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="28"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45882</v>
       </c>
-      <c r="B12" s="32"/>
-[...36 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="54"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="106"/>
+      <c r="F13" s="31" t="s">
+        <v>131</v>
+      </c>
+      <c r="G13" s="31"/>
+      <c r="H13" s="106"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-[...10 lines deleted...]
-      <c r="A16" s="62">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="141"/>
+      <c r="F15" s="140"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45883</v>
       </c>
-      <c r="B16" s="39"/>
-[...34 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-[...10 lines deleted...]
-      <c r="A20" s="62">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45884</v>
       </c>
-      <c r="B20" s="32"/>
-[...34 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="106"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-[...46 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B23" s="25"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="397"/>
+      <c r="F23" s="398"/>
+      <c r="G23" s="397"/>
+      <c r="H23" s="398"/>
+      <c r="I23" s="101"/>
+      <c r="J23" s="101"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="410"/>
+      <c r="H24" s="411"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="44"/>
-[...50 lines deleted...]
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="397"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="61"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="35"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
-  <dimension ref="A1:L30"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
-    <sheetView topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4:K5"/>
+    <sheetView topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F33" sqref="F33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="6.5703125" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.5703125" customWidth="1"/>
+    <col min="6" max="6" width="31.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21.85546875" customWidth="1"/>
+    <col min="8" max="8" width="23" customWidth="1"/>
+    <col min="9" max="9" width="26" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>61</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45697</v>
       </c>
-      <c r="B4" s="78"/>
-[...8 lines deleted...]
-      <c r="K4" s="123" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="57"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
         <v>322</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="K5" s="395" t="s">
+      <c r="I7" s="256" t="s">
         <v>323</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="J7" s="49"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45698</v>
+      </c>
+      <c r="B8" s="80"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="154"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E11" s="227" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" s="397" t="s">
+        <v>277</v>
+      </c>
+      <c r="G11" s="436"/>
+      <c r="H11" s="436"/>
+      <c r="I11" s="436"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
+        <v>45699</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="83"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="455" t="s">
+        <v>381</v>
+      </c>
+      <c r="G12" s="456"/>
+      <c r="H12" s="456"/>
+      <c r="I12" s="457"/>
+      <c r="J12" s="41"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="458"/>
+      <c r="G13" s="459"/>
+      <c r="H13" s="459"/>
+      <c r="I13" s="460"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="461"/>
+      <c r="G14" s="462"/>
+      <c r="H14" s="462"/>
+      <c r="I14" s="463"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...53 lines deleted...]
-      <c r="C11" s="271" t="s">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>45700</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="83"/>
+      <c r="H16" s="83"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="296" t="s">
+        <v>295</v>
+      </c>
+      <c r="D17" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="E17" s="201" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="201" t="s">
+        <v>213</v>
+      </c>
+      <c r="H17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J17" s="83"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="121"/>
+      <c r="H18" s="121"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
-[...25 lines deleted...]
-      <c r="K12" t="s">
+      <c r="E19" s="227" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="397" t="s">
+        <v>277</v>
+      </c>
+      <c r="G19" s="436"/>
+      <c r="H19" s="436"/>
+      <c r="I19" s="398"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
+        <v>45701</v>
+      </c>
+      <c r="B20" s="41"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="271"/>
+      <c r="E20" s="83"/>
+      <c r="F20" s="455" t="s">
+        <v>380</v>
+      </c>
+      <c r="G20" s="456"/>
+      <c r="H20" s="456"/>
+      <c r="I20" s="457"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="296" t="s">
+        <v>312</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="328" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="458"/>
+      <c r="G21" s="459"/>
+      <c r="H21" s="459"/>
+      <c r="I21" s="460"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="118"/>
+    </row>
+    <row r="22" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="121"/>
+      <c r="F22" s="461"/>
+      <c r="G22" s="462"/>
+      <c r="H22" s="462"/>
+      <c r="I22" s="463"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E23" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="329" t="s">
+        <v>465</v>
+      </c>
+      <c r="G23" s="225" t="s">
+        <v>397</v>
+      </c>
+      <c r="H23" s="329" t="s">
+        <v>359</v>
+      </c>
+      <c r="I23" s="278" t="s">
+        <v>360</v>
+      </c>
+      <c r="J23" s="52"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="58">
+        <v>45702</v>
+      </c>
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="564" t="s">
+        <v>482</v>
+      </c>
+      <c r="E24" s="558" t="s">
+        <v>462</v>
+      </c>
+      <c r="F24" s="564" t="s">
+        <v>246</v>
+      </c>
+      <c r="G24" s="83"/>
+      <c r="H24" s="175"/>
+      <c r="I24" s="173"/>
+      <c r="J24" s="135"/>
+    </row>
+    <row r="25" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="565"/>
+      <c r="E25" s="560"/>
+      <c r="F25" s="565"/>
+      <c r="G25" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="H25" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I25" s="77"/>
+      <c r="J25" s="122"/>
+      <c r="K25" s="389" t="s">
+        <v>189</v>
+      </c>
+      <c r="L25" s="390"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="566"/>
+      <c r="E26" s="562"/>
+      <c r="F26" s="566"/>
+      <c r="G26" s="121"/>
+      <c r="H26" s="121"/>
+      <c r="I26" s="79"/>
+      <c r="J26" s="122"/>
+      <c r="K26" s="120"/>
+    </row>
+    <row r="27" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E27" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F27" s="225" t="s">
+        <v>330</v>
+      </c>
+      <c r="G27" s="464" t="s">
         <v>424</v>
       </c>
-    </row>
-[...243 lines deleted...]
-      <c r="A28" s="62">
+      <c r="H27" s="485"/>
+      <c r="I27" s="465"/>
+      <c r="J27" s="137"/>
+    </row>
+    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="58">
         <v>45703</v>
       </c>
-      <c r="B28" s="46"/>
-[...21 lines deleted...]
-      <c r="J29" s="129"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="564" t="s">
+        <v>459</v>
+      </c>
+      <c r="E28" s="604" t="s">
+        <v>509</v>
+      </c>
+      <c r="F28" s="573" t="s">
+        <v>532</v>
+      </c>
+      <c r="G28" s="505" t="s">
+        <v>486</v>
+      </c>
+      <c r="H28" s="506"/>
+      <c r="I28" s="507"/>
+      <c r="J28" s="122"/>
+    </row>
+    <row r="29" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="565"/>
+      <c r="E29" s="596"/>
+      <c r="F29" s="574"/>
+      <c r="G29" s="508"/>
+      <c r="H29" s="509"/>
+      <c r="I29" s="510"/>
+      <c r="J29" s="122"/>
       <c r="K29" t="s">
-        <v>215</v>
-[...12 lines deleted...]
-      <c r="J30" s="145"/>
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="566"/>
+      <c r="E30" s="598"/>
+      <c r="F30" s="575"/>
+      <c r="G30" s="511"/>
+      <c r="H30" s="512"/>
+      <c r="I30" s="513"/>
+      <c r="J30" s="136"/>
+      <c r="K30" s="600"/>
+      <c r="L30" s="600"/>
+      <c r="M30" s="600"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="K25:L25"/>
+  <mergeCells count="15">
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="D24:D26"/>
+    <mergeCell ref="E24:E26"/>
+    <mergeCell ref="F24:F26"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="G28:I30"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="F28:F30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="F11:I11"/>
     <mergeCell ref="F12:I14"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="F20:I22"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:P30"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4:K5"/>
+    <sheetView topLeftCell="A3" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="E28" sqref="E28:E30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="44.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="32" customWidth="1"/>
+    <col min="7" max="7" width="23.140625" customWidth="1"/>
+    <col min="8" max="8" width="20.85546875" customWidth="1"/>
+    <col min="9" max="9" width="19.5703125" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>60</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1"/>
-      <c r="C3" s="271" t="s">
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45704</v>
       </c>
       <c r="B4" s="2"/>
-      <c r="C4" s="61"/>
-[...7 lines deleted...]
-      <c r="K4" s="123" t="s">
+      <c r="C4" s="57"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="3"/>
+      <c r="C5" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="2"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
         <v>322</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="K5" s="395" t="s">
+      <c r="I7" s="256" t="s">
         <v>323</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="C7" s="271" t="s">
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45705</v>
+      </c>
+      <c r="B8" s="6"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="2"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="296" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="328" t="s">
+        <v>119</v>
+      </c>
+      <c r="G9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="H9" s="328"/>
+      <c r="I9" s="328"/>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="7"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="138"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...53 lines deleted...]
-      <c r="C11" s="271" t="s">
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
+        <v>45706</v>
+      </c>
+      <c r="B12" s="16"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="83"/>
+      <c r="G12" s="86"/>
+      <c r="H12" s="154"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="83"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="16"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="201" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="F13" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="G13" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="4"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="156"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="5"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...23 lines deleted...]
-      <c r="K12" t="s">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+      <c r="L15" s="557"/>
+      <c r="M15" s="557"/>
+      <c r="N15" s="557"/>
+      <c r="O15" s="557"/>
+      <c r="P15" s="557"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>45707</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="86"/>
+      <c r="H16" s="154"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="16"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="326" t="s">
+        <v>278</v>
+      </c>
+      <c r="F17" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="323" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="83"/>
+    </row>
+    <row r="18" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="4"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="17"/>
+      <c r="C19" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+      <c r="L19" s="557"/>
+      <c r="M19" s="557"/>
+      <c r="N19" s="557"/>
+      <c r="O19" s="557"/>
+      <c r="P19" s="557"/>
+    </row>
+    <row r="20" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
+        <v>45708</v>
+      </c>
+      <c r="B20" s="8"/>
+      <c r="C20" s="306"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="154"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="201" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="196" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="324" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="85"/>
+      <c r="D22" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="31"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="28" t="s">
+        <v>477</v>
+      </c>
+      <c r="G23" s="417" t="s">
+        <v>375</v>
+      </c>
+      <c r="H23" s="439"/>
+      <c r="I23" s="418"/>
+      <c r="J23" s="125"/>
+    </row>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
+        <v>45709</v>
+      </c>
+      <c r="B24" s="16"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="353"/>
+      <c r="E24" s="355"/>
+      <c r="F24" s="355"/>
+      <c r="G24" s="442" t="s">
+        <v>143</v>
+      </c>
+      <c r="H24" s="443"/>
+      <c r="I24" s="480"/>
+      <c r="J24" s="128"/>
+    </row>
+    <row r="25" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="16"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="346" t="s">
+        <v>476</v>
+      </c>
+      <c r="E25" s="346" t="s">
+        <v>251</v>
+      </c>
+      <c r="F25" s="346" t="s">
+        <v>478</v>
+      </c>
+      <c r="G25" s="444"/>
+      <c r="H25" s="445"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="129"/>
+      <c r="K25" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="354"/>
+      <c r="E26" s="356"/>
+      <c r="F26" s="356"/>
+      <c r="G26" s="446"/>
+      <c r="H26" s="447"/>
+      <c r="I26" s="482"/>
+      <c r="J26" s="130"/>
+      <c r="K26" s="393" t="s">
+        <v>497</v>
+      </c>
+      <c r="L26" s="393"/>
+      <c r="M26" s="394"/>
+    </row>
+    <row r="27" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="5"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="227" t="s">
+        <v>349</v>
+      </c>
+      <c r="E27" s="227" t="s">
+        <v>496</v>
+      </c>
+      <c r="F27" s="225" t="s">
+        <v>330</v>
+      </c>
+      <c r="G27" s="464" t="s">
         <v>424</v>
       </c>
-    </row>
-[...256 lines deleted...]
-      <c r="A28" s="62">
+      <c r="H27" s="485"/>
+      <c r="I27" s="465"/>
+      <c r="J27" s="124"/>
+    </row>
+    <row r="28" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45710</v>
       </c>
       <c r="B28" s="9"/>
-      <c r="C28" s="87"/>
-[...5 lines deleted...]
-      <c r="I28" s="179"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="346"/>
+      <c r="E28" s="604" t="s">
+        <v>509</v>
+      </c>
+      <c r="F28" s="573" t="s">
+        <v>495</v>
+      </c>
+      <c r="G28" s="505" t="s">
+        <v>487</v>
+      </c>
+      <c r="H28" s="506"/>
+      <c r="I28" s="507"/>
       <c r="J28" s="16"/>
     </row>
-    <row r="29" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="53"/>
+    <row r="29" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
       <c r="B29" s="9"/>
-      <c r="C29" s="87" t="s">
-[...7 lines deleted...]
-      <c r="I29" s="207"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="362" t="s">
+        <v>467</v>
+      </c>
+      <c r="E29" s="596"/>
+      <c r="F29" s="574"/>
+      <c r="G29" s="508"/>
+      <c r="H29" s="509"/>
+      <c r="I29" s="510"/>
       <c r="J29" s="16"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="54"/>
+      <c r="K29" s="394" t="s">
+        <v>516</v>
+      </c>
+      <c r="L29" s="394"/>
+      <c r="M29" s="394"/>
+    </row>
+    <row r="30" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
       <c r="B30" s="10"/>
-      <c r="C30" s="37"/>
-[...5 lines deleted...]
-      <c r="I30" s="183"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="352"/>
+      <c r="E30" s="598"/>
+      <c r="F30" s="575"/>
+      <c r="G30" s="511"/>
+      <c r="H30" s="512"/>
+      <c r="I30" s="513"/>
       <c r="J30" s="4"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="H27:I27"/>
+  <mergeCells count="11">
+    <mergeCell ref="G28:I30"/>
+    <mergeCell ref="F28:F30"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="L15:P15"/>
     <mergeCell ref="L19:P19"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="G24:I26"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="E28:E30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:Q30"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D24" sqref="D24:D26"/>
+    <sheetView topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E34" sqref="E34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="14.88671875" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="2" max="2" width="4.5703125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" customWidth="1"/>
+    <col min="4" max="4" width="37.7109375" customWidth="1"/>
+    <col min="5" max="5" width="23" customWidth="1"/>
+    <col min="6" max="6" width="23.7109375" customWidth="1"/>
+    <col min="7" max="7" width="38.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.28515625" customWidth="1"/>
+    <col min="9" max="9" width="16.5703125" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
+    <col min="11" max="11" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>59</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+    </row>
+    <row r="4" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45711</v>
       </c>
-      <c r="B4" s="78"/>
-[...34 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="298" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="75"/>
-      <c r="C7" s="271" t="s">
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45712</v>
       </c>
-      <c r="B8" s="84"/>
-[...34 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="80"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="154"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="379" t="s">
+        <v>119</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298"/>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="55"/>
-      <c r="C11" s="271" t="s">
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="272" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
         <v>45713</v>
       </c>
-      <c r="B12" s="33"/>
-[...39 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="31"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="83"/>
+      <c r="G12" s="83"/>
+      <c r="H12" s="83"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="83"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="38"/>
-      <c r="C15" s="271" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="302" t="s">
-[...18 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+      <c r="L15" s="557"/>
+      <c r="M15" s="557"/>
+      <c r="N15" s="557"/>
+      <c r="O15" s="557"/>
+      <c r="P15" s="557"/>
+      <c r="Q15" s="19"/>
+    </row>
+    <row r="16" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45714</v>
       </c>
-      <c r="B16" s="33"/>
-[...55 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="86"/>
+      <c r="H16" s="154"/>
+      <c r="I16" s="83"/>
+      <c r="J16" s="83"/>
+      <c r="Q16" s="19"/>
+    </row>
+    <row r="17" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="296" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="223" t="s">
+        <v>119</v>
+      </c>
+      <c r="F17" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="83"/>
+      <c r="Q17" s="19"/>
+    </row>
+    <row r="18" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="156"/>
+      <c r="H18" s="85"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="121"/>
+      <c r="Q18" s="19"/>
+    </row>
+    <row r="19" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="55"/>
-      <c r="C19" s="271" t="s">
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="302" t="s">
-[...18 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+      <c r="L19" s="557"/>
+      <c r="M19" s="557"/>
+      <c r="N19" s="557"/>
+      <c r="O19" s="557"/>
+      <c r="P19" s="557"/>
+      <c r="Q19" s="19"/>
+    </row>
+    <row r="20" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45715</v>
       </c>
-      <c r="B20" s="44"/>
-[...51 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="304"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="154"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="83"/>
+      <c r="Q20" s="19"/>
+    </row>
+    <row r="21" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="222" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="258"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...12 lines deleted...]
-      <c r="G23" s="570" t="s">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="145" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="145" t="s">
+        <v>37</v>
+      </c>
+      <c r="F23" s="372" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="579" t="s">
         <v>19</v>
       </c>
-      <c r="H23" s="571"/>
-[...9 lines deleted...]
-      <c r="A24" s="62">
+      <c r="H23" s="580"/>
+      <c r="I23" s="52"/>
+      <c r="J23" s="97"/>
+      <c r="K23" s="582"/>
+      <c r="L23" s="582"/>
+      <c r="M23" s="582"/>
+      <c r="N23" s="582"/>
+      <c r="O23" s="582"/>
+    </row>
+    <row r="24" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45716</v>
       </c>
-      <c r="B24" s="33"/>
-[...46 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="371"/>
+      <c r="E24" s="90"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="92"/>
+      <c r="H24" s="57"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="61"/>
+      <c r="K24" s="437" t="s">
+        <v>189</v>
+      </c>
+      <c r="L24" s="438"/>
+    </row>
+    <row r="25" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="57"/>
+      <c r="E25" s="83"/>
+      <c r="F25" s="147"/>
+      <c r="G25" s="77"/>
+      <c r="H25" s="373" t="s">
+        <v>153</v>
+      </c>
+      <c r="I25" s="77"/>
+      <c r="J25" s="61"/>
+      <c r="K25" s="581"/>
+      <c r="L25" s="581"/>
+      <c r="M25" s="581"/>
+      <c r="N25" s="581"/>
+      <c r="O25" s="581"/>
+      <c r="P25" s="581"/>
+    </row>
+    <row r="26" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="112"/>
+      <c r="E26" s="374"/>
+      <c r="F26" s="112"/>
+      <c r="G26" s="79"/>
+      <c r="H26" s="79"/>
+      <c r="I26" s="79"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="38"/>
-[...23 lines deleted...]
-      <c r="A28" s="62">
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="145" t="s">
+        <v>345</v>
+      </c>
+      <c r="E27" s="483" t="s">
+        <v>351</v>
+      </c>
+      <c r="F27" s="484"/>
+      <c r="G27" s="483" t="s">
+        <v>338</v>
+      </c>
+      <c r="H27" s="503"/>
+      <c r="I27" s="484"/>
+      <c r="J27" s="52"/>
+      <c r="K27" s="557"/>
+      <c r="L27" s="557"/>
+      <c r="M27" s="557"/>
+      <c r="N27" s="557"/>
+      <c r="O27" s="557"/>
+    </row>
+    <row r="28" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45717</v>
       </c>
-      <c r="B28" s="46"/>
-[...35 lines deleted...]
-      <c r="J30" s="37"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="576" t="s">
+        <v>512</v>
+      </c>
+      <c r="E28" s="505" t="s">
+        <v>488</v>
+      </c>
+      <c r="F28" s="507"/>
+      <c r="G28" s="455" t="s">
+        <v>382</v>
+      </c>
+      <c r="H28" s="456"/>
+      <c r="I28" s="457"/>
+      <c r="J28" s="31"/>
+    </row>
+    <row r="29" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="577"/>
+      <c r="E29" s="508"/>
+      <c r="F29" s="510"/>
+      <c r="G29" s="458"/>
+      <c r="H29" s="459"/>
+      <c r="I29" s="460"/>
+      <c r="J29" s="31"/>
+      <c r="K29" s="18"/>
+      <c r="L29" s="18"/>
+    </row>
+    <row r="30" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="578"/>
+      <c r="E30" s="511"/>
+      <c r="F30" s="513"/>
+      <c r="G30" s="461"/>
+      <c r="H30" s="462"/>
+      <c r="I30" s="463"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="392" t="s">
+        <v>511</v>
+      </c>
+      <c r="L30" s="392"/>
+      <c r="M30" s="392"/>
+      <c r="N30" s="392"/>
     </row>
   </sheetData>
-  <mergeCells count="21">
-[...2 lines deleted...]
-    <mergeCell ref="E29:F29"/>
+  <mergeCells count="15">
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="C24:C26"/>
     <mergeCell ref="G27:I27"/>
-    <mergeCell ref="G28:I30"/>
     <mergeCell ref="K27:O27"/>
     <mergeCell ref="K25:P25"/>
-    <mergeCell ref="K22:O22"/>
     <mergeCell ref="K23:O23"/>
-    <mergeCell ref="K7:O7"/>
-[...6 lines deleted...]
-    <mergeCell ref="K20:O20"/>
     <mergeCell ref="K24:L24"/>
+    <mergeCell ref="L15:P15"/>
+    <mergeCell ref="L19:P19"/>
+    <mergeCell ref="G28:I30"/>
+    <mergeCell ref="E28:F30"/>
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="E27:F27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:P30"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="K21" sqref="K21"/>
+    <sheetView topLeftCell="A3" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
     <col min="3" max="3" width="20" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="24.44140625" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="11" width="35.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="32.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.140625" customWidth="1"/>
+    <col min="6" max="6" width="29.42578125" customWidth="1"/>
+    <col min="7" max="7" width="36.140625" customWidth="1"/>
+    <col min="8" max="8" width="20.140625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
+    <col min="11" max="11" width="35.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>58</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+      <c r="L3" s="587"/>
+      <c r="M3" s="587"/>
+      <c r="N3" s="587"/>
+      <c r="O3" s="587"/>
+      <c r="P3" s="587"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45718</v>
       </c>
-      <c r="B4" s="78"/>
-[...40 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="57"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="298" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="323" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="324" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="201" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="323" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="75"/>
-      <c r="C7" s="271" t="s">
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="272" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="273" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="272" t="s">
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45719</v>
       </c>
-      <c r="B8" s="84"/>
-[...34 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="80"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="83"/>
+      <c r="E8" s="83"/>
+      <c r="F8" s="83"/>
+      <c r="G8" s="83"/>
+      <c r="H8" s="83"/>
+      <c r="I8" s="83"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="379" t="s">
+        <v>119</v>
+      </c>
+      <c r="H9" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="55"/>
-      <c r="C11" s="271" t="s">
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="272" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="273" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="272" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
         <v>45720</v>
       </c>
-      <c r="B12" s="33"/>
-[...34 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="31"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="83"/>
+      <c r="E12" s="83"/>
+      <c r="F12" s="83"/>
+      <c r="G12" s="83"/>
+      <c r="H12" s="83"/>
+      <c r="I12" s="83"/>
+      <c r="J12" s="83"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="297" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="38"/>
-      <c r="C15" s="271" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="272" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="273" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="272" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="302" t="s">
-[...16 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="417" t="s">
+        <v>483</v>
+      </c>
+      <c r="H15" s="439"/>
+      <c r="I15" s="418"/>
+      <c r="J15" s="49"/>
+      <c r="L15" s="557"/>
+      <c r="M15" s="557"/>
+      <c r="N15" s="557"/>
+      <c r="O15" s="557"/>
+      <c r="P15" s="557"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45721</v>
       </c>
-      <c r="B16" s="33"/>
-[...39 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="83"/>
+      <c r="E16" s="83"/>
+      <c r="F16" s="83"/>
+      <c r="G16" s="505" t="s">
+        <v>489</v>
+      </c>
+      <c r="H16" s="506"/>
+      <c r="I16" s="507"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="298" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="328" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="F17" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="508"/>
+      <c r="H17" s="509"/>
+      <c r="I17" s="510"/>
+      <c r="J17" s="83"/>
+    </row>
+    <row r="18" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="511"/>
+      <c r="H18" s="512"/>
+      <c r="I18" s="513"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="55"/>
-      <c r="C19" s="271" t="s">
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="272" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="273" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="272" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="302" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+      <c r="L19" s="557"/>
+      <c r="M19" s="557"/>
+      <c r="N19" s="557"/>
+      <c r="O19" s="557"/>
+      <c r="P19" s="557"/>
+    </row>
+    <row r="20" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45722</v>
       </c>
-      <c r="B20" s="44"/>
-[...34 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="304"/>
+      <c r="D20" s="274"/>
+      <c r="E20" s="306"/>
+      <c r="F20" s="275"/>
+      <c r="G20" s="154"/>
+      <c r="H20" s="83"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="347" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="222" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="325" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="296" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="298" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="258"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...18 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="145" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="27"/>
+      <c r="F23" s="162"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="585" t="s">
+        <v>515</v>
+      </c>
+      <c r="I23" s="586"/>
+      <c r="J23" s="97"/>
+    </row>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45723</v>
       </c>
-      <c r="B24" s="33"/>
-[...38 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="355"/>
+      <c r="E24" s="91"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="92"/>
+      <c r="H24" s="57"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="61"/>
+    </row>
+    <row r="25" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="346" t="s">
+        <v>480</v>
+      </c>
+      <c r="E25" s="83"/>
+      <c r="F25" s="83"/>
+      <c r="G25" s="77"/>
+      <c r="H25" s="77"/>
+      <c r="I25" s="531"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="356"/>
+      <c r="E26" s="112"/>
+      <c r="F26" s="112"/>
+      <c r="G26" s="89"/>
+      <c r="H26" s="79"/>
+      <c r="I26" s="532"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="38"/>
-[...22 lines deleted...]
-      <c r="A28" s="62">
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="227" t="s">
+        <v>514</v>
+      </c>
+      <c r="E27" s="583"/>
+      <c r="F27" s="584"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="464" t="s">
+        <v>424</v>
+      </c>
+      <c r="I27" s="485"/>
+      <c r="J27" s="465"/>
+    </row>
+    <row r="28" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45724</v>
       </c>
-      <c r="B28" s="46"/>
-[...33 lines deleted...]
-      <c r="J30" s="37"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="346"/>
+      <c r="E28" s="359"/>
+      <c r="F28" s="361"/>
+      <c r="G28" s="92"/>
+      <c r="H28" s="505" t="s">
+        <v>513</v>
+      </c>
+      <c r="I28" s="506"/>
+      <c r="J28" s="507"/>
+    </row>
+    <row r="29" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="362" t="s">
+        <v>468</v>
+      </c>
+      <c r="E29" s="358"/>
+      <c r="F29" s="321"/>
+      <c r="G29" s="86"/>
+      <c r="H29" s="508"/>
+      <c r="I29" s="509"/>
+      <c r="J29" s="510"/>
+    </row>
+    <row r="30" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="352"/>
+      <c r="E30" s="360"/>
+      <c r="F30" s="322"/>
+      <c r="G30" s="357"/>
+      <c r="H30" s="511"/>
+      <c r="I30" s="512"/>
+      <c r="J30" s="513"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...1 lines deleted...]
-    <mergeCell ref="I25:I26"/>
+  <mergeCells count="13">
     <mergeCell ref="L3:P3"/>
-    <mergeCell ref="E27:F27"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
-    <mergeCell ref="L7:P7"/>
-    <mergeCell ref="L16:P16"/>
     <mergeCell ref="C24:C26"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="G16:I18"/>
+    <mergeCell ref="L15:P15"/>
+    <mergeCell ref="L19:P19"/>
+    <mergeCell ref="H27:J27"/>
+    <mergeCell ref="H28:J30"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="I25:I26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
-  <dimension ref="A1:K30"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C23" sqref="C23:C30"/>
+    <sheetView topLeftCell="A7" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D24" sqref="D24:D26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
     <col min="3" max="3" width="20" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="29.5546875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="29.140625" customWidth="1"/>
+    <col min="8" max="8" width="29.42578125" customWidth="1"/>
+    <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>57</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="175" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="156" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="156" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45725</v>
       </c>
-      <c r="B4" s="78"/>
-[...35 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="368"/>
+      <c r="D4" s="238"/>
+      <c r="E4" s="238"/>
+      <c r="F4" s="238"/>
+      <c r="G4" s="238"/>
+      <c r="H4" s="238"/>
+      <c r="I4" s="238"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="118" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="380" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="343" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="369"/>
+      <c r="D6" s="370"/>
+      <c r="E6" s="370"/>
+      <c r="F6" s="370"/>
+      <c r="G6" s="370"/>
+      <c r="H6" s="370"/>
+      <c r="I6" s="370"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="75"/>
-      <c r="C7" s="175" t="s">
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="156" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="153" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="156" t="s">
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45726</v>
       </c>
-      <c r="B8" s="84"/>
-[...34 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="80"/>
+      <c r="C8" s="368"/>
+      <c r="D8" s="238"/>
+      <c r="E8" s="238"/>
+      <c r="F8" s="238"/>
+      <c r="G8" s="238"/>
+      <c r="H8" s="238"/>
+      <c r="I8" s="238"/>
+      <c r="J8" s="83"/>
+    </row>
+    <row r="9" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="381" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="378" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="H9" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="382"/>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="369"/>
+      <c r="D10" s="370"/>
+      <c r="E10" s="370"/>
+      <c r="F10" s="370"/>
+      <c r="G10" s="370"/>
+      <c r="H10" s="370"/>
+      <c r="I10" s="370"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="55"/>
-      <c r="C11" s="175" t="s">
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="156" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="153" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="156" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
         <v>45727</v>
       </c>
-      <c r="B12" s="33"/>
-[...34 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="31"/>
+      <c r="C12" s="368"/>
+      <c r="D12" s="238"/>
+      <c r="E12" s="238"/>
+      <c r="F12" s="238"/>
+      <c r="G12" s="383"/>
+      <c r="H12" s="245"/>
+      <c r="I12" s="238"/>
+      <c r="J12" s="83"/>
+      <c r="K12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="381" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="369"/>
+      <c r="D14" s="370"/>
+      <c r="E14" s="370"/>
+      <c r="F14" s="370"/>
+      <c r="G14" s="384"/>
+      <c r="H14" s="369"/>
+      <c r="I14" s="370"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="38"/>
-      <c r="C15" s="175" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="156" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="153" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="156" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+      <c r="L15" s="557"/>
+      <c r="M15" s="557"/>
+      <c r="N15" s="557"/>
+      <c r="O15" s="557"/>
+      <c r="P15" s="557"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45728</v>
       </c>
-      <c r="B16" s="33"/>
-[...34 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="368"/>
+      <c r="D16" s="238"/>
+      <c r="E16" s="238"/>
+      <c r="F16" s="238"/>
+      <c r="G16" s="383"/>
+      <c r="H16" s="245"/>
+      <c r="I16" s="238"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="380" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="382" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="F17" s="385" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="83"/>
+    </row>
+    <row r="18" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="369"/>
+      <c r="D18" s="370"/>
+      <c r="E18" s="370"/>
+      <c r="F18" s="370"/>
+      <c r="G18" s="384"/>
+      <c r="H18" s="369"/>
+      <c r="I18" s="370"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="55"/>
-      <c r="C19" s="175" t="s">
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="156" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="153" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="156" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+      <c r="L19" s="557"/>
+      <c r="M19" s="557"/>
+      <c r="N19" s="557"/>
+      <c r="O19" s="557"/>
+      <c r="P19" s="557"/>
+    </row>
+    <row r="20" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45729</v>
       </c>
-      <c r="B20" s="44"/>
-[...34 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="386"/>
+      <c r="D20" s="387"/>
+      <c r="E20" s="386"/>
+      <c r="F20" s="388"/>
+      <c r="G20" s="245"/>
+      <c r="H20" s="238"/>
+      <c r="I20" s="238"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="378" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="222" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="369"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="258"/>
+      <c r="G22" s="369"/>
+      <c r="H22" s="370"/>
+      <c r="I22" s="370"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...20 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>345</v>
+      </c>
+      <c r="E23" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="331" t="s">
+        <v>330</v>
+      </c>
+      <c r="G23" s="46"/>
+      <c r="H23" s="27"/>
+      <c r="I23" s="27"/>
+      <c r="J23" s="97"/>
+    </row>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45730</v>
       </c>
-      <c r="B24" s="33"/>
-[...38 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="564" t="s">
+        <v>461</v>
+      </c>
+      <c r="E24" s="83"/>
+      <c r="F24" s="83"/>
+      <c r="G24" s="83"/>
+      <c r="H24" s="83"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="61"/>
+    </row>
+    <row r="25" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="565"/>
+      <c r="E25" s="83"/>
+      <c r="F25" s="83"/>
+      <c r="G25" s="83"/>
+      <c r="H25" s="83"/>
+      <c r="I25" s="83"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="566"/>
+      <c r="E26" s="121"/>
+      <c r="F26" s="121"/>
+      <c r="G26" s="121"/>
+      <c r="H26" s="121"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="38"/>
-[...18 lines deleted...]
-      <c r="A28" s="62">
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="225" t="s">
+        <v>349</v>
+      </c>
+      <c r="E27" s="329" t="s">
+        <v>350</v>
+      </c>
+      <c r="F27" s="331" t="s">
+        <v>330</v>
+      </c>
+      <c r="G27" s="350"/>
+      <c r="H27" s="27"/>
+      <c r="I27" s="27"/>
+      <c r="J27" s="52"/>
+    </row>
+    <row r="28" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45731</v>
       </c>
-      <c r="B28" s="46"/>
-[...33 lines deleted...]
-      <c r="J30" s="37"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="57"/>
+      <c r="E28" s="83"/>
+      <c r="F28" s="83"/>
+      <c r="G28" s="83"/>
+      <c r="H28" s="83"/>
+      <c r="I28" s="77"/>
+      <c r="J28" s="31"/>
+    </row>
+    <row r="29" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="77"/>
+      <c r="E29" s="83"/>
+      <c r="F29" s="83"/>
+      <c r="G29" s="83"/>
+      <c r="H29" s="83"/>
+      <c r="I29" s="94"/>
+      <c r="J29" s="31"/>
+    </row>
+    <row r="30" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="79"/>
+      <c r="E30" s="121"/>
+      <c r="F30" s="121"/>
+      <c r="G30" s="121"/>
+      <c r="H30" s="121"/>
+      <c r="I30" s="96"/>
+      <c r="J30" s="35"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-    <mergeCell ref="G17:H17"/>
+  <mergeCells count="6">
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
-    <mergeCell ref="G5:I5"/>
     <mergeCell ref="C24:C26"/>
+    <mergeCell ref="D24:D26"/>
+    <mergeCell ref="L15:P15"/>
+    <mergeCell ref="L19:P19"/>
   </mergeCells>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
   <dimension ref="A1:P30"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D37" sqref="D37"/>
+    <sheetView topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.85546875" customWidth="1"/>
+    <col min="5" max="5" width="20.140625" customWidth="1"/>
+    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="7" max="7" width="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18" customWidth="1"/>
+    <col min="9" max="9" width="18.7109375" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>56</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="175" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="156" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="156" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="29" t="s">
-[...16 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H3" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I3" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J3" s="49"/>
+      <c r="L3" s="557"/>
+      <c r="M3" s="557"/>
+      <c r="N3" s="557"/>
+      <c r="O3" s="557"/>
+      <c r="P3" s="557"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45732</v>
       </c>
-      <c r="B4" s="78"/>
-[...36 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="368"/>
+      <c r="D4" s="238"/>
+      <c r="E4" s="238"/>
+      <c r="F4" s="238"/>
+      <c r="G4" s="238"/>
+      <c r="H4" s="238"/>
+      <c r="I4" s="238"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="116"/>
+    </row>
+    <row r="5" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="380" t="s">
+        <v>427</v>
+      </c>
+      <c r="D5" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="222" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="J5" s="83"/>
+      <c r="K5" s="116"/>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="369"/>
+      <c r="D6" s="370"/>
+      <c r="E6" s="370"/>
+      <c r="F6" s="370"/>
+      <c r="G6" s="370"/>
+      <c r="H6" s="370"/>
+      <c r="I6" s="370"/>
+      <c r="J6" s="121"/>
+    </row>
+    <row r="7" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="75"/>
-      <c r="C7" s="175" t="s">
+      <c r="B7" s="71"/>
+      <c r="C7" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="156" t="s">
+      <c r="D7" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="153" t="s">
+      <c r="E7" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="156" t="s">
+      <c r="F7" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="29" t="s">
-[...16 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H7" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I7" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J7" s="28"/>
+      <c r="L7" s="557"/>
+      <c r="M7" s="557"/>
+      <c r="N7" s="557"/>
+      <c r="O7" s="557"/>
+      <c r="P7" s="557"/>
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45733</v>
       </c>
-      <c r="B8" s="84"/>
-[...39 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="80"/>
+      <c r="C8" s="368"/>
+      <c r="D8" s="238"/>
+      <c r="E8" s="238"/>
+      <c r="F8" s="238"/>
+      <c r="G8" s="238"/>
+      <c r="H8" s="238"/>
+      <c r="I8" s="238"/>
+      <c r="J8" s="83"/>
+      <c r="L8" s="557"/>
+      <c r="M8" s="557"/>
+      <c r="N8" s="557"/>
+      <c r="O8" s="557"/>
+      <c r="P8" s="557"/>
+    </row>
+    <row r="9" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="381" t="s">
+        <v>292</v>
+      </c>
+      <c r="D9" s="378" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" s="298" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="G9" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="H9" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" s="382"/>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="369"/>
+      <c r="D10" s="370"/>
+      <c r="E10" s="370"/>
+      <c r="F10" s="370"/>
+      <c r="G10" s="370"/>
+      <c r="H10" s="370"/>
+      <c r="I10" s="370"/>
+      <c r="J10" s="121"/>
+    </row>
+    <row r="11" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="55"/>
-      <c r="C11" s="175" t="s">
+      <c r="B11" s="52"/>
+      <c r="C11" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="156" t="s">
+      <c r="D11" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="153" t="s">
+      <c r="E11" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="156" t="s">
+      <c r="F11" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H11" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I11" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="58">
         <v>45734</v>
       </c>
-      <c r="B12" s="33"/>
-[...34 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="31"/>
+      <c r="C12" s="368"/>
+      <c r="D12" s="238"/>
+      <c r="E12" s="238"/>
+      <c r="F12" s="238"/>
+      <c r="G12" s="383"/>
+      <c r="H12" s="245"/>
+      <c r="I12" s="238"/>
+      <c r="J12" s="83"/>
+    </row>
+    <row r="13" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="381" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" s="219" t="s">
+        <v>293</v>
+      </c>
+      <c r="E13" s="220" t="s">
+        <v>278</v>
+      </c>
+      <c r="F13" s="219" t="s">
+        <v>296</v>
+      </c>
+      <c r="G13" s="247" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="I13" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="J13" s="83"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="369"/>
+      <c r="D14" s="370"/>
+      <c r="E14" s="370"/>
+      <c r="F14" s="370"/>
+      <c r="G14" s="384"/>
+      <c r="H14" s="369"/>
+      <c r="I14" s="370"/>
+      <c r="J14" s="121"/>
+    </row>
+    <row r="15" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="38"/>
-      <c r="C15" s="175" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="156" t="s">
+      <c r="D15" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="153" t="s">
+      <c r="E15" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="156" t="s">
+      <c r="F15" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H15" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I15" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J15" s="49"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45735</v>
       </c>
-      <c r="B16" s="33"/>
-[...35 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="368"/>
+      <c r="D16" s="238"/>
+      <c r="E16" s="238"/>
+      <c r="F16" s="238"/>
+      <c r="G16" s="383"/>
+      <c r="H16" s="245"/>
+      <c r="I16" s="238"/>
+      <c r="J16" s="83"/>
+    </row>
+    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="380" t="s">
+        <v>427</v>
+      </c>
+      <c r="D17" s="382" t="s">
+        <v>417</v>
+      </c>
+      <c r="E17" s="298" t="s">
+        <v>119</v>
+      </c>
+      <c r="F17" s="385" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="247" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="83"/>
+      <c r="K17" s="116"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="369"/>
+      <c r="D18" s="370"/>
+      <c r="E18" s="370"/>
+      <c r="F18" s="370"/>
+      <c r="G18" s="384"/>
+      <c r="H18" s="369"/>
+      <c r="I18" s="370"/>
+      <c r="J18" s="121"/>
+    </row>
+    <row r="19" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="55"/>
-      <c r="C19" s="175" t="s">
+      <c r="B19" s="52"/>
+      <c r="C19" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="156" t="s">
+      <c r="D19" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="153" t="s">
+      <c r="E19" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="156" t="s">
+      <c r="F19" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="256" t="s">
+        <v>321</v>
+      </c>
+      <c r="H19" s="226" t="s">
+        <v>322</v>
+      </c>
+      <c r="I19" s="256" t="s">
+        <v>323</v>
+      </c>
+      <c r="J19" s="49"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45736</v>
       </c>
-      <c r="B20" s="44"/>
-[...34 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="386"/>
+      <c r="D20" s="387"/>
+      <c r="E20" s="386"/>
+      <c r="F20" s="388"/>
+      <c r="G20" s="245"/>
+      <c r="H20" s="238"/>
+      <c r="I20" s="238"/>
+      <c r="J20" s="83"/>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="378" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="222" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="281" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" s="380" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="379" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="83"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="369"/>
+      <c r="D22" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="F22" s="258"/>
+      <c r="G22" s="369"/>
+      <c r="H22" s="370"/>
+      <c r="I22" s="370"/>
+      <c r="J22" s="121"/>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...16 lines deleted...]
-      <c r="A24" s="62">
+      <c r="B23" s="52"/>
+      <c r="C23" s="288" t="s">
+        <v>325</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="27"/>
+      <c r="F23" s="158" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" s="46"/>
+      <c r="H23" s="72"/>
+      <c r="I23" s="159"/>
+      <c r="J23" s="97"/>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45737</v>
       </c>
-      <c r="B24" s="33"/>
-[...38 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="426" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="83"/>
+      <c r="E24" s="83"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="92"/>
+      <c r="H24" s="57"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="61"/>
+    </row>
+    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="427"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="31"/>
+      <c r="F25" s="152"/>
+      <c r="G25" s="160"/>
+      <c r="H25" s="77"/>
+      <c r="I25" s="77"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="428"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="112"/>
+      <c r="G26" s="79"/>
+      <c r="H26" s="79"/>
+      <c r="I26" s="79"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="38"/>
-[...18 lines deleted...]
-      <c r="A28" s="62">
+      <c r="B27" s="36"/>
+      <c r="C27" s="309" t="s">
+        <v>334</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>50</v>
+      </c>
+      <c r="E27" s="590" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" s="591"/>
+      <c r="G27" s="583" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="584"/>
+      <c r="I27" s="151"/>
+      <c r="J27" s="52"/>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45738</v>
       </c>
-      <c r="B28" s="46"/>
-[...33 lines deleted...]
-      <c r="J30" s="37"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="57"/>
+      <c r="E28" s="92"/>
+      <c r="F28" s="94"/>
+      <c r="G28" s="92"/>
+      <c r="H28" s="76"/>
+      <c r="I28" s="77"/>
+      <c r="J28" s="31"/>
+    </row>
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="57"/>
+      <c r="E29" s="422"/>
+      <c r="F29" s="423"/>
+      <c r="G29" s="588"/>
+      <c r="H29" s="589"/>
+      <c r="I29" s="94"/>
+      <c r="J29" s="31"/>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="79"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="96"/>
+      <c r="G30" s="89"/>
+      <c r="H30" s="95"/>
+      <c r="I30" s="96"/>
+      <c r="J30" s="35"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="10">
+    <mergeCell ref="C24:C26"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="E29:F29"/>
     <mergeCell ref="L7:P7"/>
     <mergeCell ref="L3:P3"/>
     <mergeCell ref="L8:P8"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
-    <mergeCell ref="C24:C26"/>
-[...4 lines deleted...]
-    <mergeCell ref="E29:F29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
   <dimension ref="A1:P30"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="D23" sqref="D23:D26"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="12.5546875" customWidth="1"/>
+    <col min="1" max="2" width="12.5703125" customWidth="1"/>
+    <col min="3" max="4" width="15.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="30.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="15.140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="438" t="s">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="419" t="s">
+        <v>55</v>
+      </c>
+      <c r="C1" s="419"/>
+      <c r="D1" s="419"/>
+      <c r="F1" s="421" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="438"/>
-[...13 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="G1" s="421"/>
+      <c r="H1" s="421"/>
+      <c r="I1" s="421"/>
+    </row>
+    <row r="2" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="420"/>
+      <c r="C2" s="420"/>
+      <c r="D2" s="420"/>
+      <c r="F2" s="408"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="408"/>
+    </row>
+    <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="75"/>
-      <c r="C3" s="175" t="s">
+      <c r="B3" s="71"/>
+      <c r="C3" s="153" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="156" t="s">
+      <c r="D3" s="142" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="156" t="s">
+      <c r="F3" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="29" t="s">
-[...16 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="49"/>
+      <c r="L3" s="557"/>
+      <c r="M3" s="557"/>
+      <c r="N3" s="557"/>
+      <c r="O3" s="557"/>
+      <c r="P3" s="557"/>
+    </row>
+    <row r="4" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45739</v>
       </c>
-      <c r="B4" s="78"/>
-[...34 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="74"/>
+      <c r="C4" s="75"/>
+      <c r="D4" s="76"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="76"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="76"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="45"/>
+      <c r="C5" s="76"/>
+      <c r="D5" s="82"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="82"/>
+      <c r="G5" s="83"/>
+      <c r="H5" s="77"/>
+      <c r="I5" s="77"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="78"/>
+      <c r="D6" s="78"/>
+      <c r="E6" s="79"/>
+      <c r="F6" s="78"/>
+      <c r="G6" s="79"/>
+      <c r="H6" s="78"/>
+      <c r="I6" s="79"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="75"/>
-      <c r="C7" s="175" t="s">
+      <c r="B7" s="71"/>
+      <c r="C7" s="153" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="156" t="s">
+      <c r="D7" s="142" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="153" t="s">
+      <c r="E7" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="156" t="s">
+      <c r="F7" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="29" t="s">
-[...16 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="49"/>
+      <c r="L7" s="557"/>
+      <c r="M7" s="557"/>
+      <c r="N7" s="557"/>
+      <c r="O7" s="557"/>
+      <c r="P7" s="557"/>
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45740</v>
       </c>
-      <c r="B8" s="84"/>
-[...39 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="80"/>
+      <c r="C8" s="75"/>
+      <c r="D8" s="76"/>
+      <c r="E8" s="77"/>
+      <c r="F8" s="76"/>
+      <c r="G8" s="77"/>
+      <c r="H8" s="76"/>
+      <c r="I8" s="77"/>
+      <c r="J8" s="31"/>
+      <c r="L8" s="557"/>
+      <c r="M8" s="557"/>
+      <c r="N8" s="557"/>
+      <c r="O8" s="557"/>
+      <c r="P8" s="557"/>
+    </row>
+    <row r="9" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="76"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="76"/>
+      <c r="I9" s="77"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="79"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="79"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="79"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="55"/>
-      <c r="C11" s="175" t="s">
+      <c r="B11" s="52"/>
+      <c r="C11" s="153" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="156" t="s">
+      <c r="D11" s="142" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="153" t="s">
+      <c r="E11" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="156" t="s">
+      <c r="F11" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45741</v>
       </c>
-      <c r="B12" s="33"/>
-[...34 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="31"/>
+      <c r="C12" s="81"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="57"/>
+      <c r="F12" s="57"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="83"/>
+      <c r="I12" s="57"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:16" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="84"/>
+      <c r="D13" s="57"/>
+      <c r="E13" s="57"/>
+      <c r="F13" s="82"/>
+      <c r="G13" s="77"/>
+      <c r="H13" s="57"/>
+      <c r="I13" s="77"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="35"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="78"/>
+      <c r="E14" s="79"/>
+      <c r="F14" s="79"/>
+      <c r="G14" s="79"/>
+      <c r="H14" s="79"/>
+      <c r="I14" s="79"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="38"/>
-      <c r="C15" s="175" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="153" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="156" t="s">
+      <c r="D15" s="142" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="153" t="s">
+      <c r="E15" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="156" t="s">
+      <c r="F15" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="49"/>
+    </row>
+    <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45742</v>
       </c>
-      <c r="B16" s="33"/>
-[...34 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="84"/>
+      <c r="D16" s="57"/>
+      <c r="E16" s="86"/>
+      <c r="F16" s="57"/>
+      <c r="G16" s="57"/>
+      <c r="H16" s="83"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="84"/>
+      <c r="D17" s="82"/>
+      <c r="E17" s="82"/>
+      <c r="F17" s="77"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57"/>
+      <c r="I17" s="77"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="79"/>
+      <c r="E18" s="89"/>
+      <c r="F18" s="79"/>
+      <c r="G18" s="79"/>
+      <c r="H18" s="79"/>
+      <c r="I18" s="79"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="55"/>
-      <c r="C19" s="175" t="s">
+      <c r="B19" s="52"/>
+      <c r="C19" s="153" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="156" t="s">
+      <c r="D19" s="142" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="153" t="s">
+      <c r="E19" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="156" t="s">
+      <c r="F19" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="29" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="49"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="58">
         <v>45743</v>
       </c>
-      <c r="B20" s="44"/>
-[...34 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="41"/>
+      <c r="C20" s="87"/>
+      <c r="D20" s="57"/>
+      <c r="E20" s="57"/>
+      <c r="F20" s="76"/>
+      <c r="G20" s="77"/>
+      <c r="H20" s="88"/>
+      <c r="I20" s="83"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="57"/>
+      <c r="D21" s="82"/>
+      <c r="E21" s="82"/>
+      <c r="F21" s="76"/>
+      <c r="G21" s="588"/>
+      <c r="H21" s="589"/>
+      <c r="I21" s="88"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="85"/>
+      <c r="D22" s="79"/>
+      <c r="E22" s="79"/>
+      <c r="F22" s="78"/>
+      <c r="G22" s="79"/>
+      <c r="H22" s="89"/>
+      <c r="I22" s="28"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="55"/>
-[...9 lines deleted...]
-      <c r="F23" s="50" t="s">
+      <c r="B23" s="52"/>
+      <c r="C23" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="G23" s="51"/>
-[...5 lines deleted...]
-      <c r="A24" s="62">
+      <c r="G23" s="48"/>
+      <c r="H23" s="143"/>
+      <c r="I23" s="49"/>
+      <c r="J23" s="148"/>
+    </row>
+    <row r="24" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="58">
         <v>45744</v>
       </c>
-      <c r="B24" s="33"/>
-[...37 lines deleted...]
-      <c r="A27" s="48" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="83"/>
+      <c r="E24" s="90"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="92"/>
+      <c r="H24" s="57"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="61"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="50"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="133" t="s">
+        <v>135</v>
+      </c>
+      <c r="D25" s="31" t="s">
+        <v>136</v>
+      </c>
+      <c r="E25" s="144"/>
+      <c r="F25" s="149"/>
+      <c r="G25" s="88"/>
+      <c r="H25" s="77"/>
+      <c r="I25" s="77"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="112"/>
+      <c r="G26" s="79"/>
+      <c r="H26" s="79"/>
+      <c r="I26" s="79"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="38"/>
-      <c r="C27" s="51" t="s">
+      <c r="B27" s="36"/>
+      <c r="C27" s="48" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="29" t="s">
+      <c r="D27" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="E27" s="30" t="s">
+      <c r="E27" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="F27" s="50" t="s">
+      <c r="F27" s="47" t="s">
         <v>30</v>
       </c>
-      <c r="G27" s="51" t="s">
+      <c r="G27" s="48" t="s">
         <v>31</v>
       </c>
-      <c r="H27" s="30" t="s">
+      <c r="H27" s="28" t="s">
         <v>27</v>
       </c>
-      <c r="I27" s="52" t="s">
+      <c r="I27" s="49" t="s">
         <v>28</v>
       </c>
-      <c r="J27" s="52"/>
-[...2 lines deleted...]
-      <c r="A28" s="62">
+      <c r="J27" s="49"/>
+    </row>
+    <row r="28" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="58">
         <v>45745</v>
       </c>
-      <c r="B28" s="46"/>
-[...31 lines deleted...]
-      <c r="J30" s="37"/>
+      <c r="B28" s="43"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="57"/>
+      <c r="E28" s="92"/>
+      <c r="F28" s="94"/>
+      <c r="G28" s="92"/>
+      <c r="H28" s="76"/>
+      <c r="I28" s="77"/>
+      <c r="J28" s="31"/>
+    </row>
+    <row r="29" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="43"/>
+      <c r="C29" s="77"/>
+      <c r="D29" s="57"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="94"/>
+      <c r="G29" s="88"/>
+      <c r="H29" s="93"/>
+      <c r="I29" s="94"/>
+      <c r="J29" s="31"/>
+    </row>
+    <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="79"/>
+      <c r="D30" s="79"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="96"/>
+      <c r="G30" s="89"/>
+      <c r="H30" s="95"/>
+      <c r="I30" s="96"/>
+      <c r="J30" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="G21:H21"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="L3:P3"/>
     <mergeCell ref="L7:P7"/>
     <mergeCell ref="L8:P8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E95295CE-45C5-4914-8ABE-E3F88D2DD6DF}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>112</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...12 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="140" t="s">
+        <v>127</v>
+      </c>
+      <c r="E3" s="141"/>
+      <c r="F3" s="140"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45887</v>
       </c>
-      <c r="B4" s="32"/>
-[...36 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...12 lines deleted...]
-      <c r="A8" s="62">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139"/>
+      <c r="D7" s="140" t="s">
+        <v>127</v>
+      </c>
+      <c r="E7" s="141"/>
+      <c r="F7" s="140"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45888</v>
       </c>
-      <c r="B8" s="39"/>
-[...36 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="E9" s="31"/>
+      <c r="F9" s="106"/>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-[...12 lines deleted...]
-      <c r="A12" s="62">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="140"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="28"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45889</v>
       </c>
-      <c r="B12" s="32"/>
-[...36 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="F13" s="31"/>
+      <c r="G13" s="31"/>
+      <c r="H13" s="106"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-[...10 lines deleted...]
-      <c r="A16" s="62">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="141"/>
+      <c r="F15" s="140"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45890</v>
       </c>
-      <c r="B16" s="39"/>
-[...34 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-[...10 lines deleted...]
-      <c r="A20" s="62">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45891</v>
       </c>
-      <c r="B20" s="32"/>
-[...134 lines deleted...]
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="106"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="397"/>
+      <c r="F23" s="398"/>
+      <c r="G23" s="397"/>
+      <c r="H23" s="398"/>
+      <c r="I23" s="101"/>
+      <c r="J23" s="101"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="410"/>
+      <c r="H24" s="411"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="397"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="61"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="35"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EA6C276-BC9F-4568-A5B6-EC4A3C4954E8}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>113</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...12 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="141" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" s="140"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45894</v>
       </c>
-      <c r="B4" s="32"/>
-[...36 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="F5" s="106"/>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...12 lines deleted...]
-      <c r="A8" s="62">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139"/>
+      <c r="D7" s="140" t="s">
+        <v>127</v>
+      </c>
+      <c r="E7" s="141"/>
+      <c r="F7" s="140"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45895</v>
       </c>
-      <c r="B8" s="39"/>
-[...36 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="E9" s="31"/>
+      <c r="F9" s="106"/>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-[...12 lines deleted...]
-      <c r="A12" s="62">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="140"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="28"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45896</v>
       </c>
-      <c r="B12" s="32"/>
-[...36 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="54"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="F13" s="31"/>
+      <c r="G13" s="31"/>
+      <c r="H13" s="106"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="59"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-[...12 lines deleted...]
-      <c r="A16" s="62">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="141"/>
+      <c r="F15" s="140" t="s">
+        <v>129</v>
+      </c>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45897</v>
       </c>
-      <c r="B16" s="39"/>
-[...36 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-[...10 lines deleted...]
-      <c r="A20" s="62">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45898</v>
       </c>
-      <c r="B20" s="32"/>
-[...134 lines deleted...]
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="106"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="397"/>
+      <c r="F23" s="398"/>
+      <c r="G23" s="397"/>
+      <c r="H23" s="398"/>
+      <c r="I23" s="101"/>
+      <c r="J23" s="101"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="410"/>
+      <c r="H24" s="411"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="397"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="61"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="35"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C23029A-6CFD-4029-9D94-DE755E59033B}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>114</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-[...12 lines deleted...]
-      <c r="A4" s="62">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="141"/>
+      <c r="F3" s="140" t="s">
+        <v>126</v>
+      </c>
+      <c r="G3" s="28"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45901</v>
       </c>
-      <c r="B4" s="32"/>
-[...36 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="35"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...12 lines deleted...]
-      <c r="A8" s="62">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139"/>
+      <c r="D7" s="140"/>
+      <c r="E7" s="141" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" s="140"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45902</v>
       </c>
-      <c r="B8" s="39"/>
-[...36 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="F9" s="106"/>
+      <c r="G9" s="31"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-[...12 lines deleted...]
-      <c r="A12" s="62">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="140"/>
+      <c r="E11" s="141"/>
+      <c r="F11" s="140"/>
+      <c r="G11" s="28" t="s">
+        <v>129</v>
+      </c>
+      <c r="H11" s="26"/>
+      <c r="I11" s="28"/>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45903</v>
       </c>
-      <c r="B12" s="32"/>
-[...36 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="106"/>
+      <c r="F13" s="31"/>
+      <c r="G13" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="H13" s="106"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-[...14 lines deleted...]
-      <c r="A16" s="62">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" s="140" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" s="141"/>
+      <c r="F15" s="140"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45904</v>
       </c>
-      <c r="B16" s="39"/>
-[...38 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" s="106"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-[...10 lines deleted...]
-      <c r="A20" s="62">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="141"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45905</v>
       </c>
-      <c r="B20" s="32"/>
-[...134 lines deleted...]
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="106"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="397"/>
+      <c r="F23" s="398"/>
+      <c r="G23" s="397"/>
+      <c r="H23" s="398"/>
+      <c r="I23" s="101"/>
+      <c r="J23" s="101"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="410"/>
+      <c r="H24" s="411"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="133"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="399"/>
+      <c r="F25" s="412"/>
+      <c r="G25" s="399"/>
+      <c r="H25" s="400"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="61"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="397"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="101"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="31"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="399"/>
+      <c r="F29" s="400"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="61"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="35"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D5" sqref="D5:E5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.44140625" customWidth="1"/>
+    <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="1" customWidth="1"/>
-    <col min="3" max="3" width="20.44140625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="19.44140625" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="20.42578125" customWidth="1"/>
+    <col min="7" max="7" width="21.42578125" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>53</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="151" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="152" t="s">
+      <c r="D3" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="152" t="s">
+      <c r="F3" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45908</v>
       </c>
-      <c r="B4" s="32"/>
-[...46 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="E5" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="F5" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="G5" s="31" t="s">
+        <v>136</v>
+      </c>
+      <c r="H5" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" s="189" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="184"/>
+      <c r="B6" s="185"/>
+      <c r="C6" s="186"/>
+      <c r="D6" s="186"/>
+      <c r="E6" s="187"/>
+      <c r="F6" s="188"/>
+      <c r="G6" s="186"/>
+      <c r="H6" s="186"/>
+      <c r="I6" s="186"/>
+      <c r="J6" s="186"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-      <c r="C7" s="151" t="s">
+      <c r="B7" s="25"/>
+      <c r="C7" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="152" t="s">
+      <c r="D7" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="153" t="s">
+      <c r="E7" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="152" t="s">
+      <c r="F7" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A8" s="62">
+      <c r="G7" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
         <v>45909</v>
       </c>
-      <c r="B8" s="39"/>
-[...46 lines deleted...]
-      <c r="A11" s="26" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="E9" s="31" t="s">
+        <v>172</v>
+      </c>
+      <c r="F9" s="106" t="s">
+        <v>173</v>
+      </c>
+      <c r="G9" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="H9" s="31" t="s">
+        <v>119</v>
+      </c>
+      <c r="I9" s="31" t="s">
+        <v>174</v>
+      </c>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="27"/>
-      <c r="C11" s="151" t="s">
+      <c r="B11" s="25"/>
+      <c r="C11" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="152" t="s">
+      <c r="D11" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="153" t="s">
+      <c r="E11" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="152" t="s">
+      <c r="F11" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A12" s="62">
+      <c r="G11" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
         <v>45910</v>
       </c>
-      <c r="B12" s="32"/>
-[...46 lines deleted...]
-      <c r="A15" s="26" t="s">
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="53"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="106" t="s">
+        <v>173</v>
+      </c>
+      <c r="E13" s="106" t="s">
+        <v>175</v>
+      </c>
+      <c r="F13" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="G13" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" s="31" t="s">
+        <v>136</v>
+      </c>
+      <c r="I13" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="27"/>
-      <c r="C15" s="151" t="s">
+      <c r="B15" s="25"/>
+      <c r="C15" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="152" t="s">
+      <c r="D15" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="153" t="s">
+      <c r="E15" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="152" t="s">
+      <c r="F15" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A16" s="62">
+      <c r="G15" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
         <v>45911</v>
       </c>
-      <c r="B16" s="39"/>
-[...46 lines deleted...]
-      <c r="A19" s="26" t="s">
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="54"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="31"/>
+      <c r="I16" s="31"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31" t="s">
+        <v>172</v>
+      </c>
+      <c r="E17" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="F17" s="106" t="s">
+        <v>125</v>
+      </c>
+      <c r="G17" s="31" t="s">
+        <v>119</v>
+      </c>
+      <c r="H17" s="106" t="s">
+        <v>173</v>
+      </c>
+      <c r="I17" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="108"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="27"/>
-      <c r="C19" s="151" t="s">
+      <c r="B19" s="25"/>
+      <c r="C19" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="152" t="s">
+      <c r="D19" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="153" t="s">
+      <c r="E19" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="152" t="s">
+      <c r="F19" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A20" s="62">
+      <c r="G19" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
         <v>45912</v>
       </c>
-      <c r="B20" s="32"/>
-[...48 lines deleted...]
-      <c r="A23" s="48" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="107"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="43"/>
+    </row>
+    <row r="21" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="D21" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="F21" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="G21" s="106" t="s">
+        <v>173</v>
+      </c>
+      <c r="H21" s="31" t="s">
+        <v>136</v>
+      </c>
+      <c r="I21" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="43"/>
+    </row>
+    <row r="22" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="59"/>
+      <c r="F22" s="108"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="27"/>
-      <c r="C23" s="51" t="s">
+      <c r="B23" s="25"/>
+      <c r="C23" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="D23" s="29" t="s">
+      <c r="D23" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="E23" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="52" t="s">
+      <c r="E23" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" s="49" t="s">
+        <v>155</v>
+      </c>
+      <c r="G23" s="26" t="s">
+        <v>156</v>
+      </c>
+      <c r="H23" s="101" t="s">
+        <v>157</v>
+      </c>
+      <c r="I23" s="101" t="s">
+        <v>158</v>
+      </c>
+      <c r="J23" s="101" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45913</v>
+      </c>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="63"/>
+      <c r="G24" s="62"/>
+      <c r="H24" s="63"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="134"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="31" t="s">
         <v>178</v>
       </c>
-      <c r="G23" s="28" t="s">
+      <c r="D25" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="E25" s="31" t="s">
         <v>179</v>
       </c>
-      <c r="H23" s="105" t="s">
+      <c r="F25" s="106" t="s">
+        <v>175</v>
+      </c>
+      <c r="G25" s="106" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" s="106" t="s">
+        <v>175</v>
+      </c>
+      <c r="I25" s="31"/>
+      <c r="J25" s="31"/>
+      <c r="K25" s="116" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="35"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+    </row>
+    <row r="27" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="49" t="s">
+        <v>155</v>
+      </c>
+      <c r="G27" s="26" t="s">
+        <v>156</v>
+      </c>
+      <c r="H27" s="101" t="s">
+        <v>157</v>
+      </c>
+      <c r="I27" s="101" t="s">
+        <v>158</v>
+      </c>
+      <c r="J27" s="101" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45914</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="133"/>
+      <c r="E28" s="133"/>
+      <c r="F28" s="133"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="D29" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="E29" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="F29" s="106" t="s">
+        <v>173</v>
+      </c>
+      <c r="G29" s="106" t="s">
+        <v>175</v>
+      </c>
+      <c r="H29" s="31" t="s">
         <v>180</v>
       </c>
-      <c r="I23" s="105" t="s">
-[...79 lines deleted...]
-      <c r="H27" s="105" t="s">
+      <c r="I29" s="31" t="s">
         <v>180</v>
       </c>
-      <c r="I27" s="105" t="s">
-[...68 lines deleted...]
-    <row r="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="J29" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="K29" s="116" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:L36"/>
+  <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView topLeftCell="A9" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="J17" sqref="J17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.140625" customWidth="1"/>
+    <col min="9" max="9" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="421" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="401" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="401"/>
+      <c r="D1" s="401"/>
+      <c r="F1" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="422"/>
-[...6 lines deleted...]
-      <c r="D2" s="420"/>
+      <c r="G1" s="405"/>
+      <c r="H1" s="405"/>
+      <c r="I1" s="406"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="402"/>
+      <c r="C2" s="402"/>
+      <c r="D2" s="403"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="424"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="407"/>
+      <c r="G2" s="408"/>
+      <c r="H2" s="408"/>
+      <c r="I2" s="409"/>
+    </row>
+    <row r="3" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="151" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="152" t="s">
+      <c r="D3" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="153" t="s">
+      <c r="E3" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="152" t="s">
+      <c r="F3" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="52"/>
+    </row>
+    <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45915</v>
       </c>
-      <c r="B4" s="32"/>
-[...13 lines deleted...]
-      <c r="D5" s="242" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
+      <c r="F4" s="31"/>
+      <c r="G4" s="67"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="31"/>
+      <c r="D5" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="E5" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="F5" s="212" t="s">
+        <v>163</v>
+      </c>
+      <c r="G5" s="213" t="s">
+        <v>154</v>
+      </c>
+      <c r="H5" s="196" t="s">
+        <v>151</v>
+      </c>
+      <c r="I5" s="31" t="s">
+        <v>152</v>
+      </c>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="35"/>
+      <c r="F6" s="35"/>
+      <c r="G6" s="69"/>
+      <c r="H6" s="35"/>
+      <c r="I6" s="35"/>
+      <c r="J6" s="35"/>
+    </row>
+    <row r="7" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="36"/>
+    </row>
+    <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45916</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="31"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="154"/>
+      <c r="I8" s="167"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="214" t="s">
+        <v>207</v>
+      </c>
+      <c r="E9" s="215" t="s">
+        <v>208</v>
+      </c>
+      <c r="F9" s="216" t="s">
+        <v>209</v>
+      </c>
+      <c r="G9" s="217" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="218" t="s">
+        <v>125</v>
+      </c>
+      <c r="I9" s="31" t="s">
+        <v>152</v>
+      </c>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="35"/>
+      <c r="G10" s="64"/>
+      <c r="H10" s="108"/>
+      <c r="I10" s="35"/>
+      <c r="J10" s="35"/>
+    </row>
+    <row r="11" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="52"/>
+    </row>
+    <row r="12" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
+        <v>44821</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="31"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="154"/>
+      <c r="I12" s="154"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="196" t="s">
+        <v>160</v>
+      </c>
+      <c r="D13" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="E13" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="F13" s="190" t="s">
+        <v>125</v>
+      </c>
+      <c r="G13" s="191" t="s">
+        <v>154</v>
+      </c>
+      <c r="H13" s="196" t="s">
+        <v>162</v>
+      </c>
+      <c r="I13" s="31" t="s">
+        <v>152</v>
+      </c>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="35"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="108"/>
+      <c r="I14" s="108"/>
+      <c r="J14" s="35"/>
+    </row>
+    <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="52"/>
+    </row>
+    <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>44822</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="31"/>
+      <c r="G16" s="67"/>
+      <c r="H16" s="53"/>
+      <c r="I16" s="107"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="215" t="s">
+        <v>211</v>
+      </c>
+      <c r="E17" s="216" t="s">
+        <v>212</v>
+      </c>
+      <c r="F17" s="216" t="s">
+        <v>213</v>
+      </c>
+      <c r="G17" s="198" t="s">
+        <v>163</v>
+      </c>
+      <c r="H17" s="196" t="s">
+        <v>152</v>
+      </c>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="111" t="s">
+        <v>184</v>
+      </c>
+      <c r="L17" s="31"/>
+    </row>
+    <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="69"/>
+      <c r="F18" s="35"/>
+      <c r="G18" s="69"/>
+      <c r="H18" s="65"/>
+      <c r="I18" s="108"/>
+      <c r="J18" s="35"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="139" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="140" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="36"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
+        <v>44823</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="67"/>
+      <c r="G20" s="53"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="107"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="131"/>
+    </row>
+    <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="196" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="196" t="s">
+        <v>214</v>
+      </c>
+      <c r="E21" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="F21" s="216" t="s">
+        <v>210</v>
+      </c>
+      <c r="G21" s="190" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" s="196" t="s">
+        <v>152</v>
+      </c>
+      <c r="I21" s="31"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="131"/>
+    </row>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="35"/>
+      <c r="F22" s="69"/>
+      <c r="G22" s="69"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="108"/>
+      <c r="J22" s="44"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="102" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" s="49" t="s">
+        <v>155</v>
+      </c>
+      <c r="G23" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="H23" s="26" t="s">
+        <v>157</v>
+      </c>
+      <c r="I23" s="101" t="s">
+        <v>158</v>
+      </c>
+      <c r="J23" s="28" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45920</v>
+      </c>
+      <c r="B24" s="37"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="145"/>
+      <c r="E24" s="133"/>
+      <c r="F24" s="31"/>
+      <c r="G24" s="31"/>
+      <c r="H24" s="31"/>
+      <c r="I24" s="31"/>
+      <c r="J24" s="133"/>
+      <c r="K24" s="111"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="202"/>
+      <c r="D25" s="197" t="s">
+        <v>136</v>
+      </c>
+      <c r="E25" s="215" t="s">
+        <v>208</v>
+      </c>
+      <c r="F25" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="G25" s="196" t="s">
+        <v>182</v>
+      </c>
+      <c r="H25" s="198" t="s">
+        <v>163</v>
+      </c>
+      <c r="I25" s="191"/>
+      <c r="J25" s="177"/>
+      <c r="K25" t="s">
         <v>189</v>
       </c>
-      <c r="E5" s="242" t="s">
-[...249 lines deleted...]
-      <c r="K17" s="115" t="s">
+    </row>
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="40"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="35"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="35"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="40"/>
+    </row>
+    <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="100" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="101" t="s">
+        <v>155</v>
+      </c>
+      <c r="G27" s="102" t="s">
+        <v>156</v>
+      </c>
+      <c r="H27" s="192"/>
+      <c r="I27" s="397" t="s">
+        <v>159</v>
+      </c>
+      <c r="J27" s="398"/>
+    </row>
+    <row r="28" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45921</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="133"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="133"/>
+      <c r="F28" s="133"/>
+      <c r="G28" s="107"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="107"/>
+      <c r="J28" s="43"/>
+    </row>
+    <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="214" t="s">
         <v>207</v>
       </c>
-      <c r="L17" s="33"/>
-[...250 lines deleted...]
-    <row r="36" customFormat="1" x14ac:dyDescent="0.3"/>
+      <c r="E29" s="200"/>
+      <c r="F29" s="199"/>
+      <c r="G29" s="196" t="s">
+        <v>152</v>
+      </c>
+      <c r="H29" s="177"/>
+      <c r="I29" s="413" t="s">
+        <v>144</v>
+      </c>
+      <c r="J29" s="414"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="108"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="108"/>
+      <c r="J30" s="44"/>
+    </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="I29:J29"/>
     <mergeCell ref="B1:D2"/>
     <mergeCell ref="F1:I2"/>
     <mergeCell ref="I27:J27"/>
   </mergeCells>
-  <phoneticPr fontId="21" type="noConversion"/>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05BBB8B4-1650-4982-BC67-BB82BB5C3F2C}">
   <dimension ref="A1:L36"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="12.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="16.109375" customWidth="1"/>
+    <col min="1" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.140625" customWidth="1"/>
+    <col min="9" max="9" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="16.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F1" s="252" t="s">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="203" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="203"/>
+      <c r="D1" s="203"/>
+      <c r="F1" s="206" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="253"/>
-[...6 lines deleted...]
-      <c r="D2" s="251"/>
+      <c r="G1" s="207"/>
+      <c r="H1" s="207"/>
+      <c r="I1" s="208"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="204"/>
+      <c r="C2" s="204"/>
+      <c r="D2" s="205"/>
       <c r="E2" s="12"/>
-      <c r="F2" s="255"/>
-[...5 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="F2" s="209"/>
+      <c r="G2" s="210"/>
+      <c r="H2" s="210"/>
+      <c r="I2" s="211"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="27"/>
-      <c r="C3" s="271" t="s">
+      <c r="B3" s="25"/>
+      <c r="C3" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="226" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="273" t="s">
+      <c r="E3" s="227" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="226" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="274" t="s">
-[...11 lines deleted...]
-      <c r="A4" s="62">
+      <c r="G3" s="228" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="229" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" s="228" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" s="235"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A4" s="58">
         <v>45915</v>
       </c>
-      <c r="B4" s="32"/>
-[...13 lines deleted...]
-      <c r="D5" s="269" t="s">
+      <c r="B4" s="30"/>
+      <c r="C4" s="236"/>
+      <c r="D4" s="236"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="236"/>
+      <c r="G4" s="237"/>
+      <c r="H4" s="238"/>
+      <c r="I4" s="238"/>
+      <c r="J4" s="236"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="236"/>
+      <c r="D5" s="223" t="s">
+        <v>166</v>
+      </c>
+      <c r="E5" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="F5" s="239" t="s">
+        <v>163</v>
+      </c>
+      <c r="G5" s="240" t="s">
+        <v>154</v>
+      </c>
+      <c r="H5" s="223" t="s">
+        <v>151</v>
+      </c>
+      <c r="I5" s="236"/>
+      <c r="J5" s="236"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="241"/>
+      <c r="D6" s="241"/>
+      <c r="E6" s="241"/>
+      <c r="F6" s="241"/>
+      <c r="G6" s="242"/>
+      <c r="H6" s="241"/>
+      <c r="I6" s="241"/>
+      <c r="J6" s="241"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="228" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="229" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="228" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="243"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A8" s="58">
+        <v>45916</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="236"/>
+      <c r="D8" s="236"/>
+      <c r="E8" s="236"/>
+      <c r="F8" s="236"/>
+      <c r="G8" s="244"/>
+      <c r="H8" s="245"/>
+      <c r="I8" s="246"/>
+      <c r="J8" s="236"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="236"/>
+      <c r="D9" s="247" t="s">
+        <v>207</v>
+      </c>
+      <c r="E9" s="219" t="s">
+        <v>208</v>
+      </c>
+      <c r="F9" s="220" t="s">
+        <v>209</v>
+      </c>
+      <c r="G9" s="222" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="248" t="s">
+        <v>125</v>
+      </c>
+      <c r="I9" s="236" t="s">
+        <v>152</v>
+      </c>
+      <c r="J9" s="236"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="241"/>
+      <c r="D10" s="241"/>
+      <c r="E10" s="241"/>
+      <c r="F10" s="241"/>
+      <c r="G10" s="249"/>
+      <c r="H10" s="250"/>
+      <c r="I10" s="241"/>
+      <c r="J10" s="241"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A11" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F11" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G11" s="230" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="229" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" s="228" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="235"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="58">
+        <v>44821</v>
+      </c>
+      <c r="B12" s="30"/>
+      <c r="C12" s="236"/>
+      <c r="D12" s="236"/>
+      <c r="E12" s="236"/>
+      <c r="F12" s="236"/>
+      <c r="G12" s="251"/>
+      <c r="H12" s="245"/>
+      <c r="I12" s="245"/>
+      <c r="J12" s="252"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A13" s="42"/>
+      <c r="B13" s="33"/>
+      <c r="C13" s="223" t="s">
+        <v>160</v>
+      </c>
+      <c r="D13" s="223" t="s">
+        <v>181</v>
+      </c>
+      <c r="E13" s="224" t="s">
+        <v>163</v>
+      </c>
+      <c r="F13" s="253" t="s">
+        <v>125</v>
+      </c>
+      <c r="G13" s="254" t="s">
+        <v>154</v>
+      </c>
+      <c r="H13" s="223" t="s">
+        <v>162</v>
+      </c>
+      <c r="I13" s="236" t="s">
+        <v>152</v>
+      </c>
+      <c r="J13" s="236"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="241"/>
+      <c r="D14" s="241"/>
+      <c r="E14" s="241"/>
+      <c r="F14" s="241"/>
+      <c r="G14" s="250"/>
+      <c r="H14" s="250"/>
+      <c r="I14" s="250"/>
+      <c r="J14" s="241"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G15" s="228" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="229" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="228" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="235"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="58">
+        <v>44822</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="236"/>
+      <c r="D16" s="236"/>
+      <c r="E16" s="236"/>
+      <c r="F16" s="236"/>
+      <c r="G16" s="237"/>
+      <c r="H16" s="255"/>
+      <c r="I16" s="251"/>
+      <c r="J16" s="236"/>
+    </row>
+    <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="236"/>
+      <c r="D17" s="220" t="s">
+        <v>209</v>
+      </c>
+      <c r="E17" s="222" t="s">
+        <v>210</v>
+      </c>
+      <c r="F17" s="256" t="s">
+        <v>152</v>
+      </c>
+      <c r="G17" s="236" t="s">
+        <v>168</v>
+      </c>
+      <c r="H17" s="236" t="s">
+        <v>168</v>
+      </c>
+      <c r="I17" s="236"/>
+      <c r="J17" s="236"/>
+      <c r="K17" s="111" t="s">
+        <v>184</v>
+      </c>
+      <c r="L17" s="31"/>
+    </row>
+    <row r="18" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="241"/>
+      <c r="D18" s="241"/>
+      <c r="E18" s="242"/>
+      <c r="F18" s="241"/>
+      <c r="G18" s="242"/>
+      <c r="H18" s="257"/>
+      <c r="I18" s="250"/>
+      <c r="J18" s="241"/>
+    </row>
+    <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="226" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="227" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="226" t="s">
+        <v>5</v>
+      </c>
+      <c r="G19" s="228" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="229" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" s="228" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="243"/>
+    </row>
+    <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A20" s="58">
+        <v>44823</v>
+      </c>
+      <c r="B20" s="30"/>
+      <c r="C20" s="236"/>
+      <c r="D20" s="236"/>
+      <c r="E20" s="258"/>
+      <c r="F20" s="237"/>
+      <c r="G20" s="255"/>
+      <c r="H20" s="236"/>
+      <c r="I20" s="251"/>
+      <c r="J20" s="259"/>
+      <c r="K20" s="131"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A21" s="32"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="223" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="219" t="s">
+        <v>208</v>
+      </c>
+      <c r="E21" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="F21" s="220" t="s">
+        <v>210</v>
+      </c>
+      <c r="G21" s="253" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" s="236" t="s">
+        <v>152</v>
+      </c>
+      <c r="I21" s="236"/>
+      <c r="J21" s="259"/>
+      <c r="K21" s="131"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A22" s="34"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="241"/>
+      <c r="D22" s="241"/>
+      <c r="E22" s="241"/>
+      <c r="F22" s="242"/>
+      <c r="G22" s="242"/>
+      <c r="H22" s="241"/>
+      <c r="I22" s="250"/>
+      <c r="J22" s="260"/>
+    </row>
+    <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="231" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="230" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="232" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" s="233" t="s">
+        <v>155</v>
+      </c>
+      <c r="G23" s="231" t="s">
+        <v>156</v>
+      </c>
+      <c r="H23" s="229" t="s">
+        <v>157</v>
+      </c>
+      <c r="I23" s="234" t="s">
+        <v>158</v>
+      </c>
+      <c r="J23" s="228" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A24" s="29">
+        <v>45920</v>
+      </c>
+      <c r="B24" s="37"/>
+      <c r="C24" s="231"/>
+      <c r="D24" s="227"/>
+      <c r="E24" s="256"/>
+      <c r="F24" s="236"/>
+      <c r="G24" s="236"/>
+      <c r="H24" s="236"/>
+      <c r="I24" s="236"/>
+      <c r="J24" s="256"/>
+      <c r="K24" s="111"/>
+    </row>
+    <row r="25" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A25" s="50"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="227"/>
+      <c r="D25" s="261" t="s">
+        <v>136</v>
+      </c>
+      <c r="E25" s="219" t="s">
+        <v>208</v>
+      </c>
+      <c r="F25" s="223" t="s">
+        <v>181</v>
+      </c>
+      <c r="G25" s="223" t="s">
+        <v>182</v>
+      </c>
+      <c r="H25" s="224" t="s">
+        <v>163</v>
+      </c>
+      <c r="I25" s="262"/>
+      <c r="J25" s="263"/>
+      <c r="K25" t="s">
         <v>189</v>
       </c>
-      <c r="E5" s="269" t="s">
-[...247 lines deleted...]
-      <c r="K17" s="115" t="s">
+    </row>
+    <row r="26" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A26" s="51"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="264"/>
+      <c r="D26" s="265"/>
+      <c r="E26" s="265"/>
+      <c r="F26" s="241"/>
+      <c r="G26" s="241"/>
+      <c r="H26" s="241"/>
+      <c r="I26" s="241"/>
+      <c r="J26" s="265"/>
+    </row>
+    <row r="27" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A27" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="231" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="229" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="229" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="233" t="s">
+        <v>155</v>
+      </c>
+      <c r="G27" s="232" t="s">
+        <v>156</v>
+      </c>
+      <c r="H27" s="266"/>
+      <c r="I27" s="415" t="s">
+        <v>217</v>
+      </c>
+      <c r="J27" s="416"/>
+    </row>
+    <row r="28" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A28" s="29">
+        <v>45921</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="256"/>
+      <c r="D28" s="251"/>
+      <c r="E28" s="256"/>
+      <c r="F28" s="256"/>
+      <c r="G28" s="251"/>
+      <c r="H28" s="259"/>
+      <c r="I28" s="251"/>
+      <c r="J28" s="259"/>
+    </row>
+    <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="50"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="256" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" s="267" t="s">
         <v>207</v>
       </c>
-      <c r="L17" s="33"/>
-[...252 lines deleted...]
-    <row r="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="E29" s="247"/>
+      <c r="F29" s="268"/>
+      <c r="G29" s="223" t="s">
+        <v>152</v>
+      </c>
+      <c r="H29" s="263"/>
+      <c r="I29" s="417" t="s">
+        <v>144</v>
+      </c>
+      <c r="J29" s="418"/>
+    </row>
+    <row r="30" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+      <c r="A30" s="51"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="108"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="108"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="108"/>
+      <c r="J30" s="44"/>
+    </row>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="I27:J27"/>
     <mergeCell ref="I29:J29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e58707db-cea7-4907-92d1-cf323291762b}" enabled="1" method="Standard" siteId="{e11cbe9c-f680-44b9-9d42-d705f740b888}" removed="0"/>
   <clbl:label id="{f0785fb4-7cd3-40c0-8122-f25147720244}" enabled="1" method="Standard" siteId="{3619ea90-fa6e-40bf-aa11-2d4a18ad7689}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>