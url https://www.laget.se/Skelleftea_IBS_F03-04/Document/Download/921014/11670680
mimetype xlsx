--- v0 (2025-10-21)
+++ v1 (2025-11-14)
@@ -1,657 +1,1618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/header.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:body>
+    <w:p w:rsidR="434E0A14" w:rsidP="6D9FB6FE" w:rsidRDefault="434E0A14" w14:paraId="015B15CF" w14:textId="5EEC24D2">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidR="434E0A14">
+        <w:drawing>
+          <wp:inline wp14:editId="15CB8225" wp14:anchorId="1CD7B8EB">
+            <wp:extent cx="7573432" cy="5830114"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1338248264" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1338248264" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118425561">
+                      <a:extLst>
+                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7573432" cy="5830114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="77DFD7EC">
+        <w:drawing>
+          <wp:inline wp14:editId="1AE6A82E" wp14:anchorId="616452A6">
+            <wp:extent cx="6008200" cy="1774036"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="885510711" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="885510711" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1658472285">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="0">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6008200" cy="1774036"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="77DFD7EC" w:rsidP="6D9FB6FE" w:rsidRDefault="77DFD7EC" w14:paraId="5610F740" w14:textId="43CDFF03">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidR="77DFD7EC">
+        <w:drawing>
+          <wp:inline wp14:editId="344160F6" wp14:anchorId="422C49A4">
+            <wp:extent cx="6925642" cy="3506434"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="975247554" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="975247554" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId619170923">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="0">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6925642" cy="3506434"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D346BB" w:rsidSect="00D346BB">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+      <w:headerReference w:type="default" r:id="R54b8014362b04025"/>
+      <w:footerReference w:type="default" r:id="R24b30234d8c64604"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...289 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Narrow">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...159 lines deleted...]
-</styleSheet>
+<file path=word/footer.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Normaltabell"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4665"/>
+      <w:gridCol w:w="4665"/>
+      <w:gridCol w:w="4665"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="6D9FB6FE" w:rsidTr="6D9FB6FE" w14:paraId="0CFB114B">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4665" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidP="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="03AF58F7" w14:textId="4EF15783">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4665" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidP="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="69EB6E4C" w14:textId="1AF19FE5">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4665" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidP="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="554274A1" w14:textId="4786181A">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="6D9FB6FE" w:rsidP="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="7B6C36EC" w14:textId="233ED826">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Normaltabell"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="5235"/>
+      <w:gridCol w:w="363"/>
+      <w:gridCol w:w="2799"/>
+      <w:gridCol w:w="2799"/>
+      <w:gridCol w:w="2799"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="6D9FB6FE" w:rsidTr="6D9FB6FE" w14:paraId="28E4E8D0">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5235" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidP="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="5BCD86BB" w14:textId="7D8AE35B">
+          <w:pPr>
+            <w:bidi w:val="0"/>
+            <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:eastAsia="Aptos Narrow" w:cs="Aptos Narrow"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:dstrike w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:u w:val="none"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="363" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="462EE222" w14:textId="4F0FAEC1"/>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2799" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="1DAC6377" w14:textId="709B820A"/>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2799" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="015B8B3E" w14:textId="2FD20B84"/>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2799" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="23D5788B" w14:textId="635BA784"/>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="6D9FB6FE" w:rsidP="6D9FB6FE" w:rsidRDefault="6D9FB6FE" w14:paraId="7BD48D3C" w14:textId="5D8CA77A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
+  <w:defaultTabStop w:val="1304"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D346BB"/>
+    <w:rsid w:val="007603DC"/>
+    <w:rsid w:val="008F39E6"/>
+    <w:rsid w:val="00B2681C"/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rsid w:val="0678AA2F"/>
+    <w:rsid w:val="0D9DE58C"/>
+    <w:rsid w:val="16B94029"/>
+    <w:rsid w:val="17A5221A"/>
+    <w:rsid w:val="1839A50D"/>
+    <w:rsid w:val="252D85D5"/>
+    <w:rsid w:val="273DEC5D"/>
+    <w:rsid w:val="291AFC8F"/>
+    <w:rsid w:val="2A31299D"/>
+    <w:rsid w:val="427E6C07"/>
+    <w:rsid w:val="434E0A14"/>
+    <w:rsid w:val="4447F4AF"/>
+    <w:rsid w:val="4D993856"/>
+    <w:rsid w:val="50BD840E"/>
+    <w:rsid w:val="51C2DEAC"/>
+    <w:rsid w:val="5E61AE66"/>
+    <w:rsid w:val="5E71BD74"/>
+    <w:rsid w:val="6D9FB6FE"/>
+    <w:rsid w:val="779535D2"/>
+    <w:rsid w:val="77DFD7EC"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="sv-SE"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4F347C1F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{88909F86-BDD5-4A67-9FCF-DFCADF5FE939}"/>
+</w:settings>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+    <w:name w:val="Rubrik 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+    <w:name w:val="Rubrik 3 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+    <w:name w:val="Rubrik 4 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
+    <w:name w:val="Rubrik 6 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
+    <w:name w:val="Rubrik 7 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik8Char" w:customStyle="1">
+    <w:name w:val="Rubrik 8 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="RubrikChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CitatChar" w:customStyle="1">
+    <w:name w:val="Citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Citat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liststycke">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkbetoning">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Starktcitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="StarktcitatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="StarktcitatChar" w:customStyle="1">
+    <w:name w:val="Starkt citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Starktcitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkreferens">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D346BB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:uiPriority w:val="99"/>
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="6D9FB6FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:uiPriority w:val="99"/>
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="6D9FB6FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:styleId="TableGrid">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Table Grid"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Normaltabell"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="59"/>
+    <w:rsid xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="00FB4123"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="26219000">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1381124892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1458329115">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1705054497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1741365162">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="rId118425561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="rId1658472285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="rId619170923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header.xml" Id="R54b8014362b04025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer.xml" Id="R24b30234d8c64604" /></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
@@ -709,65 +1670,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -788,1718 +1749,62 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1623 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...25 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Linda Vikman</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <keywords/>
+  <dc:description/>
+  <lastModifiedBy>Linda Vikman</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>