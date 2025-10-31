--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,114 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/1f916968c3732f98/Dokument/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Skara HF\OneDrive\Dokument\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9192"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Worksheet!$A$1:$G$17</definedName>
   </definedNames>
   <calcPr calcId="162913" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="96">
   <si>
     <t>Dag</t>
   </si>
   <si>
-    <t>Datum |</t>
-[...1 lines deleted...]
-  <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Tävling</t>
   </si>
   <si>
     <t>Hemmalag</t>
   </si>
   <si>
     <t>Bortalag</t>
   </si>
   <si>
     <t>Spelplats</t>
   </si>
   <si>
     <t>Fredag</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
     <t xml:space="preserve"> Dam 3 Väst Norra</t>
   </si>
   <si>
     <t>Skara HF U</t>
   </si>
   <si>
     <t>HK Lidköping</t>
   </si>
   <si>
     <t>Skara Idrottshall</t>
   </si>
   <si>
     <t>Söndag</t>
   </si>
   <si>
-    <t>2025-10-12</t>
-[...1 lines deleted...]
-  <si>
     <t>17:00</t>
   </si>
   <si>
     <t>Torslanda HK 2</t>
   </si>
   <si>
     <t>HF Team Kropps</t>
   </si>
   <si>
     <t>Chalmers HK</t>
   </si>
   <si>
     <t>2025-11-23</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>IF Hellton U</t>
   </si>
   <si>
     <t>Redbergslids IK 2</t>
   </si>
   <si>
     <t>Torsdag</t>
@@ -137,53 +131,50 @@
   <si>
     <t>2026-01-30</t>
   </si>
   <si>
     <t>2026-02-19</t>
   </si>
   <si>
     <t>Lördag</t>
   </si>
   <si>
     <t>2026-03-05</t>
   </si>
   <si>
     <t>2026-03-14</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BK Heid 2</t>
   </si>
   <si>
     <t>2025-10-26</t>
   </si>
   <si>
-    <t>12:00</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> F19-17 Väst 2 Norra</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>GF Kroppskultur 2</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>Kungälvs HK</t>
   </si>
   <si>
     <t>2026-01-15</t>
   </si>
   <si>
     <t>Skövde HF F16</t>
   </si>
   <si>
     <t>2026-02-21</t>
@@ -194,213 +185,236 @@
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Stenungsunds HK</t>
   </si>
   <si>
     <t>2026-03-28</t>
   </si>
   <si>
     <t>Lysekils HK</t>
   </si>
   <si>
     <t>Skara HF J</t>
   </si>
   <si>
     <t>Kiosk</t>
   </si>
   <si>
     <t>Sekretariat</t>
   </si>
   <si>
     <t>Natalie</t>
   </si>
   <si>
-    <t>Jonna</t>
-[...1 lines deleted...]
-  <si>
     <t>Ulrika</t>
   </si>
   <si>
     <t>Mattias</t>
   </si>
   <si>
     <t>Eira</t>
   </si>
   <si>
-    <t>Stina</t>
-[...1 lines deleted...]
-  <si>
     <t>Alva</t>
   </si>
   <si>
     <t>Isabella JK</t>
   </si>
   <si>
-    <t>Elisa</t>
-[...4 lines deleted...]
-  <si>
     <t>Sofie</t>
   </si>
   <si>
     <t>Hanna S</t>
   </si>
   <si>
     <t xml:space="preserve">Hanna G </t>
   </si>
   <si>
-    <t xml:space="preserve">Jonna </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Niklas </t>
   </si>
   <si>
     <t>Nina</t>
   </si>
   <si>
     <t>Amanda</t>
   </si>
   <si>
-    <t>Joline</t>
-[...1 lines deleted...]
-  <si>
     <t>Tindra</t>
   </si>
   <si>
-    <t>Elin B</t>
-[...1 lines deleted...]
-  <si>
     <t>Elin A</t>
   </si>
   <si>
     <t>Anna</t>
   </si>
   <si>
     <t>Fanny</t>
   </si>
   <si>
     <t>Maja</t>
   </si>
   <si>
     <t>Emilia</t>
   </si>
   <si>
     <t xml:space="preserve">Amanda </t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Christer</t>
   </si>
   <si>
     <t>Magnus B</t>
   </si>
   <si>
     <t>Magnus P</t>
   </si>
   <si>
     <t>Marina</t>
   </si>
   <si>
     <t>Magnus Steen</t>
   </si>
   <si>
     <t>Hans Phålman</t>
+  </si>
+  <si>
+    <t>Amina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Datum </t>
+  </si>
+  <si>
+    <t>Ny match tid</t>
+  </si>
+  <si>
+    <t>Matilda</t>
+  </si>
+  <si>
+    <t>Hanna W</t>
+  </si>
+  <si>
+    <t>Stina IK</t>
+  </si>
+  <si>
+    <t>Melinda</t>
+  </si>
+  <si>
+    <t>Filmning av spelare</t>
+  </si>
+  <si>
+    <t>Bella</t>
+  </si>
+  <si>
+    <t>Elvira</t>
+  </si>
+  <si>
+    <t>Stina P</t>
+  </si>
+  <si>
+    <t>Stina I K</t>
+  </si>
+  <si>
+    <t>SE Hall</t>
+  </si>
+  <si>
+    <t>Hanna G</t>
+  </si>
+  <si>
+    <t>U-lag spelar</t>
+  </si>
+  <si>
+    <t>J-lag</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -421,86 +435,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -665,670 +679,748 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L17"/>
+  <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6"/>
+      <selection activeCell="L16" sqref="L16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7" bestFit="1" customWidth="1"/>
     <col min="4" max="6" width="21.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
     <col min="10" max="10" width="13.109375" customWidth="1"/>
     <col min="11" max="11" width="12.5546875" customWidth="1"/>
+    <col min="12" max="12" width="17.109375" customWidth="1"/>
+    <col min="13" max="13" width="12.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
+        <v>53</v>
+      </c>
+      <c r="L1" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="M1" s="1"/>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="C2" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G2" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I2" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="K2" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="L2" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="M2" s="1"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="K2" s="1" t="s">
-[...13 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="J3" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M3" s="1"/>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G3" s="1" t="s">
+      <c r="C4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="M4" s="1"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="1" t="s">
-[...22 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="B5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="2">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="F5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>65</v>
       </c>
       <c r="I5" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M5" s="1"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="4">
+        <v>45990</v>
+      </c>
+      <c r="C6" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="J5" s="1" t="s">
-[...22 lines deleted...]
-      <c r="F6" s="1" t="s">
+      <c r="I7" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" s="1"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A8" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...17 lines deleted...]
-      <c r="A7" s="1" t="s">
+      <c r="B8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J8" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="M8" s="1"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" s="1"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" s="1"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A12" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="K8" s="1" t="s">
+      <c r="J12" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="M12" s="1"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="J13" s="1" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="1" t="s">
+      <c r="K13" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M13" s="1"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="M14" s="1"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H9" s="1" t="s">
+      <c r="G15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="M15" s="1"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A16" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="J17" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="I9" s="1" t="s">
+      <c r="K17" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="J9" s="1" t="s">
-[...284 lines deleted...]
-      </c>
+      <c r="L17" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:G17">
     <sortState ref="A2:I17">
       <sortCondition ref="B2:B17"/>
     </sortState>
   </autoFilter>
+  <sortState ref="A2:M17">
+    <sortCondition ref="B2:B17"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>