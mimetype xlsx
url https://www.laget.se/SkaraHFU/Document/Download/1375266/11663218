--- v1 (2025-10-31)
+++ v2 (2025-12-14)
@@ -682,51 +682,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L16" sqref="L16"/>
+      <selection activeCell="D23" sqref="D23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7" bestFit="1" customWidth="1"/>
     <col min="4" max="6" width="21.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
     <col min="10" max="10" width="13.109375" customWidth="1"/>
     <col min="11" max="11" width="12.5546875" customWidth="1"/>
     <col min="12" max="12" width="17.109375" customWidth="1"/>
     <col min="13" max="13" width="12.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
@@ -902,51 +902,51 @@
       <c r="H5" s="1" t="s">
         <v>65</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>73</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>68</v>
       </c>
       <c r="M5" s="1"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="4">
         <v>45990</v>
       </c>
       <c r="C6" s="2">
-        <v>0.5625</v>
+        <v>0.54166666666666663</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>55</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>56</v>
       </c>