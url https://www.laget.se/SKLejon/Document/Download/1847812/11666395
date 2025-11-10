--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -11,70 +11,71 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10921"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/susannatedestedt/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{222310C9-40AC-F440-8A58-CD201270450D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FABCFFC7-5B59-9647-881E-DD70346CAFCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="13380" yWindow="660" windowWidth="15420" windowHeight="15760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13380" yWindow="660" windowWidth="15420" windowHeight="15760" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lördag 11 oktober Kiruna AIF" sheetId="1" r:id="rId1"/>
     <sheet name="Söndag 12 oktober Kiruna City" sheetId="2" r:id="rId2"/>
     <sheet name="Lördag 25 oktober (Sponsormatch" sheetId="3" r:id="rId3"/>
     <sheet name="Fredag 14 november Sunderby SK" sheetId="4" r:id="rId4"/>
     <sheet name="Tisdag 2 december Bodens IK" sheetId="5" r:id="rId5"/>
     <sheet name="Lördag 13 december Asplöven HC" sheetId="6" r:id="rId6"/>
     <sheet name="Fredag 19 december IFK Arvidsja" sheetId="7" r:id="rId7"/>
     <sheet name="Fredag 13 februari Rosvik IK" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="0"/>
+  <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="352" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="124">
   <si>
     <t>Namn</t>
   </si>
   <si>
     <t>Nummer</t>
   </si>
   <si>
     <t>Speaker</t>
   </si>
   <si>
     <t>OVR</t>
   </si>
   <si>
     <t>Klocka</t>
   </si>
   <si>
     <t>Musik</t>
   </si>
   <si>
     <t>Båsdörr 1</t>
   </si>
   <si>
     <t>Båsdörr 2</t>
   </si>
   <si>
@@ -134,215 +135,185 @@
   <si>
     <t>Terese Lundström</t>
   </si>
   <si>
     <t>Hans Lundström</t>
   </si>
   <si>
     <t>David Almqvist</t>
   </si>
   <si>
     <t>Anna Almqvist</t>
   </si>
   <si>
     <t>Sofie Furtenback</t>
   </si>
   <si>
     <t>Jessica Holmqvist</t>
   </si>
   <si>
     <t>Matchstart 12:00</t>
   </si>
   <si>
     <t>09:30 A-hall Ske kraft Arena</t>
   </si>
   <si>
-    <t>Fika/entre 5</t>
-[...4 lines deleted...]
-  <si>
     <t>Grill 1</t>
   </si>
   <si>
     <t>Grill 2</t>
   </si>
   <si>
     <t>Matchstart 12:00 SPONSMATCH</t>
   </si>
   <si>
     <t>Jörgen Granlund</t>
   </si>
   <si>
     <t>Johan Forslund</t>
   </si>
   <si>
     <t>Jenny Hultdin</t>
   </si>
   <si>
     <t>Lars Widman</t>
   </si>
   <si>
     <t>Maria Widman</t>
   </si>
   <si>
     <t>Ellen Fahlgren</t>
   </si>
   <si>
     <t>Tindra Petterson</t>
   </si>
   <si>
-    <t>Frida Granlund</t>
-[...1 lines deleted...]
-  <si>
     <t>Nellie Larsson</t>
   </si>
   <si>
     <t>Julia Granström</t>
   </si>
   <si>
     <t>Maya Bergström</t>
   </si>
   <si>
     <t>Thea Wikström</t>
   </si>
   <si>
     <t>Emmelie Holmersson</t>
   </si>
   <si>
     <t>17:00 A-hall Ske kraft arena</t>
   </si>
   <si>
     <t>Therese Taavo</t>
   </si>
   <si>
     <t>Mattias Larsson</t>
   </si>
   <si>
     <t>Karin Granlund</t>
   </si>
   <si>
     <t>Jonas Mikaelsson</t>
   </si>
   <si>
-    <t>Karin Granlund + Sussi</t>
-[...1 lines deleted...]
-  <si>
     <t>William Anthony</t>
   </si>
   <si>
     <t>Camilla Anthony</t>
   </si>
   <si>
     <t>Magnus Hägg</t>
   </si>
   <si>
     <t>Christina Hägg</t>
   </si>
   <si>
     <t>Jörgen Öhlund</t>
   </si>
   <si>
     <t>Johanna Lundqvist</t>
   </si>
   <si>
     <t>Malin Carlsson</t>
   </si>
   <si>
     <t>Jörgen Marklund</t>
   </si>
   <si>
     <t>Niklas Viklund</t>
   </si>
   <si>
     <t>Pornthip Marklund</t>
   </si>
   <si>
     <t>Ulrika Viklund</t>
   </si>
   <si>
     <t>Matchstart 00:00</t>
   </si>
   <si>
     <t>Skellefteå kraft arena</t>
   </si>
   <si>
-    <t>Ansiktsmålning</t>
-[...7 lines deleted...]
-  <si>
     <t>Jan Sundström</t>
   </si>
   <si>
     <t>073-811 36 26</t>
   </si>
   <si>
     <t>070-334 11 76</t>
   </si>
   <si>
     <t>070-233 38 88</t>
   </si>
   <si>
     <t>070-377 54 43</t>
   </si>
   <si>
     <t>070-399 05 59</t>
   </si>
   <si>
     <t>070-377 66 33</t>
   </si>
   <si>
     <t>070-620 81 86</t>
   </si>
   <si>
     <t>070-213 27 71</t>
   </si>
   <si>
     <t>070-601 24 84</t>
   </si>
   <si>
     <t>070-351 55 77</t>
   </si>
   <si>
-    <t>070-544 48 04</t>
-[...1 lines deleted...]
-  <si>
     <t>072-746 74 14</t>
   </si>
   <si>
-    <t>076-821 12 22</t>
-[...4 lines deleted...]
-  <si>
     <t>070-582 13 49</t>
   </si>
   <si>
     <t>Greger Öhlund</t>
   </si>
   <si>
     <t>Matchstart 19:30</t>
   </si>
   <si>
     <t>073-805 27 68</t>
   </si>
   <si>
     <t>073-094 57 96</t>
   </si>
   <si>
     <t>070-635 07 26</t>
   </si>
   <si>
     <t>070-326 06 45</t>
   </si>
   <si>
     <t>070-640 73 30</t>
   </si>
   <si>
     <t>070-640 65 58</t>
@@ -350,87 +321,132 @@
   <si>
     <t>073-051 84 87</t>
   </si>
   <si>
     <t>070-277 00 11</t>
   </si>
   <si>
     <t>070-249 75 39</t>
   </si>
   <si>
     <t>070-257 47 04</t>
   </si>
   <si>
     <t>070-676 92 99</t>
   </si>
   <si>
     <t>070-363 69 86</t>
   </si>
   <si>
     <t>070-389 38 49</t>
   </si>
   <si>
     <t>070-627 04 25</t>
   </si>
   <si>
-    <t>070-562 63 55</t>
-[...1 lines deleted...]
-  <si>
     <t>070-266 56 96</t>
   </si>
   <si>
     <t>070-566 77 70</t>
   </si>
   <si>
     <t>070-324 61 78</t>
   </si>
   <si>
     <t>070-328 33 00</t>
   </si>
   <si>
     <t>070-560 01 92</t>
   </si>
   <si>
     <t>070-527 19 67</t>
   </si>
   <si>
     <t>070-236 08 40</t>
   </si>
   <si>
     <t>070-532 48 85</t>
   </si>
   <si>
     <t>Mia Asserud - ersättare</t>
   </si>
   <si>
     <t>Isabelle Westermark</t>
   </si>
   <si>
     <t>Ebba Lundström</t>
   </si>
   <si>
     <t>OBS! Denna match kommer att flyttas!</t>
+  </si>
+  <si>
+    <t>Upplärning av OVR</t>
+  </si>
+  <si>
+    <t>Peter Lundgren</t>
+  </si>
+  <si>
+    <t>072-741 40 06</t>
+  </si>
+  <si>
+    <t>Ronja Jonasson</t>
+  </si>
+  <si>
+    <t>10:30 A-hall Ske kraft Arena</t>
+  </si>
+  <si>
+    <t>Sussi Tedestedt</t>
+  </si>
+  <si>
+    <t>076-222 52 16</t>
+  </si>
+  <si>
+    <t>Elin Hällgren</t>
+  </si>
+  <si>
+    <t>Fiskedamm 1</t>
+  </si>
+  <si>
+    <t>Fiskedamm 2</t>
+  </si>
+  <si>
+    <t>Ansiktsmålning/pyssel</t>
+  </si>
+  <si>
+    <t>09:45 A-hall Ske kraft Arena</t>
+  </si>
+  <si>
+    <t>Msgnus Hägg</t>
+  </si>
+  <si>
+    <t>till januari</t>
+  </si>
+  <si>
+    <t>Vi drog in 2500kr denna match!</t>
+  </si>
+  <si>
+    <t>Bra jobbat alla!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -756,1452 +772,1474 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+    <sheetView topLeftCell="B1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="D2" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D7" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:E12"/>
+  <dimension ref="A1:E15"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
     <col min="5" max="5" width="19.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="E2" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E3" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D4" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D21" sqref="D21"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>109</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>111</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
-[...9 lines deleted...]
-      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="C13" t="s">
-[...14 lines deleted...]
-        <v>49</v>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      <c r="B17" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" t="s">
         <v>33</v>
       </c>
-      <c r="C17" t="s">
-[...3 lines deleted...]
-        <v>93</v>
+      <c r="C18" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>85</v>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
+        <v>119</v>
+      </c>
+      <c r="C22" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D24" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D3" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C4" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D4" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>61</v>
+        <v>57</v>
+      </c>
+      <c r="D5" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="D2" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D7" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C10" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D10" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="D4" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.83203125" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D3" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C4" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D4" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Lördag 11 oktober Kiruna AIF</vt:lpstr>