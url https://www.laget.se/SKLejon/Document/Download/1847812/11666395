--- v1 (2025-11-10)
+++ v2 (2025-12-27)
@@ -4,78 +4,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10921"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11207"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/susannatedestedt/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FABCFFC7-5B59-9647-881E-DD70346CAFCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E5AADC7A-1075-AE40-98F5-8581A35A0480}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="13380" yWindow="660" windowWidth="15420" windowHeight="15760" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14480" yWindow="660" windowWidth="14160" windowHeight="15940" firstSheet="4" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lördag 11 oktober Kiruna AIF" sheetId="1" r:id="rId1"/>
     <sheet name="Söndag 12 oktober Kiruna City" sheetId="2" r:id="rId2"/>
     <sheet name="Lördag 25 oktober (Sponsormatch" sheetId="3" r:id="rId3"/>
     <sheet name="Fredag 14 november Sunderby SK" sheetId="4" r:id="rId4"/>
-    <sheet name="Tisdag 2 december Bodens IK" sheetId="5" r:id="rId5"/>
-[...2 lines deleted...]
-    <sheet name="Fredag 13 februari Rosvik IK" sheetId="8" r:id="rId8"/>
+    <sheet name="Lördag 13 december Asplöven HC" sheetId="6" r:id="rId5"/>
+    <sheet name="Fredag 19 december IFK Arvidsja" sheetId="7" r:id="rId6"/>
+    <sheet name="Fredag 16 Januari Rosvik IK" sheetId="8" r:id="rId7"/>
+    <sheet name="Lördag 31 Bodens IK" sheetId="5" r:id="rId8"/>
   </sheets>
   <calcPr calcId="0"/>
-  <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="355" uniqueCount="123">
   <si>
     <t>Namn</t>
   </si>
   <si>
     <t>Nummer</t>
   </si>
   <si>
     <t>Speaker</t>
   </si>
   <si>
     <t>OVR</t>
   </si>
   <si>
     <t>Klocka</t>
   </si>
   <si>
     <t>Musik</t>
   </si>
   <si>
     <t>Båsdörr 1</t>
   </si>
   <si>
     <t>Båsdörr 2</t>
   </si>
   <si>
@@ -354,99 +353,96 @@
   <si>
     <t>070-328 33 00</t>
   </si>
   <si>
     <t>070-560 01 92</t>
   </si>
   <si>
     <t>070-527 19 67</t>
   </si>
   <si>
     <t>070-236 08 40</t>
   </si>
   <si>
     <t>070-532 48 85</t>
   </si>
   <si>
     <t>Mia Asserud - ersättare</t>
   </si>
   <si>
     <t>Isabelle Westermark</t>
   </si>
   <si>
     <t>Ebba Lundström</t>
   </si>
   <si>
-    <t>OBS! Denna match kommer att flyttas!</t>
-[...1 lines deleted...]
-  <si>
     <t>Upplärning av OVR</t>
   </si>
   <si>
     <t>Peter Lundgren</t>
   </si>
   <si>
     <t>072-741 40 06</t>
   </si>
   <si>
     <t>Ronja Jonasson</t>
   </si>
   <si>
     <t>10:30 A-hall Ske kraft Arena</t>
   </si>
   <si>
     <t>Sussi Tedestedt</t>
   </si>
   <si>
     <t>076-222 52 16</t>
   </si>
   <si>
     <t>Elin Hällgren</t>
   </si>
   <si>
     <t>Fiskedamm 1</t>
   </si>
   <si>
     <t>Fiskedamm 2</t>
   </si>
   <si>
     <t>Ansiktsmålning/pyssel</t>
   </si>
   <si>
     <t>09:45 A-hall Ske kraft Arena</t>
   </si>
   <si>
     <t>Msgnus Hägg</t>
   </si>
   <si>
-    <t>till januari</t>
-[...1 lines deleted...]
-  <si>
     <t>Vi drog in 2500kr denna match!</t>
   </si>
   <si>
     <t>Bra jobbat alla!</t>
+  </si>
+  <si>
+    <t>Matchen spelas i Boliden</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -772,51 +768,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
@@ -923,51 +919,51 @@
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E15"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
     <col min="5" max="5" width="19.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1098,296 +1094,296 @@
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="D2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" t="s">
         <v>112</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C22" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C24" t="s">
         <v>39</v>
       </c>
       <c r="D24" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
@@ -1440,51 +1436,51 @@
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
         <v>54</v>
       </c>
       <c r="D4" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>57</v>
       </c>
       <c r="D5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>40</v>
       </c>
       <c r="D6" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
@@ -1524,50 +1520,556 @@
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:D12"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="29" customWidth="1"/>
+    <col min="2" max="2" width="27" customWidth="1"/>
+    <col min="3" max="3" width="24.1640625" customWidth="1"/>
+    <col min="4" max="4" width="23.33203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:D14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A15" sqref="A15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="29" customWidth="1"/>
+    <col min="2" max="2" width="27" customWidth="1"/>
+    <col min="3" max="3" width="24.1640625" customWidth="1"/>
+    <col min="4" max="4" width="23.33203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D4" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:D12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A25" sqref="A25"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="30.83203125" customWidth="1"/>
+    <col min="2" max="2" width="27" customWidth="1"/>
+    <col min="3" max="3" width="24.1640625" customWidth="1"/>
+    <col min="4" max="4" width="23.33203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="24.1640625" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1685,585 +2187,74 @@
       </c>
       <c r="D10" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>66</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
-      </c>
-[...509 lines deleted...]
-        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Lördag 11 oktober Kiruna AIF</vt:lpstr>
       <vt:lpstr>Söndag 12 oktober Kiruna City</vt:lpstr>
       <vt:lpstr>Lördag 25 oktober (Sponsormatch</vt:lpstr>
       <vt:lpstr>Fredag 14 november Sunderby SK</vt:lpstr>
-      <vt:lpstr>Tisdag 2 december Bodens IK</vt:lpstr>
       <vt:lpstr>Lördag 13 december Asplöven HC</vt:lpstr>
       <vt:lpstr>Fredag 19 december IFK Arvidsja</vt:lpstr>
-      <vt:lpstr>Fredag 13 februari Rosvik IK</vt:lpstr>
+      <vt:lpstr>Fredag 16 Januari Rosvik IK</vt:lpstr>
+      <vt:lpstr>Lördag 31 Bodens IK</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>