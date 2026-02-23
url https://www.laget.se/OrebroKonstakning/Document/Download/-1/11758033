--- v0 (2026-01-07)
+++ v1 (2026-02-23)
@@ -8,65 +8,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\orebroll.se\hem\a\awa031\Skrivbord\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9F56C4B-E4D8-49A1-A151-D4107471DBB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{46094107-BA56-4759-8F69-5308C718E9E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
     <sheet name="Blad2" sheetId="2" r:id="rId2"/>
     <sheet name="Blad3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="94">
   <si>
     <t xml:space="preserve">SCHEMA TÄVLINGSHELGEN </t>
   </si>
   <si>
     <t xml:space="preserve">Café </t>
   </si>
   <si>
     <t>fr 16.30</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Speaker</t>
   </si>
   <si>
     <t>Grindvakt</t>
   </si>
   <si>
     <t>Sjukvårdare</t>
   </si>
   <si>
     <t>Tekniskt ansvarig</t>
   </si>
   <si>
@@ -513,50 +513,59 @@
     <t xml:space="preserve">Fam Törnblom Samson/ Fam Rydegård </t>
   </si>
   <si>
     <t>Fikagruppen</t>
   </si>
   <si>
     <t xml:space="preserve">Byggnation </t>
   </si>
   <si>
     <t>Byggruppen och tävlingsgruppen samt Fredrik Öjdemark och Johan Öjdemark</t>
   </si>
   <si>
     <t>Klara Lunak/ Alice Leeman</t>
   </si>
   <si>
     <t>Alice Leeman/ Emma Wikström</t>
   </si>
   <si>
     <t>Fre 23/1</t>
   </si>
   <si>
     <t>Lör 24/1</t>
   </si>
   <si>
     <t>Sön 25/1</t>
+  </si>
+  <si>
+    <t>07.30-14.00</t>
+  </si>
+  <si>
+    <t>14.00-ca 19.00</t>
+  </si>
+  <si>
+    <t>07.30-ca14.30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
@@ -988,228 +997,228 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...116 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -1425,226 +1434,226 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R142"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A26" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+      <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.25" customWidth="1"/>
     <col min="2" max="18" width="14.625" customWidth="1"/>
     <col min="19" max="20" width="10.625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-      <c r="A1" s="47" t="s">
+      <c r="A1" s="66" t="s">
         <v>59</v>
       </c>
-      <c r="B1" s="48"/>
-[...15 lines deleted...]
-      <c r="R1" s="51"/>
+      <c r="B1" s="67"/>
+      <c r="C1" s="67"/>
+      <c r="D1" s="67"/>
+      <c r="E1" s="67"/>
+      <c r="F1" s="67"/>
+      <c r="G1" s="67"/>
+      <c r="H1" s="67"/>
+      <c r="I1" s="67"/>
+      <c r="J1" s="67"/>
+      <c r="K1" s="67"/>
+      <c r="L1" s="68"/>
+      <c r="M1" s="68"/>
+      <c r="N1" s="68"/>
+      <c r="O1" s="68"/>
+      <c r="P1" s="69"/>
+      <c r="Q1" s="69"/>
+      <c r="R1" s="70"/>
     </row>
     <row r="2" spans="1:18" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:18" s="4" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="103" t="s">
+      <c r="A3" s="41" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="104"/>
-[...2 lines deleted...]
-      <c r="E3" s="105"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="43"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="101" t="s">
+      <c r="A4" s="38" t="s">
         <v>56</v>
       </c>
-      <c r="B4" s="102"/>
-[...2 lines deleted...]
-      <c r="E4" s="73"/>
+      <c r="B4" s="39"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="40"/>
     </row>
     <row r="5" spans="1:18" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="38" t="s">
+      <c r="A5" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B5" s="39"/>
-[...2 lines deleted...]
-      <c r="E5" s="40"/>
+      <c r="B5" s="96"/>
+      <c r="C5" s="96"/>
+      <c r="D5" s="96"/>
+      <c r="E5" s="97"/>
     </row>
     <row r="6" spans="1:18" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="38" t="s">
+      <c r="A6" s="95" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="39"/>
-[...2 lines deleted...]
-      <c r="E6" s="40"/>
+      <c r="B6" s="96"/>
+      <c r="C6" s="96"/>
+      <c r="D6" s="96"/>
+      <c r="E6" s="97"/>
     </row>
     <row r="7" spans="1:18" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="41" t="s">
+      <c r="A7" s="98" t="s">
         <v>57</v>
       </c>
-      <c r="B7" s="42"/>
-[...2 lines deleted...]
-      <c r="E7" s="40"/>
+      <c r="B7" s="99"/>
+      <c r="C7" s="99"/>
+      <c r="D7" s="99"/>
+      <c r="E7" s="97"/>
     </row>
     <row r="8" spans="1:18" s="4" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="43" t="s">
+      <c r="A8" s="100" t="s">
         <v>58</v>
       </c>
-      <c r="B8" s="44"/>
-[...2 lines deleted...]
-      <c r="E8" s="45"/>
+      <c r="B8" s="101"/>
+      <c r="C8" s="101"/>
+      <c r="D8" s="101"/>
+      <c r="E8" s="82"/>
     </row>
     <row r="9" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="11" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="14" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" spans="1:18" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="52" t="s">
+      <c r="A20" s="71" t="s">
         <v>0</v>
       </c>
-      <c r="B20" s="53"/>
-[...15 lines deleted...]
-      <c r="R20" s="54"/>
+      <c r="B20" s="72"/>
+      <c r="C20" s="72"/>
+      <c r="D20" s="72"/>
+      <c r="E20" s="72"/>
+      <c r="F20" s="72"/>
+      <c r="G20" s="72"/>
+      <c r="H20" s="72"/>
+      <c r="I20" s="72"/>
+      <c r="J20" s="72"/>
+      <c r="K20" s="72"/>
+      <c r="L20" s="72"/>
+      <c r="M20" s="72"/>
+      <c r="N20" s="72"/>
+      <c r="O20" s="72"/>
+      <c r="P20" s="72"/>
+      <c r="Q20" s="72"/>
+      <c r="R20" s="73"/>
     </row>
     <row r="21" spans="1:18" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A21" s="55"/>
-[...16 lines deleted...]
-      <c r="R21" s="57"/>
+      <c r="A21" s="74"/>
+      <c r="B21" s="75"/>
+      <c r="C21" s="75"/>
+      <c r="D21" s="75"/>
+      <c r="E21" s="75"/>
+      <c r="F21" s="75"/>
+      <c r="G21" s="75"/>
+      <c r="H21" s="75"/>
+      <c r="I21" s="75"/>
+      <c r="J21" s="75"/>
+      <c r="K21" s="75"/>
+      <c r="L21" s="75"/>
+      <c r="M21" s="75"/>
+      <c r="N21" s="75"/>
+      <c r="O21" s="75"/>
+      <c r="P21" s="75"/>
+      <c r="Q21" s="75"/>
+      <c r="R21" s="76"/>
     </row>
     <row r="22" spans="1:18" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="23" spans="1:18" s="4" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="B23" s="106" t="s">
+      <c r="B23" s="45" t="s">
         <v>84</v>
       </c>
-      <c r="C23" s="107"/>
-      <c r="D23" s="97" t="s">
+      <c r="C23" s="46"/>
+      <c r="D23" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="E23" s="107"/>
-      <c r="F23" s="97" t="s">
+      <c r="E23" s="46"/>
+      <c r="F23" s="47" t="s">
         <v>3</v>
       </c>
-      <c r="G23" s="98"/>
+      <c r="G23" s="108"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
     </row>
     <row r="24" spans="1:18" s="6" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="108" t="s">
+      <c r="B24" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C24" s="109"/>
-      <c r="D24" s="110" t="s">
+      <c r="C24" s="49"/>
+      <c r="D24" s="50" t="s">
         <v>83</v>
       </c>
-      <c r="E24" s="109"/>
-[...1 lines deleted...]
-      <c r="G24" s="100"/>
+      <c r="E24" s="49"/>
+      <c r="F24" s="109"/>
+      <c r="G24" s="110"/>
       <c r="H24" s="3"/>
       <c r="I24" s="5"/>
       <c r="J24" s="5"/>
       <c r="K24" s="5"/>
       <c r="L24" s="5"/>
       <c r="M24" s="4"/>
       <c r="N24" s="4"/>
       <c r="O24" s="4"/>
       <c r="P24" s="4"/>
     </row>
     <row r="25" spans="1:18" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:18" s="22" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="19" t="s">
         <v>89</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="20" t="s">
@@ -1666,98 +1675,102 @@
         <v>5</v>
       </c>
       <c r="K26" s="20" t="s">
         <v>6</v>
       </c>
       <c r="L26" s="20" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="20" t="s">
         <v>10</v>
       </c>
       <c r="N26" s="21" t="s">
         <v>11</v>
       </c>
       <c r="O26" s="21" t="s">
         <v>30</v>
       </c>
       <c r="P26" s="21" t="s">
         <v>12</v>
       </c>
       <c r="Q26" s="21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:18" s="8" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="16"/>
+      <c r="A27" s="16" t="s">
+        <v>91</v>
+      </c>
       <c r="B27" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>81</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>86</v>
       </c>
       <c r="I27" s="9" t="s">
         <v>87</v>
       </c>
       <c r="J27" s="32" t="s">
         <v>74</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>73</v>
       </c>
       <c r="L27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>79</v>
       </c>
       <c r="N27" s="10" t="s">
         <v>76</v>
       </c>
       <c r="O27" s="33"/>
       <c r="P27" s="10" t="s">
         <v>71</v>
       </c>
       <c r="Q27" s="10"/>
     </row>
     <row r="28" spans="1:18" s="23" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="17"/>
+      <c r="A28" s="17" t="s">
+        <v>92</v>
+      </c>
       <c r="B28" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="31" t="s">
         <v>64</v>
       </c>
       <c r="G28" s="11" t="s">
         <v>66</v>
       </c>
       <c r="H28" s="11" t="s">
         <v>86</v>
       </c>
       <c r="I28" s="24" t="s">
         <v>87</v>
       </c>
       <c r="J28" s="11" t="s">
@@ -1862,51 +1875,53 @@
         <v>5</v>
       </c>
       <c r="K32" s="20" t="s">
         <v>6</v>
       </c>
       <c r="L32" s="20" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="20" t="s">
         <v>10</v>
       </c>
       <c r="N32" s="21" t="s">
         <v>11</v>
       </c>
       <c r="O32" s="21" t="s">
         <v>30</v>
       </c>
       <c r="P32" s="21" t="s">
         <v>12</v>
       </c>
       <c r="Q32" s="21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:17" s="8" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="16"/>
+      <c r="A33" s="16" t="s">
+        <v>93</v>
+      </c>
       <c r="B33" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F33" s="11" t="s">
         <v>65</v>
       </c>
       <c r="G33" s="12" t="s">
         <v>67</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>61</v>
       </c>
       <c r="I33" s="9" t="s">
         <v>62</v>
       </c>
       <c r="J33" s="11" t="s">
@@ -1939,1593 +1954,1593 @@
         <v>69</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F34" s="11"/>
       <c r="G34" s="11"/>
       <c r="H34" s="11"/>
       <c r="I34" s="11"/>
       <c r="J34" s="11"/>
       <c r="K34" s="11"/>
       <c r="L34" s="11"/>
       <c r="M34" s="11"/>
       <c r="N34" s="13"/>
       <c r="O34" s="18"/>
       <c r="P34" s="10" t="s">
         <v>71</v>
       </c>
       <c r="Q34" s="15"/>
     </row>
     <row r="35" spans="1:17" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="36" spans="1:17" s="6" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="70" t="s">
+      <c r="A36" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="B36" s="71"/>
-[...11 lines deleted...]
-      <c r="N36" s="73"/>
+      <c r="B36" s="78"/>
+      <c r="C36" s="78"/>
+      <c r="D36" s="78"/>
+      <c r="E36" s="78"/>
+      <c r="F36" s="78"/>
+      <c r="G36" s="78"/>
+      <c r="H36" s="79"/>
+      <c r="I36" s="79"/>
+      <c r="J36" s="79"/>
+      <c r="K36" s="79"/>
+      <c r="L36" s="79"/>
+      <c r="M36" s="79"/>
+      <c r="N36" s="40"/>
     </row>
     <row r="37" spans="1:17" s="6" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="74"/>
-[...12 lines deleted...]
-      <c r="N37" s="45"/>
+      <c r="A37" s="80"/>
+      <c r="B37" s="81"/>
+      <c r="C37" s="81"/>
+      <c r="D37" s="81"/>
+      <c r="E37" s="81"/>
+      <c r="F37" s="81"/>
+      <c r="G37" s="81"/>
+      <c r="H37" s="81"/>
+      <c r="I37" s="81"/>
+      <c r="J37" s="81"/>
+      <c r="K37" s="81"/>
+      <c r="L37" s="81"/>
+      <c r="M37" s="81"/>
+      <c r="N37" s="82"/>
     </row>
     <row r="38" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:17" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="46" t="s">
+      <c r="A40" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="B40" s="46"/>
-      <c r="C40" s="76" t="s">
+      <c r="B40" s="44"/>
+      <c r="C40" s="83" t="s">
         <v>32</v>
       </c>
-      <c r="D40" s="77"/>
-[...9 lines deleted...]
-      <c r="N40" s="79"/>
+      <c r="D40" s="84"/>
+      <c r="E40" s="84"/>
+      <c r="F40" s="84"/>
+      <c r="G40" s="84"/>
+      <c r="H40" s="84"/>
+      <c r="I40" s="84"/>
+      <c r="J40" s="84"/>
+      <c r="K40" s="84"/>
+      <c r="L40" s="85"/>
+      <c r="M40" s="85"/>
+      <c r="N40" s="86"/>
     </row>
     <row r="41" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="7"/>
       <c r="B41" s="7"/>
-      <c r="C41" s="80"/>
-[...10 lines deleted...]
-      <c r="N41" s="83"/>
+      <c r="C41" s="87"/>
+      <c r="D41" s="88"/>
+      <c r="E41" s="88"/>
+      <c r="F41" s="88"/>
+      <c r="G41" s="88"/>
+      <c r="H41" s="88"/>
+      <c r="I41" s="88"/>
+      <c r="J41" s="88"/>
+      <c r="K41" s="88"/>
+      <c r="L41" s="89"/>
+      <c r="M41" s="89"/>
+      <c r="N41" s="90"/>
     </row>
     <row r="42" spans="1:17" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7"/>
       <c r="B42" s="7"/>
-      <c r="C42" s="84"/>
-[...10 lines deleted...]
-      <c r="N42" s="87"/>
+      <c r="C42" s="91"/>
+      <c r="D42" s="92"/>
+      <c r="E42" s="92"/>
+      <c r="F42" s="92"/>
+      <c r="G42" s="92"/>
+      <c r="H42" s="92"/>
+      <c r="I42" s="92"/>
+      <c r="J42" s="92"/>
+      <c r="K42" s="92"/>
+      <c r="L42" s="93"/>
+      <c r="M42" s="93"/>
+      <c r="N42" s="94"/>
     </row>
     <row r="43" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7"/>
       <c r="B43" s="7"/>
       <c r="C43" s="25"/>
       <c r="D43" s="25"/>
       <c r="E43" s="25"/>
       <c r="F43" s="25"/>
       <c r="G43" s="25"/>
       <c r="H43" s="25"/>
       <c r="I43" s="25"/>
       <c r="J43" s="25"/>
       <c r="K43" s="25"/>
       <c r="L43" s="26"/>
       <c r="M43" s="26"/>
       <c r="N43" s="26"/>
     </row>
     <row r="44" spans="1:17" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7"/>
       <c r="B44" s="7"/>
       <c r="C44" s="25"/>
       <c r="D44" s="25"/>
       <c r="E44" s="25"/>
       <c r="F44" s="25"/>
       <c r="G44" s="25"/>
       <c r="H44" s="25"/>
       <c r="I44" s="25"/>
       <c r="J44" s="25"/>
       <c r="K44" s="25"/>
     </row>
     <row r="45" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="46" t="s">
+      <c r="A45" s="44" t="s">
         <v>53</v>
       </c>
-      <c r="B45" s="46"/>
-      <c r="C45" s="58" t="s">
+      <c r="B45" s="44"/>
+      <c r="C45" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="D45" s="59"/>
-[...9 lines deleted...]
-      <c r="N45" s="61"/>
+      <c r="D45" s="52"/>
+      <c r="E45" s="52"/>
+      <c r="F45" s="52"/>
+      <c r="G45" s="52"/>
+      <c r="H45" s="52"/>
+      <c r="I45" s="52"/>
+      <c r="J45" s="52"/>
+      <c r="K45" s="52"/>
+      <c r="L45" s="53"/>
+      <c r="M45" s="53"/>
+      <c r="N45" s="54"/>
     </row>
     <row r="46" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="7"/>
       <c r="B46" s="7"/>
-      <c r="C46" s="62"/>
-[...10 lines deleted...]
-      <c r="N46" s="65"/>
+      <c r="C46" s="55"/>
+      <c r="D46" s="56"/>
+      <c r="E46" s="56"/>
+      <c r="F46" s="56"/>
+      <c r="G46" s="56"/>
+      <c r="H46" s="56"/>
+      <c r="I46" s="56"/>
+      <c r="J46" s="56"/>
+      <c r="K46" s="56"/>
+      <c r="L46" s="57"/>
+      <c r="M46" s="57"/>
+      <c r="N46" s="58"/>
     </row>
     <row r="47" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7"/>
       <c r="B47" s="7"/>
-      <c r="C47" s="62"/>
-[...10 lines deleted...]
-      <c r="N47" s="65"/>
+      <c r="C47" s="55"/>
+      <c r="D47" s="56"/>
+      <c r="E47" s="56"/>
+      <c r="F47" s="56"/>
+      <c r="G47" s="56"/>
+      <c r="H47" s="56"/>
+      <c r="I47" s="56"/>
+      <c r="J47" s="56"/>
+      <c r="K47" s="56"/>
+      <c r="L47" s="57"/>
+      <c r="M47" s="57"/>
+      <c r="N47" s="58"/>
     </row>
     <row r="48" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="7"/>
       <c r="B48" s="7"/>
-      <c r="C48" s="62"/>
-[...10 lines deleted...]
-      <c r="N48" s="65"/>
+      <c r="C48" s="55"/>
+      <c r="D48" s="56"/>
+      <c r="E48" s="56"/>
+      <c r="F48" s="56"/>
+      <c r="G48" s="56"/>
+      <c r="H48" s="56"/>
+      <c r="I48" s="56"/>
+      <c r="J48" s="56"/>
+      <c r="K48" s="56"/>
+      <c r="L48" s="57"/>
+      <c r="M48" s="57"/>
+      <c r="N48" s="58"/>
     </row>
     <row r="49" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="7"/>
       <c r="B49" s="7"/>
-      <c r="C49" s="66"/>
-[...10 lines deleted...]
-      <c r="N49" s="69"/>
+      <c r="C49" s="59"/>
+      <c r="D49" s="60"/>
+      <c r="E49" s="60"/>
+      <c r="F49" s="60"/>
+      <c r="G49" s="60"/>
+      <c r="H49" s="60"/>
+      <c r="I49" s="60"/>
+      <c r="J49" s="60"/>
+      <c r="K49" s="60"/>
+      <c r="L49" s="61"/>
+      <c r="M49" s="61"/>
+      <c r="N49" s="62"/>
     </row>
     <row r="50" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="7"/>
       <c r="B50" s="7"/>
       <c r="C50" s="25"/>
       <c r="D50" s="25"/>
       <c r="E50" s="25"/>
       <c r="F50" s="25"/>
       <c r="G50" s="25"/>
       <c r="H50" s="25"/>
       <c r="I50" s="25"/>
       <c r="J50" s="25"/>
       <c r="K50" s="25"/>
       <c r="L50" s="26"/>
       <c r="M50" s="26"/>
       <c r="N50" s="26"/>
     </row>
     <row r="51" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="7"/>
       <c r="B51" s="7"/>
     </row>
     <row r="52" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="46" t="s">
+      <c r="A52" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="B52" s="46"/>
-      <c r="C52" s="58" t="s">
+      <c r="B52" s="44"/>
+      <c r="C52" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="D52" s="59"/>
-[...9 lines deleted...]
-      <c r="N52" s="61"/>
+      <c r="D52" s="52"/>
+      <c r="E52" s="52"/>
+      <c r="F52" s="52"/>
+      <c r="G52" s="52"/>
+      <c r="H52" s="52"/>
+      <c r="I52" s="52"/>
+      <c r="J52" s="52"/>
+      <c r="K52" s="52"/>
+      <c r="L52" s="53"/>
+      <c r="M52" s="53"/>
+      <c r="N52" s="54"/>
     </row>
     <row r="53" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="27"/>
       <c r="B53" s="27"/>
-      <c r="C53" s="66"/>
-[...10 lines deleted...]
-      <c r="N53" s="69"/>
+      <c r="C53" s="59"/>
+      <c r="D53" s="60"/>
+      <c r="E53" s="60"/>
+      <c r="F53" s="60"/>
+      <c r="G53" s="60"/>
+      <c r="H53" s="60"/>
+      <c r="I53" s="60"/>
+      <c r="J53" s="60"/>
+      <c r="K53" s="60"/>
+      <c r="L53" s="61"/>
+      <c r="M53" s="61"/>
+      <c r="N53" s="62"/>
     </row>
     <row r="54" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="27"/>
       <c r="B54" s="27"/>
     </row>
     <row r="55" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="27"/>
       <c r="B55" s="27"/>
     </row>
     <row r="56" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="46" t="s">
+      <c r="A56" s="44" t="s">
         <v>17</v>
       </c>
-      <c r="B56" s="46"/>
-      <c r="C56" s="58" t="s">
+      <c r="B56" s="44"/>
+      <c r="C56" s="51" t="s">
         <v>54</v>
       </c>
-      <c r="D56" s="59"/>
-[...9 lines deleted...]
-      <c r="N56" s="61"/>
+      <c r="D56" s="52"/>
+      <c r="E56" s="52"/>
+      <c r="F56" s="52"/>
+      <c r="G56" s="52"/>
+      <c r="H56" s="52"/>
+      <c r="I56" s="52"/>
+      <c r="J56" s="52"/>
+      <c r="K56" s="52"/>
+      <c r="L56" s="53"/>
+      <c r="M56" s="53"/>
+      <c r="N56" s="54"/>
     </row>
     <row r="57" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="7"/>
       <c r="B57" s="7"/>
-      <c r="C57" s="66"/>
-[...10 lines deleted...]
-      <c r="N57" s="69"/>
+      <c r="C57" s="59"/>
+      <c r="D57" s="60"/>
+      <c r="E57" s="60"/>
+      <c r="F57" s="60"/>
+      <c r="G57" s="60"/>
+      <c r="H57" s="60"/>
+      <c r="I57" s="60"/>
+      <c r="J57" s="60"/>
+      <c r="K57" s="60"/>
+      <c r="L57" s="61"/>
+      <c r="M57" s="61"/>
+      <c r="N57" s="62"/>
     </row>
     <row r="58" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="7"/>
       <c r="B58" s="7"/>
     </row>
     <row r="59" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="7"/>
       <c r="B59" s="7"/>
     </row>
     <row r="60" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="46" t="s">
+      <c r="A60" s="44" t="s">
         <v>19</v>
       </c>
-      <c r="B60" s="46"/>
-      <c r="C60" s="58" t="s">
+      <c r="B60" s="44"/>
+      <c r="C60" s="51" t="s">
         <v>52</v>
       </c>
-      <c r="D60" s="59"/>
-[...9 lines deleted...]
-      <c r="N60" s="61"/>
+      <c r="D60" s="52"/>
+      <c r="E60" s="52"/>
+      <c r="F60" s="52"/>
+      <c r="G60" s="52"/>
+      <c r="H60" s="52"/>
+      <c r="I60" s="52"/>
+      <c r="J60" s="52"/>
+      <c r="K60" s="52"/>
+      <c r="L60" s="53"/>
+      <c r="M60" s="53"/>
+      <c r="N60" s="54"/>
     </row>
     <row r="61" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="7"/>
       <c r="B61" s="7"/>
-      <c r="C61" s="66"/>
-[...10 lines deleted...]
-      <c r="N61" s="69"/>
+      <c r="C61" s="59"/>
+      <c r="D61" s="60"/>
+      <c r="E61" s="60"/>
+      <c r="F61" s="60"/>
+      <c r="G61" s="60"/>
+      <c r="H61" s="60"/>
+      <c r="I61" s="60"/>
+      <c r="J61" s="60"/>
+      <c r="K61" s="60"/>
+      <c r="L61" s="61"/>
+      <c r="M61" s="61"/>
+      <c r="N61" s="62"/>
     </row>
     <row r="62" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="7"/>
       <c r="B62" s="7"/>
     </row>
     <row r="63" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="7"/>
       <c r="B63" s="7"/>
     </row>
     <row r="64" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B64" s="7"/>
-      <c r="C64" s="58" t="s">
+      <c r="C64" s="51" t="s">
         <v>38</v>
       </c>
-      <c r="D64" s="59"/>
-[...9 lines deleted...]
-      <c r="N64" s="61"/>
+      <c r="D64" s="52"/>
+      <c r="E64" s="52"/>
+      <c r="F64" s="52"/>
+      <c r="G64" s="52"/>
+      <c r="H64" s="52"/>
+      <c r="I64" s="52"/>
+      <c r="J64" s="52"/>
+      <c r="K64" s="52"/>
+      <c r="L64" s="53"/>
+      <c r="M64" s="53"/>
+      <c r="N64" s="54"/>
     </row>
     <row r="65" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="7"/>
       <c r="B65" s="7"/>
-      <c r="C65" s="62"/>
-[...10 lines deleted...]
-      <c r="N65" s="65"/>
+      <c r="C65" s="55"/>
+      <c r="D65" s="56"/>
+      <c r="E65" s="56"/>
+      <c r="F65" s="56"/>
+      <c r="G65" s="56"/>
+      <c r="H65" s="56"/>
+      <c r="I65" s="56"/>
+      <c r="J65" s="56"/>
+      <c r="K65" s="56"/>
+      <c r="L65" s="57"/>
+      <c r="M65" s="57"/>
+      <c r="N65" s="58"/>
     </row>
     <row r="66" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="7"/>
       <c r="B66" s="7"/>
-      <c r="C66" s="62"/>
-[...10 lines deleted...]
-      <c r="N66" s="65"/>
+      <c r="C66" s="55"/>
+      <c r="D66" s="56"/>
+      <c r="E66" s="56"/>
+      <c r="F66" s="56"/>
+      <c r="G66" s="56"/>
+      <c r="H66" s="56"/>
+      <c r="I66" s="56"/>
+      <c r="J66" s="56"/>
+      <c r="K66" s="56"/>
+      <c r="L66" s="57"/>
+      <c r="M66" s="57"/>
+      <c r="N66" s="58"/>
     </row>
     <row r="67" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="7"/>
       <c r="B67" s="7"/>
-      <c r="C67" s="62"/>
-[...10 lines deleted...]
-      <c r="N67" s="65"/>
+      <c r="C67" s="55"/>
+      <c r="D67" s="56"/>
+      <c r="E67" s="56"/>
+      <c r="F67" s="56"/>
+      <c r="G67" s="56"/>
+      <c r="H67" s="56"/>
+      <c r="I67" s="56"/>
+      <c r="J67" s="56"/>
+      <c r="K67" s="56"/>
+      <c r="L67" s="57"/>
+      <c r="M67" s="57"/>
+      <c r="N67" s="58"/>
     </row>
     <row r="68" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="7"/>
       <c r="B68" s="7"/>
-      <c r="C68" s="88"/>
-[...10 lines deleted...]
-      <c r="N68" s="65"/>
+      <c r="C68" s="63"/>
+      <c r="D68" s="57"/>
+      <c r="E68" s="57"/>
+      <c r="F68" s="57"/>
+      <c r="G68" s="57"/>
+      <c r="H68" s="57"/>
+      <c r="I68" s="57"/>
+      <c r="J68" s="57"/>
+      <c r="K68" s="57"/>
+      <c r="L68" s="57"/>
+      <c r="M68" s="57"/>
+      <c r="N68" s="58"/>
     </row>
     <row r="69" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="7"/>
       <c r="B69" s="7"/>
-      <c r="C69" s="89"/>
-[...10 lines deleted...]
-      <c r="N69" s="69"/>
+      <c r="C69" s="64"/>
+      <c r="D69" s="61"/>
+      <c r="E69" s="61"/>
+      <c r="F69" s="61"/>
+      <c r="G69" s="61"/>
+      <c r="H69" s="61"/>
+      <c r="I69" s="61"/>
+      <c r="J69" s="61"/>
+      <c r="K69" s="61"/>
+      <c r="L69" s="61"/>
+      <c r="M69" s="61"/>
+      <c r="N69" s="62"/>
     </row>
     <row r="70" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="7"/>
       <c r="B70" s="7"/>
       <c r="C70" s="26"/>
       <c r="D70" s="26"/>
       <c r="E70" s="26"/>
       <c r="F70" s="26"/>
       <c r="G70" s="26"/>
       <c r="H70" s="26"/>
       <c r="I70" s="26"/>
       <c r="J70" s="26"/>
       <c r="K70" s="26"/>
       <c r="L70" s="26"/>
       <c r="M70" s="26"/>
       <c r="N70" s="26"/>
     </row>
     <row r="71" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="7"/>
       <c r="B71" s="7"/>
       <c r="C71" s="26"/>
       <c r="D71" s="26"/>
       <c r="E71" s="26"/>
       <c r="F71" s="26"/>
       <c r="G71" s="26"/>
       <c r="H71" s="26"/>
       <c r="I71" s="26"/>
       <c r="J71" s="26"/>
       <c r="K71" s="26"/>
     </row>
     <row r="72" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="46" t="s">
+      <c r="A72" s="44" t="s">
         <v>20</v>
       </c>
-      <c r="B72" s="46"/>
-      <c r="C72" s="58" t="s">
+      <c r="B72" s="44"/>
+      <c r="C72" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="D72" s="59"/>
-[...9 lines deleted...]
-      <c r="N72" s="61"/>
+      <c r="D72" s="52"/>
+      <c r="E72" s="52"/>
+      <c r="F72" s="52"/>
+      <c r="G72" s="52"/>
+      <c r="H72" s="52"/>
+      <c r="I72" s="52"/>
+      <c r="J72" s="52"/>
+      <c r="K72" s="52"/>
+      <c r="L72" s="53"/>
+      <c r="M72" s="53"/>
+      <c r="N72" s="54"/>
     </row>
     <row r="73" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="7"/>
       <c r="B73" s="7"/>
-      <c r="C73" s="66"/>
-[...10 lines deleted...]
-      <c r="N73" s="69"/>
+      <c r="C73" s="59"/>
+      <c r="D73" s="60"/>
+      <c r="E73" s="60"/>
+      <c r="F73" s="60"/>
+      <c r="G73" s="60"/>
+      <c r="H73" s="60"/>
+      <c r="I73" s="60"/>
+      <c r="J73" s="60"/>
+      <c r="K73" s="60"/>
+      <c r="L73" s="61"/>
+      <c r="M73" s="61"/>
+      <c r="N73" s="62"/>
     </row>
     <row r="74" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="7"/>
       <c r="B74" s="7"/>
     </row>
     <row r="75" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="7"/>
       <c r="B75" s="7"/>
     </row>
     <row r="76" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="46" t="s">
+      <c r="A76" s="44" t="s">
         <v>22</v>
       </c>
-      <c r="B76" s="46"/>
-      <c r="C76" s="91" t="s">
+      <c r="B76" s="44"/>
+      <c r="C76" s="102" t="s">
         <v>40</v>
       </c>
-      <c r="D76" s="92"/>
-[...9 lines deleted...]
-      <c r="N76" s="61"/>
+      <c r="D76" s="103"/>
+      <c r="E76" s="103"/>
+      <c r="F76" s="103"/>
+      <c r="G76" s="103"/>
+      <c r="H76" s="103"/>
+      <c r="I76" s="103"/>
+      <c r="J76" s="103"/>
+      <c r="K76" s="103"/>
+      <c r="L76" s="53"/>
+      <c r="M76" s="53"/>
+      <c r="N76" s="54"/>
     </row>
     <row r="77" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="7"/>
       <c r="B77" s="7"/>
-      <c r="C77" s="93"/>
-[...10 lines deleted...]
-      <c r="N77" s="65"/>
+      <c r="C77" s="104"/>
+      <c r="D77" s="105"/>
+      <c r="E77" s="105"/>
+      <c r="F77" s="105"/>
+      <c r="G77" s="105"/>
+      <c r="H77" s="105"/>
+      <c r="I77" s="105"/>
+      <c r="J77" s="105"/>
+      <c r="K77" s="105"/>
+      <c r="L77" s="57"/>
+      <c r="M77" s="57"/>
+      <c r="N77" s="58"/>
     </row>
     <row r="78" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="7"/>
       <c r="B78" s="7"/>
-      <c r="C78" s="95"/>
-[...10 lines deleted...]
-      <c r="N78" s="69"/>
+      <c r="C78" s="106"/>
+      <c r="D78" s="107"/>
+      <c r="E78" s="107"/>
+      <c r="F78" s="107"/>
+      <c r="G78" s="107"/>
+      <c r="H78" s="107"/>
+      <c r="I78" s="107"/>
+      <c r="J78" s="107"/>
+      <c r="K78" s="107"/>
+      <c r="L78" s="61"/>
+      <c r="M78" s="61"/>
+      <c r="N78" s="62"/>
     </row>
     <row r="79" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="7"/>
       <c r="B79" s="7"/>
       <c r="C79" s="30"/>
       <c r="D79" s="30"/>
       <c r="E79" s="30"/>
       <c r="F79" s="30"/>
       <c r="G79" s="30"/>
       <c r="H79" s="30"/>
       <c r="I79" s="30"/>
       <c r="J79" s="30"/>
       <c r="K79" s="30"/>
       <c r="L79" s="26"/>
       <c r="M79" s="26"/>
       <c r="N79" s="26"/>
     </row>
     <row r="80" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="7"/>
       <c r="B80" s="7"/>
     </row>
     <row r="81" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="46" t="s">
+      <c r="A81" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="B81" s="46"/>
-      <c r="C81" s="58" t="s">
+      <c r="B81" s="44"/>
+      <c r="C81" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="D81" s="59"/>
-[...9 lines deleted...]
-      <c r="N81" s="61"/>
+      <c r="D81" s="52"/>
+      <c r="E81" s="52"/>
+      <c r="F81" s="52"/>
+      <c r="G81" s="52"/>
+      <c r="H81" s="52"/>
+      <c r="I81" s="52"/>
+      <c r="J81" s="52"/>
+      <c r="K81" s="52"/>
+      <c r="L81" s="53"/>
+      <c r="M81" s="53"/>
+      <c r="N81" s="54"/>
     </row>
     <row r="82" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="7"/>
       <c r="B82" s="7"/>
-      <c r="C82" s="62"/>
-[...10 lines deleted...]
-      <c r="N82" s="65"/>
+      <c r="C82" s="55"/>
+      <c r="D82" s="56"/>
+      <c r="E82" s="56"/>
+      <c r="F82" s="56"/>
+      <c r="G82" s="56"/>
+      <c r="H82" s="56"/>
+      <c r="I82" s="56"/>
+      <c r="J82" s="56"/>
+      <c r="K82" s="56"/>
+      <c r="L82" s="57"/>
+      <c r="M82" s="57"/>
+      <c r="N82" s="58"/>
     </row>
     <row r="83" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="7"/>
       <c r="B83" s="7"/>
-      <c r="C83" s="66"/>
-[...10 lines deleted...]
-      <c r="N83" s="69"/>
+      <c r="C83" s="59"/>
+      <c r="D83" s="60"/>
+      <c r="E83" s="60"/>
+      <c r="F83" s="60"/>
+      <c r="G83" s="60"/>
+      <c r="H83" s="60"/>
+      <c r="I83" s="60"/>
+      <c r="J83" s="60"/>
+      <c r="K83" s="60"/>
+      <c r="L83" s="61"/>
+      <c r="M83" s="61"/>
+      <c r="N83" s="62"/>
     </row>
     <row r="84" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="7"/>
       <c r="B84" s="7"/>
       <c r="C84" s="28"/>
       <c r="D84" s="28"/>
       <c r="E84" s="28"/>
       <c r="F84" s="28"/>
       <c r="G84" s="28"/>
       <c r="H84" s="28"/>
       <c r="I84" s="28"/>
       <c r="J84" s="28"/>
       <c r="K84" s="28"/>
       <c r="L84" s="29"/>
       <c r="M84" s="29"/>
       <c r="N84" s="29"/>
     </row>
     <row r="85" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="7"/>
       <c r="B85" s="7"/>
     </row>
     <row r="86" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="46" t="s">
+      <c r="A86" s="44" t="s">
         <v>42</v>
       </c>
-      <c r="B86" s="46"/>
-      <c r="C86" s="58" t="s">
+      <c r="B86" s="44"/>
+      <c r="C86" s="51" t="s">
         <v>43</v>
       </c>
-      <c r="D86" s="59"/>
-[...9 lines deleted...]
-      <c r="N86" s="61"/>
+      <c r="D86" s="52"/>
+      <c r="E86" s="52"/>
+      <c r="F86" s="52"/>
+      <c r="G86" s="52"/>
+      <c r="H86" s="52"/>
+      <c r="I86" s="52"/>
+      <c r="J86" s="52"/>
+      <c r="K86" s="52"/>
+      <c r="L86" s="53"/>
+      <c r="M86" s="53"/>
+      <c r="N86" s="54"/>
     </row>
     <row r="87" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="7"/>
       <c r="B87" s="7"/>
-      <c r="C87" s="62"/>
-[...10 lines deleted...]
-      <c r="N87" s="65"/>
+      <c r="C87" s="55"/>
+      <c r="D87" s="56"/>
+      <c r="E87" s="56"/>
+      <c r="F87" s="56"/>
+      <c r="G87" s="56"/>
+      <c r="H87" s="56"/>
+      <c r="I87" s="56"/>
+      <c r="J87" s="56"/>
+      <c r="K87" s="56"/>
+      <c r="L87" s="57"/>
+      <c r="M87" s="57"/>
+      <c r="N87" s="58"/>
     </row>
     <row r="88" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="7"/>
       <c r="B88" s="7"/>
-      <c r="C88" s="66"/>
-[...10 lines deleted...]
-      <c r="N88" s="69"/>
+      <c r="C88" s="59"/>
+      <c r="D88" s="60"/>
+      <c r="E88" s="60"/>
+      <c r="F88" s="60"/>
+      <c r="G88" s="60"/>
+      <c r="H88" s="60"/>
+      <c r="I88" s="60"/>
+      <c r="J88" s="60"/>
+      <c r="K88" s="60"/>
+      <c r="L88" s="61"/>
+      <c r="M88" s="61"/>
+      <c r="N88" s="62"/>
     </row>
     <row r="89" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="7"/>
       <c r="B89" s="7"/>
       <c r="C89" s="28"/>
       <c r="D89" s="28"/>
       <c r="E89" s="28"/>
       <c r="F89" s="28"/>
       <c r="G89" s="28"/>
       <c r="H89" s="28"/>
       <c r="I89" s="28"/>
       <c r="J89" s="28"/>
       <c r="K89" s="28"/>
       <c r="L89" s="29"/>
       <c r="M89" s="29"/>
       <c r="N89" s="29"/>
     </row>
     <row r="90" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A90" s="7"/>
       <c r="B90" s="7"/>
     </row>
     <row r="91" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="46" t="s">
+      <c r="A91" s="44" t="s">
         <v>44</v>
       </c>
-      <c r="B91" s="46"/>
-      <c r="C91" s="58" t="s">
+      <c r="B91" s="44"/>
+      <c r="C91" s="51" t="s">
         <v>45</v>
       </c>
-      <c r="D91" s="59"/>
-[...9 lines deleted...]
-      <c r="N91" s="61"/>
+      <c r="D91" s="52"/>
+      <c r="E91" s="52"/>
+      <c r="F91" s="52"/>
+      <c r="G91" s="52"/>
+      <c r="H91" s="52"/>
+      <c r="I91" s="52"/>
+      <c r="J91" s="52"/>
+      <c r="K91" s="52"/>
+      <c r="L91" s="53"/>
+      <c r="M91" s="53"/>
+      <c r="N91" s="54"/>
     </row>
     <row r="92" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="7"/>
       <c r="B92" s="7"/>
-      <c r="C92" s="62"/>
-[...10 lines deleted...]
-      <c r="N92" s="65"/>
+      <c r="C92" s="55"/>
+      <c r="D92" s="56"/>
+      <c r="E92" s="56"/>
+      <c r="F92" s="56"/>
+      <c r="G92" s="56"/>
+      <c r="H92" s="56"/>
+      <c r="I92" s="56"/>
+      <c r="J92" s="56"/>
+      <c r="K92" s="56"/>
+      <c r="L92" s="57"/>
+      <c r="M92" s="57"/>
+      <c r="N92" s="58"/>
     </row>
     <row r="93" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="6"/>
       <c r="B93" s="6"/>
-      <c r="C93" s="62"/>
-[...10 lines deleted...]
-      <c r="N93" s="65"/>
+      <c r="C93" s="55"/>
+      <c r="D93" s="56"/>
+      <c r="E93" s="56"/>
+      <c r="F93" s="56"/>
+      <c r="G93" s="56"/>
+      <c r="H93" s="56"/>
+      <c r="I93" s="56"/>
+      <c r="J93" s="56"/>
+      <c r="K93" s="56"/>
+      <c r="L93" s="57"/>
+      <c r="M93" s="57"/>
+      <c r="N93" s="58"/>
     </row>
     <row r="94" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="6"/>
       <c r="B94" s="6"/>
-      <c r="C94" s="62"/>
-[...10 lines deleted...]
-      <c r="N94" s="65"/>
+      <c r="C94" s="55"/>
+      <c r="D94" s="56"/>
+      <c r="E94" s="56"/>
+      <c r="F94" s="56"/>
+      <c r="G94" s="56"/>
+      <c r="H94" s="56"/>
+      <c r="I94" s="56"/>
+      <c r="J94" s="56"/>
+      <c r="K94" s="56"/>
+      <c r="L94" s="57"/>
+      <c r="M94" s="57"/>
+      <c r="N94" s="58"/>
     </row>
     <row r="95" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="6"/>
       <c r="B95" s="6"/>
-      <c r="C95" s="62"/>
-[...10 lines deleted...]
-      <c r="N95" s="65"/>
+      <c r="C95" s="55"/>
+      <c r="D95" s="56"/>
+      <c r="E95" s="56"/>
+      <c r="F95" s="56"/>
+      <c r="G95" s="56"/>
+      <c r="H95" s="56"/>
+      <c r="I95" s="56"/>
+      <c r="J95" s="56"/>
+      <c r="K95" s="56"/>
+      <c r="L95" s="57"/>
+      <c r="M95" s="57"/>
+      <c r="N95" s="58"/>
     </row>
     <row r="96" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="6"/>
       <c r="B96" s="6"/>
-      <c r="C96" s="62"/>
-[...10 lines deleted...]
-      <c r="N96" s="65"/>
+      <c r="C96" s="55"/>
+      <c r="D96" s="56"/>
+      <c r="E96" s="56"/>
+      <c r="F96" s="56"/>
+      <c r="G96" s="56"/>
+      <c r="H96" s="56"/>
+      <c r="I96" s="56"/>
+      <c r="J96" s="56"/>
+      <c r="K96" s="56"/>
+      <c r="L96" s="57"/>
+      <c r="M96" s="57"/>
+      <c r="N96" s="58"/>
     </row>
     <row r="97" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A97" s="6"/>
       <c r="B97" s="6"/>
-      <c r="C97" s="66"/>
-[...10 lines deleted...]
-      <c r="N97" s="69"/>
+      <c r="C97" s="59"/>
+      <c r="D97" s="60"/>
+      <c r="E97" s="60"/>
+      <c r="F97" s="60"/>
+      <c r="G97" s="60"/>
+      <c r="H97" s="60"/>
+      <c r="I97" s="60"/>
+      <c r="J97" s="60"/>
+      <c r="K97" s="60"/>
+      <c r="L97" s="61"/>
+      <c r="M97" s="61"/>
+      <c r="N97" s="62"/>
     </row>
     <row r="98" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="6"/>
       <c r="B98" s="6"/>
       <c r="C98" s="28"/>
       <c r="D98" s="28"/>
       <c r="E98" s="28"/>
       <c r="F98" s="28"/>
       <c r="G98" s="28"/>
       <c r="H98" s="28"/>
       <c r="I98" s="28"/>
       <c r="J98" s="28"/>
       <c r="K98" s="28"/>
       <c r="L98" s="29"/>
       <c r="M98" s="29"/>
       <c r="N98" s="29"/>
     </row>
     <row r="99" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A99" s="6"/>
       <c r="B99" s="6"/>
     </row>
     <row r="100" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="46" t="s">
+      <c r="A100" s="44" t="s">
         <v>46</v>
       </c>
-      <c r="B100" s="46"/>
-      <c r="C100" s="58" t="s">
+      <c r="B100" s="44"/>
+      <c r="C100" s="51" t="s">
         <v>47</v>
       </c>
-      <c r="D100" s="59"/>
-[...9 lines deleted...]
-      <c r="N100" s="61"/>
+      <c r="D100" s="52"/>
+      <c r="E100" s="52"/>
+      <c r="F100" s="52"/>
+      <c r="G100" s="52"/>
+      <c r="H100" s="52"/>
+      <c r="I100" s="52"/>
+      <c r="J100" s="52"/>
+      <c r="K100" s="52"/>
+      <c r="L100" s="53"/>
+      <c r="M100" s="53"/>
+      <c r="N100" s="54"/>
     </row>
     <row r="101" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="6"/>
       <c r="B101" s="6"/>
-      <c r="C101" s="62"/>
-[...10 lines deleted...]
-      <c r="N101" s="65"/>
+      <c r="C101" s="55"/>
+      <c r="D101" s="56"/>
+      <c r="E101" s="56"/>
+      <c r="F101" s="56"/>
+      <c r="G101" s="56"/>
+      <c r="H101" s="56"/>
+      <c r="I101" s="56"/>
+      <c r="J101" s="56"/>
+      <c r="K101" s="56"/>
+      <c r="L101" s="57"/>
+      <c r="M101" s="57"/>
+      <c r="N101" s="58"/>
     </row>
     <row r="102" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="6"/>
       <c r="B102" s="6"/>
-      <c r="C102" s="62"/>
-[...10 lines deleted...]
-      <c r="N102" s="65"/>
+      <c r="C102" s="55"/>
+      <c r="D102" s="56"/>
+      <c r="E102" s="56"/>
+      <c r="F102" s="56"/>
+      <c r="G102" s="56"/>
+      <c r="H102" s="56"/>
+      <c r="I102" s="56"/>
+      <c r="J102" s="56"/>
+      <c r="K102" s="56"/>
+      <c r="L102" s="57"/>
+      <c r="M102" s="57"/>
+      <c r="N102" s="58"/>
     </row>
     <row r="103" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="6"/>
       <c r="B103" s="6"/>
-      <c r="C103" s="62"/>
-[...10 lines deleted...]
-      <c r="N103" s="65"/>
+      <c r="C103" s="55"/>
+      <c r="D103" s="56"/>
+      <c r="E103" s="56"/>
+      <c r="F103" s="56"/>
+      <c r="G103" s="56"/>
+      <c r="H103" s="56"/>
+      <c r="I103" s="56"/>
+      <c r="J103" s="56"/>
+      <c r="K103" s="56"/>
+      <c r="L103" s="57"/>
+      <c r="M103" s="57"/>
+      <c r="N103" s="58"/>
     </row>
     <row r="104" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="6"/>
       <c r="B104" s="6"/>
-      <c r="C104" s="62"/>
-[...10 lines deleted...]
-      <c r="N104" s="65"/>
+      <c r="C104" s="55"/>
+      <c r="D104" s="56"/>
+      <c r="E104" s="56"/>
+      <c r="F104" s="56"/>
+      <c r="G104" s="56"/>
+      <c r="H104" s="56"/>
+      <c r="I104" s="56"/>
+      <c r="J104" s="56"/>
+      <c r="K104" s="56"/>
+      <c r="L104" s="57"/>
+      <c r="M104" s="57"/>
+      <c r="N104" s="58"/>
     </row>
     <row r="105" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="6"/>
       <c r="B105" s="6"/>
-      <c r="C105" s="62"/>
-[...10 lines deleted...]
-      <c r="N105" s="65"/>
+      <c r="C105" s="55"/>
+      <c r="D105" s="56"/>
+      <c r="E105" s="56"/>
+      <c r="F105" s="56"/>
+      <c r="G105" s="56"/>
+      <c r="H105" s="56"/>
+      <c r="I105" s="56"/>
+      <c r="J105" s="56"/>
+      <c r="K105" s="56"/>
+      <c r="L105" s="57"/>
+      <c r="M105" s="57"/>
+      <c r="N105" s="58"/>
     </row>
     <row r="106" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="6"/>
       <c r="B106" s="6"/>
-      <c r="C106" s="62"/>
-[...10 lines deleted...]
-      <c r="N106" s="65"/>
+      <c r="C106" s="55"/>
+      <c r="D106" s="56"/>
+      <c r="E106" s="56"/>
+      <c r="F106" s="56"/>
+      <c r="G106" s="56"/>
+      <c r="H106" s="56"/>
+      <c r="I106" s="56"/>
+      <c r="J106" s="56"/>
+      <c r="K106" s="56"/>
+      <c r="L106" s="57"/>
+      <c r="M106" s="57"/>
+      <c r="N106" s="58"/>
     </row>
     <row r="107" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="6"/>
       <c r="B107" s="6"/>
-      <c r="C107" s="62"/>
-[...10 lines deleted...]
-      <c r="N107" s="65"/>
+      <c r="C107" s="55"/>
+      <c r="D107" s="56"/>
+      <c r="E107" s="56"/>
+      <c r="F107" s="56"/>
+      <c r="G107" s="56"/>
+      <c r="H107" s="56"/>
+      <c r="I107" s="56"/>
+      <c r="J107" s="56"/>
+      <c r="K107" s="56"/>
+      <c r="L107" s="57"/>
+      <c r="M107" s="57"/>
+      <c r="N107" s="58"/>
     </row>
     <row r="108" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="6"/>
       <c r="B108" s="6"/>
-      <c r="C108" s="62"/>
-[...10 lines deleted...]
-      <c r="N108" s="65"/>
+      <c r="C108" s="55"/>
+      <c r="D108" s="56"/>
+      <c r="E108" s="56"/>
+      <c r="F108" s="56"/>
+      <c r="G108" s="56"/>
+      <c r="H108" s="56"/>
+      <c r="I108" s="56"/>
+      <c r="J108" s="56"/>
+      <c r="K108" s="56"/>
+      <c r="L108" s="57"/>
+      <c r="M108" s="57"/>
+      <c r="N108" s="58"/>
     </row>
     <row r="109" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="6"/>
       <c r="B109" s="6"/>
-      <c r="C109" s="62"/>
-[...10 lines deleted...]
-      <c r="N109" s="65"/>
+      <c r="C109" s="55"/>
+      <c r="D109" s="56"/>
+      <c r="E109" s="56"/>
+      <c r="F109" s="56"/>
+      <c r="G109" s="56"/>
+      <c r="H109" s="56"/>
+      <c r="I109" s="56"/>
+      <c r="J109" s="56"/>
+      <c r="K109" s="56"/>
+      <c r="L109" s="57"/>
+      <c r="M109" s="57"/>
+      <c r="N109" s="58"/>
     </row>
     <row r="110" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="6"/>
       <c r="B110" s="6"/>
-      <c r="C110" s="62"/>
-[...10 lines deleted...]
-      <c r="N110" s="65"/>
+      <c r="C110" s="55"/>
+      <c r="D110" s="56"/>
+      <c r="E110" s="56"/>
+      <c r="F110" s="56"/>
+      <c r="G110" s="56"/>
+      <c r="H110" s="56"/>
+      <c r="I110" s="56"/>
+      <c r="J110" s="56"/>
+      <c r="K110" s="56"/>
+      <c r="L110" s="57"/>
+      <c r="M110" s="57"/>
+      <c r="N110" s="58"/>
     </row>
     <row r="111" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="6"/>
       <c r="B111" s="6"/>
-      <c r="C111" s="62"/>
-[...10 lines deleted...]
-      <c r="N111" s="65"/>
+      <c r="C111" s="55"/>
+      <c r="D111" s="56"/>
+      <c r="E111" s="56"/>
+      <c r="F111" s="56"/>
+      <c r="G111" s="56"/>
+      <c r="H111" s="56"/>
+      <c r="I111" s="56"/>
+      <c r="J111" s="56"/>
+      <c r="K111" s="56"/>
+      <c r="L111" s="57"/>
+      <c r="M111" s="57"/>
+      <c r="N111" s="58"/>
     </row>
     <row r="112" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="6"/>
       <c r="B112" s="6"/>
-      <c r="C112" s="62"/>
-[...10 lines deleted...]
-      <c r="N112" s="65"/>
+      <c r="C112" s="55"/>
+      <c r="D112" s="56"/>
+      <c r="E112" s="56"/>
+      <c r="F112" s="56"/>
+      <c r="G112" s="56"/>
+      <c r="H112" s="56"/>
+      <c r="I112" s="56"/>
+      <c r="J112" s="56"/>
+      <c r="K112" s="56"/>
+      <c r="L112" s="57"/>
+      <c r="M112" s="57"/>
+      <c r="N112" s="58"/>
     </row>
     <row r="113" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="6"/>
       <c r="B113" s="6"/>
-      <c r="C113" s="62"/>
-[...10 lines deleted...]
-      <c r="N113" s="65"/>
+      <c r="C113" s="55"/>
+      <c r="D113" s="56"/>
+      <c r="E113" s="56"/>
+      <c r="F113" s="56"/>
+      <c r="G113" s="56"/>
+      <c r="H113" s="56"/>
+      <c r="I113" s="56"/>
+      <c r="J113" s="56"/>
+      <c r="K113" s="56"/>
+      <c r="L113" s="57"/>
+      <c r="M113" s="57"/>
+      <c r="N113" s="58"/>
     </row>
     <row r="114" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="6"/>
       <c r="B114" s="6"/>
-      <c r="C114" s="62"/>
-[...10 lines deleted...]
-      <c r="N114" s="65"/>
+      <c r="C114" s="55"/>
+      <c r="D114" s="56"/>
+      <c r="E114" s="56"/>
+      <c r="F114" s="56"/>
+      <c r="G114" s="56"/>
+      <c r="H114" s="56"/>
+      <c r="I114" s="56"/>
+      <c r="J114" s="56"/>
+      <c r="K114" s="56"/>
+      <c r="L114" s="57"/>
+      <c r="M114" s="57"/>
+      <c r="N114" s="58"/>
     </row>
     <row r="115" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="6"/>
       <c r="B115" s="6"/>
-      <c r="C115" s="62"/>
-[...10 lines deleted...]
-      <c r="N115" s="65"/>
+      <c r="C115" s="55"/>
+      <c r="D115" s="56"/>
+      <c r="E115" s="56"/>
+      <c r="F115" s="56"/>
+      <c r="G115" s="56"/>
+      <c r="H115" s="56"/>
+      <c r="I115" s="56"/>
+      <c r="J115" s="56"/>
+      <c r="K115" s="56"/>
+      <c r="L115" s="57"/>
+      <c r="M115" s="57"/>
+      <c r="N115" s="58"/>
     </row>
     <row r="116" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="6"/>
       <c r="B116" s="6"/>
-      <c r="C116" s="62"/>
-[...10 lines deleted...]
-      <c r="N116" s="65"/>
+      <c r="C116" s="55"/>
+      <c r="D116" s="56"/>
+      <c r="E116" s="56"/>
+      <c r="F116" s="56"/>
+      <c r="G116" s="56"/>
+      <c r="H116" s="56"/>
+      <c r="I116" s="56"/>
+      <c r="J116" s="56"/>
+      <c r="K116" s="56"/>
+      <c r="L116" s="57"/>
+      <c r="M116" s="57"/>
+      <c r="N116" s="58"/>
     </row>
     <row r="117" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="6"/>
       <c r="B117" s="6"/>
-      <c r="C117" s="62"/>
-[...10 lines deleted...]
-      <c r="N117" s="65"/>
+      <c r="C117" s="55"/>
+      <c r="D117" s="56"/>
+      <c r="E117" s="56"/>
+      <c r="F117" s="56"/>
+      <c r="G117" s="56"/>
+      <c r="H117" s="56"/>
+      <c r="I117" s="56"/>
+      <c r="J117" s="56"/>
+      <c r="K117" s="56"/>
+      <c r="L117" s="57"/>
+      <c r="M117" s="57"/>
+      <c r="N117" s="58"/>
     </row>
     <row r="118" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="6"/>
       <c r="B118" s="6"/>
-      <c r="C118" s="88"/>
-[...10 lines deleted...]
-      <c r="N118" s="65"/>
+      <c r="C118" s="63"/>
+      <c r="D118" s="57"/>
+      <c r="E118" s="57"/>
+      <c r="F118" s="57"/>
+      <c r="G118" s="57"/>
+      <c r="H118" s="57"/>
+      <c r="I118" s="57"/>
+      <c r="J118" s="57"/>
+      <c r="K118" s="57"/>
+      <c r="L118" s="57"/>
+      <c r="M118" s="57"/>
+      <c r="N118" s="58"/>
     </row>
     <row r="119" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="6"/>
       <c r="B119" s="6"/>
-      <c r="C119" s="88"/>
-[...10 lines deleted...]
-      <c r="N119" s="65"/>
+      <c r="C119" s="63"/>
+      <c r="D119" s="57"/>
+      <c r="E119" s="57"/>
+      <c r="F119" s="57"/>
+      <c r="G119" s="57"/>
+      <c r="H119" s="57"/>
+      <c r="I119" s="57"/>
+      <c r="J119" s="57"/>
+      <c r="K119" s="57"/>
+      <c r="L119" s="57"/>
+      <c r="M119" s="57"/>
+      <c r="N119" s="58"/>
     </row>
     <row r="120" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="6"/>
       <c r="B120" s="6"/>
-      <c r="C120" s="88"/>
-[...10 lines deleted...]
-      <c r="N120" s="65"/>
+      <c r="C120" s="63"/>
+      <c r="D120" s="57"/>
+      <c r="E120" s="57"/>
+      <c r="F120" s="57"/>
+      <c r="G120" s="57"/>
+      <c r="H120" s="57"/>
+      <c r="I120" s="57"/>
+      <c r="J120" s="57"/>
+      <c r="K120" s="57"/>
+      <c r="L120" s="57"/>
+      <c r="M120" s="57"/>
+      <c r="N120" s="58"/>
     </row>
     <row r="121" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A121" s="6"/>
       <c r="B121" s="6"/>
-      <c r="C121" s="89"/>
-[...10 lines deleted...]
-      <c r="N121" s="69"/>
+      <c r="C121" s="64"/>
+      <c r="D121" s="61"/>
+      <c r="E121" s="61"/>
+      <c r="F121" s="61"/>
+      <c r="G121" s="61"/>
+      <c r="H121" s="61"/>
+      <c r="I121" s="61"/>
+      <c r="J121" s="61"/>
+      <c r="K121" s="61"/>
+      <c r="L121" s="61"/>
+      <c r="M121" s="61"/>
+      <c r="N121" s="62"/>
     </row>
     <row r="122" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="6"/>
       <c r="B122" s="6"/>
     </row>
     <row r="123" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A123" s="6"/>
       <c r="B123" s="6"/>
     </row>
     <row r="124" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="46" t="s">
+      <c r="A124" s="44" t="s">
         <v>48</v>
       </c>
-      <c r="B124" s="46"/>
-      <c r="C124" s="58" t="s">
+      <c r="B124" s="44"/>
+      <c r="C124" s="51" t="s">
         <v>49</v>
       </c>
-      <c r="D124" s="59"/>
-[...9 lines deleted...]
-      <c r="N124" s="61"/>
+      <c r="D124" s="52"/>
+      <c r="E124" s="52"/>
+      <c r="F124" s="52"/>
+      <c r="G124" s="52"/>
+      <c r="H124" s="52"/>
+      <c r="I124" s="52"/>
+      <c r="J124" s="52"/>
+      <c r="K124" s="52"/>
+      <c r="L124" s="53"/>
+      <c r="M124" s="53"/>
+      <c r="N124" s="54"/>
     </row>
     <row r="125" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="6"/>
       <c r="B125" s="6"/>
-      <c r="C125" s="62"/>
-[...10 lines deleted...]
-      <c r="N125" s="65"/>
+      <c r="C125" s="55"/>
+      <c r="D125" s="56"/>
+      <c r="E125" s="56"/>
+      <c r="F125" s="56"/>
+      <c r="G125" s="56"/>
+      <c r="H125" s="56"/>
+      <c r="I125" s="56"/>
+      <c r="J125" s="56"/>
+      <c r="K125" s="56"/>
+      <c r="L125" s="57"/>
+      <c r="M125" s="57"/>
+      <c r="N125" s="58"/>
     </row>
     <row r="126" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="6"/>
       <c r="B126" s="6"/>
-      <c r="C126" s="62"/>
-[...10 lines deleted...]
-      <c r="N126" s="65"/>
+      <c r="C126" s="55"/>
+      <c r="D126" s="56"/>
+      <c r="E126" s="56"/>
+      <c r="F126" s="56"/>
+      <c r="G126" s="56"/>
+      <c r="H126" s="56"/>
+      <c r="I126" s="56"/>
+      <c r="J126" s="56"/>
+      <c r="K126" s="56"/>
+      <c r="L126" s="57"/>
+      <c r="M126" s="57"/>
+      <c r="N126" s="58"/>
     </row>
     <row r="127" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="6"/>
       <c r="B127" s="6"/>
-      <c r="C127" s="62"/>
-[...10 lines deleted...]
-      <c r="N127" s="65"/>
+      <c r="C127" s="55"/>
+      <c r="D127" s="56"/>
+      <c r="E127" s="56"/>
+      <c r="F127" s="56"/>
+      <c r="G127" s="56"/>
+      <c r="H127" s="56"/>
+      <c r="I127" s="56"/>
+      <c r="J127" s="56"/>
+      <c r="K127" s="56"/>
+      <c r="L127" s="57"/>
+      <c r="M127" s="57"/>
+      <c r="N127" s="58"/>
     </row>
     <row r="128" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="6"/>
       <c r="B128" s="6"/>
-      <c r="C128" s="62"/>
-[...10 lines deleted...]
-      <c r="N128" s="65"/>
+      <c r="C128" s="55"/>
+      <c r="D128" s="56"/>
+      <c r="E128" s="56"/>
+      <c r="F128" s="56"/>
+      <c r="G128" s="56"/>
+      <c r="H128" s="56"/>
+      <c r="I128" s="56"/>
+      <c r="J128" s="56"/>
+      <c r="K128" s="56"/>
+      <c r="L128" s="57"/>
+      <c r="M128" s="57"/>
+      <c r="N128" s="58"/>
     </row>
     <row r="129" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="6"/>
       <c r="B129" s="6"/>
-      <c r="C129" s="62"/>
-[...10 lines deleted...]
-      <c r="N129" s="65"/>
+      <c r="C129" s="55"/>
+      <c r="D129" s="56"/>
+      <c r="E129" s="56"/>
+      <c r="F129" s="56"/>
+      <c r="G129" s="56"/>
+      <c r="H129" s="56"/>
+      <c r="I129" s="56"/>
+      <c r="J129" s="56"/>
+      <c r="K129" s="56"/>
+      <c r="L129" s="57"/>
+      <c r="M129" s="57"/>
+      <c r="N129" s="58"/>
     </row>
     <row r="130" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="6"/>
       <c r="B130" s="6"/>
-      <c r="C130" s="62"/>
-[...10 lines deleted...]
-      <c r="N130" s="65"/>
+      <c r="C130" s="55"/>
+      <c r="D130" s="56"/>
+      <c r="E130" s="56"/>
+      <c r="F130" s="56"/>
+      <c r="G130" s="56"/>
+      <c r="H130" s="56"/>
+      <c r="I130" s="56"/>
+      <c r="J130" s="56"/>
+      <c r="K130" s="56"/>
+      <c r="L130" s="57"/>
+      <c r="M130" s="57"/>
+      <c r="N130" s="58"/>
     </row>
     <row r="131" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A131" s="6"/>
       <c r="B131" s="6"/>
-      <c r="C131" s="66"/>
-[...10 lines deleted...]
-      <c r="N131" s="69"/>
+      <c r="C131" s="59"/>
+      <c r="D131" s="60"/>
+      <c r="E131" s="60"/>
+      <c r="F131" s="60"/>
+      <c r="G131" s="60"/>
+      <c r="H131" s="60"/>
+      <c r="I131" s="60"/>
+      <c r="J131" s="60"/>
+      <c r="K131" s="60"/>
+      <c r="L131" s="61"/>
+      <c r="M131" s="61"/>
+      <c r="N131" s="62"/>
     </row>
     <row r="132" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="6"/>
       <c r="B132" s="6"/>
       <c r="C132" s="28"/>
       <c r="D132" s="28"/>
       <c r="E132" s="28"/>
       <c r="F132" s="28"/>
       <c r="G132" s="28"/>
       <c r="H132" s="28"/>
       <c r="I132" s="28"/>
       <c r="J132" s="28"/>
       <c r="K132" s="28"/>
       <c r="L132" s="29"/>
       <c r="M132" s="29"/>
       <c r="N132" s="29"/>
     </row>
     <row r="133" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A133" s="6"/>
       <c r="B133" s="6"/>
     </row>
     <row r="134" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="46" t="s">
+      <c r="A134" s="44" t="s">
         <v>50</v>
       </c>
-      <c r="B134" s="90"/>
-      <c r="C134" s="58" t="s">
+      <c r="B134" s="65"/>
+      <c r="C134" s="51" t="s">
         <v>51</v>
       </c>
-      <c r="D134" s="59"/>
-[...9 lines deleted...]
-      <c r="N134" s="61"/>
+      <c r="D134" s="52"/>
+      <c r="E134" s="52"/>
+      <c r="F134" s="52"/>
+      <c r="G134" s="52"/>
+      <c r="H134" s="52"/>
+      <c r="I134" s="52"/>
+      <c r="J134" s="52"/>
+      <c r="K134" s="52"/>
+      <c r="L134" s="53"/>
+      <c r="M134" s="53"/>
+      <c r="N134" s="54"/>
     </row>
     <row r="135" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C135" s="62"/>
-[...10 lines deleted...]
-      <c r="N135" s="65"/>
+      <c r="C135" s="55"/>
+      <c r="D135" s="56"/>
+      <c r="E135" s="56"/>
+      <c r="F135" s="56"/>
+      <c r="G135" s="56"/>
+      <c r="H135" s="56"/>
+      <c r="I135" s="56"/>
+      <c r="J135" s="56"/>
+      <c r="K135" s="56"/>
+      <c r="L135" s="57"/>
+      <c r="M135" s="57"/>
+      <c r="N135" s="58"/>
     </row>
     <row r="136" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C136" s="62"/>
-[...10 lines deleted...]
-      <c r="N136" s="65"/>
+      <c r="C136" s="55"/>
+      <c r="D136" s="56"/>
+      <c r="E136" s="56"/>
+      <c r="F136" s="56"/>
+      <c r="G136" s="56"/>
+      <c r="H136" s="56"/>
+      <c r="I136" s="56"/>
+      <c r="J136" s="56"/>
+      <c r="K136" s="56"/>
+      <c r="L136" s="57"/>
+      <c r="M136" s="57"/>
+      <c r="N136" s="58"/>
     </row>
     <row r="137" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C137" s="62"/>
-[...10 lines deleted...]
-      <c r="N137" s="65"/>
+      <c r="C137" s="55"/>
+      <c r="D137" s="56"/>
+      <c r="E137" s="56"/>
+      <c r="F137" s="56"/>
+      <c r="G137" s="56"/>
+      <c r="H137" s="56"/>
+      <c r="I137" s="56"/>
+      <c r="J137" s="56"/>
+      <c r="K137" s="56"/>
+      <c r="L137" s="57"/>
+      <c r="M137" s="57"/>
+      <c r="N137" s="58"/>
     </row>
     <row r="138" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C138" s="62"/>
-[...10 lines deleted...]
-      <c r="N138" s="65"/>
+      <c r="C138" s="55"/>
+      <c r="D138" s="56"/>
+      <c r="E138" s="56"/>
+      <c r="F138" s="56"/>
+      <c r="G138" s="56"/>
+      <c r="H138" s="56"/>
+      <c r="I138" s="56"/>
+      <c r="J138" s="56"/>
+      <c r="K138" s="56"/>
+      <c r="L138" s="57"/>
+      <c r="M138" s="57"/>
+      <c r="N138" s="58"/>
     </row>
     <row r="139" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C139" s="62"/>
-[...10 lines deleted...]
-      <c r="N139" s="65"/>
+      <c r="C139" s="55"/>
+      <c r="D139" s="56"/>
+      <c r="E139" s="56"/>
+      <c r="F139" s="56"/>
+      <c r="G139" s="56"/>
+      <c r="H139" s="56"/>
+      <c r="I139" s="56"/>
+      <c r="J139" s="56"/>
+      <c r="K139" s="56"/>
+      <c r="L139" s="57"/>
+      <c r="M139" s="57"/>
+      <c r="N139" s="58"/>
     </row>
     <row r="140" spans="1:14" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="C140" s="66"/>
-[...10 lines deleted...]
-      <c r="N140" s="69"/>
+      <c r="C140" s="59"/>
+      <c r="D140" s="60"/>
+      <c r="E140" s="60"/>
+      <c r="F140" s="60"/>
+      <c r="G140" s="60"/>
+      <c r="H140" s="60"/>
+      <c r="I140" s="60"/>
+      <c r="J140" s="60"/>
+      <c r="K140" s="60"/>
+      <c r="L140" s="61"/>
+      <c r="M140" s="61"/>
+      <c r="N140" s="62"/>
     </row>
     <row r="141" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="142" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="42">
-    <mergeCell ref="A4:E4"/>
-[...13 lines deleted...]
-    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="C60:N61"/>
+    <mergeCell ref="C64:N69"/>
+    <mergeCell ref="C72:N73"/>
+    <mergeCell ref="C76:N78"/>
     <mergeCell ref="A86:B86"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A20:R21"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="A76:B76"/>
     <mergeCell ref="C81:N83"/>
     <mergeCell ref="C86:N88"/>
     <mergeCell ref="A36:N37"/>
     <mergeCell ref="C40:N42"/>
     <mergeCell ref="C45:N49"/>
     <mergeCell ref="C52:N53"/>
     <mergeCell ref="C56:N57"/>
+    <mergeCell ref="C91:N97"/>
+    <mergeCell ref="C100:N121"/>
+    <mergeCell ref="C124:N131"/>
+    <mergeCell ref="C134:N140"/>
+    <mergeCell ref="A134:B134"/>
+    <mergeCell ref="A124:B124"/>
+    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:E24"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
-    <mergeCell ref="A81:B81"/>
-[...5 lines deleted...]
-    <mergeCell ref="F24:G24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="46" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>