--- v0 (2026-01-02)
+++ v1 (2026-03-06)
@@ -9,125 +9,122 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ts-netapp1.tsnet.se\Users\hego01\Dokument\Helena\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{95918DA1-C7C6-49F8-82DD-645D476C54FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66B68590-48AD-4779-B3AF-CB63C63ABEE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6975" yWindow="1965" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="48">
   <si>
     <t>Sekretariatschema hemmamatcher ÖSK P13 2025/2026</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Plats</t>
   </si>
   <si>
     <t>Motståndare</t>
   </si>
   <si>
     <t>Ansvariga</t>
   </si>
   <si>
     <t>Norrbyhallen</t>
   </si>
   <si>
     <t>IFK Arboga IBK</t>
   </si>
   <si>
     <t>Svante Jungander</t>
   </si>
   <si>
     <t>Maximilian Sellberg</t>
   </si>
   <si>
     <t>Tybblelundsskolan</t>
   </si>
   <si>
     <t>KFUM Örebro</t>
   </si>
   <si>
     <t>Oskar Boström</t>
   </si>
   <si>
     <t>Isak Rauseus</t>
   </si>
   <si>
-    <t>Spelades 13/11</t>
-[...1 lines deleted...]
-  <si>
     <t>Birgittaskolan</t>
   </si>
   <si>
     <t>IBK Köping</t>
   </si>
   <si>
     <t>Gustav Duberg</t>
   </si>
   <si>
     <t>Casper Götmar</t>
   </si>
   <si>
     <t>Tim Östh</t>
   </si>
   <si>
     <t>Tillberga IK</t>
   </si>
   <si>
     <t>Arvid Albertsson</t>
   </si>
   <si>
     <t>Aron Valentim</t>
   </si>
   <si>
     <t>WSK Lindesberg</t>
@@ -181,50 +178,56 @@
     <t>Folke Malm</t>
   </si>
   <si>
     <t>Kopparbergs BK</t>
   </si>
   <si>
     <t>Otto Krejby</t>
   </si>
   <si>
     <t>Wille Bergström</t>
   </si>
   <si>
     <t xml:space="preserve">Per-Ols IBF </t>
   </si>
   <si>
     <t>SMÅ IF</t>
   </si>
   <si>
     <t>Mälarstaden Västerås IF</t>
   </si>
   <si>
     <t>Gropens IF</t>
   </si>
   <si>
     <t xml:space="preserve">Har du ansvar för sekretariatet så ansvarar du även för att koka kaffe till kiosken, ca 20 koppar. </t>
+  </si>
+  <si>
+    <t>Bytt datum till 13/11</t>
+  </si>
+  <si>
+    <t>Bytt datum till 22/3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -695,73 +698,73 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A26" sqref="A26"/>
+      <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="19.7109375" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.28515625" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="16"/>
     </row>
     <row r="2" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="18"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="4">
         <v>45949</v>
       </c>
@@ -773,385 +776,388 @@
       </c>
       <c r="D4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="4">
         <v>45955</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="7"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>45963</v>
       </c>
       <c r="B7" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C7" s="5" t="s">
+      <c r="D7" s="5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>45976</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>45976</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="5" t="s">
+      <c r="E9" s="5" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="6"/>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>45998</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="D11" s="5" t="s">
+      <c r="E11" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>46004</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D12" s="5" t="s">
+      <c r="E12" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>46011</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="D13" s="5" t="s">
+      <c r="E13" s="5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>46032</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="E15" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="8">
         <v>46033</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="D16" s="9" t="s">
+      <c r="E16" s="9" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>46039</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F17" s="10"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="4">
         <v>46053</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="11"/>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="E19" s="12"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="8">
         <v>46054</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>8</v>
+      </c>
+      <c r="F20" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="4">
         <v>46081</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="6"/>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="8">
         <v>46088</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D23" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E23" s="9" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="4">
         <v>46096</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="8">
         <v>46096</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="D25" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4610e148-dc3d-49c9-8baa-7b0bc8fbfc52" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c58e26f2-209d-46b2-9cf5-a11c292474cf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010038C37E6AC6EDE0429A18EBA4DE5FE8CC" ma:contentTypeVersion="11" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="9f5809099cb468a3c0c7520b6affe298">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c58e26f2-209d-46b2-9cf5-a11c292474cf" xmlns:ns3="4610e148-dc3d-49c9-8baa-7b0bc8fbfc52" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f9e6ff224bab870ea1563c021a78cce" ns2:_="" ns3:_="">
     <xsd:import namespace="c58e26f2-209d-46b2-9cf5-a11c292474cf"/>
     <xsd:import namespace="4610e148-dc3d-49c9-8baa-7b0bc8fbfc52"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1306,64 +1312,64 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71205BAB-164B-4BD9-B560-89C1BAB4359A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E4E4F6F-A5F9-4568-95CF-77F5E86A7607}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4610e148-dc3d-49c9-8baa-7b0bc8fbfc52"/>
     <ds:schemaRef ds:uri="c58e26f2-209d-46b2-9cf5-a11c292474cf"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{090A2A8C-4FCE-48F3-80BF-1B94957F862E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c58e26f2-209d-46b2-9cf5-a11c292474cf"/>
     <ds:schemaRef ds:uri="4610e148-dc3d-49c9-8baa-7b0bc8fbfc52"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">