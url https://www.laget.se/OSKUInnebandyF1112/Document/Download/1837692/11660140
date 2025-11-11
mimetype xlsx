--- v0 (2025-10-21)
+++ v1 (2025-11-11)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TMGnil\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42F6CA2A-B371-46EE-83E5-C9219B99BAAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{68ED5831-5F4A-4DA7-B01E-27D3A6193CE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" xr2:uid="{F03E6007-E23D-4B5C-86C0-C34B065D41B3}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="51840" windowHeight="21120" xr2:uid="{F03E6007-E23D-4B5C-86C0-C34B065D41B3}"/>
   </bookViews>
   <sheets>
     <sheet name="Sek + kiosk" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="60">
   <si>
     <t>Sekretariatet ÖSK F11/12</t>
   </si>
   <si>
     <t>Alice Larsson</t>
   </si>
   <si>
     <t>Ruth Sjöholm</t>
   </si>
   <si>
     <t>Tyra Montgomery</t>
   </si>
   <si>
     <t>Nova Sonnersten</t>
   </si>
   <si>
     <t>Ella Ström</t>
   </si>
   <si>
     <t>Lovisa Hindemo</t>
   </si>
   <si>
     <t>Hanna Prytz</t>
   </si>
   <si>
@@ -172,121 +172,140 @@
   <si>
     <t>Film</t>
   </si>
   <si>
     <t>Örebro sk F2010</t>
   </si>
   <si>
     <t>WSK lindesberg</t>
   </si>
   <si>
     <t>Sön 12 okt 12:45</t>
   </si>
   <si>
     <t>Sön 19  okt 16:30</t>
   </si>
   <si>
     <t>Lör 25 okt 11:00</t>
   </si>
   <si>
     <t>Sön 26 okt 15:15</t>
   </si>
   <si>
     <t>Sön 2 Nov 11:00</t>
   </si>
   <si>
-    <t>Sön 9 Nov 11:00</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> Rönnby</t>
   </si>
   <si>
-    <t>Sön 16 Nov 12:45</t>
-[...1 lines deleted...]
-  <si>
     <t>Lör 6 Dec 11:00</t>
   </si>
   <si>
     <t>Sön 7 Dec 14:30</t>
   </si>
   <si>
     <t>Surahammar</t>
   </si>
   <si>
     <t>Lör 20 Dec 15:45</t>
   </si>
   <si>
     <t>Lör 10 Jan 11:00</t>
   </si>
   <si>
     <t>Lör 17 Jan 15:00</t>
   </si>
   <si>
     <t>Sön 25 Jan 11:00</t>
   </si>
   <si>
     <t>Sön 1 Feb 11:00</t>
   </si>
   <si>
-    <t>Lör 14 Feb 11:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Sön 8 mar, 10.30</t>
   </si>
   <si>
     <t>Köping</t>
+  </si>
+  <si>
+    <t>Rostahallarna</t>
+  </si>
+  <si>
+    <t>Lör 8 Nov 11:00</t>
+  </si>
+  <si>
+    <t>FK3</t>
+  </si>
+  <si>
+    <t>FK2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -313,234 +332,266 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>142874</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>21906</xdr:colOff>
       <xdr:row>28</xdr:row>
-      <xdr:rowOff>83345</xdr:rowOff>
+      <xdr:rowOff>73344</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>1016792</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>598644</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>102395</xdr:rowOff>
+      <xdr:rowOff>82869</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3371E24D-52B7-F68B-B269-D18E09BF0320}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="3202780" y="5417345"/>
-          <a:ext cx="2076450" cy="2114550"/>
+          <a:off x="2677000" y="6300313"/>
+          <a:ext cx="2100738" cy="1974056"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>607219</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1238249</xdr:colOff>
       <xdr:row>28</xdr:row>
-      <xdr:rowOff>95249</xdr:rowOff>
+      <xdr:rowOff>27621</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-      <xdr:colOff>278607</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>424815</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>114299</xdr:rowOff>
+      <xdr:rowOff>42861</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81D48C3F-5F40-4576-99AB-0465E0648AD0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9679782" y="5429249"/>
-          <a:ext cx="2076450" cy="2114550"/>
+          <a:off x="9989343" y="6254590"/>
+          <a:ext cx="2163128" cy="1979771"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>178594</xdr:colOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>651034</xdr:colOff>
       <xdr:row>28</xdr:row>
-      <xdr:rowOff>59532</xdr:rowOff>
+      <xdr:rowOff>31909</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
-      <xdr:colOff>1052513</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1263492</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>78582</xdr:rowOff>
+      <xdr:rowOff>54769</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E684EEAD-9AEB-44A2-A4BF-86E40D644A2C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="16466344" y="5393532"/>
-          <a:ext cx="2076450" cy="2114550"/>
+          <a:off x="18343722" y="6258878"/>
+          <a:ext cx="2100739" cy="1987391"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -829,913 +880,886 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BE35030-F9E9-4D24-A55A-24A48773360D}">
-  <dimension ref="A1:R28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="M1" sqref="M1"/>
+      <selection activeCell="R21" sqref="R21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="19" max="20" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.44140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.21875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.88671875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.5546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.21875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="21.6640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="21" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="21.6640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="22.44140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="21.6640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="22.33203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="21.33203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="22.44140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="18.6640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="19" max="16384" width="8.88671875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" s="7" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:16" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B1" s="7" t="s">
+      <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="C1" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="E1" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="F1" s="8" t="s">
+      <c r="F1" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G1" s="8" t="s">
+      <c r="G1" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="H1" s="8" t="s">
+      <c r="H1" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L1" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="M1" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="N1" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="C2" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="I1" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J1" s="8" t="s">
+      <c r="I2" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="K1" s="8" t="s">
-[...14 lines deleted...]
-      <c r="P1" s="7" t="s">
+      <c r="K2" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L2" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M2" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N2" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O2" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="Q1" s="7" t="s">
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="C3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="R1" s="7" t="s">
-[...25 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="N3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="O3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="P3" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="D4" s="5"/>
+      <c r="H4" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="O4" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="P4" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A5" s="6">
+        <v>1</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+      <c r="H5" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I5" s="10"/>
+      <c r="J5" s="10"/>
+      <c r="K5" s="10"/>
+      <c r="L5" s="10"/>
+      <c r="M5" s="10"/>
+      <c r="N5" s="10"/>
+      <c r="O5" s="10"/>
+      <c r="P5" s="10"/>
+    </row>
+    <row r="6" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A6" s="7">
+        <v>31</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="P6" s="12"/>
+    </row>
+    <row r="7" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A7" s="6">
+        <v>3</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="10"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="10"/>
+      <c r="G7" s="10"/>
+      <c r="H7" s="10"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="10"/>
+      <c r="K7" s="10"/>
+      <c r="L7" s="10"/>
+      <c r="M7" s="10"/>
+      <c r="N7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" s="10"/>
+      <c r="P7" s="10"/>
+    </row>
+    <row r="8" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A8" s="7">
+        <v>4</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" s="12"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="12"/>
+      <c r="N8" s="12"/>
+      <c r="O8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="P8" s="12"/>
+    </row>
+    <row r="9" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A9" s="6">
+        <v>5</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="10"/>
+      <c r="D9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="10"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="10"/>
+      <c r="I9" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="J9" s="10"/>
+      <c r="K9" s="10"/>
+      <c r="L9" s="10"/>
+      <c r="M9" s="10"/>
+      <c r="N9" s="10"/>
+      <c r="O9" s="10"/>
+      <c r="P9" s="10"/>
+    </row>
+    <row r="10" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A10" s="7">
+        <v>6</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="12"/>
+      <c r="D10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" s="12"/>
+      <c r="O10" s="12"/>
+      <c r="P10" s="12"/>
+    </row>
+    <row r="11" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A11" s="6">
+        <v>7</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="10"/>
+      <c r="D11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="10"/>
+      <c r="F11" s="10"/>
+      <c r="G11" s="10"/>
+      <c r="H11" s="10"/>
+      <c r="I11" s="10"/>
+      <c r="J11" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="K11" s="10"/>
+      <c r="L11" s="10"/>
+      <c r="M11" s="10"/>
+      <c r="N11" s="10"/>
+      <c r="O11" s="10"/>
+      <c r="P11" s="10"/>
+    </row>
+    <row r="12" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A12" s="7">
+        <v>8</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="12"/>
+      <c r="L12" s="12"/>
+      <c r="M12" s="12"/>
+      <c r="N12" s="12"/>
+      <c r="O12" s="12"/>
+      <c r="P12" s="12"/>
+    </row>
+    <row r="13" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A13" s="6">
+        <v>10</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="10"/>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="10"/>
+      <c r="G13" s="10"/>
+      <c r="H13" s="10"/>
+      <c r="I13" s="10"/>
+      <c r="J13" s="10"/>
+      <c r="K13" s="10"/>
+      <c r="L13" s="10"/>
+      <c r="M13" s="10"/>
+      <c r="N13" s="10"/>
+      <c r="O13" s="10"/>
+      <c r="P13" s="10"/>
+    </row>
+    <row r="14" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A14" s="7">
+        <v>11</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="12"/>
+      <c r="D14" s="12"/>
+      <c r="E14" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" s="12"/>
+      <c r="G14" s="12"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="12"/>
+      <c r="J14" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="K14" s="12"/>
+      <c r="L14" s="12"/>
+      <c r="M14" s="12"/>
+      <c r="N14" s="12"/>
+      <c r="O14" s="12"/>
+      <c r="P14" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A15" s="6">
+        <v>12</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="F15" s="10"/>
+      <c r="G15" s="10"/>
+      <c r="H15" s="10"/>
+      <c r="I15" s="10"/>
+      <c r="J15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K15" s="10"/>
+      <c r="L15" s="10"/>
+      <c r="M15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" s="10"/>
+      <c r="O15" s="10"/>
+      <c r="P15" s="10"/>
+    </row>
+    <row r="16" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A16" s="7">
+        <v>13</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="L16" s="12"/>
+      <c r="M16" s="12"/>
+      <c r="N16" s="12"/>
+      <c r="O16" s="12"/>
+      <c r="P16" s="13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A17" s="6">
+        <v>14</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="10"/>
+      <c r="D17" s="10"/>
+      <c r="E17" s="10"/>
+      <c r="F17" s="10"/>
+      <c r="G17" s="10"/>
+      <c r="H17" s="10"/>
+      <c r="I17" s="10"/>
+      <c r="J17" s="10"/>
+      <c r="K17" s="10"/>
+      <c r="L17" s="10"/>
+      <c r="M17" s="10"/>
+      <c r="N17" s="10"/>
+      <c r="O17" s="10"/>
+      <c r="P17" s="10"/>
+    </row>
+    <row r="18" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>15</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="12"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+      <c r="M18" s="12"/>
+      <c r="N18" s="12"/>
+      <c r="O18" s="12"/>
+      <c r="P18" s="12"/>
+    </row>
+    <row r="19" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A19" s="6">
+        <v>17</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="10"/>
+      <c r="D19" s="10"/>
+      <c r="E19" s="10"/>
+      <c r="F19" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" s="10"/>
+      <c r="H19" s="10"/>
+      <c r="I19" s="10"/>
+      <c r="J19" s="10"/>
+      <c r="K19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" s="10"/>
+      <c r="M19" s="10"/>
+      <c r="N19" s="10"/>
+      <c r="O19" s="10"/>
+      <c r="P19" s="10"/>
+    </row>
+    <row r="20" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A20" s="7">
+        <v>18</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="P20" s="12"/>
+    </row>
+    <row r="21" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A21" s="6">
+        <v>19</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C21" s="10"/>
+      <c r="D21" s="10"/>
+      <c r="E21" s="10"/>
+      <c r="F21" s="10"/>
+      <c r="G21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" s="10"/>
+      <c r="I21" s="10"/>
+      <c r="J21" s="10"/>
+      <c r="K21" s="10"/>
+      <c r="L21" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="M21" s="10"/>
+      <c r="N21" s="10"/>
+      <c r="O21" s="10"/>
+      <c r="P21" s="14" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A22" s="7">
+        <v>20</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="12"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="12"/>
+      <c r="L22" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" s="12"/>
+      <c r="N22" s="12"/>
+      <c r="O22" s="12"/>
+      <c r="P22" s="12"/>
+    </row>
+    <row r="23" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A23" s="6">
+        <v>21</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="10"/>
+      <c r="D23" s="10"/>
+      <c r="E23" s="10"/>
+      <c r="F23" s="10"/>
+      <c r="G23" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H23" s="10"/>
+      <c r="I23" s="10"/>
+      <c r="J23" s="10"/>
+      <c r="K23" s="10"/>
+      <c r="L23" s="10"/>
+      <c r="M23" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="N23" s="10"/>
+      <c r="O23" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="P23" s="10"/>
+    </row>
+    <row r="24" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A24" s="7">
+        <v>23</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="12"/>
+    </row>
+    <row r="25" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A25" s="6">
         <v>24</v>
       </c>
-      <c r="K2" s="1" t="s">
-[...14 lines deleted...]
-      <c r="P2" t="s">
+      <c r="B25" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="10"/>
+      <c r="D25" s="10"/>
+      <c r="E25" s="10"/>
+      <c r="F25" s="10"/>
+      <c r="G25" s="10"/>
+      <c r="H25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I25" s="10"/>
+      <c r="J25" s="10"/>
+      <c r="K25" s="10"/>
+      <c r="L25" s="10"/>
+      <c r="M25" s="10"/>
+      <c r="N25" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" s="10"/>
+      <c r="P25" s="10"/>
+    </row>
+    <row r="26" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A26" s="7">
+        <v>26</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="12"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="12"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="12"/>
+      <c r="M26" s="12"/>
+      <c r="N26" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" s="12"/>
+      <c r="P26" s="12"/>
+    </row>
+    <row r="27" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A27" s="6">
         <v>27</v>
       </c>
-      <c r="Q2" t="s">
-[...86 lines deleted...]
-      <c r="A6" s="3">
+      <c r="B27" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="F27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="K27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O27" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="18" x14ac:dyDescent="0.3">
+      <c r="A28" s="7">
+        <v>67</v>
+      </c>
+      <c r="B28" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="B6" s="11" t="s">
-[...655 lines deleted...]
-      <c r="R28" s="3"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
+      <c r="N28" s="12"/>
+      <c r="O28" s="12"/>
+      <c r="P28" s="12"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="3" type="noConversion"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{896ecbea-bd27-4a3c-a131-34aa0b46a086}" enabled="0" method="" siteId="{896ecbea-bd27-4a3c-a131-34aa0b46a086}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>