--- v0 (2025-10-10)
+++ v1 (2025-11-18)
@@ -1,46 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C04A561" w14:textId="77777777" w:rsidR="005242C8" w:rsidRPr="001A3461" w:rsidRDefault="005242C8" w:rsidP="005242C8">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="249F095F" wp14:editId="731E8E59">
             <wp:extent cx="1152525" cy="1123712"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
@@ -136,59 +137,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2 – Bra att veta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F48D67" w14:textId="77777777" w:rsidR="0040330A" w:rsidRPr="00114D9F" w:rsidRDefault="0040330A" w:rsidP="005242C8"/>
     <w:p w14:paraId="5D1E11D1" w14:textId="77777777" w:rsidR="00D54DA6" w:rsidRPr="00D15862" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D15862">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Träningstider</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659E5AF0" w14:textId="77777777" w:rsidR="00D54DA6" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:r>
-        <w:t xml:space="preserve">Kalendern på Laget.se är alltid uppdaterad med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> träningstider och det är den som gäller.</w:t>
+        <w:t>Kalendern på Laget.se är alltid uppdaterad med t ex träningstider och det är den som gäller.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07138521" w14:textId="77777777" w:rsidR="00D54DA6" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Om man inte kan träna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E6F199" w14:textId="26850A83" w:rsidR="00D54DA6" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:r>
         <w:t xml:space="preserve">Meddela i gästboken om </w:t>
       </w:r>
       <w:r w:rsidR="00D87E6A">
         <w:t>man</w:t>
       </w:r>
       <w:r>
@@ -522,153 +515,161 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011096B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Biljettscanning ÖS</w:t>
       </w:r>
       <w:r w:rsidR="0072073D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="0011096B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0011096B">
+        <w:t xml:space="preserve"> fotboll</w:t>
+      </w:r>
+      <w:r w:rsidR="0072073D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>fotboll</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> herr</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="220AC7A6" w14:textId="27E38319" w:rsidR="0011096B" w:rsidRDefault="0072073D" w:rsidP="00435B71">
       <w:r w:rsidRPr="0072073D">
         <w:t xml:space="preserve">Vi har </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">en överenskommelse med ÖSK </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> att, mot ekonomisk ersättning</w:t>
+        <w:t>en överenskommelse med ÖSK fotboll herr att, mot ekonomisk ersättning</w:t>
       </w:r>
       <w:r w:rsidR="004B5556">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> biljetter vid deras hemmamatcher.</w:t>
+        <w:t xml:space="preserve"> scanna biljetter vid deras hemmamatcher.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6179AC3E" w14:textId="268BF9C1" w:rsidR="00FE578D" w:rsidRDefault="008732A9" w:rsidP="00435B71">
       <w:r>
-        <w:t xml:space="preserve">Det krävs </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> personer som är minst 18 år vid varje match.</w:t>
+        <w:t>Det krävs 6 stycken personer som är minst 18 år vid varje match.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EE4ECD" w14:textId="056E5CAB" w:rsidR="0072073D" w:rsidRDefault="00FE578D" w:rsidP="00435B71">
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00FE578D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Länk till dokument att fylla i vem som kan stå vid de olika matcherna</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5A020806" w14:textId="5D777D75" w:rsidR="008732A9" w:rsidRDefault="008732A9" w:rsidP="00435B71">
       <w:r>
         <w:t xml:space="preserve">Samling </w:t>
       </w:r>
       <w:r w:rsidR="006C0C93">
         <w:t xml:space="preserve">1 timme och 50 minuter innan matchstart, dvs 17.10 om matchen börjar 19.00. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56DD88B7" w14:textId="02E51645" w:rsidR="006C0C93" w:rsidRDefault="006C0C93" w:rsidP="00435B71">
       <w:r>
         <w:t>En person måste stanna kvar hela matchen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3171BA06" w14:textId="77777777" w:rsidR="004B5556" w:rsidRPr="00435B71" w:rsidRDefault="004B5556" w:rsidP="004B5556">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435B71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resa till Kroatien</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FA456E" w14:textId="77777777" w:rsidR="004B5556" w:rsidRDefault="004B5556" w:rsidP="004B5556">
       <w:r>
         <w:t xml:space="preserve">Sommaren 2027 kommer hela laget göra en handbollsresa till Kroatien. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A148D7" w14:textId="0CA209F3" w:rsidR="00B22E78" w:rsidRDefault="00B22E78" w:rsidP="004B5556">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B22E78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Swi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22E78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hnummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1385936F" w14:textId="066C53B7" w:rsidR="00B22E78" w:rsidRPr="00B22E78" w:rsidRDefault="00B22E78" w:rsidP="004B5556">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Swishnumret</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> till lagets konto är 123 359 00 80.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB798E8" w14:textId="77777777" w:rsidR="004B5556" w:rsidRPr="0072073D" w:rsidRDefault="004B5556" w:rsidP="00435B71"/>
     <w:p w14:paraId="1FD05CE3" w14:textId="77777777" w:rsidR="00435B71" w:rsidRDefault="00435B71" w:rsidP="00435B71"/>
     <w:sectPr w:rsidR="00435B71">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1457,101 +1458,103 @@
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1451241425">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="635179765">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="543561513">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1472212713">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="334455238">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="119032107">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E11C32"/>
     <w:rsid w:val="0011096B"/>
     <w:rsid w:val="00200F72"/>
     <w:rsid w:val="002072B2"/>
     <w:rsid w:val="002342ED"/>
     <w:rsid w:val="00266F42"/>
+    <w:rsid w:val="0028364E"/>
     <w:rsid w:val="002B648D"/>
     <w:rsid w:val="003269C0"/>
     <w:rsid w:val="003C6B00"/>
     <w:rsid w:val="003D220F"/>
     <w:rsid w:val="0040330A"/>
     <w:rsid w:val="00435B71"/>
     <w:rsid w:val="0046232F"/>
     <w:rsid w:val="004B5556"/>
     <w:rsid w:val="004C0E4B"/>
     <w:rsid w:val="005242C8"/>
     <w:rsid w:val="005B0DE6"/>
     <w:rsid w:val="005B2A03"/>
     <w:rsid w:val="006477D3"/>
     <w:rsid w:val="0065562C"/>
     <w:rsid w:val="006C0C54"/>
     <w:rsid w:val="006C0C93"/>
     <w:rsid w:val="0072073D"/>
     <w:rsid w:val="00730D86"/>
     <w:rsid w:val="007861AC"/>
     <w:rsid w:val="007A04A0"/>
     <w:rsid w:val="007D2747"/>
     <w:rsid w:val="008732A9"/>
     <w:rsid w:val="00881787"/>
     <w:rsid w:val="008C51F0"/>
     <w:rsid w:val="009069FD"/>
     <w:rsid w:val="009465DF"/>
     <w:rsid w:val="00972095"/>
     <w:rsid w:val="00A42582"/>
     <w:rsid w:val="00A94C74"/>
     <w:rsid w:val="00AD2ED0"/>
     <w:rsid w:val="00AE7DD3"/>
     <w:rsid w:val="00AF3F0C"/>
+    <w:rsid w:val="00B22E78"/>
     <w:rsid w:val="00B96F30"/>
     <w:rsid w:val="00C4288A"/>
     <w:rsid w:val="00D15862"/>
     <w:rsid w:val="00D54DA6"/>
     <w:rsid w:val="00D80934"/>
     <w:rsid w:val="00D87E6A"/>
     <w:rsid w:val="00D9580C"/>
     <w:rsid w:val="00DA127F"/>
     <w:rsid w:val="00E02B9B"/>
     <w:rsid w:val="00E03F1B"/>
     <w:rsid w:val="00E11C32"/>
     <w:rsid w:val="00E31E1D"/>
     <w:rsid w:val="00E55C76"/>
     <w:rsid w:val="00FA3251"/>
     <w:rsid w:val="00FB2B35"/>
     <w:rsid w:val="00FE578D"/>
     <w:rsid w:val="00FF6486"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -2852,80 +2855,86 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{7a967b6a-3783-47cf-8fdb-0b1118f65e05}" enabled="1" method="Standard" siteId="{aece5b19-8227-4c27-8218-1aea120ec062}" contentBits="0" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>318</Words>
-  <Characters>1688</Characters>
+  <Words>327</Words>
+  <Characters>1739</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2002</CharactersWithSpaces>
+  <CharactersWithSpaces>2062</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lagerson Malin, Regionservice Verks stöd IT o Digital</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7a967b6a-3783-47cf-8fdb-0b1118f65e05_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>