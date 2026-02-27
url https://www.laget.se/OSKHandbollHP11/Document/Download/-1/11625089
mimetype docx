--- v1 (2025-11-18)
+++ v2 (2026-02-27)
@@ -137,51 +137,59 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2 – Bra att veta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F48D67" w14:textId="77777777" w:rsidR="0040330A" w:rsidRPr="00114D9F" w:rsidRDefault="0040330A" w:rsidP="005242C8"/>
     <w:p w14:paraId="5D1E11D1" w14:textId="77777777" w:rsidR="00D54DA6" w:rsidRPr="00D15862" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D15862">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Träningstider</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659E5AF0" w14:textId="77777777" w:rsidR="00D54DA6" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:r>
-        <w:t>Kalendern på Laget.se är alltid uppdaterad med t ex träningstider och det är den som gäller.</w:t>
+        <w:t xml:space="preserve">Kalendern på Laget.se är alltid uppdaterad med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> träningstider och det är den som gäller.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07138521" w14:textId="77777777" w:rsidR="00D54DA6" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Om man inte kan träna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E6F199" w14:textId="26850A83" w:rsidR="00D54DA6" w:rsidRDefault="00D54DA6" w:rsidP="00D54DA6">
       <w:r>
         <w:t xml:space="preserve">Meddela i gästboken om </w:t>
       </w:r>
       <w:r w:rsidR="00D87E6A">
         <w:t>man</w:t>
       </w:r>
       <w:r>
@@ -489,128 +497,154 @@
       <w:r w:rsidR="00AD2ED0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E03F1B">
         <w:t>från fall till fall</w:t>
       </w:r>
       <w:r w:rsidR="00AD2ED0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1217C8A8" w14:textId="1440379C" w:rsidR="00E03F1B" w:rsidRDefault="008C51F0" w:rsidP="007A04A0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ersättning</w:t>
       </w:r>
       <w:r w:rsidR="00E03F1B">
         <w:t xml:space="preserve"> ges direkt till föraren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F595E6" w14:textId="018C2383" w:rsidR="00DA127F" w:rsidRDefault="0011096B" w:rsidP="00435B71">
+    <w:p w14:paraId="09F595E6" w14:textId="0B676E3F" w:rsidR="00DA127F" w:rsidRDefault="006849F2" w:rsidP="00435B71">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0011096B">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Biljettscanning ÖS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0072073D">
+        <w:t>Kiosk ÖSK</w:t>
+      </w:r>
+      <w:r w:rsidR="0011096B" w:rsidRPr="0011096B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>K</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0011096B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0011096B" w:rsidRPr="0011096B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> fotboll</w:t>
+        <w:t>fotboll</w:t>
       </w:r>
       <w:r w:rsidR="0072073D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> herr</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="220AC7A6" w14:textId="27E38319" w:rsidR="0011096B" w:rsidRDefault="0072073D" w:rsidP="00435B71">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="220AC7A6" w14:textId="054A525E" w:rsidR="0011096B" w:rsidRDefault="0072073D" w:rsidP="00435B71">
       <w:r w:rsidRPr="0072073D">
         <w:t xml:space="preserve">Vi har </w:t>
       </w:r>
       <w:r>
-        <w:t>en överenskommelse med ÖSK fotboll herr att, mot ekonomisk ersättning</w:t>
-[...14 lines deleted...]
-      <w:hyperlink r:id="rId6" w:history="1">
+        <w:t xml:space="preserve">en överenskommelse </w:t>
+      </w:r>
+      <w:r w:rsidR="006849F2">
+        <w:t>att</w:t>
+      </w:r>
+      <w:r w:rsidR="001C75AA">
+        <w:t>, mot ekonomisk ersättning,</w:t>
+      </w:r>
+      <w:r w:rsidR="006849F2">
+        <w:t xml:space="preserve"> bemanna </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006849F2">
+        <w:t>fyra stycken</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006849F2">
+        <w:t xml:space="preserve"> kiosker när</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ÖSK </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fotboll herr</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5FEA">
+        <w:t>har hemmamatcher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB52541" w14:textId="2C22CFCE" w:rsidR="001C75AA" w:rsidRDefault="001C75AA" w:rsidP="00435B71">
+      <w:r>
+        <w:t>Varje kiosk ska bemannas med en vuxen och en ungdom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EE4ECD" w14:textId="69D3D726" w:rsidR="0072073D" w:rsidRDefault="00FE578D" w:rsidP="00435B71">
+      <w:hyperlink r:id="rId6" w:anchor="gid=0" w:history="1">
         <w:r w:rsidRPr="00FE578D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Länk till dokument att fylla i vem som kan stå vid de olika matcherna</w:t>
+          <w:t>Länk till dokument att fyll</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FE578D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FE578D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> i vem som kan stå vid de olika matcherna</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A020806" w14:textId="5D777D75" w:rsidR="008732A9" w:rsidRDefault="008732A9" w:rsidP="00435B71">
-[...11 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3171BA06" w14:textId="77777777" w:rsidR="004B5556" w:rsidRPr="00435B71" w:rsidRDefault="004B5556" w:rsidP="004B5556">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435B71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resa till Kroatien</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FA456E" w14:textId="77777777" w:rsidR="004B5556" w:rsidRDefault="004B5556" w:rsidP="004B5556">
       <w:r>
         <w:t xml:space="preserve">Sommaren 2027 kommer hela laget göra en handbollsresa till Kroatien. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A148D7" w14:textId="0CA209F3" w:rsidR="00B22E78" w:rsidRDefault="00B22E78" w:rsidP="004B5556">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -618,63 +652,94 @@
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B22E78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Swi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22E78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>hnummer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1385936F" w14:textId="066C53B7" w:rsidR="00B22E78" w:rsidRPr="00B22E78" w:rsidRDefault="00B22E78" w:rsidP="004B5556">
+    <w:p w14:paraId="1385936F" w14:textId="066C53B7" w:rsidR="00B22E78" w:rsidRDefault="00B22E78" w:rsidP="004B5556">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Swishnumret</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> till lagets konto är 123 359 00 80.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB798E8" w14:textId="77777777" w:rsidR="004B5556" w:rsidRPr="0072073D" w:rsidRDefault="004B5556" w:rsidP="00435B71"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00435B71">
+    <w:p w14:paraId="32EF18F0" w14:textId="5E5D1958" w:rsidR="0041535B" w:rsidRDefault="0041535B" w:rsidP="004B5556">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041535B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Google Drive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD05CE3" w14:textId="2E2205DE" w:rsidR="00435B71" w:rsidRPr="00032BFD" w:rsidRDefault="0041535B" w:rsidP="00435B71">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="0041535B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Länk till Google drive med diverse filer</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="00435B71" w:rsidRPr="00032BFD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1458,119 +1523,130 @@
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1451241425">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="635179765">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="543561513">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1472212713">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="334455238">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="119032107">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E11C32"/>
+    <w:rsid w:val="00032BFD"/>
     <w:rsid w:val="0011096B"/>
+    <w:rsid w:val="001C75AA"/>
     <w:rsid w:val="00200F72"/>
     <w:rsid w:val="002072B2"/>
     <w:rsid w:val="002342ED"/>
     <w:rsid w:val="00266F42"/>
     <w:rsid w:val="0028364E"/>
     <w:rsid w:val="002B648D"/>
     <w:rsid w:val="003269C0"/>
     <w:rsid w:val="003C6B00"/>
     <w:rsid w:val="003D220F"/>
     <w:rsid w:val="0040330A"/>
+    <w:rsid w:val="0041535B"/>
     <w:rsid w:val="00435B71"/>
     <w:rsid w:val="0046232F"/>
     <w:rsid w:val="004B5556"/>
     <w:rsid w:val="004C0E4B"/>
     <w:rsid w:val="005242C8"/>
     <w:rsid w:val="005B0DE6"/>
     <w:rsid w:val="005B2A03"/>
     <w:rsid w:val="006477D3"/>
     <w:rsid w:val="0065562C"/>
+    <w:rsid w:val="006849F2"/>
     <w:rsid w:val="006C0C54"/>
     <w:rsid w:val="006C0C93"/>
+    <w:rsid w:val="006D5122"/>
     <w:rsid w:val="0072073D"/>
     <w:rsid w:val="00730D86"/>
     <w:rsid w:val="007861AC"/>
     <w:rsid w:val="007A04A0"/>
     <w:rsid w:val="007D2747"/>
     <w:rsid w:val="008732A9"/>
     <w:rsid w:val="00881787"/>
     <w:rsid w:val="008C51F0"/>
     <w:rsid w:val="009069FD"/>
     <w:rsid w:val="009465DF"/>
     <w:rsid w:val="00972095"/>
+    <w:rsid w:val="00A14CF7"/>
     <w:rsid w:val="00A42582"/>
+    <w:rsid w:val="00A537AA"/>
     <w:rsid w:val="00A94C74"/>
     <w:rsid w:val="00AD2ED0"/>
     <w:rsid w:val="00AE7DD3"/>
     <w:rsid w:val="00AF3F0C"/>
     <w:rsid w:val="00B22E78"/>
     <w:rsid w:val="00B96F30"/>
     <w:rsid w:val="00C4288A"/>
     <w:rsid w:val="00D15862"/>
     <w:rsid w:val="00D54DA6"/>
     <w:rsid w:val="00D80934"/>
+    <w:rsid w:val="00D80EB2"/>
     <w:rsid w:val="00D87E6A"/>
     <w:rsid w:val="00D9580C"/>
     <w:rsid w:val="00DA127F"/>
+    <w:rsid w:val="00DF00A6"/>
     <w:rsid w:val="00E02B9B"/>
     <w:rsid w:val="00E03F1B"/>
     <w:rsid w:val="00E11C32"/>
     <w:rsid w:val="00E31E1D"/>
     <w:rsid w:val="00E55C76"/>
+    <w:rsid w:val="00E73A4B"/>
     <w:rsid w:val="00FA3251"/>
     <w:rsid w:val="00FB2B35"/>
     <w:rsid w:val="00FE578D"/>
+    <w:rsid w:val="00FF5FEA"/>
     <w:rsid w:val="00FF6486"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2545,63 +2621,75 @@
     <w:rsid w:val="005242C8"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE578D"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE578D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A537AA"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/spreadsheets/d/1Y18VEB6WW3eFCyt6zKMs1aVRMcrVkRZvqn6hz_FREcE/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1WFMWsw_yEmmHxoYbPhEin9HiqUM6roT_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/spreadsheets/d/1Y18VEB6WW3eFCyt6zKMs1aVRMcrVkRZvqn6hz_FREcE/edit?gid=0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2866,75 +2954,75 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a967b6a-3783-47cf-8fdb-0b1118f65e05}" enabled="1" method="Standard" siteId="{aece5b19-8227-4c27-8218-1aea120ec062}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>327</Words>
-  <Characters>1739</Characters>
+  <Words>328</Words>
+  <Characters>1740</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2062</CharactersWithSpaces>
+  <CharactersWithSpaces>2064</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lagerson Malin, Regionservice Verks stöd IT o Digital</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7a967b6a-3783-47cf-8fdb-0b1118f65e05_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>