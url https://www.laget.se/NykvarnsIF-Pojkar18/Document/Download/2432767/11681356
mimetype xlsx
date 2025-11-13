--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,130 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://orienteringse-my.sharepoint.com/personal/marcus_kax_fromholz_friidrott_se/Documents/Dokument/Privat, GUF m.m/Nykvarns IF/P18/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="24" documentId="8_{538F0923-B587-4620-8000-A60AF1B75FA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E8C5680B-EFA2-4FB2-A0DE-916DB9F9398E}"/>
+  <xr:revisionPtr revIDLastSave="32" documentId="8_{538F0923-B587-4620-8000-A60AF1B75FA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6230B26D-0FDA-4894-AB6E-3B33CCFFC7A7}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sida 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="70">
   <si>
     <t>Förnamn</t>
   </si>
   <si>
     <t>Efternamn</t>
   </si>
   <si>
     <t xml:space="preserve">Alvin </t>
   </si>
   <si>
     <t>Malmqvist</t>
   </si>
   <si>
     <t xml:space="preserve">An Khoi </t>
   </si>
   <si>
     <t>Hoang</t>
   </si>
   <si>
     <t>Arvid</t>
   </si>
   <si>
     <t>Swedin</t>
   </si>
   <si>
-    <t xml:space="preserve">Axel </t>
-[...1 lines deleted...]
-  <si>
     <t>Brodin</t>
   </si>
   <si>
     <t>Carl</t>
   </si>
   <si>
     <t>Lorichs</t>
   </si>
   <si>
     <t>Charlie</t>
   </si>
   <si>
     <t>Svanqvist</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>Shafo</t>
   </si>
   <si>
     <t>Dylin</t>
   </si>
   <si>
     <t>Jansson</t>
   </si>
   <si>
     <t>Edvard</t>
   </si>
   <si>
     <t>Åberg</t>
   </si>
   <si>
-    <t>Elliot</t>
-[...1 lines deleted...]
-  <si>
     <t>Nordin</t>
   </si>
   <si>
     <t xml:space="preserve">Elliot </t>
   </si>
   <si>
     <t>Edvinsson</t>
   </si>
   <si>
     <t>Emil</t>
   </si>
   <si>
     <t>Eckerwall</t>
   </si>
   <si>
     <t>Frans</t>
   </si>
   <si>
     <t>Bobäck</t>
   </si>
   <si>
     <t>Gustaf</t>
   </si>
   <si>
     <t>Haavisto</t>
@@ -168,53 +162,50 @@
   <si>
     <t>Noah</t>
   </si>
   <si>
     <t>Cederlöf</t>
   </si>
   <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Herrala</t>
   </si>
   <si>
     <t>Oliwer</t>
   </si>
   <si>
     <t>Sjöberg</t>
   </si>
   <si>
     <t>Oscar</t>
   </si>
   <si>
     <t>von Friedrichs</t>
   </si>
   <si>
-    <t xml:space="preserve">Theo </t>
-[...1 lines deleted...]
-  <si>
     <t>Karkiainen</t>
   </si>
   <si>
     <t>Theodor</t>
   </si>
   <si>
     <t>Hallén</t>
   </si>
   <si>
     <t>Valter</t>
   </si>
   <si>
     <t>Prestberg</t>
   </si>
   <si>
     <t>Walter</t>
   </si>
   <si>
     <t>Mineur</t>
   </si>
   <si>
     <t>Walther</t>
   </si>
   <si>
     <t>Kax Fromholz</t>
@@ -229,50 +220,56 @@
     <t>Lör 6 dec</t>
   </si>
   <si>
     <t>Sön 7 dec</t>
   </si>
   <si>
     <t>kl. 9-16</t>
   </si>
   <si>
     <t>kl. 10-17:30</t>
   </si>
   <si>
     <t>6 dec; 9-12:30</t>
   </si>
   <si>
     <t>6 dec; 12:30-16</t>
   </si>
   <si>
     <t>7 dec; 10-14</t>
   </si>
   <si>
     <t>7 dec; 14-17:30</t>
   </si>
   <si>
     <t>Datum + tid funktionärstjänst</t>
+  </si>
+  <si>
+    <t>Axel</t>
+  </si>
+  <si>
+    <t>Theo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -402,87 +399,86 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -783,367 +779,367 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H9" sqref="H9"/>
+      <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.90625" customWidth="1"/>
     <col min="2" max="2" width="18.1796875" customWidth="1"/>
     <col min="3" max="3" width="27.6328125" customWidth="1"/>
     <col min="5" max="5" width="11.1796875" customWidth="1"/>
     <col min="6" max="6" width="12.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="11" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="E2" s="36">
+        <v>63</v>
+      </c>
+      <c r="E2" s="35">
         <v>2025</v>
       </c>
-      <c r="F2" s="35"/>
+      <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="12" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C3" s="13" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E3" s="33" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F3" s="33" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" s="23" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E4" s="34" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F4" s="33" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="26" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="15" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="20" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="29" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="16" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C9" s="17" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="30" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B10" s="31" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C10" s="32" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="24" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C11" s="26" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="18" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" s="19" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13" s="20" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
     </row>
     <row r="17" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F17" s="4"/>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A28" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A29" s="5" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A30" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A31" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sida 1</vt:lpstr>