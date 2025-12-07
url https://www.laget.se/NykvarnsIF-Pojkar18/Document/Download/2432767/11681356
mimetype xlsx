--- v1 (2025-11-13)
+++ v2 (2025-12-07)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://orienteringse-my.sharepoint.com/personal/marcus_kax_fromholz_friidrott_se/Documents/Dokument/Privat, GUF m.m/Nykvarns IF/P18/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="32" documentId="8_{538F0923-B587-4620-8000-A60AF1B75FA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6230B26D-0FDA-4894-AB6E-3B33CCFFC7A7}"/>
+  <xr:revisionPtr revIDLastSave="54" documentId="8_{538F0923-B587-4620-8000-A60AF1B75FA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7BDFAC95-2FC3-4DD5-AA4B-2952D5CAB96F}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sida 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="70">
   <si>
     <t>Förnamn</t>
   </si>
   <si>
     <t>Efternamn</t>
   </si>
   <si>
     <t xml:space="preserve">Alvin </t>
   </si>
   <si>
     <t>Malmqvist</t>
   </si>
   <si>
@@ -201,75 +201,75 @@
   <si>
     <t>Walter</t>
   </si>
   <si>
     <t>Mineur</t>
   </si>
   <si>
     <t>Walther</t>
   </si>
   <si>
     <t>Kax Fromholz</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Lör 6 dec</t>
   </si>
   <si>
     <t>Sön 7 dec</t>
   </si>
   <si>
-    <t>kl. 9-16</t>
-[...1 lines deleted...]
-  <si>
     <t>kl. 10-17:30</t>
   </si>
   <si>
-    <t>6 dec; 9-12:30</t>
-[...4 lines deleted...]
-  <si>
     <t>7 dec; 10-14</t>
   </si>
   <si>
     <t>7 dec; 14-17:30</t>
   </si>
   <si>
     <t>Datum + tid funktionärstjänst</t>
   </si>
   <si>
     <t>Axel</t>
   </si>
   <si>
     <t>Theo</t>
+  </si>
+  <si>
+    <t>6 dec; 9-11:30</t>
+  </si>
+  <si>
+    <t>6 dec; 11:30-14:30</t>
+  </si>
+  <si>
+    <t>kl. 9-14:30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -779,219 +779,219 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C22" sqref="C22"/>
+      <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.90625" customWidth="1"/>
     <col min="2" max="2" width="18.1796875" customWidth="1"/>
     <col min="3" max="3" width="27.6328125" customWidth="1"/>
     <col min="5" max="5" width="11.1796875" customWidth="1"/>
     <col min="6" max="6" width="12.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="11" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E2" s="35">
         <v>2025</v>
       </c>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C3" s="13" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E3" s="33" t="s">
         <v>59</v>
       </c>
       <c r="F3" s="33" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="21" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="23" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E4" s="34" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" s="33" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="24" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="26" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="15" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="20" t="s">
-        <v>64</v>
+      <c r="C7" s="15" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="27" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="28" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="29" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="16" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="17" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="30" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="32" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="24" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B11" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="26" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="19" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="20" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>