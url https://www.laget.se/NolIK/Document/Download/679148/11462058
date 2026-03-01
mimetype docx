--- v0 (2025-10-22)
+++ v1 (2026-03-01)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="59743AB8" w14:textId="03BF5B78" w:rsidR="00064A39" w:rsidRPr="001E791E" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
@@ -185,94 +186,91 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Lägga i ett kuvert märkt med lagets namn och summa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6755D4F4" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Placera i den låsta brevlådan i caféförrådet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BF3A3D" w14:textId="695D1CBA" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+    <w:p w14:paraId="6FFC969D" w14:textId="77777777" w:rsidR="00965F7D" w:rsidRPr="00965F7D" w:rsidRDefault="00064A39" w:rsidP="005B457C">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00064A39">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965F7D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Notera på listan bredvid brevlådan vem som tar över kassa och nycklar.</w:t>
       </w:r>
-      <w:r w:rsidR="005A7366">
-[...6 lines deleted...]
-    <w:p w14:paraId="2D2A3B62" w14:textId="62D790A5" w:rsidR="00064A39" w:rsidRPr="001E791E" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+    </w:p>
+    <w:p w14:paraId="2D2A3B62" w14:textId="64BADEA7" w:rsidR="00064A39" w:rsidRPr="00965F7D" w:rsidRDefault="00064A39" w:rsidP="00965F7D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00064A39">
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965F7D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid frågor kontakta </w:t>
       </w:r>
-      <w:r w:rsidRPr="001E791E">
+      <w:r w:rsidRPr="00965F7D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>kassör Johan Norman på 0707-636 30 70.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46025877" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0142F0F8" w14:textId="105E2D3D" w:rsidR="00064A39" w:rsidRPr="001E791E" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
@@ -390,315 +388,348 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Domaren erbjuds gratis fika.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="705CB5CC" w14:textId="77777777" w:rsidR="003B48F3" w:rsidRDefault="003B48F3" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E4F480B" w14:textId="2FB75470" w:rsidR="00064A39" w:rsidRPr="001E791E" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+    <w:p w14:paraId="55D3253A" w14:textId="77777777" w:rsidR="00FB349C" w:rsidRDefault="00064A39" w:rsidP="00965F7D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E791E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-SE"/>
         </w:rPr>
         <w:t>HYGIENRUTINER</w:t>
       </w:r>
-      <w:r w:rsidR="003B48F3">
+    </w:p>
+    <w:p w14:paraId="428BDB3C" w14:textId="12E7DA8A" w:rsidR="00064A39" w:rsidRPr="00965F7D" w:rsidRDefault="00064A39" w:rsidP="006B1CD6">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-SE"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-    <w:p w14:paraId="428BDB3C" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+      </w:pPr>
+      <w:r w:rsidRPr="00064A39">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Använd handskar, handsprit och tvål (finns i förrådet).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6675C6" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Använd handskar, handsprit och tvål (finns i förrådet).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A6675C6" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+        <w:t>Tvätta händerna innan och under cafépasset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F37B235" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E311FCE" w14:textId="59EE986C" w:rsidR="006B1CD6" w:rsidRDefault="00064A39" w:rsidP="006B1CD6">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E791E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ÖPPNINGSRUTINER</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54A30">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E3AFE7" w14:textId="44B867D6" w:rsidR="00F37DE1" w:rsidRPr="00D54A30" w:rsidRDefault="00227138" w:rsidP="006B1CD6">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54A30">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Drickorna står kvar i </w:t>
+      </w:r>
+      <w:r w:rsidR="006062DC" w:rsidRPr="00D54A30">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>café</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54A30">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>förrådet övrigt godis står i rummet innanför kontoret</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6D755B" w14:textId="2F0FDA29" w:rsidR="00064A39" w:rsidRPr="00FB349C" w:rsidRDefault="00064A39" w:rsidP="006B1CD6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-        </w:rPr>
-[...25 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E791E">
-[...18 lines deleted...]
-    <w:p w14:paraId="6C6D755B" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+      <w:r w:rsidRPr="00EC6C3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Starta kaffe enligt instruktioner på plats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3C09A9" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Starta kaffe enligt instruktioner på plats.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E3C09A9" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+        <w:t>Starta vattenkokaren för tevatten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204B7DED" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Starta vattenkokaren för tevatten.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="204B7DED" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+        <w:t>Fyll på försäljningsdisken med varor från förrådet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2AA54C" w14:textId="01FB4AE8" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Fyll på försäljningsdisken med varor från förrådet.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B2AA54C" w14:textId="01FB4AE8" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+        <w:t>Ställ fram engångsmuggar, servetter, socker</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60672">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>, mjölk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6C3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och tepåsar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1410EC" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Ställ fram engångsmuggar, servetter, socker</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="7E1410EC" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+        <w:t>Plocka fram hembakat fika (kolla i kylen efter kvarvarande kakor).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F79D0C" w14:textId="77777777" w:rsidR="00D2256F" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Plocka fram hembakat fika (kolla i kylen efter kvarvarande kakor).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="45F79D0C" w14:textId="77777777" w:rsidR="00D2256F" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="001E730E">
+        <w:t>Se till att drickakylen är påfylld.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A153E2" w14:textId="7C12E84E" w:rsidR="001E730E" w:rsidRPr="00EC6C3D" w:rsidRDefault="001E730E" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Se till att drickakylen är påfylld.</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Korv och bröd ska finnas vid A-lagsmatcher och poolsammandrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="301BCC0F" w14:textId="77777777" w:rsidR="001E730E" w:rsidRPr="00EC6C3D" w:rsidRDefault="001E730E" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Korv finns i kyl/frys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="357035D0" w14:textId="457F1CD3" w:rsidR="001E730E" w:rsidRPr="00EC6C3D" w:rsidRDefault="001E730E" w:rsidP="001E730E">
       <w:pPr>
@@ -888,69 +919,81 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Vattenkokare finns i boden, ta med en vattendunk ut.</w:t>
       </w:r>
       <w:r w:rsidR="005E0A33">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Så även spelarna kan fylla </w:t>
       </w:r>
       <w:r w:rsidR="00CE5C25">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>vatten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C89454B" w14:textId="04EADEDB" w:rsidR="002111EC" w:rsidRPr="00BB3B61" w:rsidRDefault="002111EC" w:rsidP="00BB3B61">
+    <w:p w14:paraId="2C89454B" w14:textId="52C27D5E" w:rsidR="002111EC" w:rsidRPr="00BB3B61" w:rsidRDefault="002111EC" w:rsidP="00BB3B61">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Fyll kylen med drickor</w:t>
       </w:r>
+      <w:r w:rsidR="001E1D3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( datumordning</w:t>
+      </w:r>
+      <w:r w:rsidR="00120F30">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="18DC5715" w14:textId="7BFA4B81" w:rsidR="005A0CA7" w:rsidRDefault="002111EC" w:rsidP="00233B8F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Ta med godis/chips/ hembakt, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000A2C75">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
@@ -1048,532 +1091,577 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>och boden. Skulle glass vara slut i boden, hämta i klubbhuset</w:t>
       </w:r>
       <w:r w:rsidR="00A73A38" w:rsidRPr="00174264">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77847E4C" w14:textId="77777777" w:rsidR="00174264" w:rsidRDefault="00174264" w:rsidP="00E037CD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53C1D40E" w14:textId="30EE167B" w:rsidR="00E037CD" w:rsidRDefault="00FE22F0" w:rsidP="00174264">
+    <w:p w14:paraId="35A21598" w14:textId="77777777" w:rsidR="006B1CD6" w:rsidRDefault="006B1CD6" w:rsidP="00174264">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C1D40E" w14:textId="6570DB83" w:rsidR="00E037CD" w:rsidRDefault="00FE22F0" w:rsidP="00174264">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E730E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-SE"/>
         </w:rPr>
         <w:t>STÄNGNINGSRUTINER</w:t>
       </w:r>
       <w:r w:rsidR="00174264">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-SE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319FD88C" w14:textId="61D2E278" w:rsidR="00FE22F0" w:rsidRPr="000C4A02" w:rsidRDefault="000C4A02" w:rsidP="00E037CD">
+    <w:p w14:paraId="4E19D797" w14:textId="77777777" w:rsidR="00C116AE" w:rsidRDefault="000C4A02" w:rsidP="00C116AE">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C4A02">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>HEMBAKAT/FIKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBF65AA" w14:textId="77777777" w:rsidR="00223566" w:rsidRDefault="00FE22F0" w:rsidP="00223566">
+    <w:p w14:paraId="3E8827C0" w14:textId="77777777" w:rsidR="00C116AE" w:rsidRDefault="00FE22F0" w:rsidP="00C116AE">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC6C3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Hembakt över? Lägg i fryspåse med datum och lägg i frysen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD3FFD0" w14:textId="47B67A8C" w:rsidR="00CE4B8A" w:rsidRDefault="00FE22F0" w:rsidP="00A55E2A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4B8A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Har ni tinat kakor som blivit över:  Om caféet öppnar inom tre dagar sparas det annars ta med hem</w:t>
+      </w:r>
+      <w:r w:rsidR="00976149">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C73E0C9" w14:textId="097078B9" w:rsidR="00384F24" w:rsidRPr="00CE4B8A" w:rsidRDefault="000C4A02" w:rsidP="00CE4B8A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4B8A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>KORV/KORVBRÖ</w:t>
+      </w:r>
+      <w:r w:rsidR="00384F24" w:rsidRPr="00CE4B8A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFA4EDE" w14:textId="77777777" w:rsidR="00384F24" w:rsidRDefault="00FE22F0" w:rsidP="00384F24">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Hembakt över? Lägg i fryspåse med datum och lägg i frysen.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3AD3FFD0" w14:textId="6FC1CCF9" w:rsidR="00CE4B8A" w:rsidRDefault="00FE22F0" w:rsidP="00CE4B8A">
+        <w:t>Kokt korv över? Ät upp eller släng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2434E8C3" w14:textId="1EBF8019" w:rsidR="00562BBB" w:rsidRDefault="00FE22F0" w:rsidP="006B1ED9">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>KORV/KORVBRÖ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00384F24" w:rsidRPr="00CE4B8A">
+      </w:pPr>
+      <w:r w:rsidRPr="00384F24">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Tinad korv/bröd: Om caféet öppnar inom tre dagar lägg i kylen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6716E74B" w14:textId="6D22AA27" w:rsidR="006B1ED9" w:rsidRPr="006B1ED9" w:rsidRDefault="006B1ED9" w:rsidP="00E037CD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EFA4EDE" w14:textId="77777777" w:rsidR="00384F24" w:rsidRDefault="00FE22F0" w:rsidP="00384F24">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DRICKOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5954D18C" w14:textId="77777777" w:rsidR="00205530" w:rsidRPr="00205530" w:rsidRDefault="00FE22F0" w:rsidP="009945F8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC6C3D">
-[...6 lines deleted...]
-    <w:p w14:paraId="2434E8C3" w14:textId="1EBF8019" w:rsidR="00562BBB" w:rsidRDefault="00FE22F0" w:rsidP="006B1ED9">
+      <w:r w:rsidRPr="00384F24">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Fyll på drickakylen inför nästa cafépass</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1ED9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E4A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>I boden behövs inte fyllas upp helt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27720977" w14:textId="1F060FFE" w:rsidR="009945F8" w:rsidRPr="00DF5D4B" w:rsidRDefault="00BD0E4A" w:rsidP="009945F8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00384F24">
-[...6 lines deleted...]
-    <w:p w14:paraId="6716E74B" w14:textId="6D22AA27" w:rsidR="006B1ED9" w:rsidRPr="006B1ED9" w:rsidRDefault="006B1ED9" w:rsidP="00E037CD">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Tänk på att</w:t>
+      </w:r>
+      <w:r w:rsidR="00910385">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ta i rätt datumordning, längs fram/upp först</w:t>
+      </w:r>
+      <w:r w:rsidR="00776CC2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5D4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C21CCC3" w14:textId="02686AE2" w:rsidR="00DF5D4B" w:rsidRPr="004B2FB5" w:rsidRDefault="004B2FB5" w:rsidP="004B2FB5">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004B2FB5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DRICKOR</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5954D18C" w14:textId="77777777" w:rsidR="00205530" w:rsidRPr="00205530" w:rsidRDefault="00FE22F0" w:rsidP="009945F8">
+        <w:t>GODIS/ENGÅNGSARTIKLAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F52DCA" w14:textId="4993A0CB" w:rsidR="009945F8" w:rsidRPr="009945F8" w:rsidRDefault="00FE22F0" w:rsidP="009945F8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00384F24">
-[...18 lines deleted...]
-    <w:p w14:paraId="27720977" w14:textId="1F060FFE" w:rsidR="009945F8" w:rsidRPr="00DF5D4B" w:rsidRDefault="00BD0E4A" w:rsidP="009945F8">
+      <w:r w:rsidRPr="009945F8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Plocka undan varor och engångsartiklar (allt ska låsas in)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5D4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225D9131" w14:textId="77777777" w:rsidR="006C19E6" w:rsidRDefault="00084F55" w:rsidP="006C19E6">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C19E6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>STÄD</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE22F0" w:rsidRPr="006C19E6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319BF37E" w14:textId="77777777" w:rsidR="006C19E6" w:rsidRPr="006C19E6" w:rsidRDefault="00FE22F0" w:rsidP="004D4769">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...45 lines deleted...]
-    <w:p w14:paraId="22F52DCA" w14:textId="4993A0CB" w:rsidR="009945F8" w:rsidRPr="009945F8" w:rsidRDefault="00FE22F0" w:rsidP="009945F8">
+      <w:r w:rsidRPr="006C19E6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Torka bänkar, bord och stolar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B65BB57" w14:textId="7F8522FB" w:rsidR="00084F55" w:rsidRPr="006C19E6" w:rsidRDefault="00FE22F0" w:rsidP="004D4769">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009945F8">
-[...22 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="006C19E6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:p w14:paraId="319BF37E" w14:textId="77777777" w:rsidR="006C19E6" w:rsidRPr="006C19E6" w:rsidRDefault="00FE22F0" w:rsidP="004D4769">
+        </w:rPr>
+        <w:t>Sopa golvet och ställ i ordning möbler.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3189BCF1" w14:textId="77777777" w:rsidR="00084F55" w:rsidRDefault="00FE22F0" w:rsidP="00084F55">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C19E6">
-[...6 lines deleted...]
-    <w:p w14:paraId="4B65BB57" w14:textId="7F8522FB" w:rsidR="00084F55" w:rsidRPr="006C19E6" w:rsidRDefault="00FE22F0" w:rsidP="004D4769">
+      <w:r w:rsidRPr="00084F55">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Töm sopor och matavfall. Vid behov töm alla soppåsar runt om anläggningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573FE503" w14:textId="12C184B4" w:rsidR="00084F55" w:rsidRPr="008B0C36" w:rsidRDefault="00FE22F0" w:rsidP="00084F55">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C19E6">
-[...6 lines deleted...]
-    <w:p w14:paraId="3189BCF1" w14:textId="77777777" w:rsidR="00084F55" w:rsidRDefault="00FE22F0" w:rsidP="00084F55">
+      <w:r w:rsidRPr="00084F55">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Töm pant och panta så går det till ert lag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4009E7ED" w14:textId="3611E3A6" w:rsidR="008B0C36" w:rsidRDefault="008B0C36" w:rsidP="00084F55">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00084F55">
-[...6 lines deleted...]
-    <w:p w14:paraId="573FE503" w14:textId="77777777" w:rsidR="00084F55" w:rsidRDefault="00FE22F0" w:rsidP="00084F55">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Ta med tomkartonger och slän</w:t>
+      </w:r>
+      <w:r w:rsidR="00894028">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>g på återvinningen</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED037B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894028">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>(inte på Nol IK)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465B128C" w14:textId="77777777" w:rsidR="00084F55" w:rsidRDefault="00FE22F0" w:rsidP="00084F55">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084F55">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Töm pant och förvara i tvättstugan eller panta så går det till ert lag.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="465B128C" w14:textId="77777777" w:rsidR="00084F55" w:rsidRDefault="00FE22F0" w:rsidP="00084F55">
+        <w:t>Diska och ställ tillbaka använda redskap.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B024FA" w14:textId="77777777" w:rsidR="001F58C3" w:rsidRDefault="00FE22F0" w:rsidP="001F58C3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00084F55">
-[...20 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00CE4B8A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Ta in caféskylt, flaggor och skyltar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4731ADB3" w14:textId="7B597A27" w:rsidR="00A63EF0" w:rsidRPr="001F58C3" w:rsidRDefault="00A63EF0" w:rsidP="001F58C3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F58C3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1641,70 +1729,76 @@
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LÅS OCH LAR</w:t>
       </w:r>
       <w:r w:rsidR="006C19E6" w:rsidRPr="00125640">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00125640">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>A KLUBBHUSET</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBCB268" w14:textId="58B07FEE" w:rsidR="00FE22F0" w:rsidRPr="00575A4B" w:rsidRDefault="00FE22F0" w:rsidP="00575A4B">
+    <w:p w14:paraId="4DBCB268" w14:textId="42544E9D" w:rsidR="00FE22F0" w:rsidRPr="00575A4B" w:rsidRDefault="00614191" w:rsidP="00575A4B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC6C3D">
-[...3 lines deleted...]
-        <w:t>Prata med tränaren som haft matchen att de får vänta till ni är klara så de får låsa och larma klubbstugan.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Om ni skulle vara sist från klubbhuset släck alla ljus i skåpet ovanför so</w:t>
+      </w:r>
+      <w:r w:rsidR="001106EC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>ffan. Se till att allt är stängt. Instruktioner för larmning finns i kassaskrinet eller prata med ledaren som har haft matchen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EDDD87D" w14:textId="77777777" w:rsidR="00575A4B" w:rsidRDefault="00FE22F0" w:rsidP="00575A4B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C19E6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ÖVERLÄMNING TILL NÄSTA LAG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="194788CA" w14:textId="77777777" w:rsidR="00575A4B" w:rsidRDefault="00FE22F0" w:rsidP="00575A4B">
       <w:pPr>
@@ -1765,51 +1859,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="301651F8" w14:textId="77777777" w:rsidR="00575A4B" w:rsidRDefault="00FE22F0" w:rsidP="00575A4B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575A4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Skriv upp nästa ansvariga på listan bredvid brevlådan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB49694" w14:textId="568985F9" w:rsidR="00064A39" w:rsidRPr="00B340E5" w:rsidRDefault="00FE22F0" w:rsidP="006D3FC6">
+    <w:p w14:paraId="3EB49694" w14:textId="4DB8F7BF" w:rsidR="00064A39" w:rsidRPr="00B340E5" w:rsidRDefault="00FE22F0" w:rsidP="006D3FC6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B340E5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Använd kontaktlistan i caféet för att kontakta nästa lag vid behov.</w:t>
       </w:r>
       <w:r w:rsidR="00B340E5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:br/>
@@ -1823,52 +1917,94 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00B340E5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Om något börjar ta slut, skriv upp det med datum på whiteboardtavlan i förrådet.</w:t>
       </w:r>
       <w:r w:rsidR="00B340E5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B340E5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Vid frågor kontakta caféansvarig Maria Houshmand på 0707–791688</w:t>
-      </w:r>
+        <w:t>Vid frågor kontakta caféansvarig</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55E2A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Sandra </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1D4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Börjesson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B340E5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E1D4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0739</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3AEA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-624594</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00064A39" w:rsidRPr="00B340E5" w:rsidSect="003B48F3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="567" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:left w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:right w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -2534,50 +2670,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CC73920"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7AC42C3A"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21045000"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A546DD04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2646,51 +2895,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F0B656F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D4A7042"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2759,51 +3008,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31B41122"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00A04D06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2908,51 +3157,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32A50FAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5576FF02"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3057,51 +3306,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34C65240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8581970"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3170,51 +3419,164 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="365C318A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="923A386E"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A325B73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08C6D55E"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3283,54 +3645,54 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C541791"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9A80BE86"/>
+    <w:tmpl w:val="1360B540"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
@@ -3396,51 +3758,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="570D4C13"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="93665504"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3545,51 +3907,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AA40B11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B8AA4DE"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3658,51 +4020,164 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F160CFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEC270A8"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67A323D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE3EC7FC"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3771,51 +4246,164 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70B2221A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAD49C7A"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A833788"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB2ACCFA"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3885,204 +4473,237 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1479879371">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1870490233">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1015423534">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="463087709">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1424494594">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="614678662">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="783042286">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="377554996">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1158837771">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1868177915">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="153843113">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1644113258">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="373773355">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1158837771">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="14" w16cid:durableId="625045529">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="95945871">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="274291752">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1504248434">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1041323516">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="516890012">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="541408851">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00064A39"/>
     <w:rsid w:val="00034859"/>
     <w:rsid w:val="00064A39"/>
+    <w:rsid w:val="0008067A"/>
     <w:rsid w:val="00084F55"/>
     <w:rsid w:val="000A2C75"/>
     <w:rsid w:val="000B6CB4"/>
     <w:rsid w:val="000C4A02"/>
+    <w:rsid w:val="000E1D4B"/>
+    <w:rsid w:val="001106EC"/>
+    <w:rsid w:val="00120F30"/>
     <w:rsid w:val="00125640"/>
     <w:rsid w:val="00143596"/>
     <w:rsid w:val="00174264"/>
     <w:rsid w:val="001C4C07"/>
+    <w:rsid w:val="001E1D3E"/>
     <w:rsid w:val="001E730E"/>
     <w:rsid w:val="001E791E"/>
     <w:rsid w:val="001F58C3"/>
     <w:rsid w:val="00205530"/>
     <w:rsid w:val="002111EC"/>
     <w:rsid w:val="00223566"/>
+    <w:rsid w:val="00227138"/>
     <w:rsid w:val="00233B8F"/>
     <w:rsid w:val="00245183"/>
     <w:rsid w:val="002D694A"/>
     <w:rsid w:val="00310984"/>
     <w:rsid w:val="00384F24"/>
     <w:rsid w:val="003A2775"/>
     <w:rsid w:val="003A78F0"/>
     <w:rsid w:val="003B48F3"/>
     <w:rsid w:val="0045530F"/>
     <w:rsid w:val="0047792C"/>
     <w:rsid w:val="004B2FB5"/>
     <w:rsid w:val="004D608F"/>
     <w:rsid w:val="005263EA"/>
     <w:rsid w:val="00542261"/>
     <w:rsid w:val="00562BBB"/>
     <w:rsid w:val="00575A4B"/>
     <w:rsid w:val="005A0CA7"/>
     <w:rsid w:val="005A7366"/>
     <w:rsid w:val="005E0A33"/>
     <w:rsid w:val="005F2E8B"/>
+    <w:rsid w:val="006062DC"/>
+    <w:rsid w:val="00614191"/>
     <w:rsid w:val="006275A4"/>
+    <w:rsid w:val="006B1CD6"/>
     <w:rsid w:val="006B1ED9"/>
     <w:rsid w:val="006C19E6"/>
     <w:rsid w:val="006F5740"/>
     <w:rsid w:val="0070518A"/>
     <w:rsid w:val="00750010"/>
     <w:rsid w:val="00776CC2"/>
     <w:rsid w:val="007B7783"/>
     <w:rsid w:val="007C7875"/>
     <w:rsid w:val="007D682D"/>
+    <w:rsid w:val="00894028"/>
+    <w:rsid w:val="008B0C36"/>
     <w:rsid w:val="008B44EF"/>
     <w:rsid w:val="008C0923"/>
     <w:rsid w:val="008D04B2"/>
     <w:rsid w:val="008D6E30"/>
     <w:rsid w:val="008E06A6"/>
     <w:rsid w:val="00910385"/>
+    <w:rsid w:val="00965F7D"/>
     <w:rsid w:val="00976149"/>
     <w:rsid w:val="00977132"/>
     <w:rsid w:val="00982AC9"/>
     <w:rsid w:val="009945F8"/>
     <w:rsid w:val="00995A7C"/>
     <w:rsid w:val="009E2220"/>
     <w:rsid w:val="009F3A58"/>
     <w:rsid w:val="00A066AD"/>
+    <w:rsid w:val="00A55E2A"/>
     <w:rsid w:val="00A63EF0"/>
     <w:rsid w:val="00A73A38"/>
     <w:rsid w:val="00A8761C"/>
+    <w:rsid w:val="00AC3AEA"/>
     <w:rsid w:val="00B340E5"/>
     <w:rsid w:val="00B60672"/>
     <w:rsid w:val="00BB3B61"/>
     <w:rsid w:val="00BB76CF"/>
     <w:rsid w:val="00BC5A7F"/>
     <w:rsid w:val="00BD0E4A"/>
     <w:rsid w:val="00BD4D3D"/>
     <w:rsid w:val="00C10897"/>
+    <w:rsid w:val="00C116AE"/>
     <w:rsid w:val="00C856A7"/>
     <w:rsid w:val="00CE4081"/>
     <w:rsid w:val="00CE4B8A"/>
     <w:rsid w:val="00CE5C25"/>
     <w:rsid w:val="00D2256F"/>
     <w:rsid w:val="00D42386"/>
     <w:rsid w:val="00D477C3"/>
+    <w:rsid w:val="00D54A30"/>
+    <w:rsid w:val="00D74074"/>
     <w:rsid w:val="00DF5D4B"/>
     <w:rsid w:val="00E00DCA"/>
     <w:rsid w:val="00E037CD"/>
     <w:rsid w:val="00E054F5"/>
     <w:rsid w:val="00E202B2"/>
     <w:rsid w:val="00E66699"/>
     <w:rsid w:val="00EC6C3D"/>
+    <w:rsid w:val="00ED037B"/>
+    <w:rsid w:val="00F2272B"/>
     <w:rsid w:val="00F25347"/>
     <w:rsid w:val="00F34045"/>
+    <w:rsid w:val="00F37DE1"/>
     <w:rsid w:val="00F82830"/>
+    <w:rsid w:val="00FB349C"/>
     <w:rsid w:val="00FD1E9D"/>
     <w:rsid w:val="00FD4448"/>
     <w:rsid w:val="00FE22F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -5278,51 +5899,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1445808026">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5576,75 +6197,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32A55509-7968-45D9-98AE-73A86ED60C92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>548</Words>
-  <Characters>3129</Characters>
+  <Words>582</Words>
+  <Characters>3318</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3670</CharactersWithSpaces>
+  <CharactersWithSpaces>3893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maria Houshmand</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>