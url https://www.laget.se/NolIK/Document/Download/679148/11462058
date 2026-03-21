--- v1 (2026-03-01)
+++ v2 (2026-03-21)
@@ -1,45 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="59743AB8" w14:textId="03BF5B78" w:rsidR="00064A39" w:rsidRPr="001E791E" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E791E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ÖVERLÄMNING AV CAFÉKASSA OCH NYCKLAR</w:t>
@@ -456,127 +460,111 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Använd handskar, handsprit och tvål (finns i förrådet).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6675C6" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Tvätta händerna innan och under cafépasset.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F37B235" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00064A39" w:rsidRDefault="00064A39" w:rsidP="00064A39">
+    <w:p w14:paraId="0783A420" w14:textId="207BCCF5" w:rsidR="73AB735E" w:rsidRDefault="73AB735E" w:rsidP="73AB735E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E311FCE" w14:textId="59EE986C" w:rsidR="006B1CD6" w:rsidRDefault="00064A39" w:rsidP="006B1CD6">
+    <w:p w14:paraId="21E3AFE7" w14:textId="664C4A8D" w:rsidR="00F37DE1" w:rsidRDefault="00C03BE5" w:rsidP="006B1CD6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E791E">
+      <w:r w:rsidRPr="001E730E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ÖPPNINGSRUTINER</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D54A30">
+        <w:t xml:space="preserve">ÖPPNING </w:t>
+      </w:r>
+      <w:r w:rsidR="00544AEF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-    <w:p w14:paraId="21E3AFE7" w14:textId="44B867D6" w:rsidR="00F37DE1" w:rsidRPr="00D54A30" w:rsidRDefault="00227138" w:rsidP="006B1CD6">
+        <w:t>RUTINER AV CAF</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82EE0">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ET I KLUBBHUSET</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F171F1E" w14:textId="77777777" w:rsidR="00E82EE0" w:rsidRPr="00D54A30" w:rsidRDefault="00E82EE0" w:rsidP="006B1CD6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54A30">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6C6D755B" w14:textId="2F0FDA29" w:rsidR="00064A39" w:rsidRPr="00FB349C" w:rsidRDefault="00064A39" w:rsidP="006B1CD6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Starta kaffe enligt instruktioner på plats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3C09A9" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
@@ -649,68 +637,80 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> och tepåsar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1410EC" w14:textId="77777777" w:rsidR="00064A39" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="00064A39">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Plocka fram hembakat fika (kolla i kylen efter kvarvarande kakor).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F79D0C" w14:textId="77777777" w:rsidR="00D2256F" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="001E730E">
+    <w:p w14:paraId="45F79D0C" w14:textId="4EA4A193" w:rsidR="00D2256F" w:rsidRPr="00EC6C3D" w:rsidRDefault="00064A39" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Se till att drickakylen är påfylld.</w:t>
+        <w:t>Se till att drickakylen är påfylld</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0F9E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004F238A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>datumordning äldst längst fram)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A153E2" w14:textId="7C12E84E" w:rsidR="001E730E" w:rsidRPr="00EC6C3D" w:rsidRDefault="001E730E" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC6C3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Korv och bröd ska finnas vid A-lagsmatcher och poolsammandrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="301BCC0F" w14:textId="77777777" w:rsidR="001E730E" w:rsidRPr="00EC6C3D" w:rsidRDefault="001E730E" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
@@ -786,68 +786,68 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD1E9D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Kastrull och kokplatta hittar du i köket. Lägg i korv efter hand som de säljs. Korven får inte ligga i flera timmar. Vid servering måste korven vara över 60 grader</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD1E9D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E730E" w:rsidRPr="00FD1E9D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Förkläde och plasthandskar ska användas vid servering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06144778" w14:textId="11F079FA" w:rsidR="001E730E" w:rsidRDefault="001E730E" w:rsidP="001E730E">
+    <w:p w14:paraId="06144778" w14:textId="537516BA" w:rsidR="001E730E" w:rsidRDefault="001E730E" w:rsidP="001E730E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC5A7F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Placera caféskylt vid klubbhuset/caféboden</w:t>
+        <w:t>Placera caféskylt vid klubbhuset</w:t>
       </w:r>
       <w:r w:rsidR="001C4C07">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>, glassflaggor skall ut.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66699">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE14DF0" w14:textId="29031C79" w:rsidR="00E66699" w:rsidRPr="001E730E" w:rsidRDefault="00064A39" w:rsidP="007B7783">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E730E">
@@ -951,102 +951,162 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Fyll kylen med drickor</w:t>
       </w:r>
       <w:r w:rsidR="001E1D3E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ( datumordning</w:t>
       </w:r>
       <w:r w:rsidR="00120F30">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DC5715" w14:textId="7BFA4B81" w:rsidR="005A0CA7" w:rsidRDefault="002111EC" w:rsidP="00233B8F">
+    <w:p w14:paraId="39D0329C" w14:textId="77777777" w:rsidR="004F238A" w:rsidRDefault="002111EC" w:rsidP="00233B8F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Ta med godis/chips/ hembakt, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000A2C75">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>gorbys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003A78F0">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047792C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">panpizza, </w:t>
+        <w:t>panpizza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047792C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006275A4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>se prislistan vad som skal</w:t>
       </w:r>
       <w:r w:rsidR="0045530F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">l ut. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00064A39">
+        <w:t>l ut.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DC5715" w14:textId="4DF5B636" w:rsidR="005A0CA7" w:rsidRDefault="004F238A" w:rsidP="00233B8F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5A7F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Placera caféskylt</w:t>
+      </w:r>
+      <w:r w:rsidR="00010E86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>/glasskylt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5A7F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5A7F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>caféboden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>, glassflaggor skall ut.</w:t>
+      </w:r>
+      <w:r w:rsidR="0045530F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002111EC" w:rsidRPr="00064A39">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A7E63D" w14:textId="77777777" w:rsidR="0070518A" w:rsidRDefault="0070518A" w:rsidP="0070518A">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EEC22DB" w14:textId="77777777" w:rsidR="00174264" w:rsidRDefault="00233B8F" w:rsidP="00174264">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
@@ -1943,68 +2003,66 @@
       </w:r>
       <w:r w:rsidR="00A55E2A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: Sandra </w:t>
       </w:r>
       <w:r w:rsidR="000E1D4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Börjesson</w:t>
       </w:r>
       <w:r w:rsidRPr="00B340E5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000E1D4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0739</w:t>
       </w:r>
       <w:r w:rsidR="00AC3AEA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-624594</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00064A39" w:rsidRPr="00B340E5" w:rsidSect="003B48F3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="567" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:left w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
         <w:right w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -4538,175 +4596,185 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="95945871">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="274291752">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1504248434">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1041323516">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="516890012">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="541408851">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00064A39"/>
+    <w:rsid w:val="00010E86"/>
     <w:rsid w:val="00034859"/>
     <w:rsid w:val="00064A39"/>
     <w:rsid w:val="0008067A"/>
     <w:rsid w:val="00084F55"/>
     <w:rsid w:val="000A2C75"/>
     <w:rsid w:val="000B6CB4"/>
+    <w:rsid w:val="000B7757"/>
     <w:rsid w:val="000C4A02"/>
     <w:rsid w:val="000E1D4B"/>
     <w:rsid w:val="001106EC"/>
     <w:rsid w:val="00120F30"/>
     <w:rsid w:val="00125640"/>
     <w:rsid w:val="00143596"/>
     <w:rsid w:val="00174264"/>
     <w:rsid w:val="001C4C07"/>
     <w:rsid w:val="001E1D3E"/>
     <w:rsid w:val="001E730E"/>
     <w:rsid w:val="001E791E"/>
     <w:rsid w:val="001F58C3"/>
     <w:rsid w:val="00205530"/>
     <w:rsid w:val="002111EC"/>
     <w:rsid w:val="00223566"/>
     <w:rsid w:val="00227138"/>
     <w:rsid w:val="00233B8F"/>
     <w:rsid w:val="00245183"/>
     <w:rsid w:val="002D694A"/>
     <w:rsid w:val="00310984"/>
+    <w:rsid w:val="003119F9"/>
     <w:rsid w:val="00384F24"/>
     <w:rsid w:val="003A2775"/>
     <w:rsid w:val="003A78F0"/>
     <w:rsid w:val="003B48F3"/>
     <w:rsid w:val="0045530F"/>
     <w:rsid w:val="0047792C"/>
     <w:rsid w:val="004B2FB5"/>
     <w:rsid w:val="004D608F"/>
+    <w:rsid w:val="004F238A"/>
     <w:rsid w:val="005263EA"/>
     <w:rsid w:val="00542261"/>
+    <w:rsid w:val="00544AEF"/>
     <w:rsid w:val="00562BBB"/>
     <w:rsid w:val="00575A4B"/>
     <w:rsid w:val="005A0CA7"/>
     <w:rsid w:val="005A7366"/>
     <w:rsid w:val="005E0A33"/>
     <w:rsid w:val="005F2E8B"/>
     <w:rsid w:val="006062DC"/>
     <w:rsid w:val="00614191"/>
     <w:rsid w:val="006275A4"/>
+    <w:rsid w:val="006A0F9E"/>
     <w:rsid w:val="006B1CD6"/>
     <w:rsid w:val="006B1ED9"/>
     <w:rsid w:val="006C19E6"/>
     <w:rsid w:val="006F5740"/>
     <w:rsid w:val="0070518A"/>
     <w:rsid w:val="00750010"/>
     <w:rsid w:val="00776CC2"/>
     <w:rsid w:val="007B7783"/>
     <w:rsid w:val="007C7875"/>
     <w:rsid w:val="007D682D"/>
     <w:rsid w:val="00894028"/>
     <w:rsid w:val="008B0C36"/>
     <w:rsid w:val="008B44EF"/>
     <w:rsid w:val="008C0923"/>
     <w:rsid w:val="008D04B2"/>
     <w:rsid w:val="008D6E30"/>
     <w:rsid w:val="008E06A6"/>
     <w:rsid w:val="00910385"/>
     <w:rsid w:val="00965F7D"/>
     <w:rsid w:val="00976149"/>
     <w:rsid w:val="00977132"/>
     <w:rsid w:val="00982AC9"/>
     <w:rsid w:val="009945F8"/>
     <w:rsid w:val="00995A7C"/>
     <w:rsid w:val="009E2220"/>
     <w:rsid w:val="009F3A58"/>
     <w:rsid w:val="00A066AD"/>
     <w:rsid w:val="00A55E2A"/>
     <w:rsid w:val="00A63EF0"/>
     <w:rsid w:val="00A73A38"/>
     <w:rsid w:val="00A8761C"/>
     <w:rsid w:val="00AC3AEA"/>
+    <w:rsid w:val="00AC48E1"/>
     <w:rsid w:val="00B340E5"/>
     <w:rsid w:val="00B60672"/>
     <w:rsid w:val="00BB3B61"/>
     <w:rsid w:val="00BB76CF"/>
     <w:rsid w:val="00BC5A7F"/>
     <w:rsid w:val="00BD0E4A"/>
     <w:rsid w:val="00BD4D3D"/>
+    <w:rsid w:val="00C03BE5"/>
     <w:rsid w:val="00C10897"/>
     <w:rsid w:val="00C116AE"/>
     <w:rsid w:val="00C856A7"/>
     <w:rsid w:val="00CE4081"/>
     <w:rsid w:val="00CE4B8A"/>
     <w:rsid w:val="00CE5C25"/>
     <w:rsid w:val="00D2256F"/>
     <w:rsid w:val="00D42386"/>
     <w:rsid w:val="00D477C3"/>
     <w:rsid w:val="00D54A30"/>
     <w:rsid w:val="00D74074"/>
     <w:rsid w:val="00DF5D4B"/>
     <w:rsid w:val="00E00DCA"/>
     <w:rsid w:val="00E037CD"/>
     <w:rsid w:val="00E054F5"/>
     <w:rsid w:val="00E202B2"/>
     <w:rsid w:val="00E66699"/>
+    <w:rsid w:val="00E82EE0"/>
     <w:rsid w:val="00EC6C3D"/>
     <w:rsid w:val="00ED037B"/>
     <w:rsid w:val="00F2272B"/>
     <w:rsid w:val="00F25347"/>
     <w:rsid w:val="00F34045"/>
     <w:rsid w:val="00F37DE1"/>
     <w:rsid w:val="00F82830"/>
     <w:rsid w:val="00FB349C"/>
     <w:rsid w:val="00FD1E9D"/>
     <w:rsid w:val="00FD4448"/>
     <w:rsid w:val="00FE22F0"/>
+    <w:rsid w:val="73AB735E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0473ED8E"/>
@@ -5899,51 +5967,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1445808026">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6201,87 +6269,376 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1166370b-7f7f-4b6f-bf56-886c344532d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" xsi:nil="true"/>
+    <m_x00e5_nad xmlns="1166370b-7f7f-4b6f-bf56-886c344532d4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002C93F8841AEB054ABCFE0BADA1F39F30" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9283a77c60ab7271e4441455a25f14c4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1166370b-7f7f-4b6f-bf56-886c344532d4" xmlns:ns3="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fbdbca141f8a2a1108892fc4cd60d82c" ns2:_="" ns3:_="">
+    <xsd:import namespace="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <xsd:import namespace="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:m_x00e5_nad" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1166370b-7f7f-4b6f-bf56-886c344532d4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="97904277-837f-4aae-b3a8-1ea0ab290f76" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="m_x00e5_nad" ma:index="20" nillable="true" ma:displayName="månad" ma:format="DateOnly" ma:internalName="m_x00e5_nad">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3c1d3dd1-e821-450e-890c-6a88d44d6877}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5f64ed05-85d9-4b7d-9e50-08e92f82dde4">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD9AB0FC-FE8A-4E48-B472-6F13A231DFA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <ds:schemaRef ds:uri="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C13A46C0-D2C8-4BB4-8F41-2FCE600A2409}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0261DF37-AE0E-455E-8F2E-9B16FEE3ED20}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <ds:schemaRef ds:uri="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32A55509-7968-45D9-98AE-73A86ED60C92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>582</Words>
-  <Characters>3318</Characters>
+  <Words>586</Words>
+  <Characters>3344</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3893</CharactersWithSpaces>
+  <CharactersWithSpaces>3923</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maria Houshmand</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101002C93F8841AEB054ABCFE0BADA1F39F30</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>