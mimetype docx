--- v0 (2026-03-01)
+++ v1 (2026-03-21)
@@ -1,44 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2262BC34" w14:textId="54F1CED7" w:rsidR="00BC1213" w:rsidRDefault="00BC1213" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -54,417 +59,383 @@
             <wp:extent cx="1504950" cy="962025"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21386"/>
                 <wp:lineTo x="21327" y="21386"/>
                 <wp:lineTo x="21327" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="2" name="Bild 2" descr="Nol IK"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Nol IK"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1504950" cy="962025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259ABDED" w14:textId="77777777" w:rsidR="00BC1213" w:rsidRDefault="00BC1213" w:rsidP="0020506D">
+    <w:p w14:paraId="36233F0E" w14:textId="77777777" w:rsidR="00FC3DDC" w:rsidRDefault="00FC3DDC" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
-          <w:bCs/>
-[...49 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1213">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="2C9A9AB9" w14:textId="77777777" w:rsidR="00FC3DDC" w:rsidRDefault="00FC3DDC" w:rsidP="0020506D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>KLUBBVECKA NOL IK</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD8845D" w14:textId="77777777" w:rsidR="00FC3DDC" w:rsidRDefault="00FC3DDC" w:rsidP="0020506D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5609FB01" w14:textId="695AABB7" w:rsidR="0020506D" w:rsidRPr="00BC1213" w:rsidRDefault="0020506D" w:rsidP="0020506D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5CFD6597">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>KLUBBVECKA NOL IK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5CFD6597">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0081090E" w14:textId="77777777" w:rsidR="0020506D" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57EF296F" w14:textId="3C35E3BD" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Lagledarna är befriade från att stå i </w:t>
       </w:r>
-      <w:r w:rsidR="00880E9C" w:rsidRPr="00F93B0A">
-[...16 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00880E9C" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>caféet (</w:t>
+      </w:r>
+      <w:r w:rsidR="000653C8" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Om man inte är få i laget, då får alla hjälpa till)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A03EA6">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-      <w:r w:rsidR="00A03EA6">
         <w:t xml:space="preserve">Det är lagledarnas ansvar att utse en föräldrarepresentant för laget. </w:t>
       </w:r>
       <w:r w:rsidR="00F24A73">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A03EA6">
         <w:br/>
         <w:t>Den utvalda personen ska kontakta caféansvarig i klubben, som sedan går igenom rutinerna för rollen.</w:t>
       </w:r>
       <w:r w:rsidR="00844F2F">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0085413D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0085413D" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Det är </w:t>
       </w:r>
-      <w:r w:rsidR="00C713C6">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00C713C6" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">föräldrarepresentanten som </w:t>
       </w:r>
-      <w:r w:rsidR="002C7D80" w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="002C7D80" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ansvarar över att se till överlämningen kan ske inne i klubbhuset på måndagar klockan 18 under sin klubbvecka. </w:t>
       </w:r>
       <w:r w:rsidR="00EB398B">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002C7D80" w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="002C7D80" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Oftast är det lag som tränar, så någon kan låsa upp eller så pratar man med sin lagledare.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D155986" w14:textId="7EB50127" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
+    <w:p w14:paraId="0D155986" w14:textId="53C78F78" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="22B32523" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F93B0A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Caféansvarig i laget gör schemat för lagets tilldelade klubbvecka, ni får kolla upp på laget.se för att se vilka tider det är hemmamatcher som ska bemannas denna vecka </w:t>
+      <w:r>
+        <w:t>Föräldrarepresentanten</w:t>
+      </w:r>
+      <w:r w:rsidR="0020506D" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i laget gör schemat för lagets tilldelade klubbvecka, ni får kolla upp på laget.se för att se vilka tider det är hemmamatcher som ska bemannas denna vecka </w:t>
       </w:r>
       <w:r w:rsidR="008A006E">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0020506D" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008A006E">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="008A006E" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>P-10</w:t>
       </w:r>
-      <w:r w:rsidR="004231B6">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="004231B6" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A2443A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00A2443A" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
-      <w:r w:rsidR="00BA2FF5">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00BA2FF5" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">p12 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0020506D" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">spelar en del matcher i Ahlafors, tänk på att kolla vilken plats de spelar på). </w:t>
       </w:r>
       <w:r w:rsidR="00A56C90">
         <w:t>Föräldrarepresentant</w:t>
       </w:r>
-      <w:r w:rsidR="00A56C90" w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00A56C90" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0020506D" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ser till att föräldrar bakar till er vecka samt bemannar caféet och </w:t>
       </w:r>
-      <w:r w:rsidR="00A56C90">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00A56C90" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ser till att det är städat efter er vecka</w:t>
       </w:r>
-      <w:r w:rsidR="00BA2FF5">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00BA2FF5" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> även panta och släng </w:t>
       </w:r>
-      <w:r w:rsidR="007610AD">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="007610AD" w:rsidRPr="005478CB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>kartonger på återvinningen (inte Nol IK)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
+      <w:r w:rsidR="0020506D" w:rsidRPr="005478CB">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93B0A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0020506D">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07182720" w14:textId="6396E5E1" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Föräldrar i laget löser tilldelad bemanning under klubbveckan och kan ni som förälder inte får ni själva byta med en annan förälder i laget. Glöm inte bort att involvera barnen men se till att det alltid finns en vuxen med i café.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A1A801" w14:textId="77777777" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -562,67 +533,51 @@
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Cafeterian bemannas </w:t>
       </w:r>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ALLTID</w:t>
       </w:r>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vid seriematcher samt poolspel/sammandrag. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> föräldrar är oftast lagom till varje tillfälle. Om det skall grillas behövs 3 föräldrar.</w:t>
+        <w:t xml:space="preserve"> vid seriematcher samt poolspel/sammandrag. 2-3 föräldrar är oftast lagom till varje tillfälle. Om det skall grillas behövs 3 föräldrar.</w:t>
       </w:r>
       <w:r w:rsidR="00BE13CE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vid träningsmatcher är det </w:t>
       </w:r>
       <w:r w:rsidR="00D64990">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>frivilligt</w:t>
       </w:r>
       <w:r w:rsidR="00BE13CE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> att bemanna, då går dock för</w:t>
       </w:r>
       <w:r w:rsidR="00D64990">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -703,61 +658,52 @@
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A691598" w14:textId="77777777" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Under er klubbvecka har ni möjlighet att bemanna och öppna upp caféet alla tider ni i laget önskar och </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Under er klubbvecka har ni möjlighet att bemanna och öppna upp caféet alla tider ni i laget önskar och kan.*</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C6E35B1" w14:textId="77777777" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Laget får 25% av all försäljning i caféet under hela er klubbvecka. </w:t>
       </w:r>
@@ -854,194 +800,158 @@
       </w:r>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE7DFF3" w14:textId="77777777" w:rsidR="0020506D" w:rsidRPr="00F93B0A" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93B0A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46875188" w14:textId="799BA0F0" w:rsidR="0020506D" w:rsidRPr="000C7E8B" w:rsidRDefault="0020506D" w:rsidP="0020506D">
+    <w:p w14:paraId="46875188" w14:textId="79A6214F" w:rsidR="0020506D" w:rsidRPr="000C7E8B" w:rsidRDefault="0020506D" w:rsidP="0020506D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F93B0A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C7E8B">
+      <w:r w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tänk dock på att ni behöver komma överens med er lagledare eller annan i klubben som kan hjälpa er att låsa upp och låsa samt larma klubblokalen. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76427" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ni kan äv</w:t>
+      </w:r>
+      <w:r w:rsidR="0020617A" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76427" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n själva larma </w:t>
+      </w:r>
+      <w:r w:rsidR="52CC4F01" w:rsidRPr="7C691879">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...64 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>och</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76427" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> låsa. </w:t>
       </w:r>
-      <w:r w:rsidR="0020617A">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0020617A" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Instruktioner</w:t>
       </w:r>
-      <w:r w:rsidR="00F76427">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00F76427" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="0020617A">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0020617A" w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kassa skrinet. Viktigt att släcka och stänga överallt.</w:t>
       </w:r>
-      <w:r w:rsidR="000C7E8B" w:rsidRPr="000C7E8B">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000C7E8B">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000C7E8B">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7C691879">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I kalendern på nolik.se kan ni även kolla för att se vilka tider lagen tränar då det bör vara ledare med nycklar på plats.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C7E8B">
+      <w:r w:rsidRPr="7C691879">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F620C7C" w14:textId="3E938380" w:rsidR="00A15A22" w:rsidRPr="00035FF3" w:rsidRDefault="00B4318E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00EB398B" w:rsidRPr="00035FF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1124,109 +1034,120 @@
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0020506D"/>
     <w:rsid w:val="00035FF3"/>
     <w:rsid w:val="00062F5B"/>
     <w:rsid w:val="000653C8"/>
     <w:rsid w:val="0008067A"/>
     <w:rsid w:val="000C7E8B"/>
+    <w:rsid w:val="0010261D"/>
     <w:rsid w:val="0020506D"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="002C7D80"/>
     <w:rsid w:val="004231B6"/>
     <w:rsid w:val="00502C75"/>
+    <w:rsid w:val="005478CB"/>
     <w:rsid w:val="00581F8D"/>
     <w:rsid w:val="005D24BE"/>
     <w:rsid w:val="006912DD"/>
     <w:rsid w:val="006F13F4"/>
     <w:rsid w:val="007610AD"/>
     <w:rsid w:val="007C43D4"/>
     <w:rsid w:val="00844F2F"/>
     <w:rsid w:val="0085413D"/>
     <w:rsid w:val="00880E9C"/>
     <w:rsid w:val="0089728A"/>
     <w:rsid w:val="008A006E"/>
     <w:rsid w:val="008A2FAF"/>
     <w:rsid w:val="00921BE9"/>
     <w:rsid w:val="009422E3"/>
     <w:rsid w:val="00975591"/>
     <w:rsid w:val="00A03EA6"/>
     <w:rsid w:val="00A15A22"/>
     <w:rsid w:val="00A2443A"/>
     <w:rsid w:val="00A56C90"/>
     <w:rsid w:val="00AD5CA7"/>
     <w:rsid w:val="00B4318E"/>
     <w:rsid w:val="00BA2FF5"/>
     <w:rsid w:val="00BC1213"/>
     <w:rsid w:val="00BE13CE"/>
+    <w:rsid w:val="00C5187B"/>
     <w:rsid w:val="00C713C6"/>
     <w:rsid w:val="00CB14B3"/>
     <w:rsid w:val="00D64990"/>
     <w:rsid w:val="00E877FF"/>
     <w:rsid w:val="00EB398B"/>
     <w:rsid w:val="00F24A73"/>
     <w:rsid w:val="00F76427"/>
     <w:rsid w:val="00F93B0A"/>
+    <w:rsid w:val="00FC3DDC"/>
+    <w:rsid w:val="22B32523"/>
+    <w:rsid w:val="52CC4F01"/>
+    <w:rsid w:val="5CFD6597"/>
+    <w:rsid w:val="7C691879"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31A15D7B"/>
@@ -1679,51 +1600,51 @@
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="0020506D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="0020506D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1977,59 +1898,348 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1166370b-7f7f-4b6f-bf56-886c344532d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" xsi:nil="true"/>
+    <m_x00e5_nad xmlns="1166370b-7f7f-4b6f-bf56-886c344532d4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002C93F8841AEB054ABCFE0BADA1F39F30" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9283a77c60ab7271e4441455a25f14c4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1166370b-7f7f-4b6f-bf56-886c344532d4" xmlns:ns3="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fbdbca141f8a2a1108892fc4cd60d82c" ns2:_="" ns3:_="">
+    <xsd:import namespace="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <xsd:import namespace="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:m_x00e5_nad" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1166370b-7f7f-4b6f-bf56-886c344532d4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="97904277-837f-4aae-b3a8-1ea0ab290f76" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="m_x00e5_nad" ma:index="20" nillable="true" ma:displayName="månad" ma:format="DateOnly" ma:internalName="m_x00e5_nad">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3c1d3dd1-e821-450e-890c-6a88d44d6877}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5f64ed05-85d9-4b7d-9e50-08e92f82dde4">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{765110EB-ADA9-4083-A188-E11B488A4549}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <ds:schemaRef ds:uri="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09DC44B3-0ECE-4A16-9930-5A4B50B753CB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{900F9D9F-91B4-4D6C-9D05-4ABA7ADB653D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <ds:schemaRef ds:uri="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>357</Words>
-  <Characters>2041</Characters>
+  <Words>359</Words>
+  <Characters>2048</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2394</CharactersWithSpaces>
+  <CharactersWithSpaces>2403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Houshmand Maria</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101002C93F8841AEB054ABCFE0BADA1F39F30</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>