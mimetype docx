--- v0 (2026-03-01)
+++ v1 (2026-03-21)
@@ -1,105 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1666AD36" w14:textId="25C3A6BB" w:rsidR="002B771C" w:rsidRDefault="007F4A37" w:rsidP="007A48D9">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE0277A" wp14:editId="44D200DC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2195830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1695450" cy="866775"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21363"/>
                 <wp:lineTo x="21357" y="21363"/>
                 <wp:lineTo x="21357" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
-            <wp:docPr id="2" name="Bild 2" descr="Nol IK"/>
+            <wp:docPr id="2" name="Bild 2" descr="Nol IK">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EAE8C16-F196-4F10-9E0B-E825F4B0F024}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Nol IK"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1695450" cy="866775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -240,63 +250,52 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Städmaterial finns i städrummet (andra dörren till vänster när ni går in i klubbhuset). </w:t>
       </w:r>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Se till att skriva upp på whiteboardtavlan om något material håller på att ta slut så vi kan hinna ta fram nytt. Skriv även datum. Ex. </w:t>
       </w:r>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Såpa, 1/</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Såpa, 1/1-24</w:t>
+      </w:r>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B13D3F" w14:textId="1ED3D5D4" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="007A48D9">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Soptunna finns på sidan om klubbhuset.</w:t>
       </w:r>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
@@ -345,194 +344,187 @@
       </w:r>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FC75F7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7999B3DE" w14:textId="1A76D626" w:rsidR="0073054B" w:rsidRDefault="007A48D9" w:rsidP="0073054B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Torka av alla bord, stolar och fria ytor.</w:t>
       </w:r>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40BBB339" w14:textId="5DA138B0" w:rsidR="0073054B" w:rsidRDefault="007A48D9" w:rsidP="0073054B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Rengöra diskbänken.</w:t>
       </w:r>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6173E555" w14:textId="4A4A767A" w:rsidR="0073054B" w:rsidRDefault="00C87969" w:rsidP="0073054B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sopa i</w:t>
       </w:r>
       <w:r w:rsidR="007E467E" w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00836351" w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">klubbhus och </w:t>
       </w:r>
       <w:r w:rsidR="00A35E5D" w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>boden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EBAC341" w14:textId="77777777" w:rsidR="0073054B" w:rsidRDefault="007A48D9" w:rsidP="0073054B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Tömma sopor och sätta i ny påse</w:t>
       </w:r>
       <w:r w:rsidR="00F25160" w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Töm matavfallspåse.</w:t>
       </w:r>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B53917" w14:textId="4C15E797" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="0073054B">
+    <w:p w14:paraId="00B53917" w14:textId="1A63AE09" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="0073054B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Vid behov tömma påsen med pant och sätt i ny påse. Pantpåsen ställer ni in i tvättstugan</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Vid behov tömma påsen med pant och sätt i ny påse. </w:t>
       </w:r>
       <w:r w:rsidRPr="0073054B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C873E7" w14:textId="4C1A5806" w:rsidR="009054C8" w:rsidRDefault="007A48D9" w:rsidP="009054C8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
@@ -550,430 +542,476 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEB23AF" w14:textId="77777777" w:rsidR="009054C8" w:rsidRDefault="009054C8" w:rsidP="009054C8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BE6AD8E" w14:textId="4FA26B7F" w:rsidR="009054C8" w:rsidRDefault="007A48D9" w:rsidP="0073054B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Det finns </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> omklädningsrum</w:t>
+        <w:t>Det finns 6 stycken omklädningsrum</w:t>
       </w:r>
       <w:r w:rsidR="001349F9">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5C6BC6" w14:textId="0C1558D3" w:rsidR="007A48D9" w:rsidRPr="009054C8" w:rsidRDefault="007A48D9" w:rsidP="009054C8">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009054C8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Se över omklädningsrummet. Kvarglömda kläder läggs i lådan för detta ändamål i tvättstugan, töm ev. soppåsar.</w:t>
+      </w:r>
+      <w:r w:rsidR="0067760D" w:rsidRPr="009054C8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009054C8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sopa </w:t>
+      </w:r>
+      <w:r w:rsidR="0067760D" w:rsidRPr="009054C8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>golv vid behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FFAE25" w14:textId="2264F7C0" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="007A48D9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B66CACD" w14:textId="6E77C9ED" w:rsidR="00472D94" w:rsidRDefault="007A48D9" w:rsidP="00472D94">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997CFA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ÖVRIGA YTOR:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC75F7">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7C9191" w14:textId="77BBB371" w:rsidR="00472D94" w:rsidRDefault="007A48D9" w:rsidP="00472D94">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997CFA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Finns det påsar med pant får ni panta dessa. Lägg kvitto samt kontanter i kassan så tillfaller hela beloppet er lagkassa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997CFA">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D5BFE8" w14:textId="4F16F46D" w:rsidR="00472D94" w:rsidRDefault="007A48D9" w:rsidP="00472D94">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472D94">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Se över tvättstugan och töm eventuella sopor. Sopa vid behov.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472D94">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADC2A0E" w14:textId="515D5325" w:rsidR="007A48D9" w:rsidRPr="00472D94" w:rsidRDefault="007A48D9" w:rsidP="00472D94">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472D94">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sopa resterande golvyta i klubbhuset</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6A8C" w:rsidRPr="00472D94">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid behov</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22909966" w14:textId="7F403AF8" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="007A48D9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B462CAF" w14:textId="42804555" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="007A48D9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997CFA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>UTOMHUS:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997CFA">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC75F7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37873DE2" w14:textId="5B94247C" w:rsidR="00FC75F7" w:rsidRDefault="007A48D9" w:rsidP="00FC75F7">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00997CFA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Gå en runda runt klubbhuset, gräsplanen samt konstgräsplan och samla upp eventuellt skräp samt fotbollar.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997CFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...29 lines deleted...]
-        <w:t>golv vid behov.</w:t>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FFAE25" w14:textId="2264F7C0" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="007A48D9">
-[...47 lines deleted...]
-    <w:p w14:paraId="2F7C9191" w14:textId="77BBB371" w:rsidR="00472D94" w:rsidRDefault="007A48D9" w:rsidP="00472D94">
+    <w:p w14:paraId="609893FB" w14:textId="513B06A7" w:rsidR="007A48D9" w:rsidRPr="00091519" w:rsidRDefault="007A48D9" w:rsidP="00FC75F7">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC75F7">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Vid behov töm soptunnor och sätt i nya sopsäckar på vårt område.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC75F7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D5BFE8" w14:textId="4F16F46D" w:rsidR="00472D94" w:rsidRDefault="007A48D9" w:rsidP="00472D94">
+    <w:p w14:paraId="35FE309D" w14:textId="2967058F" w:rsidR="00091519" w:rsidRPr="00997CFA" w:rsidRDefault="00091519" w:rsidP="00FC75F7">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00472D94">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t xml:space="preserve">Ta med </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0695">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+        <w:t>ev.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00997CFA">
+        </w:rPr>
+        <w:t xml:space="preserve"> kartong till återvinningen (ej Nol IK, lämna ej i </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0695">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00FC75F7">
+        </w:rPr>
+        <w:t>café</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00997CFA">
+        </w:rPr>
+        <w:t>för</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0695">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t> </w:t>
-[...24 lines deleted...]
-        <w:t> </w:t>
+        <w:t>råd eller i boden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5871F5EC" w14:textId="27E6B167" w:rsidR="007A48D9" w:rsidRPr="00997CFA" w:rsidRDefault="007A48D9" w:rsidP="007A48D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64F88677" w14:textId="58307BE2" w:rsidR="00A15A22" w:rsidRPr="00997CFA" w:rsidRDefault="002B771C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B042148" wp14:editId="3EE7FEB6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4491355</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>194310</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1181100" cy="1428750"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21312"/>
                 <wp:lineTo x="21252" y="21312"/>
                 <wp:lineTo x="21252" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
-            <wp:docPr id="1100619730" name="Bildobjekt 1" descr="En bild som visar tecknad serie, Tecknade serier, illustration, rita&#10;&#10;Automatiskt genererad beskrivning"/>
+            <wp:docPr id="1100619730" name="Bildobjekt 1" descr="En bild som visar tecknad serie, Tecknade serier, illustration, rita&#10;&#10;Automatiskt genererad beskrivning">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00BBE583-FAC7-49C2-B85E-4611DBC109A8}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1100619730" name="Bildobjekt 1" descr="En bild som visar tecknad serie, Tecknade serier, illustration, rita&#10;&#10;Automatiskt genererad beskrivning"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1181100" cy="1428750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -1013,58 +1051,81 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07823503"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F662424"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2332,148 +2393,149 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1171406747">
+  <w:num w:numId="1" w16cid:durableId="1116681786">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1143811814">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1171406747">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1116681786">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="4" w16cid:durableId="1468161574">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1143811814">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="5" w16cid:durableId="1577084761">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1824467688">
+  <w:num w:numId="6" w16cid:durableId="1824467688">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="390882988">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="7" w16cid:durableId="1981573369">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2065375381">
+  <w:num w:numId="8" w16cid:durableId="2065375381">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1577084761">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9" w16cid:durableId="390882988">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A48D9"/>
     <w:rsid w:val="0008067A"/>
+    <w:rsid w:val="00091519"/>
     <w:rsid w:val="001349F9"/>
     <w:rsid w:val="00174F6B"/>
+    <w:rsid w:val="001D0695"/>
     <w:rsid w:val="002B771C"/>
     <w:rsid w:val="002D7017"/>
     <w:rsid w:val="00403CC1"/>
+    <w:rsid w:val="00432BBE"/>
     <w:rsid w:val="00472D94"/>
     <w:rsid w:val="0067760D"/>
     <w:rsid w:val="006C3427"/>
     <w:rsid w:val="0073054B"/>
     <w:rsid w:val="007A48D9"/>
     <w:rsid w:val="007E467E"/>
     <w:rsid w:val="007F4A37"/>
     <w:rsid w:val="008244AC"/>
     <w:rsid w:val="00836351"/>
     <w:rsid w:val="009054C8"/>
     <w:rsid w:val="00997CFA"/>
+    <w:rsid w:val="009F30CC"/>
     <w:rsid w:val="00A15A22"/>
     <w:rsid w:val="00A35E5D"/>
+    <w:rsid w:val="00A47877"/>
+    <w:rsid w:val="00B243C3"/>
     <w:rsid w:val="00B6543F"/>
+    <w:rsid w:val="00C37F6F"/>
     <w:rsid w:val="00C87969"/>
     <w:rsid w:val="00DC6A8C"/>
+    <w:rsid w:val="00E94566"/>
     <w:rsid w:val="00F25160"/>
     <w:rsid w:val="00FC75F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4413FDBF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7A026743-7404-40A9-A0F9-00C2E781C236}"/>
+  <w15:docId w15:val="{34611912-A07D-4215-9C63-A90BDC362C09}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2835,115 +2897,115 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007A48D9"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="007A48D9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="007A48D9"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="007A48D9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3197,59 +3259,348 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1166370b-7f7f-4b6f-bf56-886c344532d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" xsi:nil="true"/>
+    <m_x00e5_nad xmlns="1166370b-7f7f-4b6f-bf56-886c344532d4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002C93F8841AEB054ABCFE0BADA1F39F30" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9283a77c60ab7271e4441455a25f14c4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1166370b-7f7f-4b6f-bf56-886c344532d4" xmlns:ns3="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fbdbca141f8a2a1108892fc4cd60d82c" ns2:_="" ns3:_="">
+    <xsd:import namespace="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <xsd:import namespace="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:m_x00e5_nad" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1166370b-7f7f-4b6f-bf56-886c344532d4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="97904277-837f-4aae-b3a8-1ea0ab290f76" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="m_x00e5_nad" ma:index="20" nillable="true" ma:displayName="månad" ma:format="DateOnly" ma:internalName="m_x00e5_nad">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5f64ed05-85d9-4b7d-9e50-08e92f82dde4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3c1d3dd1-e821-450e-890c-6a88d44d6877}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5f64ed05-85d9-4b7d-9e50-08e92f82dde4">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{550E5A6F-3D19-4172-9ADB-91B7B7474F31}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BE994F4-3552-489C-9117-6F16C19D239B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <ds:schemaRef ds:uri="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A7FFF59-5346-4542-A371-34AA7D6C8627}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1166370b-7f7f-4b6f-bf56-886c344532d4"/>
+    <ds:schemaRef ds:uri="5f64ed05-85d9-4b7d-9e50-08e92f82dde4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1123</Characters>
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1318</CharactersWithSpaces>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Houshmand Maria</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101002C93F8841AEB054ABCFE0BADA1F39F30</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>