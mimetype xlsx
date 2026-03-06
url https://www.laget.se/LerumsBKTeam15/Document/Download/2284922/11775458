--- v0 (2026-02-08)
+++ v1 (2026-03-06)
@@ -5,347 +5,446 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Anders Olsson\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Anders Olsson\Desktop\Lerumspucken2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{582361CA-891F-446A-B95E-EAF604AFB036}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E433E94-31FB-4CB4-BCE3-4D5A79756B91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{85A182AC-FEBC-4363-9F1E-EBA6DA72C203}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{85A182AC-FEBC-4363-9F1E-EBA6DA72C203}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet2" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="66">
   <si>
     <t>Grill</t>
   </si>
   <si>
     <t>Mat</t>
   </si>
   <si>
     <t>Sekritariat</t>
   </si>
   <si>
-    <t>#4</t>
-[...1 lines deleted...]
-  <si>
     <t>#7</t>
   </si>
   <si>
     <t>#9</t>
   </si>
   <si>
     <t>#12</t>
   </si>
   <si>
-    <t>#13</t>
-[...1 lines deleted...]
-  <si>
     <t>#15</t>
   </si>
   <si>
     <t>#17</t>
   </si>
   <si>
     <t>#20</t>
   </si>
   <si>
     <t>#21</t>
   </si>
   <si>
     <t>#25</t>
   </si>
   <si>
     <t>#27</t>
   </si>
   <si>
     <t>#28</t>
   </si>
   <si>
     <t>#37</t>
   </si>
   <si>
     <t>#38</t>
-  </si>
-[...1 lines deleted...]
-    <t>August Gabrielsson</t>
   </si>
   <si>
     <t>Noah Hedqvist</t>
   </si>
   <si>
     <t>Nils Lundberg</t>
   </si>
   <si>
     <t>Lucas Howard</t>
   </si>
   <si>
     <t>Axel Olsson</t>
   </si>
   <si>
     <t>Elvis Porseman</t>
   </si>
   <si>
     <t>Lucas Eriksson</t>
   </si>
   <si>
     <t>August Hammarfjord</t>
   </si>
   <si>
     <t>Axel Andersson</t>
   </si>
   <si>
     <t>Vide Elfving</t>
   </si>
   <si>
     <t>Vincent Samson Tvrdek</t>
   </si>
   <si>
     <t>William Walter</t>
   </si>
   <si>
     <t>Max Frost</t>
   </si>
   <si>
     <t>Maria Ohlin
 Erik Andersson</t>
   </si>
   <si>
     <t>Oscar Hammarfjord</t>
   </si>
   <si>
     <t>Thomas Eriksson</t>
   </si>
   <si>
-    <t>Albin Unger</t>
-[...7 lines deleted...]
-  <si>
     <t>Pia Hedqvist
 Jerry Hedqvist</t>
   </si>
   <si>
     <t>Magnus Lundberg</t>
   </si>
   <si>
     <t>Cassandra Howard
 Magnus Karlsson</t>
   </si>
   <si>
     <t>Mikael Porseman
 Katarina Porseman</t>
   </si>
   <si>
     <t>Marie Samson Tvrdek</t>
   </si>
   <si>
     <t>Kiosk/lotteri</t>
   </si>
   <si>
     <t>Anders Olsson</t>
   </si>
   <si>
     <t>Viktor Wenell</t>
   </si>
   <si>
     <t>Olov Wenell</t>
   </si>
   <si>
     <t>Pernilla Walter</t>
   </si>
   <si>
     <t>Linda Elfving</t>
   </si>
   <si>
     <t>Hanna Frost</t>
   </si>
   <si>
     <t>Susanne Lundin</t>
   </si>
   <si>
     <t>#19</t>
   </si>
+  <si>
+    <t>Sam Payman Hjertquist</t>
+  </si>
+  <si>
+    <t>Alwin letbäck</t>
+  </si>
+  <si>
+    <t>Hampus letbäck</t>
+  </si>
+  <si>
+    <t>Alexander Payman, Erika Hjertquist</t>
+  </si>
+  <si>
+    <t>tek efter mål</t>
+  </si>
+  <si>
+    <t>priser till puckregn</t>
+  </si>
+  <si>
+    <t>puckregn 3 för 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ta med fika, våflor?, </t>
+  </si>
+  <si>
+    <t>Milo, Albin, Dylan, Bill, kan räkna mål?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hamburgare med tillbehör för 200, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">briketter </t>
+  </si>
+  <si>
+    <t>räkna mål</t>
+  </si>
+  <si>
+    <t>powerraid BLÅ!!, burkcola köpa på matsmart?</t>
+  </si>
+  <si>
+    <t>tips på priser: hör med lazerzon, padelhallen, grepp</t>
+  </si>
+  <si>
+    <t>lunch beställd av Maria</t>
+  </si>
+  <si>
+    <t>Övrigt</t>
+  </si>
+  <si>
+    <t>Maria löser planscher med justnu</t>
+  </si>
+  <si>
+    <t>jaktstraffar, slutspel avgörs med straffar vid oavgjort</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1a mars behöver priser va satta </t>
+  </si>
+  <si>
+    <t>kolla med medlajer och pokaler med Lennon, Anders</t>
+  </si>
+  <si>
+    <t>riktiga tallrikar?</t>
+  </si>
+  <si>
+    <t>Noter efter möte 260220:</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/></Relationships>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -693,575 +792,365 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B7B2BD3-F243-4D32-8E4F-2638E1A6D463}">
-  <dimension ref="A1:R26"/>
+  <dimension ref="B1:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I9" sqref="I9"/>
+      <selection activeCell="E17" sqref="E17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="2" width="11.54296875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="29.26953125" customWidth="1"/>
+    <col min="2" max="2" width="35.90625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.90625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="50.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="101" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B1" s="8" t="e" vm="1">
+    <row r="1" spans="2:10" ht="101" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="15" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="C1" s="8"/>
-[...26 lines deleted...]
-      <c r="A4" s="1"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+    </row>
+    <row r="2" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B2" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3" spans="2:10" ht="31" x14ac:dyDescent="0.35">
+      <c r="B3" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B4" s="2" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D4" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="12" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="E4" s="1"/>
-[...36 lines deleted...]
-      <c r="A6" s="1"/>
+      <c r="E5" s="12" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="E6" s="1"/>
-[...13 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B8" s="5"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="7"/>
+    </row>
+    <row r="9" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B9" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
+    </row>
+    <row r="10" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B10" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" s="12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D11" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="J11" s="1"/>
+    </row>
+    <row r="12" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B12" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="4" t="s">
+    </row>
+    <row r="13" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B13" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="E7" s="1"/>
-[...98 lines deleted...]
-      <c r="C12" s="3" t="s">
+    </row>
+    <row r="14" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+    </row>
+    <row r="15" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B15" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
+    </row>
+    <row r="16" spans="2:10" ht="31" x14ac:dyDescent="0.35">
+      <c r="B16" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D12" s="3" t="s">
-[...39 lines deleted...]
-      <c r="B14" s="2" t="s">
+      <c r="D16" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="17" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B17" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B18" s="2" t="s">
         <v>9</v>
-      </c>
-[...80 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D18" s="4" t="s">
+      <c r="D18" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B19" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="20" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+    </row>
+    <row r="21" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B21" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+    </row>
+    <row r="22" spans="2:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="B22" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="E18" s="1"/>
-[...72 lines deleted...]
-      <c r="B22" s="2" t="s">
+    </row>
+    <row r="23" spans="2:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="B23" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="24" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="C24" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>42</v>
-[...35 lines deleted...]
-      <c r="E26" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="E24" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="25" spans="2:5" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D25" s="7"/>
+    </row>
+    <row r="26" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="B26" s="14" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="27" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B27" s="11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="28" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29" spans="2:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B29" s="7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="30" spans="2:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="B30" s="7" t="s">
+        <v>63</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="5">
     <mergeCell ref="B1:D1"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B21:D21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>