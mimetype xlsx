--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/d1670434018f82f6/Dokument/LBK 21^J22/Ny mapp/Säsong 2023 2024/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://deromese-my.sharepoint.com/personal/magnus_madsen_derome_se/Documents/Skrivbordet/Magnus/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E3CB35F2-1BFB-43FE-B87B-D6F9CF7CB599}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{E752CECC-4E73-47DF-8CAF-C159632FD978}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CC83577-DA9A-4CAE-983D-80BD32C65D34}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5D0828A7-ABEA-47BC-A840-9C44C15A887F}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="33">
   <si>
     <t xml:space="preserve">Tid </t>
   </si>
   <si>
     <t xml:space="preserve">Måndag </t>
   </si>
   <si>
     <t xml:space="preserve">Tisdag </t>
   </si>
   <si>
     <t xml:space="preserve">Onsdag </t>
   </si>
   <si>
     <t xml:space="preserve">Torsdag </t>
   </si>
   <si>
     <t xml:space="preserve">Fredag </t>
   </si>
   <si>
     <t xml:space="preserve">Lördag </t>
   </si>
   <si>
     <t xml:space="preserve">Söndag </t>
   </si>
   <si>
@@ -117,63 +117,63 @@
   <si>
     <t>21:00-22:00</t>
   </si>
   <si>
     <t>22:00-23:00</t>
   </si>
   <si>
     <t>LKK</t>
   </si>
   <si>
     <t>LBK</t>
   </si>
   <si>
     <t>LBK öppnar 12:30</t>
   </si>
   <si>
     <t>KL 17-20</t>
   </si>
   <si>
     <t>KL 19-21</t>
   </si>
   <si>
     <t>KL 17-21</t>
   </si>
   <si>
-    <t>KL 18-20</t>
-[...1 lines deleted...]
-  <si>
     <t>KL 16-21</t>
   </si>
   <si>
     <t>KL 9-21</t>
   </si>
   <si>
     <t>KL 12:30-20</t>
   </si>
   <si>
     <t xml:space="preserve">Stängt </t>
+  </si>
+  <si>
+    <t>KL 18-21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
@@ -380,91 +380,91 @@
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -526,51 +526,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -668,66 +668,66 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFA81FEB-69F4-4273-ABC6-6C2CFB9A5260}">
   <dimension ref="A3:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="P16" sqref="P16"/>
+      <selection activeCell="M18" sqref="M18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="5" t="s">
@@ -858,51 +858,51 @@
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15"/>
       <c r="F12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="16" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="15"/>
       <c r="F13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="16"/>
       <c r="C14" s="3" t="s">
         <v>22</v>
@@ -936,95 +936,97 @@
       </c>
       <c r="E15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E16" s="1"/>
+      <c r="E16" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="F16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="10"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="10"/>
     </row>
     <row r="18" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D18" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E18" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F18" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="F18" s="12" t="s">
+      <c r="G18" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="G18" s="12" t="s">
+      <c r="H18" s="13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">