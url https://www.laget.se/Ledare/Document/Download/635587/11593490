--- v0 (2025-10-21)
+++ v1 (2025-11-24)
@@ -13,51 +13,51 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0F41B51D" w14:textId="77777777" w:rsidR="006475D1" w:rsidRDefault="006475D1" w:rsidP="006475D1">
       <w:pPr>
         <w:ind w:left="6520" w:firstLine="1304"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="225CCBF8" wp14:editId="26962B7D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="225CCBF8" wp14:editId="2BBE64FF">
             <wp:extent cx="857250" cy="861077"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -376,54 +376,81 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7527889A" w14:textId="79C0E2FE" w:rsidR="006475D1" w:rsidRPr="0056796C" w:rsidRDefault="006475D1" w:rsidP="00DB04A1">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056796C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Att det inte står </w:t>
       </w:r>
       <w:r w:rsidR="00DB04A1" w:rsidRPr="0056796C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>några dörrar eller fönster uppställda i hallen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D1247A" w14:textId="2D71666A" w:rsidR="00DB04A1" w:rsidRPr="0056796C" w:rsidRDefault="00DB04A1" w:rsidP="00DB04A1">
+    <w:p w14:paraId="3BA388E7" w14:textId="233E2945" w:rsidR="00ED630B" w:rsidRPr="00ED630B" w:rsidRDefault="00ED630B" w:rsidP="00ED630B">
+      <w:pPr>
+        <w:pStyle w:val="p1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED630B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aktivera inbrottslarmet genom att på taggläsare ange 1A + Tagg + </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED630B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D1247A" w14:textId="230A2DEB" w:rsidR="00DB04A1" w:rsidRPr="00ED630B" w:rsidRDefault="00DB04A1" w:rsidP="00DB04A1">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7272C15A" w14:textId="0017D9C5" w:rsidR="00DB04A1" w:rsidRPr="0056796C" w:rsidRDefault="00DB04A1" w:rsidP="00DB04A1">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056796C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Följande ska meddelas:</w:t>
       </w:r>
     </w:p>
@@ -1074,1085 +1101,1050 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1369"/>
         <w:gridCol w:w="1231"/>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1300"/>
       </w:tblGrid>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="0FAEF14E" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74E412A2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CABB5A1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1263C72B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18DC82D5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E93E06C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A156E2B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="533046C7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E18345A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="019D6EC3" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="34A22AB7" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="456BF53C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59ABD11B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F81D3EC" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22ABD9C8" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35CE875A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F2B5C4A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D805F7E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50DC5218" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F463D15" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="2353E079" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C4D9163" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56CF53D0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ACF2C06" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28D8DDBD" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22BF635E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="2D13F013" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63D734D5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5212B608" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>vecka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32DE24E7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F3A7D26" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>lag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51DFDC5E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1415D985" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>vecka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25466EDA" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A176921" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>lag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F28D8DB" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="7CC2187D" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70EDCA50" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D774EDA" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="151901B3" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>18/</w:t>
@@ -2168,155 +2160,151 @@
               </w:rPr>
               <w:t>8-24</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B62F748" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Damer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EB57B65" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="334B9D4C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76DE2AA6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>29/</w:t>
@@ -2332,186 +2320,181 @@
               </w:rPr>
               <w:t>12-4</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44170B6E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="431E4ECE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="4584F865" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D326394" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5122FB75" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46159769" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>25/</w:t>
@@ -2527,155 +2510,151 @@
               </w:rPr>
               <w:t>8-31</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="455E842A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Herrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5601241C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04D332BF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="354E846E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>5/</w:t>
@@ -2691,186 +2670,181 @@
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="203B4EE6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E4E865A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="78A62F3C" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="193A2265" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66463F27" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FF1996E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>1/</w:t>
@@ -2886,155 +2860,151 @@
               </w:rPr>
               <w:t>9-7</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6297D7C4" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>H4/HJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="763D6CFE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D8B309B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FD4662D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>12/</w:t>
@@ -3050,186 +3020,181 @@
               </w:rPr>
               <w:t>1-18</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2260AB36" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P16/17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7194E871" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="1E0DA9EB" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A6EF820" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E31A9AF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4247720B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>8/</w:t>
@@ -3245,155 +3210,151 @@
               </w:rPr>
               <w:t>9-14</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49EEF72C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F14/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F8D3164" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16ACC470" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CF8C0F2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>19/</w:t>
@@ -3409,186 +3370,181 @@
               </w:rPr>
               <w:t>1-25</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E0EEFF5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E18875C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="27CF32F6" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D3C5984" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F42D8D2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2284CF27" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>15/</w:t>
@@ -3604,155 +3560,151 @@
               </w:rPr>
               <w:t>9-21</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C0BBCFE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P12/13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="495E5475" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42DAF3D5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64C8F85C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>26/</w:t>
@@ -3768,186 +3720,181 @@
               </w:rPr>
               <w:t>1-1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CECD44A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Damer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7498DFD0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="7178CA0B" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52E2DFB5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64AD0283" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C463AAC" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>22/</w:t>
@@ -3963,155 +3910,151 @@
               </w:rPr>
               <w:t>9-28</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D45C595" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F15/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48B9AA96" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15D224F2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39E01355" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2/</w:t>
@@ -4127,186 +4070,181 @@
               </w:rPr>
               <w:t>2-8</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64527F4A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Herrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BEA2ACD" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="45268DC0" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41EC0474" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1673A4BE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D83D540" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>29/</w:t>
@@ -4322,155 +4260,151 @@
               </w:rPr>
               <w:t>9-5</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7598FC58" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0915C52B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2339A637" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75AA4A2B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>9/</w:t>
@@ -4486,186 +4420,181 @@
               </w:rPr>
               <w:t>2-15</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20EC4AAF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>H4/HJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23F9E72E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="13BDAF65" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7318E7DF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D845026" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78037820" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>6/</w:t>
@@ -4681,155 +4610,151 @@
               </w:rPr>
               <w:t>10-12</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="382457EA" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F17/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="654D8240" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="698AADB6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0836FE81" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>16/</w:t>
@@ -4845,186 +4770,181 @@
               </w:rPr>
               <w:t>2-22</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40CE571B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F14/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46F08225" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="6A7AB7B0" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EFE6305" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3029B2E6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AC0F39A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>13/</w:t>
@@ -5040,155 +4960,151 @@
               </w:rPr>
               <w:t>10-19</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="674E30D0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P16/17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DB37B8C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2997777D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32CFB0C8" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>23/</w:t>
@@ -5204,186 +5120,181 @@
               </w:rPr>
               <w:t>2-1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64BDAF3D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P12/13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BF8950B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="0DFBC8B9" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00E5BBF9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0868FB8E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E871DA0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>20/</w:t>
@@ -5399,155 +5310,151 @@
               </w:rPr>
               <w:t>10-26</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60885A74" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A02F5C5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E9B7A69" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DB3BA93" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2/</w:t>
@@ -5563,186 +5470,181 @@
               </w:rPr>
               <w:t>3-8</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73098E96" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F15/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50B013FE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="5E2BA60B" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F5025B2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10C2D1E4" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CFAE276" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>27/</w:t>
@@ -5758,155 +5660,151 @@
               </w:rPr>
               <w:t>10-2</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FCE790B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Damer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F069356" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A4EF2C8" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11C4A066" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>9/</w:t>
@@ -5922,186 +5820,181 @@
               </w:rPr>
               <w:t>3-15</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F4A364E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D123298" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="332B0FF5" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B8DD002" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A71B8AB" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17C626BB" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>3/</w:t>
@@ -6117,155 +6010,151 @@
               </w:rPr>
               <w:t>11-9</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27C886A9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Herrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52E2DA1C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63D64068" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D71C6A0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>16/</w:t>
@@ -6281,186 +6170,181 @@
               </w:rPr>
               <w:t>3-22</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00DDB0BC" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F17/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53D1D025" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="7A0262EC" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="160FFA41" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E0057B1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E311776" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>10/</w:t>
@@ -6476,155 +6360,151 @@
               </w:rPr>
               <w:t>11-16</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C5DF4F0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>H4/HJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B8A8AC1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CF9F9C9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CF06E9B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>23/</w:t>
@@ -6640,186 +6520,181 @@
               </w:rPr>
               <w:t>3-29</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0ED0214E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="619A5D83" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="3CD54441" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4899ECFF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5425D6D1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AAEE425" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>17/</w:t>
@@ -6835,231 +6710,225 @@
               </w:rPr>
               <w:t>11-23</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32733F93" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F14/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A5AC5F8" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57696D38" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="028FEB0B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>30/35/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6638B579" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P16/17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2896D0CE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">ej </w:t>
             </w:r>
@@ -7079,116 +6948,113 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>-sön</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="0CFCCD6F" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CA84E26" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FCAEE28" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="671F5304" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>24/</w:t>
@@ -7204,155 +7070,151 @@
               </w:rPr>
               <w:t>11-30</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37C09C2B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P12/13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7333DDAF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27CC6807" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67BFAC22" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>6/</w:t>
@@ -7368,196 +7230,191 @@
               </w:rPr>
               <w:t>4-12</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F3B7B27" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67F06919" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ej mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="43392CE8" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5961DDA2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A80868A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FB62B2E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>1/</w:t>
@@ -7573,155 +7430,151 @@
               </w:rPr>
               <w:t>12-7</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AA375C1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F15/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BE93220" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C34B445" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CF468D9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>13/</w:t>
@@ -7737,186 +7590,181 @@
               </w:rPr>
               <w:t>4-19</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27672600" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Damer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B298752" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="70C7D1CE" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="037C8B23" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BF282CC" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0190B816" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>8/</w:t>
@@ -7932,155 +7780,151 @@
               </w:rPr>
               <w:t>12-14</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27F2CDA7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28C85936" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29132DEB" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FD56287" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>20/</w:t>
@@ -8096,186 +7940,181 @@
               </w:rPr>
               <w:t>4-26</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1831C88C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Herrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48E76984" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="00A786CE" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CC8B868" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B574F42" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F88A33E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>15/</w:t>
@@ -8291,89 +8130,87 @@
               </w:rPr>
               <w:t>12-21</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17EB5C90" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F17/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B4ACE63" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">ej </w:t>
             </w:r>
@@ -8388,89 +8225,87 @@
               </w:rPr>
               <w:t>lör</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>-sön</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FDC9025" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B92AFAA" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>27/</w:t>
@@ -8486,186 +8321,181 @@
               </w:rPr>
               <w:t>4-3</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1569C688" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>H4/HJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15F2049C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="622239B2" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35EB2DCE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A490EAE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FC4FC27" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>22/</w:t>
@@ -8681,155 +8511,151 @@
               </w:rPr>
               <w:t>12-28</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="430A674B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01297D25" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FB2A033" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72B8A15D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>4/</w:t>
@@ -8845,293 +8671,284 @@
               </w:rPr>
               <w:t>5-10</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30135426" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F14/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7090127D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="4A600125" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="560C5E45" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33895987" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="373C6F6D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="248B8B35" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1868253B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E690C04" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EFEEF83" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>11/</w:t>
@@ -9147,293 +8964,284 @@
               </w:rPr>
               <w:t>5-17</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25374A62" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>P12/13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="552D6A9E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="05ED294A" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6018C8CC" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31DC2A94" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="665A3BE4" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EB888A6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="785F1494" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72A56E85" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F8DCECA" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>18/</w:t>
@@ -9449,293 +9257,284 @@
               </w:rPr>
               <w:t>5-24</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E42F992" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>F15/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A6D15E1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="140015B4" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7655B979" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51B93CA2" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A57FF6C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CEEB3A5" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C6E7983" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="153875C0" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="320A1474" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>25/</w:t>
@@ -9751,293 +9550,284 @@
               </w:rPr>
               <w:t>5-31</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47BF677A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Damer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14F19C26" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="64A73CBA" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="624D6132" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D96ADF4" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="289C4DF9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F680541" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="249E4025" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="660F8163" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BE3AAC6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>1/</w:t>
@@ -10053,293 +9843,284 @@
               </w:rPr>
               <w:t>6-7</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="681B58C6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Herrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C29A4E1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="3AB79F70" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7ED1A879" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C39224B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46E56625" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="698C7D8B" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DB9311C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="549DE36D" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="482AA7C9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>8/</w:t>
@@ -10355,89 +10136,87 @@
               </w:rPr>
               <w:t>6-14</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2773A609" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>H4/HJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AB55CD9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">ej </w:t>
             </w:r>
@@ -10457,1408 +10236,1375 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>-sön</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="56CB12D7" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="316C64C7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2662FF03" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3EDDCBF7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DE68D35" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70C41938" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E0879EC" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="163A20E3" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F0C6940" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A2E8C5A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="0172FE6F" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="479E9A25" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A8C67B1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6772BA81" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3769D276" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71BBCC69" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C9DC64A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BCCDF2C" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D9A701A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08CB7C7A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="75B63B83" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33979EF3" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AB993B6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C64A4BE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C10D34E" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C873FB7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BA403EE" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E37A0FF" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="572820D1" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="397FC506" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="56F2EC9F" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B16039A" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2669" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46952441" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Blå= Färre dagar att låsa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="629CAE73" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FDD4DA4" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57F85A94" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DB7BCF9" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CD99B29" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="032253BB" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031360F" w:rsidRPr="0031360F" w14:paraId="733D3AB8" w14:textId="77777777" w:rsidTr="0031360F">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="406C78BD" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2669" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C60C780" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031360F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Röd= Ingen låsning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47D22F00" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6561E100" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77019A35" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1385E1F6" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="123A53D7" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62AF1ECB" w14:textId="77777777" w:rsidR="0031360F" w:rsidRPr="0031360F" w:rsidRDefault="0031360F" w:rsidP="0031360F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72B4D58E" w14:textId="09329753" w:rsidR="0056796C" w:rsidRPr="0056796C" w:rsidRDefault="0056796C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0056796C" w:rsidRPr="0056796C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22DF7CD0" w14:textId="77777777" w:rsidR="00521AB3" w:rsidRDefault="00521AB3" w:rsidP="005936BC">
+    <w:p w14:paraId="4DF096F5" w14:textId="77777777" w:rsidR="00325A0D" w:rsidRDefault="00325A0D" w:rsidP="005936BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="617E6BE8" w14:textId="77777777" w:rsidR="00521AB3" w:rsidRDefault="00521AB3" w:rsidP="005936BC">
+    <w:p w14:paraId="15658149" w14:textId="77777777" w:rsidR="00325A0D" w:rsidRDefault="00325A0D" w:rsidP="005936BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BAB6A94" w14:textId="77777777" w:rsidR="00521AB3" w:rsidRDefault="00521AB3" w:rsidP="005936BC">
+    <w:p w14:paraId="7C7AC229" w14:textId="77777777" w:rsidR="00325A0D" w:rsidRDefault="00325A0D" w:rsidP="005936BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C93ADDC" w14:textId="77777777" w:rsidR="00521AB3" w:rsidRDefault="00521AB3" w:rsidP="005936BC">
+    <w:p w14:paraId="62C94324" w14:textId="77777777" w:rsidR="00325A0D" w:rsidRDefault="00325A0D" w:rsidP="005936BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="156"/>
+  <w:zoom w:percent="224"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C45FC8"/>
     <w:rsid w:val="00007761"/>
     <w:rsid w:val="00010298"/>
     <w:rsid w:val="000155C0"/>
     <w:rsid w:val="00017C29"/>
     <w:rsid w:val="000243D0"/>
     <w:rsid w:val="00024FE1"/>
     <w:rsid w:val="00037672"/>
     <w:rsid w:val="00042511"/>
     <w:rsid w:val="00042BEE"/>
     <w:rsid w:val="00043227"/>
     <w:rsid w:val="00052BAB"/>
     <w:rsid w:val="0005729A"/>
     <w:rsid w:val="00063FA6"/>
     <w:rsid w:val="00074AFC"/>
     <w:rsid w:val="0008127C"/>
     <w:rsid w:val="000B045D"/>
     <w:rsid w:val="000F2148"/>
     <w:rsid w:val="000F2286"/>
     <w:rsid w:val="000F3D01"/>
     <w:rsid w:val="00120862"/>
     <w:rsid w:val="00127E96"/>
     <w:rsid w:val="00131B5E"/>
+    <w:rsid w:val="00144885"/>
     <w:rsid w:val="001512DC"/>
     <w:rsid w:val="0015517B"/>
     <w:rsid w:val="001855F0"/>
     <w:rsid w:val="00190A1A"/>
     <w:rsid w:val="001959D7"/>
     <w:rsid w:val="001B0E8F"/>
     <w:rsid w:val="001D09A7"/>
     <w:rsid w:val="001D69F7"/>
     <w:rsid w:val="001E3E8C"/>
     <w:rsid w:val="001F1D92"/>
     <w:rsid w:val="001F2563"/>
     <w:rsid w:val="00232558"/>
     <w:rsid w:val="00252FED"/>
+    <w:rsid w:val="00260A86"/>
     <w:rsid w:val="00283E67"/>
     <w:rsid w:val="0028795C"/>
     <w:rsid w:val="002B4397"/>
     <w:rsid w:val="002D0F12"/>
     <w:rsid w:val="002E2EDD"/>
     <w:rsid w:val="002E540F"/>
     <w:rsid w:val="0031360F"/>
     <w:rsid w:val="00317942"/>
+    <w:rsid w:val="00325A0D"/>
     <w:rsid w:val="0034251E"/>
     <w:rsid w:val="00355378"/>
     <w:rsid w:val="00364603"/>
     <w:rsid w:val="00366EFF"/>
     <w:rsid w:val="0037714A"/>
     <w:rsid w:val="003861F1"/>
     <w:rsid w:val="003A58DB"/>
     <w:rsid w:val="003A6122"/>
     <w:rsid w:val="003B546B"/>
     <w:rsid w:val="003B668F"/>
     <w:rsid w:val="003D2525"/>
     <w:rsid w:val="003D3051"/>
     <w:rsid w:val="003D54A2"/>
     <w:rsid w:val="003E138D"/>
     <w:rsid w:val="003E2670"/>
     <w:rsid w:val="003E282A"/>
     <w:rsid w:val="003E4CC2"/>
     <w:rsid w:val="003F1E46"/>
     <w:rsid w:val="00427B5D"/>
     <w:rsid w:val="00435E43"/>
     <w:rsid w:val="00457CF2"/>
     <w:rsid w:val="00460046"/>
     <w:rsid w:val="0046027F"/>
     <w:rsid w:val="004972E3"/>
     <w:rsid w:val="004B031C"/>
@@ -11874,144 +11620,148 @@
     <w:rsid w:val="00556BE4"/>
     <w:rsid w:val="00562EBC"/>
     <w:rsid w:val="0056796C"/>
     <w:rsid w:val="00583192"/>
     <w:rsid w:val="005936BC"/>
     <w:rsid w:val="005A566E"/>
     <w:rsid w:val="005B06C7"/>
     <w:rsid w:val="005E7E5D"/>
     <w:rsid w:val="005F73FF"/>
     <w:rsid w:val="005F7EA0"/>
     <w:rsid w:val="00640CDD"/>
     <w:rsid w:val="006468B7"/>
     <w:rsid w:val="006475D1"/>
     <w:rsid w:val="00653595"/>
     <w:rsid w:val="00673432"/>
     <w:rsid w:val="00676F4A"/>
     <w:rsid w:val="00697B14"/>
     <w:rsid w:val="006A280D"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="00701155"/>
     <w:rsid w:val="00703708"/>
     <w:rsid w:val="00711044"/>
     <w:rsid w:val="007115B7"/>
     <w:rsid w:val="007149B0"/>
     <w:rsid w:val="00720F24"/>
+    <w:rsid w:val="007234E2"/>
     <w:rsid w:val="00723595"/>
     <w:rsid w:val="00743D6A"/>
     <w:rsid w:val="00745FC6"/>
     <w:rsid w:val="007656C5"/>
     <w:rsid w:val="007765E1"/>
     <w:rsid w:val="0078622B"/>
     <w:rsid w:val="007A126F"/>
     <w:rsid w:val="007A26C6"/>
     <w:rsid w:val="007A2C4A"/>
     <w:rsid w:val="007A501F"/>
     <w:rsid w:val="007F3F3B"/>
     <w:rsid w:val="0083029B"/>
     <w:rsid w:val="00844EBD"/>
     <w:rsid w:val="00851763"/>
     <w:rsid w:val="00857F4A"/>
     <w:rsid w:val="00896324"/>
     <w:rsid w:val="008A2FE7"/>
     <w:rsid w:val="008A6E34"/>
     <w:rsid w:val="008B4E9C"/>
     <w:rsid w:val="008B65CC"/>
     <w:rsid w:val="008D29A6"/>
     <w:rsid w:val="008D40D1"/>
     <w:rsid w:val="008E3A9B"/>
     <w:rsid w:val="008E3FB2"/>
     <w:rsid w:val="008E7058"/>
     <w:rsid w:val="008E7C75"/>
     <w:rsid w:val="008F1767"/>
     <w:rsid w:val="008F4471"/>
     <w:rsid w:val="009109D3"/>
     <w:rsid w:val="0092059F"/>
     <w:rsid w:val="00920B01"/>
     <w:rsid w:val="00926B3A"/>
     <w:rsid w:val="00953EF1"/>
     <w:rsid w:val="00972F3D"/>
     <w:rsid w:val="0097313C"/>
     <w:rsid w:val="00991F86"/>
     <w:rsid w:val="009A11EE"/>
     <w:rsid w:val="009A5BFF"/>
     <w:rsid w:val="009B76AB"/>
     <w:rsid w:val="009E6679"/>
+    <w:rsid w:val="009F3E38"/>
     <w:rsid w:val="00A16573"/>
     <w:rsid w:val="00A34D49"/>
     <w:rsid w:val="00A8067F"/>
     <w:rsid w:val="00A836E7"/>
+    <w:rsid w:val="00A96B06"/>
     <w:rsid w:val="00AA7030"/>
     <w:rsid w:val="00AD19B1"/>
     <w:rsid w:val="00AD2C1D"/>
     <w:rsid w:val="00AE0F03"/>
     <w:rsid w:val="00AE172E"/>
     <w:rsid w:val="00B37C53"/>
     <w:rsid w:val="00B45EFB"/>
     <w:rsid w:val="00B46F1A"/>
     <w:rsid w:val="00B56558"/>
     <w:rsid w:val="00B769D3"/>
     <w:rsid w:val="00B829E6"/>
     <w:rsid w:val="00B91834"/>
     <w:rsid w:val="00B92D64"/>
     <w:rsid w:val="00BB5004"/>
     <w:rsid w:val="00BE3EB4"/>
     <w:rsid w:val="00C00D91"/>
     <w:rsid w:val="00C068DA"/>
     <w:rsid w:val="00C105E3"/>
     <w:rsid w:val="00C4152D"/>
     <w:rsid w:val="00C45FC8"/>
     <w:rsid w:val="00C51772"/>
     <w:rsid w:val="00C679D4"/>
     <w:rsid w:val="00CB308E"/>
     <w:rsid w:val="00CB7568"/>
     <w:rsid w:val="00CC0861"/>
     <w:rsid w:val="00CD7373"/>
     <w:rsid w:val="00D65502"/>
     <w:rsid w:val="00D76A29"/>
     <w:rsid w:val="00D81E41"/>
     <w:rsid w:val="00D82288"/>
     <w:rsid w:val="00DB04A1"/>
     <w:rsid w:val="00DC7C93"/>
     <w:rsid w:val="00DD09A0"/>
     <w:rsid w:val="00DD3CD5"/>
     <w:rsid w:val="00DE7F7A"/>
     <w:rsid w:val="00DF01F5"/>
     <w:rsid w:val="00DF0D4A"/>
     <w:rsid w:val="00E049D3"/>
     <w:rsid w:val="00E36DFE"/>
     <w:rsid w:val="00E45FC1"/>
     <w:rsid w:val="00E663E6"/>
     <w:rsid w:val="00E80ABA"/>
     <w:rsid w:val="00E81C8A"/>
     <w:rsid w:val="00E8209D"/>
     <w:rsid w:val="00E86373"/>
     <w:rsid w:val="00E8690C"/>
     <w:rsid w:val="00E874C9"/>
     <w:rsid w:val="00EA5001"/>
     <w:rsid w:val="00EB5F90"/>
     <w:rsid w:val="00EC5784"/>
+    <w:rsid w:val="00ED630B"/>
     <w:rsid w:val="00EF45E6"/>
     <w:rsid w:val="00EF462A"/>
     <w:rsid w:val="00F01EFD"/>
     <w:rsid w:val="00F4618F"/>
     <w:rsid w:val="00F56932"/>
     <w:rsid w:val="00F615A3"/>
     <w:rsid w:val="00F670F0"/>
     <w:rsid w:val="00F76BA8"/>
     <w:rsid w:val="00F87045"/>
     <w:rsid w:val="00F9096D"/>
     <w:rsid w:val="00FA18E0"/>
     <w:rsid w:val="00FA2C7F"/>
     <w:rsid w:val="00FA7290"/>
     <w:rsid w:val="00FA7F23"/>
     <w:rsid w:val="00FB26BE"/>
     <w:rsid w:val="00FE6BE7"/>
     <w:rsid w:val="00FF1FCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -12512,50 +12262,65 @@
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007115B7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007115B7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007115B7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00ED630B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="52776201">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="70085987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -13069,82 +12834,82 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e58707db-cea7-4907-92d1-cf323291762b}" enabled="1" method="Standard" siteId="{e11cbe9c-f680-44b9-9d42-d705f740b888}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>527</Words>
-  <Characters>2796</Characters>
+  <Words>538</Words>
+  <Characters>2856</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3317</CharactersWithSpaces>
+  <CharactersWithSpaces>3388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Benny Christiansen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e58707db-cea7-4907-92d1-cf323291762b_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>