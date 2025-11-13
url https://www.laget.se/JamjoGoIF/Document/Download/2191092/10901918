--- v0 (2025-10-21)
+++ v1 (2025-11-13)
@@ -1,112 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId20"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="279" r:id="rId4"/>
-    <p:sldId id="278" r:id="rId5"/>
+    <p:sldId id="280" r:id="rId5"/>
     <p:sldId id="273" r:id="rId6"/>
     <p:sldId id="271" r:id="rId7"/>
     <p:sldId id="274" r:id="rId8"/>
     <p:sldId id="262" r:id="rId9"/>
     <p:sldId id="263" r:id="rId10"/>
     <p:sldId id="268" r:id="rId11"/>
     <p:sldId id="258" r:id="rId12"/>
     <p:sldId id="259" r:id="rId13"/>
     <p:sldId id="260" r:id="rId14"/>
     <p:sldId id="261" r:id="rId15"/>
     <p:sldId id="265" r:id="rId16"/>
     <p:sldId id="264" r:id="rId17"/>
     <p:sldId id="266" r:id="rId18"/>
     <p:sldId id="275" r:id="rId19"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sv-SE"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
@@ -185,56 +189,74 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="FA66DA"/>
+    <a:srgbClr val="FC96F0"/>
     <a:srgbClr val="00FF99"/>
     <a:srgbClr val="FA3CE3"/>
     <a:srgbClr val="00CC99"/>
     <a:srgbClr val="00FFFF"/>
-    <a:srgbClr val="FC96F0"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Mellanmörkt format 2 - Dekorfärg 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
@@ -389,90 +411,82 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15035" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="106" d="100"/>
-          <a:sy n="106" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="786" y="96"/>
+        <p:origin x="1166" y="278"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -1178,1952 +1192,4853 @@
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
+<file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{A06CD2F0-2107-4857-84CF-E518B76A5659}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/vList3" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+    <dgm:pt modelId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3" loCatId="cycle" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{F6B94790-67FD-4BAA-9A45-1DE5950B3831}">
-      <dgm:prSet custT="1"/>
+    <dgm:pt modelId="{1D6C9E5E-6918-4D0F-9161-9A20BC1B1359}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="0070C0"/>
+          <a:schemeClr val="accent3"/>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" dirty="0">
+            <a:rPr lang="sv-SE" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Senior - Herrlag div.5 och reservlag</a:t>
+            <a:t>F 18/19</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{6C431B7E-9DDB-4664-9664-285764116650}" type="parTrans" cxnId="{80D3ACCE-9BFB-42DE-B34B-6D0D793E1956}">
+    <dgm:pt modelId="{73C36BC7-6974-494E-B520-20D9DB208FAF}" type="parTrans" cxnId="{4A85B6F2-0B31-40DB-80FD-340371041324}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{ACE14473-8AE9-4AC5-92B3-8A225EE169EE}" type="sibTrans" cxnId="{80D3ACCE-9BFB-42DE-B34B-6D0D793E1956}">
+    <dgm:pt modelId="{7EBFA55A-A386-4CD2-817B-1ADF9C6C4349}" type="sibTrans" cxnId="{4A85B6F2-0B31-40DB-80FD-340371041324}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{6655FE06-FED5-45B6-884E-C8053A2C0947}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{5882D435-A5D7-4FBF-86E3-F0C63D2D8189}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="0070C0"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
-        <a:bodyPr/>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" dirty="0"/>
-            <a:t>9 mot 9 – P10/11 och P12</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>F 16/17</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{F2661441-EDEB-49B2-A040-CA7620DC974E}" type="parTrans" cxnId="{ACB7E6CA-6037-4002-9BAB-BBFF3F455720}">
+    <dgm:pt modelId="{508946A8-7B77-401F-A85F-221ABF9FC475}" type="parTrans" cxnId="{F577CA63-BBAC-442E-989F-BA8F3A025AFE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{59E51C29-06EF-40AD-A342-1B9B99EB9675}" type="sibTrans" cxnId="{ACB7E6CA-6037-4002-9BAB-BBFF3F455720}">
+    <dgm:pt modelId="{BF4681EB-E21D-489A-8085-BAAAE5D12C5F}" type="sibTrans" cxnId="{F577CA63-BBAC-442E-989F-BA8F3A025AFE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{41C271E9-CA07-493C-B330-EAEC0CA6EF0A}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{C9FF6306-0458-47F9-ACA9-ED6EF6F8C59E}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="0070C0"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
-        <a:bodyPr/>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" dirty="0"/>
-            <a:t>7 mot 7 – P13/14/15</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>F 13/14</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{CCCF61E2-1A9B-46C8-A3DC-9BCF4A171986}" type="parTrans" cxnId="{04C21D66-DB37-461B-B467-840431A593CF}">
+    <dgm:pt modelId="{AF29FCEB-934F-4308-AD76-495E01123811}" type="parTrans" cxnId="{5603A576-DB06-46D3-AE09-30230DFA22AA}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{75AA9798-CCF7-42A7-A529-B574753CAFCA}" type="sibTrans" cxnId="{04C21D66-DB37-461B-B467-840431A593CF}">
+    <dgm:pt modelId="{167DE42B-9121-47A6-8798-C8F2071465BF}" type="sibTrans" cxnId="{5603A576-DB06-46D3-AE09-30230DFA22AA}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{0F04EBAD-2927-40F8-B491-08CC46C35D5E}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{85E5C7EF-43AB-4489-9AE2-589E9774F151}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="C00000"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
-        <a:bodyPr/>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" dirty="0"/>
-            <a:t>Senior - Damlag div.4</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>F 11/12</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{AE7B52A8-1251-4EDE-85F9-1FBE87EA72DF}" type="parTrans" cxnId="{919D3E7E-18D5-4FB7-A2A0-31BF6F572462}">
+    <dgm:pt modelId="{2527FEF2-2E83-4326-9A8B-19AD8CF4596A}" type="parTrans" cxnId="{8C923CAD-4023-4000-86F6-E2B45511B07A}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{C1AB974A-7DFF-48C0-AB3F-78ACA4C43F2A}" type="sibTrans" cxnId="{919D3E7E-18D5-4FB7-A2A0-31BF6F572462}">
+    <dgm:pt modelId="{EEA350A3-5F87-4918-BDC1-79702CE8C7DC}" type="sibTrans" cxnId="{8C923CAD-4023-4000-86F6-E2B45511B07A}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{7AD18B90-6FCC-46B3-847C-338FB8035100}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{FF2D9451-6922-46C5-BB9C-1246A51DD6BA}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="C00000"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
-        <a:bodyPr/>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" dirty="0"/>
-            <a:t>9 mot 9 – F11/12</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Damlag</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{B6C60DFB-67EA-4413-9157-B0635E92F735}" type="parTrans" cxnId="{FEAB4E5D-6E0B-4754-A3B7-B459C820DE18}">
+    <dgm:pt modelId="{43F99B33-65BD-46DD-A72F-C58F0CCC51AD}" type="parTrans" cxnId="{629F0338-139C-4E88-A7D9-A4C37CD5E400}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{2F73CAE8-062E-483B-94D0-22D79F5AE4A7}" type="sibTrans" cxnId="{FEAB4E5D-6E0B-4754-A3B7-B459C820DE18}">
+    <dgm:pt modelId="{06EC23ED-80C5-419C-9A99-E2FCC26FA29E}" type="sibTrans" cxnId="{629F0338-139C-4E88-A7D9-A4C37CD5E400}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{902FA5A5-CC0F-43D4-A1AB-9B30BBCF92E8}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{B7F5C9ED-90FD-42AA-AA1E-D5508A430A90}" type="pres">
+      <dgm:prSet presAssocID="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" type="pres">
+      <dgm:prSet presAssocID="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" presName="cycle" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F1BC9F46-9B48-4638-8F24-2459C54766D5}" type="pres">
+      <dgm:prSet presAssocID="{1D6C9E5E-6918-4D0F-9161-9A20BC1B1359}" presName="nodeFirstNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="5">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{0376C766-630C-48BE-B8EF-05CA04E6137A}" type="pres">
+      <dgm:prSet presAssocID="{7EBFA55A-A386-4CD2-817B-1ADF9C6C4349}" presName="sibTransFirstNode" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{59561DA3-717D-49B5-9F4B-4FDD49BB6AD5}" type="pres">
+      <dgm:prSet presAssocID="{5882D435-A5D7-4FBF-86E3-F0C63D2D8189}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="5">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
       <dgm:spPr>
-        <a:solidFill>
-[...1 lines deleted...]
-        </a:solidFill>
+        <a:xfrm>
+          <a:off x="4128819" y="1359856"/>
+          <a:ext cx="2135552" cy="1067776"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
       </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{3DF6F5C8-D9E2-4D6C-963D-5E2D6F50849E}" type="pres">
+      <dgm:prSet presAssocID="{C9FF6306-0458-47F9-ACA9-ED6EF6F8C59E}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="5">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="3415259" y="3555968"/>
+          <a:ext cx="2135552" cy="1067776"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{D52E021B-D055-47B3-AB5C-89BEC2133A39}" type="pres">
+      <dgm:prSet presAssocID="{85E5C7EF-43AB-4489-9AE2-589E9774F151}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="5">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="1106130" y="3555968"/>
+          <a:ext cx="2135552" cy="1067776"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{7F775299-4A14-4EEC-8B2E-8FDD49DA927B}" type="pres">
+      <dgm:prSet presAssocID="{FF2D9451-6922-46C5-BB9C-1246A51DD6BA}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="5">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="392570" y="1359856"/>
+          <a:ext cx="2135552" cy="1067776"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{4D6DAF01-6100-4044-BC3F-3DB18AF59955}" type="presOf" srcId="{85E5C7EF-43AB-4489-9AE2-589E9774F151}" destId="{D52E021B-D055-47B3-AB5C-89BEC2133A39}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{F42AE532-469A-4050-BB14-9A5FB4803B68}" type="presOf" srcId="{5882D435-A5D7-4FBF-86E3-F0C63D2D8189}" destId="{59561DA3-717D-49B5-9F4B-4FDD49BB6AD5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{629F0338-139C-4E88-A7D9-A4C37CD5E400}" srcId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" destId="{FF2D9451-6922-46C5-BB9C-1246A51DD6BA}" srcOrd="4" destOrd="0" parTransId="{43F99B33-65BD-46DD-A72F-C58F0CCC51AD}" sibTransId="{06EC23ED-80C5-419C-9A99-E2FCC26FA29E}"/>
+    <dgm:cxn modelId="{F577CA63-BBAC-442E-989F-BA8F3A025AFE}" srcId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" destId="{5882D435-A5D7-4FBF-86E3-F0C63D2D8189}" srcOrd="1" destOrd="0" parTransId="{508946A8-7B77-401F-A85F-221ABF9FC475}" sibTransId="{BF4681EB-E21D-489A-8085-BAAAE5D12C5F}"/>
+    <dgm:cxn modelId="{4901EF6C-CA7E-41F9-8EAA-3BFA08DEE545}" type="presOf" srcId="{7EBFA55A-A386-4CD2-817B-1ADF9C6C4349}" destId="{0376C766-630C-48BE-B8EF-05CA04E6137A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{5603A576-DB06-46D3-AE09-30230DFA22AA}" srcId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" destId="{C9FF6306-0458-47F9-ACA9-ED6EF6F8C59E}" srcOrd="2" destOrd="0" parTransId="{AF29FCEB-934F-4308-AD76-495E01123811}" sibTransId="{167DE42B-9121-47A6-8798-C8F2071465BF}"/>
+    <dgm:cxn modelId="{678E387D-F93D-4537-88E0-68F745EAEEE2}" type="presOf" srcId="{C9FF6306-0458-47F9-ACA9-ED6EF6F8C59E}" destId="{3DF6F5C8-D9E2-4D6C-963D-5E2D6F50849E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{AB50B17F-E21A-4B60-9A53-05B449E56970}" type="presOf" srcId="{FF2D9451-6922-46C5-BB9C-1246A51DD6BA}" destId="{7F775299-4A14-4EEC-8B2E-8FDD49DA927B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{8C923CAD-4023-4000-86F6-E2B45511B07A}" srcId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" destId="{85E5C7EF-43AB-4489-9AE2-589E9774F151}" srcOrd="3" destOrd="0" parTransId="{2527FEF2-2E83-4326-9A8B-19AD8CF4596A}" sibTransId="{EEA350A3-5F87-4918-BDC1-79702CE8C7DC}"/>
+    <dgm:cxn modelId="{79476CCD-5E03-4AF8-9F60-9617785A1BEA}" type="presOf" srcId="{1D6C9E5E-6918-4D0F-9161-9A20BC1B1359}" destId="{F1BC9F46-9B48-4638-8F24-2459C54766D5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{52E1A9DD-193B-4A99-A6EC-1CDA1D90B954}" type="presOf" srcId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" destId="{B7F5C9ED-90FD-42AA-AA1E-D5508A430A90}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{4A85B6F2-0B31-40DB-80FD-340371041324}" srcId="{ACDF36A8-3089-4B5D-99D9-F2F6FA2B2094}" destId="{1D6C9E5E-6918-4D0F-9161-9A20BC1B1359}" srcOrd="0" destOrd="0" parTransId="{73C36BC7-6974-494E-B520-20D9DB208FAF}" sibTransId="{7EBFA55A-A386-4CD2-817B-1ADF9C6C4349}"/>
+    <dgm:cxn modelId="{6E138E97-EF12-4924-B210-03587A3723B5}" type="presParOf" srcId="{B7F5C9ED-90FD-42AA-AA1E-D5508A430A90}" destId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{E7653DE3-4A50-415C-AA5B-885CA019D7A4}" type="presParOf" srcId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" destId="{F1BC9F46-9B48-4638-8F24-2459C54766D5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{16BAEBB0-C30F-43AE-B281-B32EAC07F0AA}" type="presParOf" srcId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" destId="{0376C766-630C-48BE-B8EF-05CA04E6137A}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{AEE800C2-C130-4379-81C2-ABBD9DE35B21}" type="presParOf" srcId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" destId="{59561DA3-717D-49B5-9F4B-4FDD49BB6AD5}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{F3FA78C3-1EE5-4314-B59C-0EA28DC2A725}" type="presParOf" srcId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" destId="{3DF6F5C8-D9E2-4D6C-963D-5E2D6F50849E}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{7CBF28C1-AF1B-4D15-A286-43311B83ADBF}" type="presParOf" srcId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" destId="{D52E021B-D055-47B3-AB5C-89BEC2133A39}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{AD01A91C-6E4C-4C90-8BD4-23F2BF713E2D}" type="presParOf" srcId="{0988326F-7050-4CF6-927C-BAAE6ECC3ED2}" destId="{7F775299-4A14-4EEC-8B2E-8FDD49DA927B}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3" loCatId="cycle" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D9CE66BD-581B-43E1-9C3E-5F68590B2A4C}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE"/>
-            <a:t>7 mot 7 – F14/15</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 20/21</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{A72D1573-8A28-4256-8CC8-FC04CF0DC55E}" type="parTrans" cxnId="{0CBDC502-5212-4D0C-AFAD-FDE6A6D4DF46}">
+    <dgm:pt modelId="{78F58BBF-E5D2-4252-A745-7841766911AC}" type="parTrans" cxnId="{DBEF81F1-DBDE-45A6-A699-A33F73392821}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{F2EDD94F-C800-4431-BD74-5597676A8A87}" type="sibTrans" cxnId="{0CBDC502-5212-4D0C-AFAD-FDE6A6D4DF46}">
+    <dgm:pt modelId="{804C6A96-7154-4C05-8C37-7B276605352D}" type="sibTrans" cxnId="{DBEF81F1-DBDE-45A6-A699-A33F73392821}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{38FD9850-A70E-40B2-90D1-CA53CB0203E4}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{17DF5CD7-9174-46D6-B2CF-475E712FEF07}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="00B050"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
-        <a:bodyPr/>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE"/>
-            <a:t>5 mot 5 – PF16/17</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 18/19</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{6FA540EC-0780-4857-B056-D0717CB434D5}" type="parTrans" cxnId="{626F07D1-3C61-484F-8A27-7AF7AD13B355}">
+    <dgm:pt modelId="{F8BAB77A-A165-4DE5-91EB-185B692FF47D}" type="parTrans" cxnId="{3BDDEE6C-AFF9-45C2-BEB6-C3F66CC14080}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{408A548F-A791-4528-89AD-358BE423C492}" type="sibTrans" cxnId="{626F07D1-3C61-484F-8A27-7AF7AD13B355}">
+    <dgm:pt modelId="{DE0CDBC6-83CE-4F21-BB7C-A56BD52B077C}" type="sibTrans" cxnId="{3BDDEE6C-AFF9-45C2-BEB6-C3F66CC14080}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{7A9D8983-D802-4E3F-BDBB-60004413F8CA}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{A861A9A8-1D18-4692-9488-5D22CB3DE0F5}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
-          <a:srgbClr val="00B050"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
-        <a:bodyPr/>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE"/>
-            <a:t>3 mot 3 – PF18/19</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 16/17</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{D9019F4E-C215-4458-97CA-19E57B21019F}" type="parTrans" cxnId="{45163778-9478-4D94-A3F3-7F2D6409601A}">
+    <dgm:pt modelId="{2C9A5552-7CD1-4084-A509-C3EBC8111EA4}" type="parTrans" cxnId="{48F44E96-71B4-4959-B0C7-207E23196BED}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{F9EBE3E5-BBB3-481D-BC3B-5FC6C37E335B}" type="sibTrans" cxnId="{45163778-9478-4D94-A3F3-7F2D6409601A}">
+    <dgm:pt modelId="{F55AFDF2-62D8-45E4-8E04-548C9D7678C7}" type="sibTrans" cxnId="{48F44E96-71B4-4959-B0C7-207E23196BED}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{EC1A1DC8-60E9-4B89-B16E-B75B0A702FB0}" type="pres">
-      <dgm:prSet presAssocID="{A06CD2F0-2107-4857-84CF-E518B76A5659}" presName="linearFlow" presStyleCnt="0">
+    <dgm:pt modelId="{BD7C7950-A9FF-4503-93CD-AD519A504A50}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 13/14/15</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{165F150E-D764-417D-815D-D65814D7978A}" type="parTrans" cxnId="{1C20F7B0-F02D-40E2-9D1D-390303C66894}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{58AA55EE-90F5-482A-B1A1-8E49064E32C7}" type="sibTrans" cxnId="{1C20F7B0-F02D-40E2-9D1D-390303C66894}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{623D2F2A-5122-4D74-B9E1-0E16910E1EC6}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 12</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B68F0578-5632-4B9E-9F69-4C5FEE8B21B7}" type="parTrans" cxnId="{0212C67E-BBA9-443D-8324-88722732856D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9D39CCED-98A0-4432-891E-43D4E9103C00}" type="sibTrans" cxnId="{0212C67E-BBA9-443D-8324-88722732856D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C41CBF64-D3E0-4EC9-AB13-F92EE66B4F37}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 10/11</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{534C5EB3-0E40-4126-BCD9-6A552A03E9EE}" type="parTrans" cxnId="{FA75E30F-54BA-42E5-81C2-4BD5882694EC}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{468D11CC-4C73-4C4B-89CF-050C5152E9D8}" type="sibTrans" cxnId="{FA75E30F-54BA-42E5-81C2-4BD5882694EC}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B3D0F1A6-49F0-4BF7-818B-A2E7725F5048}">
+      <dgm:prSet phldrT="[Text]" phldr="0" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Herr – Senior och reservlag</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D05D58EC-37D6-4018-8D71-A39ABA2FCEA7}" type="parTrans" cxnId="{BDAF3416-16E4-4402-A0BB-7B90EB6D314A}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{432511DC-3F76-49C5-9489-D97BA08FBDC6}" type="sibTrans" cxnId="{BDAF3416-16E4-4402-A0BB-7B90EB6D314A}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F09602EA-5D47-433F-8B6D-939181259870}" type="pres">
+      <dgm:prSet presAssocID="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{19DCDB40-AC0D-44F7-86E7-491897C4203E}" type="pres">
-      <dgm:prSet presAssocID="{F6B94790-67FD-4BAA-9A45-1DE5950B3831}" presName="composite" presStyleCnt="0"/>
+    <dgm:pt modelId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" type="pres">
+      <dgm:prSet presAssocID="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" presName="cycle" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{E39A45F7-48B3-4C9E-B36B-D07FBA6F4517}" type="pres">
-[...23 lines deleted...]
-      <dgm:prSet presAssocID="{F6B94790-67FD-4BAA-9A45-1DE5950B3831}" presName="txShp" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="8">
+    <dgm:pt modelId="{59FB9280-8773-4797-8E89-C835F73B8D3F}" type="pres">
+      <dgm:prSet presAssocID="{D9CE66BD-581B-43E1-9C3E-5F68590B2A4C}" presName="nodeFirstNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="3184921" y="3216"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{A6D830D3-5825-4D14-9E37-2FA8BB7EAEE1}" type="pres">
+      <dgm:prSet presAssocID="{804C6A96-7154-4C05-8C37-7B276605352D}" presName="sibTransFirstNode" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="1"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{64F5251F-1BF7-427A-A969-CC233F42963D}" type="pres">
-[...31 lines deleted...]
-      <dgm:prSet presAssocID="{6655FE06-FED5-45B6-884E-C8053A2C0947}" presName="txShp" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="8">
+    <dgm:pt modelId="{26DFAE15-2302-4A6C-9CE6-C46620BDA310}" type="pres">
+      <dgm:prSet presAssocID="{17DF5CD7-9174-46D6-B2CF-475E712FEF07}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="5049320" y="901063"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
     </dgm:pt>
-    <dgm:pt modelId="{4EAFD2F5-9647-4842-99AB-B4F93B41559D}" type="pres">
-[...31 lines deleted...]
-      <dgm:prSet presAssocID="{41C271E9-CA07-493C-B330-EAEC0CA6EF0A}" presName="txShp" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="8">
+    <dgm:pt modelId="{224CD8E9-258C-46C5-B839-33F1082C9248}" type="pres">
+      <dgm:prSet presAssocID="{A861A9A8-1D18-4692-9488-5D22CB3DE0F5}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="5509788" y="2918507"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
     </dgm:pt>
-    <dgm:pt modelId="{FE42CC1D-7E6C-41E0-8C3A-664A988C4217}" type="pres">
-[...31 lines deleted...]
-      <dgm:prSet presAssocID="{0F04EBAD-2927-40F8-B491-08CC46C35D5E}" presName="txShp" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="8">
+    <dgm:pt modelId="{D4E870FF-B635-4595-B7A5-CBD6206C9C5D}" type="pres">
+      <dgm:prSet presAssocID="{BD7C7950-A9FF-4503-93CD-AD519A504A50}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="4219584" y="4536372"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
     </dgm:pt>
-    <dgm:pt modelId="{A78FB0C9-0C2E-47F9-90AB-F0499B5FD8E5}" type="pres">
-[...31 lines deleted...]
-      <dgm:prSet presAssocID="{7AD18B90-6FCC-46B3-847C-338FB8035100}" presName="txShp" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="8">
+    <dgm:pt modelId="{CEAA49DC-138D-4B23-9075-2D8D01DCBA8C}" type="pres">
+      <dgm:prSet presAssocID="{623D2F2A-5122-4D74-B9E1-0E16910E1EC6}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="2150258" y="4536372"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
     </dgm:pt>
-    <dgm:pt modelId="{C621D192-2CA5-4D8D-AEE1-73B00293E889}" type="pres">
-[...31 lines deleted...]
-      <dgm:prSet presAssocID="{902FA5A5-CC0F-43D4-A1AB-9B30BBCF92E8}" presName="txShp" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="8">
+    <dgm:pt modelId="{D83C0B0B-AF4D-4D10-B320-157D09AC4274}" type="pres">
+      <dgm:prSet presAssocID="{C41CBF64-D3E0-4EC9-AB13-F92EE66B4F37}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="860055" y="2918507"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+      </dgm:spPr>
     </dgm:pt>
-    <dgm:pt modelId="{DB50D580-2E9B-48AC-9F08-FE3F5836DCF2}" type="pres">
-[...31 lines deleted...]
-      <dgm:prSet presAssocID="{38FD9850-A70E-40B2-90D1-CA53CB0203E4}" presName="txShp" presStyleLbl="node1" presStyleIdx="6" presStyleCnt="8">
+    <dgm:pt modelId="{DE81B49A-59B1-4660-B5DA-0D3EEC146829}" type="pres">
+      <dgm:prSet presAssocID="{B3D0F1A6-49F0-4BF7-818B-A2E7725F5048}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="6" presStyleCnt="7">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
-      <dgm:spPr/>
-[...10 lines deleted...]
-      <dgm:prSet presAssocID="{7A9D8983-D802-4E3F-BDBB-60004413F8CA}" presName="imgShp" presStyleLbl="fgImgPlace1" presStyleIdx="7" presStyleCnt="8"/>
       <dgm:spPr>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:xfrm>
+          <a:off x="1320523" y="901063"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
       </dgm:spPr>
-      <dgm:extLst>
-[...11 lines deleted...]
-      <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{D2DE2500-CFCC-4D65-A03C-6D386B1DF92C}" type="presOf" srcId="{0F04EBAD-2927-40F8-B491-08CC46C35D5E}" destId="{343CC1F7-125E-424D-A31C-AF1E128C39BE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList3"/>
-[...46 lines deleted...]
-    <dgm:cxn modelId="{01F01E29-A1B7-40EB-B240-80DF76FA3043}" type="presParOf" srcId="{75747D3D-C919-4BA1-B53D-02603288034E}" destId="{A907BE4A-22BE-4B0E-B95D-CA18623B80BA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList3"/>
+    <dgm:cxn modelId="{C2965303-CF8D-4819-8D1B-CED67630173B}" type="presOf" srcId="{17DF5CD7-9174-46D6-B2CF-475E712FEF07}" destId="{26DFAE15-2302-4A6C-9CE6-C46620BDA310}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{FA75E30F-54BA-42E5-81C2-4BD5882694EC}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{C41CBF64-D3E0-4EC9-AB13-F92EE66B4F37}" srcOrd="5" destOrd="0" parTransId="{534C5EB3-0E40-4126-BCD9-6A552A03E9EE}" sibTransId="{468D11CC-4C73-4C4B-89CF-050C5152E9D8}"/>
+    <dgm:cxn modelId="{BDAF3416-16E4-4402-A0BB-7B90EB6D314A}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{B3D0F1A6-49F0-4BF7-818B-A2E7725F5048}" srcOrd="6" destOrd="0" parTransId="{D05D58EC-37D6-4018-8D71-A39ABA2FCEA7}" sibTransId="{432511DC-3F76-49C5-9489-D97BA08FBDC6}"/>
+    <dgm:cxn modelId="{865BCA1C-D867-4484-9D2A-16CF5193DA75}" type="presOf" srcId="{C41CBF64-D3E0-4EC9-AB13-F92EE66B4F37}" destId="{D83C0B0B-AF4D-4D10-B320-157D09AC4274}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{3BDDEE6C-AFF9-45C2-BEB6-C3F66CC14080}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{17DF5CD7-9174-46D6-B2CF-475E712FEF07}" srcOrd="1" destOrd="0" parTransId="{F8BAB77A-A165-4DE5-91EB-185B692FF47D}" sibTransId="{DE0CDBC6-83CE-4F21-BB7C-A56BD52B077C}"/>
+    <dgm:cxn modelId="{0212C67E-BBA9-443D-8324-88722732856D}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{623D2F2A-5122-4D74-B9E1-0E16910E1EC6}" srcOrd="4" destOrd="0" parTransId="{B68F0578-5632-4B9E-9F69-4C5FEE8B21B7}" sibTransId="{9D39CCED-98A0-4432-891E-43D4E9103C00}"/>
+    <dgm:cxn modelId="{48F44E96-71B4-4959-B0C7-207E23196BED}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{A861A9A8-1D18-4692-9488-5D22CB3DE0F5}" srcOrd="2" destOrd="0" parTransId="{2C9A5552-7CD1-4084-A509-C3EBC8111EA4}" sibTransId="{F55AFDF2-62D8-45E4-8E04-548C9D7678C7}"/>
+    <dgm:cxn modelId="{1C20F7B0-F02D-40E2-9D1D-390303C66894}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{BD7C7950-A9FF-4503-93CD-AD519A504A50}" srcOrd="3" destOrd="0" parTransId="{165F150E-D764-417D-815D-D65814D7978A}" sibTransId="{58AA55EE-90F5-482A-B1A1-8E49064E32C7}"/>
+    <dgm:cxn modelId="{A14CF8C2-D7FB-4FD8-BD5D-077C729003EE}" type="presOf" srcId="{BD7C7950-A9FF-4503-93CD-AD519A504A50}" destId="{D4E870FF-B635-4595-B7A5-CBD6206C9C5D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{40E421D4-8AF8-4CBD-B29C-BA99D817D219}" type="presOf" srcId="{A861A9A8-1D18-4692-9488-5D22CB3DE0F5}" destId="{224CD8E9-258C-46C5-B839-33F1082C9248}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{082235DD-AF3C-4BFC-9093-82BA17C19B80}" type="presOf" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{F09602EA-5D47-433F-8B6D-939181259870}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{8D7F65E0-268F-4F5B-8175-75482BC30494}" type="presOf" srcId="{623D2F2A-5122-4D74-B9E1-0E16910E1EC6}" destId="{CEAA49DC-138D-4B23-9075-2D8D01DCBA8C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{0F4B2CE6-F6F7-423E-8F3A-F32A03C25C5F}" type="presOf" srcId="{B3D0F1A6-49F0-4BF7-818B-A2E7725F5048}" destId="{DE81B49A-59B1-4660-B5DA-0D3EEC146829}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{DBEF81F1-DBDE-45A6-A699-A33F73392821}" srcId="{28F28FFA-9906-4F51-AEAC-EBC009710BC8}" destId="{D9CE66BD-581B-43E1-9C3E-5F68590B2A4C}" srcOrd="0" destOrd="0" parTransId="{78F58BBF-E5D2-4252-A745-7841766911AC}" sibTransId="{804C6A96-7154-4C05-8C37-7B276605352D}"/>
+    <dgm:cxn modelId="{D82ABAF8-C186-457D-9820-6E5F0D9A9803}" type="presOf" srcId="{D9CE66BD-581B-43E1-9C3E-5F68590B2A4C}" destId="{59FB9280-8773-4797-8E89-C835F73B8D3F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{2E54FFFC-9C91-4D91-A50D-B3A9AF71FD6D}" type="presOf" srcId="{804C6A96-7154-4C05-8C37-7B276605352D}" destId="{A6D830D3-5825-4D14-9E37-2FA8BB7EAEE1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{FEC07233-4719-440B-BAF5-ED73C331D6D1}" type="presParOf" srcId="{F09602EA-5D47-433F-8B6D-939181259870}" destId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{213D070E-B6AD-45E7-9851-795B7F464587}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{59FB9280-8773-4797-8E89-C835F73B8D3F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{EFC6FC96-ACC2-4768-9FC6-8D1B5EAEAD53}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{A6D830D3-5825-4D14-9E37-2FA8BB7EAEE1}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{338580F2-B660-4A13-9683-00BEF28542E1}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{26DFAE15-2302-4A6C-9CE6-C46620BDA310}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{D22BFFD6-B5BC-47E8-ADD6-7FB5568B2E5C}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{224CD8E9-258C-46C5-B839-33F1082C9248}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{8F730269-080B-41FF-B462-8057652B9B5C}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{D4E870FF-B635-4595-B7A5-CBD6206C9C5D}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{3054FB28-DEC8-4DB6-B066-A02888B5061C}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{CEAA49DC-138D-4B23-9075-2D8D01DCBA8C}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{134F5540-B363-4F42-ACEA-4B70666C3D61}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{D83C0B0B-AF4D-4D10-B320-157D09AC4274}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
+    <dgm:cxn modelId="{330C5110-193A-474C-AE92-6B1810041B45}" type="presParOf" srcId="{923B7A39-4874-4FE8-AC21-DEFC4E2E65ED}" destId="{DE81B49A-59B1-4660-B5DA-0D3EEC146829}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
-    <dsp:sp modelId="{5113BF07-A31B-414A-A30C-98BC14A1DC7A}">
+    <dsp:sp modelId="{0376C766-630C-48BE-B8EF-05CA04E6137A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="10800000">
-[...1 lines deleted...]
-          <a:ext cx="3043953" cy="572037"/>
+        <a:xfrm>
+          <a:off x="1025373" y="-25067"/>
+          <a:ext cx="4606194" cy="4606194"/>
         </a:xfrm>
-        <a:prstGeom prst="homePlate">
+        <a:prstGeom prst="circularArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 5544"/>
+            <a:gd name="adj2" fmla="val 330680"/>
+            <a:gd name="adj3" fmla="val 13798844"/>
+            <a:gd name="adj4" fmla="val 17372032"/>
+            <a:gd name="adj5" fmla="val 5757"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="40000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{F1BC9F46-9B48-4638-8F24-2459C54766D5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2260694" y="2585"/>
+          <a:ext cx="2135552" cy="1067776"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:srgbClr val="0070C0"/>
+          <a:schemeClr val="accent3"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200" dirty="0">
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Senior - Herrlag div.5 och reservlag</a:t>
+            <a:t>F 18/19</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="2312819" y="54710"/>
+        <a:ext cx="2031302" cy="963526"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{E39A45F7-48B3-4C9E-B36B-D07FBA6F4517}">
+    <dsp:sp modelId="{59561DA3-717D-49B5-9F4B-4FDD49BB6AD5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="2784"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="4128819" y="1359856"/>
+          <a:ext cx="2135552" cy="1067776"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
-[...42 lines deleted...]
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200" dirty="0"/>
-            <a:t>9 mot 9 – P10/11 och P12</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>F 16/17</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="4180944" y="1411981"/>
+        <a:ext cx="2031302" cy="963526"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{0C0FDA23-E932-4B21-90B0-C60428B0147E}">
+    <dsp:sp modelId="{3DF6F5C8-D9E2-4D6C-963D-5E2D6F50849E}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="745579"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="3415259" y="3555968"/>
+          <a:ext cx="2135552" cy="1067776"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
-[...42 lines deleted...]
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200" dirty="0"/>
-            <a:t>7 mot 7 – P13/14/15</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>F 13/14</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="3467384" y="3608093"/>
+        <a:ext cx="2031302" cy="963526"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{FD9E4184-536C-4B40-A206-B7CCC10DF5BA}">
+    <dsp:sp modelId="{D52E021B-D055-47B3-AB5C-89BEC2133A39}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="1488374"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="1106130" y="3555968"/>
+          <a:ext cx="2135552" cy="1067776"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
-[...42 lines deleted...]
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200" dirty="0"/>
-            <a:t>Senior - Damlag div.4</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>F 11/12</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="1158255" y="3608093"/>
+        <a:ext cx="2031302" cy="963526"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{98F632A8-51BC-4A81-AFE7-4C37D6B3FB7B}">
+    <dsp:sp modelId="{7F775299-4A14-4EEC-8B2E-8FDD49DA927B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="2231169"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="392570" y="1359856"/>
+          <a:ext cx="2135552" cy="1067776"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
-[...42 lines deleted...]
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200" dirty="0"/>
-            <a:t>9 mot 9 – F11/12</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Damlag</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="444695" y="1411981"/>
+        <a:ext cx="2031302" cy="963526"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{AC4067AD-34CC-46F9-BDF9-D087B91B947B}">
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{A6D830D3-5825-4D14-9E37-2FA8BB7EAEE1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="2973964"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="1267991" y="-34238"/>
+          <a:ext cx="5592016" cy="5592016"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
-          <a:avLst/>
+        <a:prstGeom prst="circularArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 5544"/>
+            <a:gd name="adj2" fmla="val 330680"/>
+            <a:gd name="adj3" fmla="val 14501840"/>
+            <a:gd name="adj4" fmla="val 16958206"/>
+            <a:gd name="adj5" fmla="val 5757"/>
+          </a:avLst>
         </a:prstGeom>
-        <a:blipFill>
-[...22 lines deleted...]
-          <a:miter lim="800000"/>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="40000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
-        <a:lnRef idx="2">
+        <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
-    <dsp:sp modelId="{E451CE74-FD56-4301-A279-CF14CA6C01AF}">
+    <dsp:sp modelId="{59FB9280-8773-4797-8E89-C835F73B8D3F}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="10800000">
-[...1 lines deleted...]
-          <a:ext cx="3043953" cy="572037"/>
+        <a:xfrm>
+          <a:off x="3184921" y="3216"/>
+          <a:ext cx="1758156" cy="879078"/>
         </a:xfrm>
-        <a:prstGeom prst="homePlate">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:srgbClr val="C00000"/>
+          <a:srgbClr val="A5A5A5"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
-            <a:t>7 mot 7 – F14/15</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 20/21</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="3227834" y="46129"/>
+        <a:ext cx="1672330" cy="793252"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{834CE0B5-F7AB-4B2F-A47F-BCCFB8B02282}">
+    <dsp:sp modelId="{26DFAE15-2302-4A6C-9CE6-C46620BDA310}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="3716759"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="5049320" y="901063"/>
+          <a:ext cx="1758156" cy="879078"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
-[...42 lines deleted...]
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
-            <a:t>5 mot 5 – PF16/17</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 18/19</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="5092233" y="943976"/>
+        <a:ext cx="1672330" cy="793252"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{0EE86160-4CC6-4360-8137-56FC42321CEF}">
+    <dsp:sp modelId="{224CD8E9-258C-46C5-B839-33F1082C9248}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="4459554"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="5509788" y="2918507"/>
+          <a:ext cx="1758156" cy="879078"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
-[...42 lines deleted...]
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="252253" tIns="68580" rIns="128016" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
-            <a:t>3 mot 3 – PF18/19</a:t>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 16/17</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="10800000">
-[...1 lines deleted...]
-        <a:ext cx="2900944" cy="572037"/>
+      <dsp:txXfrm>
+        <a:off x="5552701" y="2961420"/>
+        <a:ext cx="1672330" cy="793252"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{BB22521E-FAB3-48DC-A520-27EE0FC6D4C1}">
+    <dsp:sp modelId="{D4E870FF-B635-4595-B7A5-CBD6206C9C5D}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="623700" y="5202349"/>
-          <a:ext cx="572037" cy="572037"/>
+          <a:off x="4219584" y="4536372"/>
+          <a:ext cx="1758156" cy="879078"/>
         </a:xfrm>
-        <a:prstGeom prst="ellipse">
+        <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:blipFill>
-[...11 lines deleted...]
-        </a:blipFill>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="lt1">
+            <a:prstClr val="white">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:schemeClr>
+            </a:prstClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
-        <a:fontRef idx="minor"/>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
       </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 13/14/15</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4262497" y="4579285"/>
+        <a:ext cx="1672330" cy="793252"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{CEAA49DC-138D-4B23-9075-2D8D01DCBA8C}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2150258" y="4536372"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 12</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2193171" y="4579285"/>
+        <a:ext cx="1672330" cy="793252"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{D83C0B0B-AF4D-4D10-B320-157D09AC4274}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="860055" y="2918507"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>P 10/11</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="902968" y="2961420"/>
+        <a:ext cx="1672330" cy="793252"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{DE81B49A-59B1-4660-B5DA-0D3EEC146829}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1320523" y="901063"/>
+          <a:ext cx="1758156" cy="879078"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="A5A5A5"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:prstClr val="white">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:prstClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="933450">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2100" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Herr – Senior och reservlag</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1363436" y="943976"/>
+        <a:ext cx="1672330" cy="793252"/>
+      </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/vList3">
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="list" pri="14000"/>
-[...2 lines deleted...]
-    <dgm:cat type="pictureconvert" pri="27000"/>
+    <dgm:cat type="cycle" pri="5000"/>
   </dgm:catLst>
-  <dgm:sampData useDef="1">
+  <dgm:sampData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="5">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="6" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="5" srcOrd="4" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1"/>
         <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
       </dgm:ptLst>
       <dgm:cxnLst>
-        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
-        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
       </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
   <dgm:clrData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1"/>
         <dgm:pt modelId="2"/>
         <dgm:pt modelId="3"/>
         <dgm:pt modelId="4"/>
+        <dgm:pt modelId="5"/>
+        <dgm:pt modelId="6"/>
       </dgm:ptLst>
       <dgm:cxnLst>
-        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
-[...2 lines deleted...]
-        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="11" srcId="0" destId="5" srcOrd="4" destOrd="0"/>
+        <dgm:cxn modelId="12" srcId="0" destId="6" srcOrd="5" destOrd="0"/>
       </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:clrData>
-  <dgm:layoutNode name="linearFlow">
+  <dgm:layoutNode name="Name0">
     <dgm:varLst>
       <dgm:dir/>
       <dgm:resizeHandles val="exact"/>
     </dgm:varLst>
-    <dgm:alg type="lin">
-[...17 lines deleted...]
-      <dgm:layoutNode name="composite">
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+        <dgm:alg type="composite">
+          <dgm:param type="ar" val="0.9"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst>
+          <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+          <dgm:constr type="ctrX" for="ch" forName="node1" refType="w" fact="0.5"/>
+          <dgm:constr type="t" for="ch" forName="node1"/>
+          <dgm:constr type="w" for="ch" forName="node1" refType="w" fact="0.8"/>
+          <dgm:constr type="h" for="ch" forName="node1" refType="w" refFor="ch" refForName="node1" fact="0.5"/>
+          <dgm:constr type="ctrX" for="ch" forName="sibTrans" refType="w" fact="0.5"/>
+          <dgm:constr type="t" for="ch" forName="sibTrans"/>
+          <dgm:constr type="w" for="ch" forName="sibTrans" refType="w" fact="0.8"/>
+          <dgm:constr type="h" for="ch" forName="sibTrans" refType="w" refFor="ch" refForName="node1" fact="0.5"/>
+          <dgm:constr type="userA" for="ch" forName="sibTrans" refType="w" fact="1.07"/>
+          <dgm:constr type="ctrX" for="ch" forName="node2" refType="w" fact="0.5"/>
+          <dgm:constr type="b" for="ch" forName="node2" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="node2" refType="w" fact="0.8"/>
+          <dgm:constr type="h" for="ch" forName="node2" refType="w" refFor="ch" refForName="node1" fact="0.5"/>
+          <dgm:constr type="l" for="ch" forName="sp1"/>
+          <dgm:constr type="t" for="ch" forName="sp1" refType="h" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="sp1" val="1"/>
+          <dgm:constr type="h" for="ch" forName="sp1" val="1"/>
+          <dgm:constr type="r" for="ch" forName="sp2" refType="w"/>
+          <dgm:constr type="t" for="ch" forName="sp2" refType="h" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="sp2" val="1"/>
+          <dgm:constr type="h" for="ch" forName="sp2" val="1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+      </dgm:if>
+      <dgm:else name="Name3">
         <dgm:alg type="composite"/>
         <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
           <dgm:adjLst/>
         </dgm:shape>
         <dgm:presOf/>
-        <dgm:choose name="Name1">
-[...28 lines deleted...]
-        </dgm:choose>
+        <dgm:constrLst>
+          <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+        </dgm:constrLst>
         <dgm:ruleLst/>
-        <dgm:layoutNode name="imgShp" styleLbl="fgImgPlace1">
+      </dgm:else>
+    </dgm:choose>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+        <dgm:layoutNode name="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="ch desOrSelf" ptType="node node" st="1 1" cnt="1 0"/>
+          <dgm:constrLst>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="sibTrans" styleLbl="bgShp">
+          <dgm:choose name="Name6">
+            <dgm:if name="Name7" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="conn">
+                <dgm:param type="connRout" val="longCurve"/>
+                <dgm:param type="begPts" val="midR"/>
+                <dgm:param type="endPts" val="midL"/>
+                <dgm:param type="dstNode" val="node1"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" zOrderOff="-2">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="ch" ptType="sibTrans"/>
+              <dgm:constrLst>
+                <dgm:constr type="userA"/>
+                <dgm:constr type="diam" refType="userA" fact="-1"/>
+                <dgm:constr type="wArH" refType="userA" fact="0.05"/>
+                <dgm:constr type="hArH" refType="userA" fact="0.1"/>
+                <dgm:constr type="stemThick" refType="userA" fact="0.06"/>
+                <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name8">
+              <dgm:alg type="conn">
+                <dgm:param type="connRout" val="longCurve"/>
+                <dgm:param type="begPts" val="midL"/>
+                <dgm:param type="endPts" val="midR"/>
+                <dgm:param type="dstNode" val="node1"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" zOrderOff="-2">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="ch" ptType="sibTrans"/>
+              <dgm:constrLst>
+                <dgm:constr type="userA"/>
+                <dgm:constr type="diam" refType="userA"/>
+                <dgm:constr type="wArH" refType="userA" fact="0.05"/>
+                <dgm:constr type="hArH" refType="userA" fact="0.1"/>
+                <dgm:constr type="stemThick" refType="userA" fact="0.06"/>
+                <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="node2">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="ch desOrSelf" ptType="node node" st="2 1" cnt="1 0"/>
+          <dgm:constrLst>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="sp1">
           <dgm:alg type="sp"/>
-          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="ellipse" r:blip="" blipPhldr="1">
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
             <dgm:adjLst/>
           </dgm:shape>
           <dgm:presOf/>
           <dgm:constrLst/>
           <dgm:ruleLst/>
         </dgm:layoutNode>
-        <dgm:layoutNode name="txShp">
+        <dgm:layoutNode name="sp2">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+      </dgm:if>
+      <dgm:else name="Name9">
+        <dgm:layoutNode name="cycle">
+          <dgm:choose name="Name10">
+            <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="cycle">
+                <dgm:param type="stAng" val="0"/>
+                <dgm:param type="spanAng" val="360"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst>
+                <dgm:constr type="diam" refType="w"/>
+                <dgm:constr type="w" for="ch" ptType="node" refType="w"/>
+                <dgm:constr type="sibSp" val="15"/>
+                <dgm:constr type="userA" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="-1"/>
+                <dgm:constr type="wArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.05"/>
+                <dgm:constr type="hArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.1"/>
+                <dgm:constr type="stemThick" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.065"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name12">
+              <dgm:alg type="cycle">
+                <dgm:param type="stAng" val="0"/>
+                <dgm:param type="spanAng" val="-360"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst>
+                <dgm:constr type="diam" refType="w"/>
+                <dgm:constr type="w" for="ch" ptType="node" refType="w"/>
+                <dgm:constr type="sibSp" val="15"/>
+                <dgm:constr type="userA" for="ch" ptType="sibTrans" refType="diam" op="equ"/>
+                <dgm:constr type="wArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.05"/>
+                <dgm:constr type="hArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.1"/>
+                <dgm:constr type="stemThick" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.065"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:ruleLst/>
+          <dgm:forEach name="nodesFirstNodeForEach" axis="ch" ptType="node" cnt="1">
+            <dgm:layoutNode name="nodeFirstNode">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="desOrSelf" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="h" refType="w" fact="0.5"/>
+                <dgm:constr type="primFontSz" val="65"/>
+                <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:forEach name="sibTransForEach" axis="followSib" ptType="sibTrans" cnt="1">
+              <dgm:layoutNode name="sibTransFirstNode" styleLbl="bgShp">
+                <dgm:choose name="Name13">
+                  <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                    <dgm:alg type="conn">
+                      <dgm:param type="connRout" val="longCurve"/>
+                      <dgm:param type="begPts" val="midR"/>
+                      <dgm:param type="endPts" val="midL"/>
+                      <dgm:param type="dstNode" val="nodeFirstNode"/>
+                    </dgm:alg>
+                  </dgm:if>
+                  <dgm:else name="Name15">
+                    <dgm:alg type="conn">
+                      <dgm:param type="connRout" val="longCurve"/>
+                      <dgm:param type="begPts" val="midL"/>
+                      <dgm:param type="endPts" val="midR"/>
+                      <dgm:param type="dstNode" val="nodeFirstNode"/>
+                    </dgm:alg>
+                  </dgm:else>
+                </dgm:choose>
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" zOrderOff="-2">
+                  <dgm:adjLst/>
+                </dgm:shape>
+                <dgm:presOf axis="self"/>
+                <dgm:choose name="Name16">
+                  <dgm:if name="Name17" axis="par ch" ptType="doc node" func="cnt" op="equ" val="3">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.01"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:if name="Name18" axis="par ch" ptType="doc node" func="cnt" op="equ" val="4">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.26"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:if name="Name19" axis="par ch" ptType="doc node" func="cnt" op="equ" val="5">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.04"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:if name="Name20" axis="par ch" ptType="doc node" func="cnt" op="equ" val="6">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.1"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:else name="Name21">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.04"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:else>
+                </dgm:choose>
+                <dgm:ruleLst/>
+              </dgm:layoutNode>
+            </dgm:forEach>
+          </dgm:forEach>
+          <dgm:forEach name="followingNodesForEach" axis="ch" ptType="node" st="2">
+            <dgm:layoutNode name="nodeFollowingNodes">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="desOrSelf" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="h" refType="w" fact="0.5"/>
+                <dgm:constr type="primFontSz" val="65"/>
+                <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:layoutNode>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="cycle" pri="5000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="5">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="6" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="5" srcOrd="4" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+        <dgm:pt modelId="5"/>
+        <dgm:pt modelId="6"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="7" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="11" srcId="0" destId="5" srcOrd="4" destOrd="0"/>
+        <dgm:cxn modelId="12" srcId="0" destId="6" srcOrd="5" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+        <dgm:alg type="composite">
+          <dgm:param type="ar" val="0.9"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst>
+          <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+          <dgm:constr type="ctrX" for="ch" forName="node1" refType="w" fact="0.5"/>
+          <dgm:constr type="t" for="ch" forName="node1"/>
+          <dgm:constr type="w" for="ch" forName="node1" refType="w" fact="0.8"/>
+          <dgm:constr type="h" for="ch" forName="node1" refType="w" refFor="ch" refForName="node1" fact="0.5"/>
+          <dgm:constr type="ctrX" for="ch" forName="sibTrans" refType="w" fact="0.5"/>
+          <dgm:constr type="t" for="ch" forName="sibTrans"/>
+          <dgm:constr type="w" for="ch" forName="sibTrans" refType="w" fact="0.8"/>
+          <dgm:constr type="h" for="ch" forName="sibTrans" refType="w" refFor="ch" refForName="node1" fact="0.5"/>
+          <dgm:constr type="userA" for="ch" forName="sibTrans" refType="w" fact="1.07"/>
+          <dgm:constr type="ctrX" for="ch" forName="node2" refType="w" fact="0.5"/>
+          <dgm:constr type="b" for="ch" forName="node2" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="node2" refType="w" fact="0.8"/>
+          <dgm:constr type="h" for="ch" forName="node2" refType="w" refFor="ch" refForName="node1" fact="0.5"/>
+          <dgm:constr type="l" for="ch" forName="sp1"/>
+          <dgm:constr type="t" for="ch" forName="sp1" refType="h" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="sp1" val="1"/>
+          <dgm:constr type="h" for="ch" forName="sp1" val="1"/>
+          <dgm:constr type="r" for="ch" forName="sp2" refType="w"/>
+          <dgm:constr type="t" for="ch" forName="sp2" refType="h" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="sp2" val="1"/>
+          <dgm:constr type="h" for="ch" forName="sp2" val="1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="composite"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst>
+          <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+        <dgm:layoutNode name="node1">
           <dgm:varLst>
             <dgm:bulletEnabled val="1"/>
           </dgm:varLst>
           <dgm:alg type="tx"/>
-          <dgm:choose name="Name4">
-[...11 lines deleted...]
-          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="ch desOrSelf" ptType="node node" st="1 1" cnt="1 0"/>
           <dgm:constrLst>
             <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
             <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
           </dgm:constrLst>
           <dgm:ruleLst>
             <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
           </dgm:ruleLst>
         </dgm:layoutNode>
-      </dgm:layoutNode>
-[...1 lines deleted...]
-        <dgm:layoutNode name="spacing">
+        <dgm:layoutNode name="sibTrans" styleLbl="bgShp">
+          <dgm:choose name="Name6">
+            <dgm:if name="Name7" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="conn">
+                <dgm:param type="connRout" val="longCurve"/>
+                <dgm:param type="begPts" val="midR"/>
+                <dgm:param type="endPts" val="midL"/>
+                <dgm:param type="dstNode" val="node1"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" zOrderOff="-2">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="ch" ptType="sibTrans"/>
+              <dgm:constrLst>
+                <dgm:constr type="userA"/>
+                <dgm:constr type="diam" refType="userA" fact="-1"/>
+                <dgm:constr type="wArH" refType="userA" fact="0.05"/>
+                <dgm:constr type="hArH" refType="userA" fact="0.1"/>
+                <dgm:constr type="stemThick" refType="userA" fact="0.06"/>
+                <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name8">
+              <dgm:alg type="conn">
+                <dgm:param type="connRout" val="longCurve"/>
+                <dgm:param type="begPts" val="midL"/>
+                <dgm:param type="endPts" val="midR"/>
+                <dgm:param type="dstNode" val="node1"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" zOrderOff="-2">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="ch" ptType="sibTrans"/>
+              <dgm:constrLst>
+                <dgm:constr type="userA"/>
+                <dgm:constr type="diam" refType="userA"/>
+                <dgm:constr type="wArH" refType="userA" fact="0.05"/>
+                <dgm:constr type="hArH" refType="userA" fact="0.1"/>
+                <dgm:constr type="stemThick" refType="userA" fact="0.06"/>
+                <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="node2">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="ch desOrSelf" ptType="node node" st="2 1" cnt="1 0"/>
+          <dgm:constrLst>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="sp1">
           <dgm:alg type="sp"/>
           <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
             <dgm:adjLst/>
           </dgm:shape>
-          <dgm:presOf axis="self"/>
+          <dgm:presOf/>
           <dgm:constrLst/>
           <dgm:ruleLst/>
         </dgm:layoutNode>
-      </dgm:forEach>
-    </dgm:forEach>
+        <dgm:layoutNode name="sp2">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+      </dgm:if>
+      <dgm:else name="Name9">
+        <dgm:layoutNode name="cycle">
+          <dgm:choose name="Name10">
+            <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="cycle">
+                <dgm:param type="stAng" val="0"/>
+                <dgm:param type="spanAng" val="360"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst>
+                <dgm:constr type="diam" refType="w"/>
+                <dgm:constr type="w" for="ch" ptType="node" refType="w"/>
+                <dgm:constr type="sibSp" val="15"/>
+                <dgm:constr type="userA" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="-1"/>
+                <dgm:constr type="wArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.05"/>
+                <dgm:constr type="hArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.1"/>
+                <dgm:constr type="stemThick" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.065"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name12">
+              <dgm:alg type="cycle">
+                <dgm:param type="stAng" val="0"/>
+                <dgm:param type="spanAng" val="-360"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst>
+                <dgm:constr type="diam" refType="w"/>
+                <dgm:constr type="w" for="ch" ptType="node" refType="w"/>
+                <dgm:constr type="sibSp" val="15"/>
+                <dgm:constr type="userA" for="ch" ptType="sibTrans" refType="diam" op="equ"/>
+                <dgm:constr type="wArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.05"/>
+                <dgm:constr type="hArH" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.1"/>
+                <dgm:constr type="stemThick" for="ch" ptType="sibTrans" refType="diam" op="equ" fact="0.065"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:ruleLst/>
+          <dgm:forEach name="nodesFirstNodeForEach" axis="ch" ptType="node" cnt="1">
+            <dgm:layoutNode name="nodeFirstNode">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="desOrSelf" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="h" refType="w" fact="0.5"/>
+                <dgm:constr type="primFontSz" val="65"/>
+                <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:forEach name="sibTransForEach" axis="followSib" ptType="sibTrans" cnt="1">
+              <dgm:layoutNode name="sibTransFirstNode" styleLbl="bgShp">
+                <dgm:choose name="Name13">
+                  <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                    <dgm:alg type="conn">
+                      <dgm:param type="connRout" val="longCurve"/>
+                      <dgm:param type="begPts" val="midR"/>
+                      <dgm:param type="endPts" val="midL"/>
+                      <dgm:param type="dstNode" val="nodeFirstNode"/>
+                    </dgm:alg>
+                  </dgm:if>
+                  <dgm:else name="Name15">
+                    <dgm:alg type="conn">
+                      <dgm:param type="connRout" val="longCurve"/>
+                      <dgm:param type="begPts" val="midL"/>
+                      <dgm:param type="endPts" val="midR"/>
+                      <dgm:param type="dstNode" val="nodeFirstNode"/>
+                    </dgm:alg>
+                  </dgm:else>
+                </dgm:choose>
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" zOrderOff="-2">
+                  <dgm:adjLst/>
+                </dgm:shape>
+                <dgm:presOf axis="self"/>
+                <dgm:choose name="Name16">
+                  <dgm:if name="Name17" axis="par ch" ptType="doc node" func="cnt" op="equ" val="3">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.01"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:if name="Name18" axis="par ch" ptType="doc node" func="cnt" op="equ" val="4">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.26"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:if name="Name19" axis="par ch" ptType="doc node" func="cnt" op="equ" val="5">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.04"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:if name="Name20" axis="par ch" ptType="doc node" func="cnt" op="equ" val="6">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.1"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:if>
+                  <dgm:else name="Name21">
+                    <dgm:constrLst>
+                      <dgm:constr type="userA"/>
+                      <dgm:constr type="diam" refType="userA" fact="1.04"/>
+                      <dgm:constr type="begPad" refType="connDist" fact="-0.2"/>
+                      <dgm:constr type="endPad" refType="connDist" fact="0.05"/>
+                    </dgm:constrLst>
+                  </dgm:else>
+                </dgm:choose>
+                <dgm:ruleLst/>
+              </dgm:layoutNode>
+            </dgm:forEach>
+          </dgm:forEach>
+          <dgm:forEach name="followingNodesForEach" axis="ch" ptType="node" st="2">
+            <dgm:layoutNode name="nodeFollowingNodes">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="desOrSelf" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="h" refType="w" fact="0.5"/>
+                <dgm:constr type="primFontSz" val="65"/>
+                <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+                <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:layoutNode>
+      </dgm:else>
+    </dgm:choose>
   </dgm:layoutNode>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="simple" pri="10100"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
@@ -4199,51 +7114,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6BDEC960-F9C2-4399-B75E-A6638655F3AF}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildobjekt 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -4471,87 +7386,91 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D510C3FB-7D17-FC3E-EB37-1DE8D15DCA0F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4726,86 +7645,96 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nolltoleranskortet: </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Diskutera ev. försäljning under året. Ansvariga för planering mm vid en försäljning kan t.ex. vara administratörer och ansvariga för lagkassan.</a:t>
+              <a:t>visa kortet och berätta om hur det kommer att användas i ert lag, t.ex. att ni kommer att prata om det innan matchen och sedan på träningen efter matchen (om hur spelarna upplevde matchen)</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>15</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="418425692"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2799179149"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4820,142 +7749,400 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Diskutera eventuella lagaktiviteter och om enbart lagkassan ska användas till dessa eller om spelare även kan betala en del saker ur egen kassa.</a:t>
+              <a:t>Diskutera ev. försäljning under året. Ansvariga för planering mm vid en försäljning kan t.ex. vara administratörer och ansvariga för lagkassan.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>16</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3118668378"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="418425692"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" b="0" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Flödesschema – hantering och telefonnummer vid misstanke att ett barn far illa eller mår dåligt. Kommer att finnas i klubblokalen.</a:t>
+              <a:t>Diskutera eventuella lagaktiviteter och om enbart lagkassan ska användas till dessa eller om spelare även kan betala en del saker ur egen kassa.</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3118668378"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FABA8BA-93CA-F20C-436B-D0158AE260FC}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för bildobjekt 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBDA7F06-5C11-7FC1-5AAD-DC53CF9C6FE6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för anteckningar 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DC89324-688C-BE07-6F06-5756F46B8685}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEADA28-30B7-8515-8DB8-51181EA851A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
+              <a:rPr kumimoji="0" lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2352594765"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -5011,51 +8198,51 @@
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2399924474"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -5114,51 +8301,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3459081854"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -5261,280 +8448,280 @@
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="430852436"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
-[...130 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>Obligatoriska uppgifter: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Varje lag får tider och uppgifter tilldelade och görs sedan ett schema över bemanningen. Schemat lämnas in till ansvarig i föreningen för respektive uppdrag. Scheman kan göras av ledare eller administratörer. Uppdrag/försäljning kan tillkomma under året.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Bingolotter: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>alla ska sälja minst ett grundpaket. Grundpaketen kan variera, men t.ex. 1 uppesittarlott, 1 nyårslott och en adventskalender.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>Statistik: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>förs för att fördela uppdragen jämt mellan alla föräldrar.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3287875622"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Statistik: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>förs för att fördela uppdragen jämt mellan alla föräldrar.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
+              <a:rPr lang="sv-SE" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1101894104"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -5675,241 +8862,141 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1290980523"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
-[...98 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Nolltoleranskortet: </a:t>
+              <a:t>Vid behov:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>visa kortet och berätta om hur det kommer att användas i ert lag, t.ex. att ni kommer att prata om det innan matchen och sedan på träningen efter matchen (om hur spelarna upplevde matchen)</a:t>
+              <a:t> påminn om att spelare ska komma med knutna skor med dubbelknut och kläder efter väder.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3132B331-1664-40B3-A0E2-145D615F3AE5}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>12</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2799179149"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2331523895"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -6066,51 +9153,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31C6DFE4-9F45-0989-EA33-483266635468}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9197E63-25AD-3705-73C0-73FB9318CF41}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6264,51 +9351,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD3CEB01-D656-DC5C-EB21-A13FD1F50E49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA8AE8C-4AC6-5725-8972-B9EC98C29BA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6472,51 +9559,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37E2BFE4-2625-3D6A-4C2B-72D52D34C125}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{525E0F54-45F3-A081-AD99-BF6FB54A1C4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6670,51 +9757,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FE7AB21-1AE4-E0B8-1550-01A4ADD62F4E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A639ECE1-3E73-E9BF-2E44-6A45374D377A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6945,51 +10032,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D84D1D94-8979-7CA7-9499-93C0CE833C72}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54A7A19C-93B9-F856-7639-D47915189D9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7210,51 +10297,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0542C0A-FF6D-70E7-A2D1-2C1F474DBC1F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C46411D-9989-0E08-AC66-147964467066}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7622,51 +10709,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för datum 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12A9243A-9CCF-7575-27B1-F3045C78EEB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1AB468A-6BAB-E4F6-46D2-035B4AD73B06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7763,51 +10850,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{449F63C7-2A4A-B8D7-A5B9-04AAD7A18C3E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F2D6D2E-46DF-96D7-F398-B3D59721210E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7876,51 +10963,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82640ADC-C56E-CFE6-7800-E14D3DFD64AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D4ABAD-352E-32DC-95E4-B446A8FB5447}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8187,51 +11274,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{990460F4-32D4-3E06-7713-A5A4143F4350}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD57EE35-A615-E263-3900-6FF4541FD228}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8475,51 +11562,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE454171-2AC0-CC90-5C6F-67DD26639D40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{618FE578-3E05-159E-9089-E5DEAE692AC0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8725,51 +11812,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B04305CF-8867-49A1-9371-F084EE9F3486}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-01-14</a:t>
+              <a:t>2025-11-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3FEBC62-A4C6-B996-14A5-B7470B6808AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -9177,115 +12264,115 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laget.se/JamjoGoIF/Document" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laget.se/JamjoGoIF/Document" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{787F4F1C-8D3D-4EC1-B72D-A0470A5A08B8}"/>
@@ -19864,51 +22951,51 @@
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2450464" y="2609905"/>
             <a:ext cx="7025753" cy="1012778"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>        Säsongen 2025</a:t>
+              <a:t>        Säsongen 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Bildobjekt 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC1FDE3D-4212-A7B0-214C-88AF27F6F7BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
@@ -20383,51 +23470,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6352895" y="788855"/>
             <a:ext cx="5135293" cy="5896737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Är det bra kommunikationsvägar för information? </a:t>
+              <a:t>Är det bra kommunikationsvägar för information vi har idag? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Kommunikation – ledare och föräldrar.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
@@ -36314,69 +39401,60 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="12000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="9600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Föreningens lag 2025</a:t>
+              <a:t>Föreningens lag 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="9600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ekonomi</a:t>
-[...8 lines deleted...]
-              <a:t>På gång i föreningen</a:t>
+              <a:t>Info från föreningen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="9600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Medlems- och träningsavgift</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="9600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Policydokument</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="9600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -36949,51 +40027,51 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Föreningens</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>lag 2025</a:t>
+              <a:t>lag 2026</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för innehåll 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB748707-53A3-7991-EA1D-229736ACC095}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
@@ -37090,2793 +40168,772 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="6220894" y="6128625"/>
             <a:ext cx="6106562" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="12" name="Diagram 11">
+          <p:cNvPr id="3" name="Diagram 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6957A43-3624-29D9-4F6D-C87EECD2681A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{019EFF0C-81C5-8AAD-D9FD-DE3DBC3B6DF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3570284394"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2801607344"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="6597652" y="540414"/>
-          <a:ext cx="4577373" cy="5777172"/>
+          <a:off x="5533534" y="1244338"/>
+          <a:ext cx="6656942" cy="4626330"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="270167092"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-[...1 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14C3F388-9C89-708F-FE72-4303EAFCC7E9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
+      <p:sp useBgFill="1">
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Rubrik 3">
+          <p:cNvPr id="9" name="Rectangle 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A9141CE-0AC5-B226-5FD4-7511F14D0708}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B2EAB3E-2416-1C3C-AFC8-157F8333588A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
-[...46 lines deleted...]
-            <p:ph sz="quarter" idx="4"/>
             <p:extLst>
-              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3787400264"/>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
-        </p:nvGraphicFramePr>
-[...1256 lines deleted...]
-          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11081441" y="85218"/>
-            <a:ext cx="1038131" cy="125627"/>
+            <a:off x="1525" y="0"/>
+            <a:ext cx="12190475" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:ln>
-            <a:solidFill>
-[...1 lines deleted...]
-            </a:solidFill>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
-              <a:shade val="15000"/>
+              <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Freeform: Shape 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C6340CE-F109-828B-11DB-74105D6F48EA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="6356349" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 7539895 w 7539895"/>
+              <a:gd name="connsiteY0" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 7539895"/>
+              <a:gd name="connsiteY1" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 7539895"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 4363741 w 7539895"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 6858000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="7539895" h="6858000">
+                <a:moveTo>
+                  <a:pt x="7539895" y="6858000"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6858000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4363741" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="70000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Freeform: Shape 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0B9F2EC-9948-AD6B-84FC-3B6355F3614B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="5979591" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 7092985 w 7092985"/>
+              <a:gd name="connsiteY0" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 7092985"/>
+              <a:gd name="connsiteY1" fmla="*/ 6858000 h 6858000"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 7092985"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 6858000"/>
+              <a:gd name="connsiteX3" fmla="*/ 3916831 w 7092985"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 6858000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="7092985" h="6858000">
+                <a:moveTo>
+                  <a:pt x="7092985" y="6858000"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6858000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3916831" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F29D85C-8C52-3AE2-3F14-2A502926E1C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="491252" y="448056"/>
+            <a:ext cx="3724275" cy="2980944"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Föreningens</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lag 2026</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för innehåll 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B0C33D8-21D9-C06B-A2EE-A4BBE1999451}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6913719" y="1068513"/>
+            <a:ext cx="5141389" cy="5308856"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="9600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Bildobjekt 12">
+          <p:cNvPr id="5" name="Bildobjekt 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B123DF3-2E13-1C9C-326B-EE752B04DA5D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6C66765-2C99-A92E-B51D-347AE11AB2E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...11 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5408526" y="1690688"/>
-            <a:ext cx="1374948" cy="1830103"/>
+            <a:off x="935653" y="3328416"/>
+            <a:ext cx="1908213" cy="2542252"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="17" name="Platshållare för innehåll 13">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="textruta 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22579BBF-5F11-F691-78B7-3252CBB0F576}"/>
-[...1163 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A108DE-4615-30FD-8F8C-36EF3A3DD83A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1633AFB0-FC11-6B23-AA3E-E8EFD4379312}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4934440" y="3667567"/>
-            <a:ext cx="2323119" cy="1169551"/>
+            <a:off x="6220894" y="6128625"/>
+            <a:ext cx="6106562" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="19050">
-[...3 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="21" name="textruta 20">
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="Diagram 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6393C95-07ED-2362-4069-8836C0CAAE3F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D144C094-6B3B-818C-EFED-246CD55BD8CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-[...45 lines deleted...]
-      </p:sp>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="121265318"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="4705254" y="619082"/>
+          <a:ext cx="8128000" cy="5418667"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2783269498"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3767304705"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -40268,286 +41325,255 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="770699" y="347472"/>
             <a:ext cx="3724275" cy="2980944"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>På </a:t>
+              <a:t>Info </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>gång</a:t>
+              <a:t>från</a:t>
             </a:r>
-            <a:r>
+            <a:br>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...20 lines deleted...]
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>föreningen</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för innehåll 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C295E666-25CC-8E20-FCCA-F577EEF67039}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5981116" y="2254313"/>
-            <a:ext cx="6210884" cy="6145582"/>
+            <a:off x="6212411" y="2829885"/>
+            <a:ext cx="6210884" cy="5822949"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2200" dirty="0">
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Feb/mars - </a:t>
+              <a:t>Följ Jämjö GoIF via sociala medier och laget.se för veckobrev, krönikor, information mm.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2200" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Wellnes</a:t>
+              <a:t>Jämjö GoIF är anslutna till fritidskortet.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2200" dirty="0">
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Studio Cup för seniorer.</a:t>
+              <a:t>Årsmöte mars 2026.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="2200" dirty="0">
+            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2200" dirty="0">
-[...32 lines deleted...]
-              <a:rPr lang="sv-SE" sz="2200" dirty="0">
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Pågående arbete kring byte av konstgräsplanen.</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Jämjö GoIF äger sin egen anläggning och bedriver verksamheten med egen ekonomi. Detta gör att alla behöver hjälpas åt med aktiviteter som ger föreningen inkomst.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pågående arbete med RF-SISU och ungdomsledarna  kring bl.a. kommunikation, matchsituationer (speltid, toppning mm), samt att ha en röd tråd i föreningens verksamhet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="sv-SE" sz="2200" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...7 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="sv-SE" sz="2200" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...21 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -41712,132 +42738,158 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>okument</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- policy</a:t>
+              <a:t>- </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>förväntansdokument</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för innehåll 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C295E666-25CC-8E20-FCCA-F577EEF67039}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5979591" y="1013987"/>
             <a:ext cx="6268802" cy="3996601"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Policydokument för spelare, ledare och föräldrar finns på Jämjö </a:t>
+              <a:t>Förväntansdokument för spelare, ledare och föräldrar finns på Jämjö </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="2400" dirty="0" err="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>GoIF:s</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="2400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> hemsida:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.laget.se/JamjoGoIF/Document</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="3200" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="sv-SE" sz="2400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
-            </a:r>
-[...6 lines deleted...]
-              <a:t>https://www.laget.se/JamjoGoIF/Document</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Bildobjekt 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85AB3E06-04A8-6415-3DF1-7D46A519DA95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -43982,94 +45034,94 @@
     <a:accent3>
       <a:srgbClr val="B19C80"/>
     </a:accent3>
     <a:accent4>
       <a:srgbClr val="2F746A"/>
     </a:accent4>
     <a:accent5>
       <a:srgbClr val="AC480D"/>
     </a:accent5>
     <a:accent6>
       <a:srgbClr val="CAAC00"/>
     </a:accent6>
     <a:hlink>
       <a:srgbClr val="000000"/>
     </a:hlink>
     <a:folHlink>
       <a:srgbClr val="000000"/>
     </a:folHlink>
   </a:clrScheme>
 </a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1336</Words>
+  <Words>1027</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bredbild</PresentationFormat>
-  <Paragraphs>402</Paragraphs>
+  <Paragraphs>311</Paragraphs>
   <Slides>18</Slides>
-  <Notes>11</Notes>
+  <Notes>12</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Föräldramöte</vt:lpstr>
       <vt:lpstr>Dagordning</vt:lpstr>
-      <vt:lpstr>Föreningens lag 2025</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>På gång i föreningen</vt:lpstr>
+      <vt:lpstr>Föreningens lag 2026</vt:lpstr>
+      <vt:lpstr>Föreningens lag 2026</vt:lpstr>
+      <vt:lpstr>Info från föreningen</vt:lpstr>
       <vt:lpstr>Medlems- och träningsavgift</vt:lpstr>
-      <vt:lpstr>Dokument - policy</vt:lpstr>
+      <vt:lpstr>Dokument - förväntansdokument</vt:lpstr>
       <vt:lpstr>Uppdrag från föreningen</vt:lpstr>
       <vt:lpstr>Uppdrag från laget</vt:lpstr>
       <vt:lpstr>Kommunikation</vt:lpstr>
       <vt:lpstr>Träningar </vt:lpstr>
       <vt:lpstr> Matcher </vt:lpstr>
       <vt:lpstr>Cuper</vt:lpstr>
       <vt:lpstr>Administratörer</vt:lpstr>
       <vt:lpstr>Lagkassa</vt:lpstr>
       <vt:lpstr>Lagaktiviteter</vt:lpstr>
       <vt:lpstr>Övrigt</vt:lpstr>
       <vt:lpstr>Tack för idag!</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karlskrona Kommun</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Föräldramöte</dc:title>
   <dc:creator>Linda Rönning</dc:creator>