--- v0 (2025-11-06)
+++ v1 (2025-11-29)
@@ -4,79 +4,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Privat\Säsongen20252026J20\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6282CFCA-FD99-473D-A2CC-3F728A6DFDF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6877313-7599-4BC6-B491-F525078C5369}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A0B56D33-B3D4-4E0D-AB2C-6F8BF162BC78}"/>
   </bookViews>
   <sheets>
     <sheet name="SEPT-DEC" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="82">
   <si>
     <t>SERIE</t>
   </si>
   <si>
     <t>OVR</t>
   </si>
   <si>
     <t>KLOCKA</t>
   </si>
   <si>
     <t>SPEAKER</t>
   </si>
   <si>
     <t>UTVBÅS/MUSIK</t>
   </si>
   <si>
     <t>UTVBÅS</t>
   </si>
   <si>
     <t>HEMMA +-</t>
   </si>
   <si>
     <t>BORTA+-</t>
   </si>
   <si>
@@ -237,164 +237,177 @@
   <si>
     <t>J18 NR 23</t>
   </si>
   <si>
     <t>J18 NR 19</t>
   </si>
   <si>
     <t>LÖR 22/11</t>
   </si>
   <si>
     <t>WIBERG</t>
   </si>
   <si>
     <t>HAGSKÖLD</t>
   </si>
   <si>
     <t>SAM THÖRNKVIST</t>
   </si>
   <si>
     <t>SÖN 23/11</t>
   </si>
   <si>
     <t xml:space="preserve">VIK </t>
   </si>
   <si>
-    <t>SOTARN UTVBÅS
-[...2 lines deleted...]
-  <si>
     <t>LÖR 29/11</t>
   </si>
   <si>
     <t>VÄXJÖ</t>
   </si>
   <si>
     <t>FÄLTSKOG</t>
   </si>
   <si>
     <t>LEJONMYRE</t>
   </si>
   <si>
     <t>SÖN 30/11</t>
   </si>
   <si>
     <t>FRÖLUNDA</t>
   </si>
   <si>
     <t>SOTARN UTVBÅS
 HUGO INGMARSSON MUSIK</t>
   </si>
   <si>
     <t>SÖN 7/12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+CLEMENTSSON MUSIK</t>
+  </si>
+  <si>
+    <t>THÖRNQVIST</t>
+  </si>
+  <si>
+    <t>?</t>
+  </si>
+  <si>
+    <t>TIS 16/12</t>
+  </si>
+  <si>
+    <t>TORS 18/12</t>
+  </si>
+  <si>
+    <t>DJURGÅRDEN</t>
+  </si>
+  <si>
+    <t>J18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
-        <bgColor indexed="64"/>
-[...10 lines deleted...]
-        <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="20" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -691,58 +704,58 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F7BB14A-5741-4619-A59E-4E0CF69EEC01}">
   <dimension ref="A1:N37"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="F25" sqref="F25"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F9" sqref="F9:L15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.8984375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="10.09765625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.19921875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.19921875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.59765625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18.796875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.8984375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="19.59765625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="21.59765625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.59765625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="20.8984375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="30.19921875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -1007,364 +1020,452 @@
         <v>43</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>45</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="26" x14ac:dyDescent="0.3">
-      <c r="A8" t="s">
+      <c r="A8" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B8" s="6">
+      <c r="B8" s="3">
         <v>0.79166666666666663</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D8" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="F8" s="7" t="s">
+      <c r="F8" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="G8" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="8" t="s">
+      <c r="G8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="7" t="s">
+      <c r="J8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L8" s="9" t="s">
+      <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="M8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="N8" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>61</v>
       </c>
       <c r="B9" s="6">
         <v>0.54166666666666663</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
-      <c r="F9" s="7" t="s">
+      <c r="F9" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="G9" s="7" t="s">
+      <c r="G9" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="H9" s="7" t="s">
+      <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="I9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J9" s="7" t="s">
+      <c r="I9" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="K9" t="s">
+      <c r="K9" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="L9" t="s">
+      <c r="L9" s="11" t="s">
         <v>64</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="26" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="6">
         <v>0.5</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>66</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
-      <c r="F10" s="10" t="s">
+      <c r="F10" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="G10" t="s">
-[...9 lines deleted...]
-        <v>15</v>
+      <c r="G10" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="I10" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="J10" s="11" t="s">
+        <v>76</v>
       </c>
       <c r="K10" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="L10" s="10" t="s">
+      <c r="L10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="M10" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="N10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B11" s="6">
         <v>0.54166666666666663</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="K11" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...17 lines deleted...]
-      <c r="L11" s="7" t="s">
+      <c r="M11" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="39" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B12" s="6">
         <v>0.5</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="14" t="s">
         <v>73</v>
       </c>
-      <c r="F12" s="10" t="s">
-[...11 lines deleted...]
-      <c r="J12" t="s">
+      <c r="J12" s="11" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="L12" s="10" t="s">
+      <c r="L12" s="13" t="s">
         <v>45</v>
       </c>
       <c r="M12" t="s">
         <v>15</v>
       </c>
       <c r="N12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" s="6">
         <v>0.5</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F13" s="7" t="s">
+      <c r="F13" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="G13" s="7" t="s">
+      <c r="G13" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="H13" s="7" t="s">
+      <c r="H13" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="I13" s="7" t="s">
+      <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J13" s="7" t="s">
+      <c r="J13" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="K13" t="s">
+      <c r="K13" s="11" t="s">
         <v>63</v>
       </c>
-      <c r="L13" s="7" t="s">
+      <c r="L13" s="13" t="s">
         <v>46</v>
       </c>
       <c r="M13" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="N13" s="7" t="s">
-        <v>70</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A14" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="I14" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="K14" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="L14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="M14" t="s">
+        <v>81</v>
+      </c>
+      <c r="N14" s="12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A15" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H15" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="I15" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="K15" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="L15" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="M15" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="N15" s="12" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
-      <c r="B16" s="12"/>
+      <c r="B16" s="8"/>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
-      <c r="B17" s="13"/>
+      <c r="B17" s="9"/>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18" s="7"/>
-      <c r="B18" s="13"/>
+      <c r="B18" s="9"/>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A19" s="7"/>
-      <c r="B19" s="13"/>
+      <c r="B19" s="9"/>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
-      <c r="B20" s="13"/>
+      <c r="B20" s="9"/>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
-      <c r="B21" s="13"/>
+      <c r="B21" s="9"/>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
-      <c r="B22" s="13"/>
+      <c r="B22" s="9"/>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
-      <c r="B23" s="13"/>
+      <c r="B23" s="9"/>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A24" s="7"/>
-      <c r="B24" s="13"/>
+      <c r="B24" s="9"/>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A25" s="7"/>
-      <c r="B25" s="13"/>
+      <c r="B25" s="9"/>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
-      <c r="B26" s="13"/>
+      <c r="B26" s="9"/>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
-      <c r="B27" s="13"/>
+      <c r="B27" s="9"/>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
-      <c r="B28" s="13"/>
+      <c r="B28" s="9"/>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A29" s="7"/>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A30" s="7"/>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A34" s="7"/>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A35" s="7"/>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
     </row>