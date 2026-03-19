--- v0 (2025-11-26)
+++ v1 (2026-03-19)
@@ -1,175 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28803"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10711"/>
   <workbookPr/>
-  <xr:revisionPtr revIDLastSave="34" documentId="11_3D4F55BF84DCCE036F15A6DB9431F45B9AFF0E61" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EFE20C9C-C754-4598-89C1-C92BE6983D3F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CCD05EE8-60B6-3C4C-AE7D-A8C5265FF972}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="14">
   <si>
     <t>Roller i laget</t>
   </si>
   <si>
-    <t>Lagledare</t>
-[...1 lines deleted...]
-  <si>
     <t>Johanna Antonsson</t>
   </si>
   <si>
-    <t>p19</t>
-[...4 lines deleted...]
-  <si>
     <t>Andreas Major</t>
   </si>
   <si>
-    <t>Enrique Campos</t>
-[...19 lines deleted...]
-  <si>
     <t>Ekonomiansv.</t>
   </si>
   <si>
     <t>Emma Ljungwald</t>
   </si>
   <si>
     <t>Sandra Sundin</t>
   </si>
   <si>
-    <t>Lagförälder</t>
-[...2 lines deleted...]
-    <t>Anna Gohde</t>
+    <t>Jesper Åqvist</t>
+  </si>
+  <si>
+    <t>Julia Brolin</t>
+  </si>
+  <si>
+    <t>Tränare</t>
+  </si>
+  <si>
+    <t>Lagledare / Tränare</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huvudtränare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mårten Hellström </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Hals Andersson </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -464,171 +443,159 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C12"/>
+  <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.5703125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="17.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.484375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
         <v>2</v>
       </c>
-      <c r="C4" t="s">
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="2"/>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B10" t="s">
         <v>4</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" t="s">
         <v>5</v>
       </c>
-      <c r="C5" t="s">
-[...78 lines deleted...]
-      </c>
+    </row>
+    <row r="20" spans="3:3" x14ac:dyDescent="0.2">
+      <c r="C20" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Excel iOS</Application>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Blad1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>