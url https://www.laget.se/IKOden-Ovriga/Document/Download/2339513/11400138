--- v0 (2025-12-25)
+++ v1 (2026-03-20)
@@ -1,109 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="7" rupBuild="4505"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\IK Oden\Desktop\Interport-Umbro\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A2147C00-D178-4A19-85F5-D8FFE1BED544}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725"/>
-[...1 lines deleted...]
-    <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+  <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="54">
   <si>
     <t>Cup T-shirt Svart</t>
   </si>
   <si>
     <t>Liga Overall Byxa</t>
   </si>
   <si>
     <t>UX Elite Väska</t>
   </si>
   <si>
     <t>UX Elite Ryggsäck</t>
   </si>
   <si>
     <t>XS</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>XL</t>
   </si>
   <si>
     <t>2XL</t>
   </si>
   <si>
     <t>3XL</t>
   </si>
   <si>
     <t>Art.nr</t>
   </si>
   <si>
     <t>Core Vadderad jacka</t>
   </si>
   <si>
-    <t>Core Long Shorts</t>
-[...1 lines deleted...]
-  <si>
     <t>Onesize</t>
   </si>
   <si>
     <t>30-34</t>
   </si>
   <si>
     <t>35-39</t>
   </si>
   <si>
     <t>40-44</t>
   </si>
   <si>
     <t>45-48</t>
   </si>
   <si>
     <t>UX Pro Ledaroverall Jacka</t>
   </si>
   <si>
     <t>UX Pro Ledaroverall Byxa</t>
   </si>
   <si>
     <t>Regnjacka</t>
   </si>
   <si>
     <t>UX Pro Coachjacka</t>
@@ -141,91 +144,97 @@
   <si>
     <t>Lag:</t>
   </si>
   <si>
     <t>Kontakt:</t>
   </si>
   <si>
     <t>Telefon:</t>
   </si>
   <si>
     <t>Mail:</t>
   </si>
   <si>
     <t>Core Ledarpiké (Bomull) Vit</t>
   </si>
   <si>
     <t>Core Ledarpiké (Bomull) Svart</t>
   </si>
   <si>
     <t>Core Piké (Polyester) Vit</t>
   </si>
   <si>
     <t>Core Piké (Polyester) Svart</t>
   </si>
   <si>
-    <t>IK Oden Beställningsark 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Cup T-shirt Blå</t>
   </si>
   <si>
     <t>Cup T-shirt Gul</t>
   </si>
   <si>
     <t>Cup Shorts Blå</t>
   </si>
   <si>
     <t>Liga Overall Halfzip Tröja Blå</t>
   </si>
   <si>
     <t>Liga Vindjacka Svart</t>
   </si>
   <si>
     <t>Luvtröja Navy</t>
   </si>
   <si>
     <t>IK Oden Mössa Blå</t>
   </si>
   <si>
     <t>Underställ  Tröja Blå</t>
   </si>
   <si>
     <t>Underställ Byxa Blå</t>
   </si>
   <si>
     <t>Fotbolls Strumpor Blå</t>
   </si>
   <si>
     <t>26-29</t>
+  </si>
+  <si>
+    <t>Sleeve strumpa Blå</t>
+  </si>
+  <si>
+    <t>IK Oden Beställningsark 2026</t>
+  </si>
+  <si>
+    <t>Core Woven Shorts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -311,86 +320,86 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -412,86 +421,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -624,863 +633,886 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N41"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:N42"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="O2" sqref="O2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="6" width="6.7109375" customWidth="1"/>
     <col min="7" max="9" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="6.7109375" customWidth="1"/>
     <col min="12" max="12" width="7" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="6.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="21" customHeight="1" thickBot="1">
-[...3 lines deleted...]
-      <c r="B1" s="16"/>
+    <row r="1" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="17"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
     </row>
-    <row r="2" spans="1:14" ht="15.75" thickBot="1">
+    <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
-      <c r="B2" s="8" t="s">
+      <c r="B2" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="9">
+      <c r="C2" s="10">
         <v>116</v>
       </c>
-      <c r="D2" s="9">
+      <c r="D2" s="10">
         <v>128</v>
       </c>
-      <c r="E2" s="9">
+      <c r="E2" s="10">
         <v>140</v>
       </c>
-      <c r="F2" s="9">
+      <c r="F2" s="10">
         <v>152</v>
       </c>
-      <c r="G2" s="9">
+      <c r="G2" s="10">
         <v>164</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="K2" s="9" t="s">
+      <c r="K2" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="L2" s="9" t="s">
+      <c r="L2" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="M2" s="9" t="s">
+      <c r="M2" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="N2" s="9" t="s">
+      <c r="N2" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B3" s="8">
+    <row r="3" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" s="9">
         <v>231006</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
     </row>
-    <row r="4" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B4" s="8">
+    <row r="4" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="9">
         <v>231006</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
     </row>
-    <row r="5" spans="1:14" ht="15.75" thickBot="1">
-      <c r="A5" s="12" t="s">
+    <row r="5" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="8">
+      <c r="B5" s="9">
         <v>231006</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
     </row>
-    <row r="6" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B6" s="8">
+    <row r="6" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" s="9">
         <v>231007</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
     </row>
-    <row r="7" spans="1:14" ht="15.75" thickBot="1">
+    <row r="7" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3"/>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
     </row>
-    <row r="8" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B8" s="8">
+    <row r="8" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" s="9">
         <v>231000</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
     </row>
-    <row r="9" spans="1:14" ht="15.75" thickBot="1">
-      <c r="A9" s="7" t="s">
+    <row r="9" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="8">
+      <c r="B9" s="9">
         <v>231002</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
     </row>
-    <row r="10" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B10" s="8">
+    <row r="10" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="9">
         <v>231001</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
     </row>
-    <row r="11" spans="1:14" ht="15.75" thickBot="1">
+    <row r="11" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3"/>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="6"/>
       <c r="N11" s="6"/>
     </row>
-    <row r="12" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B12" s="8">
+    <row r="12" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" s="9">
         <v>201008</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
     </row>
-    <row r="13" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B13" s="8">
+    <row r="13" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="9">
         <v>201218</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
     </row>
-    <row r="14" spans="1:14" ht="15.75" thickBot="1">
-      <c r="A14" s="7" t="s">
+    <row r="14" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="8">
+      <c r="B14" s="9">
         <v>212015</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
     </row>
-    <row r="15" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B15" s="8">
+    <row r="15" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="9">
         <v>251010</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
     </row>
-    <row r="16" spans="1:14" ht="15.75" thickBot="1">
+    <row r="16" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3"/>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
     </row>
-    <row r="17" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B17" s="8">
+    <row r="17" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="9">
         <v>251006</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
     </row>
-    <row r="18" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B18" s="8">
+    <row r="18" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="9">
         <v>251007</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
       <c r="J18" s="4"/>
       <c r="K18" s="4"/>
       <c r="L18" s="4"/>
       <c r="M18" s="4"/>
       <c r="N18" s="4"/>
     </row>
-    <row r="19" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B19" s="8">
+    <row r="19" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="9">
         <v>171103</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
       <c r="M19" s="4"/>
       <c r="N19" s="4"/>
     </row>
-    <row r="20" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B20" s="8">
+    <row r="20" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" s="9">
         <v>171103</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
       <c r="J20" s="4"/>
       <c r="K20" s="4"/>
       <c r="L20" s="4"/>
       <c r="M20" s="4"/>
       <c r="N20" s="4"/>
     </row>
-    <row r="21" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B21" s="8">
+    <row r="21" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="9">
         <v>222005</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="6"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
       <c r="J21" s="4"/>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
       <c r="M21" s="4"/>
       <c r="N21" s="4"/>
     </row>
-    <row r="22" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B22" s="8">
+    <row r="22" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="9">
         <v>222005</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="6"/>
       <c r="H22" s="4"/>
       <c r="I22" s="4"/>
       <c r="J22" s="4"/>
       <c r="K22" s="4"/>
       <c r="L22" s="4"/>
       <c r="M22" s="4"/>
       <c r="N22" s="4"/>
     </row>
-    <row r="23" spans="1:14" ht="15.75" thickBot="1">
-[...4 lines deleted...]
-        <v>181011</v>
+    <row r="23" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="9">
+        <v>171104</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="4"/>
       <c r="N23" s="4"/>
     </row>
-    <row r="24" spans="1:14" ht="15.75" thickBot="1">
+    <row r="24" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="B24" s="5"/>
-      <c r="C24" s="9" t="s">
-        <v>14</v>
+      <c r="C24" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="D24" s="6"/>
-      <c r="E24" s="9" t="s">
+      <c r="E24" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F24" s="10" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
     </row>
-    <row r="25" spans="1:14" ht="15.75" thickBot="1">
-      <c r="A25" s="7" t="s">
+    <row r="25" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B25" s="8">
+      <c r="B25" s="9">
         <v>202037</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="6"/>
       <c r="H25" s="6"/>
       <c r="I25" s="6"/>
       <c r="J25" s="6"/>
       <c r="K25" s="6"/>
       <c r="L25" s="6"/>
       <c r="M25" s="6"/>
       <c r="N25" s="6"/>
     </row>
-    <row r="26" spans="1:14" ht="15.75" thickBot="1">
-      <c r="A26" s="7" t="s">
+    <row r="26" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="B26" s="8">
+      <c r="B26" s="9">
         <v>202041</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="6"/>
       <c r="N26" s="6"/>
     </row>
-    <row r="27" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B27" s="8">
+    <row r="27" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="9">
         <v>232006</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
-      <c r="E27" s="13"/>
-      <c r="F27" s="13"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="14"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="6"/>
       <c r="J27" s="6"/>
       <c r="K27" s="6"/>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
       <c r="N27" s="6"/>
     </row>
-    <row r="28" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B28" s="8">
+    <row r="28" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" s="9">
         <v>232007</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
     </row>
-    <row r="29" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B29" s="8">
+    <row r="29" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B29" s="9">
         <v>232005</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="6"/>
       <c r="H29" s="6"/>
       <c r="I29" s="6"/>
       <c r="J29" s="6"/>
       <c r="K29" s="6"/>
       <c r="L29" s="6"/>
       <c r="M29" s="6"/>
       <c r="N29" s="6"/>
     </row>
-    <row r="30" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B30" s="8">
+    <row r="30" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B30" s="9">
         <v>1445984</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
     </row>
-    <row r="31" spans="1:14" ht="15.75" thickBot="1">
+    <row r="31" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
       <c r="H31" s="6"/>
       <c r="I31" s="6"/>
       <c r="J31" s="6"/>
       <c r="K31" s="6"/>
       <c r="L31" s="6"/>
       <c r="M31" s="6"/>
       <c r="N31" s="6"/>
     </row>
-    <row r="32" spans="1:14" ht="15.75" thickBot="1">
+    <row r="32" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3"/>
       <c r="B32" s="6"/>
-      <c r="C32" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="9" t="s">
+      <c r="C32" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="E32" s="9" t="s">
+      <c r="F32" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="F32" s="11" t="s">
+      <c r="G32" s="12" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
     </row>
-    <row r="33" spans="1:14" ht="15.75" thickBot="1">
-[...3 lines deleted...]
-      <c r="B33" s="8">
+    <row r="33" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B33" s="9">
         <v>171101</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="6"/>
-      <c r="I33" s="6"/>
-[...2 lines deleted...]
-      <c r="L33" s="6"/>
+      <c r="I33" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="J33" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="K33" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="L33" s="10" t="s">
+        <v>8</v>
+      </c>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
     </row>
-    <row r="34" spans="1:14" ht="15.75" thickBot="1">
-[...7 lines deleted...]
-      <c r="H34" s="15" t="s">
+    <row r="34" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B34" s="9">
+        <v>232012</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="21"/>
+      <c r="H34" s="6"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="14"/>
+      <c r="L34" s="14"/>
+      <c r="M34" s="6"/>
+      <c r="N34" s="6"/>
+    </row>
+    <row r="35" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="3"/>
+      <c r="B35" s="15"/>
+      <c r="C35" s="15"/>
+      <c r="D35" s="15"/>
+      <c r="E35" s="15"/>
+      <c r="F35" s="15"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="I35" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="I34" s="15" t="s">
+      <c r="J35" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="J34" s="15" t="s">
+      <c r="K35" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="K34" s="15" t="s">
+      <c r="L35" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="L34" s="15" t="s">
+      <c r="M35" s="15"/>
+      <c r="N35" s="15"/>
+    </row>
+    <row r="36" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B36" s="18">
+        <v>202032</v>
+      </c>
+      <c r="C36" s="15"/>
+      <c r="D36" s="15"/>
+      <c r="E36" s="15"/>
+      <c r="F36" s="15"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="20"/>
+      <c r="I36" s="20"/>
+      <c r="J36" s="20"/>
+      <c r="K36" s="20"/>
+      <c r="L36" s="20"/>
+      <c r="M36" s="15"/>
+      <c r="N36" s="15"/>
+    </row>
+    <row r="37" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B37" s="18">
+        <v>202033</v>
+      </c>
+      <c r="C37" s="15"/>
+      <c r="D37" s="15"/>
+      <c r="E37" s="15"/>
+      <c r="F37" s="15"/>
+      <c r="G37" s="1"/>
+      <c r="H37" s="20"/>
+      <c r="I37" s="20"/>
+      <c r="J37" s="20"/>
+      <c r="K37" s="20"/>
+      <c r="L37" s="20"/>
+      <c r="M37" s="15"/>
+      <c r="N37" s="15"/>
+    </row>
+    <row r="38" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="39" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="M34" s="14"/>
-[...44 lines deleted...]
-      <c r="A38" s="20" t="s">
+    </row>
+    <row r="40" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="B38" s="20"/>
-[...3 lines deleted...]
-      <c r="A39" s="20" t="s">
+    </row>
+    <row r="41" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="B39" s="20"/>
-[...3 lines deleted...]
-      <c r="A40" s="20" t="s">
+    </row>
+    <row r="42" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="B40" s="20"/>
-[...7 lines deleted...]
-      <c r="C41" s="19"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jimmy Bohlin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>