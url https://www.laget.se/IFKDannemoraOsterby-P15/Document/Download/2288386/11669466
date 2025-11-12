--- v0 (2025-10-22)
+++ v1 (2025-11-12)
@@ -2854,152 +2854,164 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Storvreta Sporthall </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="B8CCE4" w:fill="B8CCE4"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44F82A4B" w14:textId="77777777" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="002D062C" w:rsidP="002D062C">
-[...22 lines deleted...]
-              <w:t>2026-02-07</w:t>
+          <w:p w14:paraId="44F82A4B" w14:textId="5B722B29" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="002D062C" w:rsidP="002D062C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D062C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2026-02-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E10A9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="B8CCE4" w:fill="B8CCE4"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F7B46B9" w14:textId="77777777" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="002D062C" w:rsidP="002D062C">
-[...22 lines deleted...]
-              <w:t>(saknar starttid)</w:t>
+          <w:p w14:paraId="7F7B46B9" w14:textId="4EAB7D2E" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="00E10A9F" w:rsidP="002D062C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="B8CCE4" w:fill="B8CCE4"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3755325A" w14:textId="77777777" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="002D062C" w:rsidP="002D062C">
-[...22 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="3755325A" w14:textId="2FCBB536" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="00E10A9F" w:rsidP="002D062C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D062C" w:rsidRPr="002D062C" w14:paraId="3505B83C" w14:textId="77777777" w:rsidTr="002D062C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D3D3D3"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="DCE6F1" w:fill="DCE6F1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E4B4738" w14:textId="77777777" w:rsidR="002D062C" w:rsidRPr="002D062C" w:rsidRDefault="002D062C" w:rsidP="002D062C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4235,53 +4247,55 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B34DF7"/>
     <w:rsid w:val="00007507"/>
     <w:rsid w:val="00055593"/>
     <w:rsid w:val="002D062C"/>
     <w:rsid w:val="00330CF3"/>
     <w:rsid w:val="0046479C"/>
+    <w:rsid w:val="005F2B00"/>
     <w:rsid w:val="00B34DF7"/>
     <w:rsid w:val="00BB0174"/>
     <w:rsid w:val="00C31236"/>
+    <w:rsid w:val="00E10A9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0AB65D5B"/>
@@ -5551,54 +5565,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>270</Words>
-  <Characters>1434</Characters>
+  <Words>269</Words>
+  <Characters>1427</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1701</CharactersWithSpaces>
+  <CharactersWithSpaces>1693</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Helgesson Emma (GN-EEB)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>