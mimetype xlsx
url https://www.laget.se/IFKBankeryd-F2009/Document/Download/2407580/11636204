--- v0 (2025-10-20)
+++ v1 (2025-11-18)
@@ -1,118 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://oemgroup-my.sharepoint.com/personal/ulrika_ragnar_elco_se/Documents/Handboll/Handboll 2025 - 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="154" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{228A7B6E-6F7E-4CAB-999B-20FEA520D42F}"/>
+  <xr:revisionPtr revIDLastSave="162" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4C7634C8-BC22-4750-8F70-CF67B2E871E4}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4456A692-9311-4A3C-8233-CA1F3A727104}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="84">
   <si>
     <t>Föräldrauppdrag hemmamatcher</t>
   </si>
   <si>
     <t>Matchnr</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Datum |</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Hometeam</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Sekretariat</t>
   </si>
   <si>
     <t>matchvärd</t>
   </si>
   <si>
     <t>Söndag</t>
   </si>
   <si>
-    <t>17:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Attarpshallen A</t>
   </si>
   <si>
     <t>17:30</t>
   </si>
   <si>
     <t>16:30</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Utanför ICA</t>
   </si>
   <si>
     <t>Attarpshallen</t>
   </si>
   <si>
     <t>Uppgifter matchvärd i Attarpshallen A och B Använda matchvärds-väst! Västar till matchvärd finns i kiosken – märkta med Hallbybollen.</t>
   </si>
   <si>
     <t xml:space="preserve"> • Hålla städat och i ordning i hallarna, korridorer och omklädningsrum.</t>
   </si>
   <si>
     <t xml:space="preserve"> • Se över och tömma papperskorgar i hallarna och läktare, Panta burkar. </t>
@@ -258,84 +255,81 @@
   <si>
     <t>Moa</t>
   </si>
   <si>
     <t>Meya</t>
   </si>
   <si>
     <t>Kiosk 8 - Ca 19:00</t>
   </si>
   <si>
     <t>08:00 - 12:00</t>
   </si>
   <si>
     <t>V2 Lördag 10/1 2026</t>
   </si>
   <si>
     <t>Sista match start 17:00</t>
   </si>
   <si>
     <t>Första match start 09:00</t>
   </si>
   <si>
     <t>Alma, Moa</t>
   </si>
   <si>
-    <t>Molly, Wilma</t>
-[...1 lines deleted...]
-  <si>
     <t>Hallstäd  Söndag V2 11/1 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Elsa B, Saga </t>
   </si>
   <si>
     <t xml:space="preserve">Tove / Lina </t>
   </si>
   <si>
     <t xml:space="preserve">Tuva </t>
   </si>
   <si>
-    <t>Wilma</t>
-[...1 lines deleted...]
-  <si>
     <t>Meya, Elsa B, Saga</t>
   </si>
   <si>
     <t>Ola / Jonas</t>
   </si>
   <si>
     <t>Johan / Lina</t>
   </si>
   <si>
     <t>Ola  / Jonas</t>
   </si>
   <si>
     <t>12:00 - 16:00</t>
   </si>
   <si>
     <t>16:00 - Stängning</t>
+  </si>
+  <si>
+    <t>Molly, Vanja</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -734,608 +728,608 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB77EA79-1ACF-4BB2-9FB3-DC0F0C2FCEF5}">
   <dimension ref="A1:N51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F30" sqref="F30"/>
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="38.42578125" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:11" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K4" s="4"/>
     </row>
     <row r="5" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="K5" s="4"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="10">
+        <v>0.63541666666666663</v>
+      </c>
+      <c r="E6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" t="s">
         <v>10</v>
       </c>
-      <c r="E6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" s="5" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>32</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>34</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" t="s">
         <v>35</v>
       </c>
-      <c r="E7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K7" s="5"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
         <v>38</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G9" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
         <v>45</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A13" s="2"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="6">
         <v>45970</v>
       </c>
       <c r="D15" s="10">
         <v>0.76388888888888884</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="6">
         <v>45998</v>
       </c>
       <c r="D16" s="10">
         <v>0.65972222222222221</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G16" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
       <c r="B17" s="5"/>
       <c r="F17" s="7"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F18" s="7"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="F22" s="7"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C23" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
     </row>
     <row r="33" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B33" s="5"/>
       <c r="C33" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
     </row>
     <row r="34" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B34" s="5"/>
       <c r="C34" s="1"/>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B37" s="5"/>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
     </row>
     <row r="38" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C38" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="8"/>
       <c r="D40" s="5"/>
       <c r="F40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="M40" s="5"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="F41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B42" s="5"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="6"/>
       <c r="D43" s="5"/>
       <c r="F43" s="5"/>
       <c r="H43" s="5"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A46" s="2"/>
       <c r="C46" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C47" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C48" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C49" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C50" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C51" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">