--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -6,79 +6,79 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://oemgroup-my.sharepoint.com/personal/ulrika_ragnar_elco_se/Documents/Handboll/Handboll 2025 - 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="162" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4C7634C8-BC22-4750-8F70-CF67B2E871E4}"/>
+  <xr:revisionPtr revIDLastSave="173" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EBEC8E58-2255-46E2-AD03-8E3930F0554B}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4456A692-9311-4A3C-8233-CA1F3A727104}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="86">
   <si>
     <t>Föräldrauppdrag hemmamatcher</t>
   </si>
   <si>
     <t>Matchnr</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Datum |</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Hometeam</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Sekretariat</t>
   </si>
   <si>
@@ -180,53 +180,50 @@
   <si>
     <t>2026-01-25</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>25 5 1321 068</t>
   </si>
   <si>
     <t>2026-02-22</t>
   </si>
   <si>
     <t>25 5 1321 077</t>
   </si>
   <si>
     <t>2026-03-07</t>
   </si>
   <si>
     <t>25 5 1321 086</t>
   </si>
   <si>
     <t>2026-03-29</t>
   </si>
   <si>
-    <t xml:space="preserve">Bingolotter </t>
-[...1 lines deleted...]
-  <si>
     <t>Hallbybollen 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Kiosk </t>
   </si>
   <si>
     <t>Johan / Ola</t>
   </si>
   <si>
     <t>Tove / Lina</t>
   </si>
   <si>
     <t>Lina / Jonas</t>
   </si>
   <si>
     <t>Molly</t>
   </si>
   <si>
     <t>Elsa B</t>
   </si>
   <si>
     <t>Alma</t>
   </si>
   <si>
     <t>Tuva</t>
@@ -234,102 +231,111 @@
   <si>
     <t>Saga</t>
   </si>
   <si>
     <t>Nivå 1</t>
   </si>
   <si>
     <t>Nivå 2</t>
   </si>
   <si>
     <t>IFK Bankeryd 2</t>
   </si>
   <si>
     <t>25 5 1324 017</t>
   </si>
   <si>
     <t>25 5 1324 032</t>
   </si>
   <si>
     <t>Jonas / Tove</t>
   </si>
   <si>
     <t>Moa</t>
   </si>
   <si>
-    <t>Meya</t>
-[...1 lines deleted...]
-  <si>
     <t>Kiosk 8 - Ca 19:00</t>
   </si>
   <si>
     <t>08:00 - 12:00</t>
   </si>
   <si>
     <t>V2 Lördag 10/1 2026</t>
   </si>
   <si>
     <t>Sista match start 17:00</t>
   </si>
   <si>
     <t>Första match start 09:00</t>
   </si>
   <si>
     <t>Alma, Moa</t>
   </si>
   <si>
     <t>Hallstäd  Söndag V2 11/1 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Elsa B, Saga </t>
   </si>
   <si>
     <t xml:space="preserve">Tove / Lina </t>
   </si>
   <si>
     <t xml:space="preserve">Tuva </t>
   </si>
   <si>
     <t>Meya, Elsa B, Saga</t>
   </si>
   <si>
     <t>Ola / Jonas</t>
   </si>
   <si>
     <t>Johan / Lina</t>
   </si>
   <si>
     <t>Ola  / Jonas</t>
   </si>
   <si>
     <t>12:00 - 16:00</t>
   </si>
   <si>
     <t>16:00 - Stängning</t>
   </si>
   <si>
     <t>Molly, Vanja</t>
+  </si>
+  <si>
+    <t>Utanför ICA Måndag 22/12 2025</t>
+  </si>
+  <si>
+    <t>10:00 - 12:00</t>
+  </si>
+  <si>
+    <t>Bingolotter ICA Bankeryd</t>
+  </si>
+  <si>
+    <t>Meya, Alma, Moa (Föräldraansvar Moa)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -728,541 +734,545 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB77EA79-1ACF-4BB2-9FB3-DC0F0C2FCEF5}">
   <dimension ref="A1:N51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+      <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28" customWidth="1"/>
+    <col min="1" max="1" width="29.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="38.42578125" customWidth="1"/>
+    <col min="3" max="3" width="39.5703125" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:11" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K4" s="4"/>
     </row>
     <row r="5" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="K5" s="4"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="10">
         <v>0.63541666666666663</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K6" s="5"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K7" s="5"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" s="5" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>47</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A13" s="2"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="6">
         <v>45970</v>
       </c>
       <c r="D15" s="10">
         <v>0.76388888888888884</v>
       </c>
       <c r="E15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="6">
         <v>45998</v>
       </c>
       <c r="D16" s="10">
         <v>0.65972222222222221</v>
       </c>
       <c r="E16" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
       <c r="G16" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
       <c r="B17" s="5"/>
       <c r="F17" s="7"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F18" s="7"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F22" s="7"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C23" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
     </row>
     <row r="33" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B33" s="5"/>
       <c r="C33" s="1" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
     </row>
     <row r="34" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B34" s="5"/>
       <c r="C34" s="1"/>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="C35" s="5"/>
+        <v>82</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>85</v>
+      </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B37" s="5"/>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
     </row>
     <row r="38" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C38" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="8"/>
       <c r="D40" s="5"/>
       <c r="F40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="M40" s="5"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="F41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
     </row>