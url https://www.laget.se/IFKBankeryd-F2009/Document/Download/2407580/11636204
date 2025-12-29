--- v2 (2025-12-08)
+++ v3 (2025-12-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://oemgroup-my.sharepoint.com/personal/ulrika_ragnar_elco_se/Documents/Handboll/Handboll 2025 - 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="173" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EBEC8E58-2255-46E2-AD03-8E3930F0554B}"/>
+  <xr:revisionPtr revIDLastSave="181" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6689DC8E-8B50-4F65-AF44-F2878CB5E577}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4456A692-9311-4A3C-8233-CA1F3A727104}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="89">
   <si>
     <t>Föräldrauppdrag hemmamatcher</t>
   </si>
   <si>
     <t>Matchnr</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Datum |</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Hometeam</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Sekretariat</t>
   </si>
   <si>
@@ -279,63 +279,72 @@
   <si>
     <t xml:space="preserve">Tove / Lina </t>
   </si>
   <si>
     <t xml:space="preserve">Tuva </t>
   </si>
   <si>
     <t>Meya, Elsa B, Saga</t>
   </si>
   <si>
     <t>Ola / Jonas</t>
   </si>
   <si>
     <t>Johan / Lina</t>
   </si>
   <si>
     <t>Ola  / Jonas</t>
   </si>
   <si>
     <t>12:00 - 16:00</t>
   </si>
   <si>
     <t>16:00 - Stängning</t>
   </si>
   <si>
-    <t>Molly, Vanja</t>
-[...1 lines deleted...]
-  <si>
     <t>Utanför ICA Måndag 22/12 2025</t>
   </si>
   <si>
     <t>10:00 - 12:00</t>
   </si>
   <si>
     <t>Bingolotter ICA Bankeryd</t>
   </si>
   <si>
     <t>Meya, Alma, Moa (Föräldraansvar Moa)</t>
+  </si>
+  <si>
+    <t>Attarpshallen B-hallen</t>
+  </si>
+  <si>
+    <t>8:30 - 11:30</t>
+  </si>
+  <si>
+    <t>Lina, Jonas, Tove, Johan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molly, Selma </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -368,67 +377,68 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="15" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
@@ -734,51 +744,51 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB77EA79-1ACF-4BB2-9FB3-DC0F0C2FCEF5}">
   <dimension ref="A1:N51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E28" sqref="E28"/>
+      <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="39.5703125" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:11" s="2" customFormat="1" x14ac:dyDescent="0.25">
@@ -1111,51 +1121,51 @@
       <c r="F17" s="7"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="7"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="F22" s="7"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C23" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C24" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="5"/>
@@ -1188,102 +1198,109 @@
       <c r="A29" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
     </row>
     <row r="33" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B33" s="5"/>
       <c r="C33" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
     </row>
     <row r="34" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B34" s="5"/>
       <c r="C34" s="1"/>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B37" s="5"/>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
     </row>
     <row r="38" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A39" s="12">
+        <v>46028</v>
+      </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="C40" s="8"/>
+        <v>85</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>87</v>
+      </c>
       <c r="D40" s="5"/>
       <c r="F40" s="5"/>
       <c r="H40" s="5"/>
       <c r="K40" s="5"/>
       <c r="M40" s="5"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="F41" s="5"/>
       <c r="H41" s="5"/>
       <c r="K41" s="5"/>
       <c r="N41" s="5"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B42" s="5"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="6"/>
       <c r="D43" s="5"/>
       <c r="F43" s="5"/>