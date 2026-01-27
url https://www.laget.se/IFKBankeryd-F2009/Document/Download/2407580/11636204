--- v3 (2025-12-29)
+++ v4 (2026-01-27)
@@ -1,84 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://oemgroup-my.sharepoint.com/personal/ulrika_ragnar_elco_se/Documents/Handboll/Handboll 2025 - 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="181" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6689DC8E-8B50-4F65-AF44-F2878CB5E577}"/>
+  <xr:revisionPtr revIDLastSave="203" documentId="8_{F89CA166-9BDD-4F8F-98E1-9DB18B94D7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E0F48628-B387-4463-9E3A-48311437F824}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4456A692-9311-4A3C-8233-CA1F3A727104}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="94">
   <si>
     <t>Föräldrauppdrag hemmamatcher</t>
   </si>
   <si>
     <t>Matchnr</t>
   </si>
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Datum |</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Hometeam</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>Sekretariat</t>
   </si>
   <si>
@@ -301,50 +300,65 @@
     <t>16:00 - Stängning</t>
   </si>
   <si>
     <t>Utanför ICA Måndag 22/12 2025</t>
   </si>
   <si>
     <t>10:00 - 12:00</t>
   </si>
   <si>
     <t>Bingolotter ICA Bankeryd</t>
   </si>
   <si>
     <t>Meya, Alma, Moa (Föräldraansvar Moa)</t>
   </si>
   <si>
     <t>Attarpshallen B-hallen</t>
   </si>
   <si>
     <t>8:30 - 11:30</t>
   </si>
   <si>
     <t>Lina, Jonas, Tove, Johan</t>
   </si>
   <si>
     <t xml:space="preserve">Molly, Selma </t>
+  </si>
+  <si>
+    <t>Jönköpings Idrottshus D</t>
+  </si>
+  <si>
+    <t>25 5 1324 058</t>
+  </si>
+  <si>
+    <t>25 5 1324 067</t>
+  </si>
+  <si>
+    <t>Johan / Jonas</t>
+  </si>
+  <si>
+    <t>Meya</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -413,55 +427,51 @@
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="15" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -741,65 +751,65 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB77EA79-1ACF-4BB2-9FB3-DC0F0C2FCEF5}">
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:N53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="39.5703125" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="11.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:11" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
@@ -1093,269 +1103,321 @@
       <c r="A16" t="s">
         <v>62</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="6">
         <v>45998</v>
       </c>
       <c r="D16" s="10">
         <v>0.65972222222222221</v>
       </c>
       <c r="E16" t="s">
         <v>60</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
       <c r="G16" t="s">
         <v>78</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A18" s="2" t="s">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="6">
+        <v>46082</v>
+      </c>
+      <c r="D17" s="10">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="E17" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>92</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>91</v>
+      </c>
+      <c r="B18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="6">
+        <v>46102</v>
+      </c>
+      <c r="D18" s="10">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="E18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="2"/>
+      <c r="B19" s="5"/>
+      <c r="F19" s="7"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B18" s="5"/>
-      <c r="C18" t="s">
+      <c r="B20" s="5"/>
+      <c r="C20" t="s">
         <v>72</v>
       </c>
-      <c r="F18" s="7"/>
-[...2 lines deleted...]
-      <c r="A21" t="s">
+      <c r="F20" s="7"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B22" s="11" t="s">
+      <c r="B24" s="11" t="s">
         <v>66</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C24" t="s">
         <v>88</v>
       </c>
-      <c r="F22" s="7"/>
-[...2 lines deleted...]
-      <c r="A23" t="s">
+      <c r="F24" s="7"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
         <v>69</v>
       </c>
-      <c r="B23" s="5" t="s">
+      <c r="B25" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C25" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A24" t="s">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
         <v>68</v>
       </c>
-      <c r="B24" s="5" t="s">
+      <c r="B26" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C26" t="s">
         <v>75</v>
       </c>
-      <c r="E24" s="5"/>
-[...11 lines deleted...]
-      <c r="B26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="B28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="B31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
     </row>
-    <row r="33" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B33" s="5"/>
-      <c r="C33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
     </row>
-    <row r="34" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B34" s="5"/>
-      <c r="C34" s="1"/>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
     </row>
-    <row r="35" spans="1:14" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>84</v>
+    <row r="35" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B35" s="5"/>
+      <c r="C35" s="1" t="s">
+        <v>83</v>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
     </row>
-    <row r="36" spans="1:14" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="36" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B36" s="5"/>
-      <c r="C36" s="5"/>
+      <c r="C36" s="1"/>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B37" s="5"/>
+      <c r="A37" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>84</v>
+      </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
     </row>
-    <row r="38" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="C38" s="1" t="s">
+    <row r="38" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38" s="5"/>
+      <c r="C38" s="5"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="7"/>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B39" s="5"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="7"/>
+    </row>
+    <row r="40" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="C40" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="39" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A39" s="12">
+    <row r="41" spans="1:14" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A41" s="12">
         <v>46028</v>
       </c>
-      <c r="C39" s="1"/>
-[...2 lines deleted...]
-      <c r="A40" s="2" t="s">
+      <c r="C41" s="1"/>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="B40" s="5" t="s">
+      <c r="B42" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="C40" s="8" t="s">
+      <c r="C42" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="D40" s="5"/>
-[...14 lines deleted...]
-      <c r="B42" s="5"/>
+      <c r="D42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="H42" s="5"/>
+      <c r="K42" s="5"/>
+      <c r="M42" s="5"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...3 lines deleted...]
-      <c r="C43" s="6"/>
+      <c r="C43" s="5"/>
       <c r="D43" s="5"/>
       <c r="F43" s="5"/>
       <c r="H43" s="5"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C46" s="2" t="s">
+      <c r="K43" s="5"/>
+      <c r="N43" s="5"/>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B44" s="5"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B45" s="5"/>
+      <c r="C45" s="6"/>
+      <c r="D45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="H45" s="5"/>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A48" s="2"/>
+      <c r="C48" s="2" t="s">
         <v>16</v>
-      </c>
-[...8 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="49" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C49" s="5" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C50" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C51" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C52" s="5" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="51" spans="3:3" x14ac:dyDescent="0.25">
-      <c r="C51" t="s">
+    <row r="53" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C53" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>