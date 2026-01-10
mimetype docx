--- v0 (2025-12-09)
+++ v1 (2026-01-10)
@@ -113,121 +113,128 @@
     </w:p>
     <w:p w14:paraId="3DF97030" w14:textId="61D8E983" w:rsidR="00D84B39" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Träningsmatcher + cuper 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65762864" w14:textId="77777777" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2890C9EF" w14:textId="77777777" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
+    <w:p w14:paraId="2890C9EF" w14:textId="7D6DC703" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Vecka 5 </w:t>
       </w:r>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Cup </w:t>
       </w:r>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">La Femme </w:t>
       </w:r>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Aneby</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>31 jan – 1 feb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="599BC845" w14:textId="005D3AE5" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -256,123 +263,188 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SPORTLOV</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14600B00" w14:textId="64B39D05" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
+    <w:p w14:paraId="14600B00" w14:textId="57C83EF1" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Vecka 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Träningsmatch (A) Landsbro FK </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">(A) Landsbro FK </w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Matchstart </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DE9">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>13:15</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         Sön </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>22 feb</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CFC63C" w14:textId="4B8D0B02" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
+    <w:p w14:paraId="56CFC63C" w14:textId="6D2FE2CD" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Vecka 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Träningsmatch (U) Lekeryds IF</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>(U) Lekeryds IF</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DE9">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Matchstart </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DE9">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>13:15</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         Lör </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>28 feb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42776867" w14:textId="52EF778D" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -389,305 +461,467 @@
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Toyota Cup Dam A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B772399" w14:textId="69FC3DCB" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Toyota Cup Dam A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFC8AD0" w14:textId="0C8DF9E3" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
+    <w:p w14:paraId="5DFC8AD0" w14:textId="2D2AD1B8" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Vecka 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Träningsmatch (U) </w:t>
+        <w:t>(U) Månsarp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Månsarp</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Matchstart </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DE9">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>13:15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Lör </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>28 mars</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C778E9B" w14:textId="14038EE2" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00081457">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PÅSK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458107D0" w14:textId="2B216DA1" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
+    <w:p w14:paraId="37B25022" w14:textId="6CF87ACA" w:rsidR="007B1C2E" w:rsidRDefault="007B1C2E" w:rsidP="007B1C2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Träningsmatch Ekhagens IF (U+A)</w:t>
+      </w:r>
+      <w:r w:rsidR="00035EA0" w:rsidRPr="00035EA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>PÅSKLOV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B84E6CA" w14:textId="59AEC594" w:rsidR="007B1C2E" w:rsidRDefault="00081457" w:rsidP="00081457">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vecka 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>(U</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>+A</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ekhagens IF</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Matchstart </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DE9">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>15:15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Sön </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>12 april</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB9006C" w14:textId="258BFCD7" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
+    <w:p w14:paraId="4BB9006C" w14:textId="2D4D366D" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Vecka 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Träningsläger</w:t>
+        <w:t>Ev Träningsläger</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> april</w:t>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>18-19 april</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7B2F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FC7B2F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FC7B2F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(A) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7B2F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lommaryds IF </w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Matchstart</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006A0DE9">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11:15 </w:t>
+      </w:r>
+      <w:r w:rsidR="00966E5F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          Sön </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7B2F">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>19 april</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7970DF47" w14:textId="5E5E89DC" w:rsidR="00081457" w:rsidRDefault="00081457" w:rsidP="00081457">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Vecka 17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -727,61 +961,61 @@
         </w:rPr>
         <w:t>Reservation för att det kan bli ändringar</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D43CD4" w:rsidRPr="00D43CD4" w:rsidSect="00081457">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="624" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78DB003A" w14:textId="77777777" w:rsidR="009B0EFC" w:rsidRDefault="009B0EFC" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="3317D92D" w14:textId="77777777" w:rsidR="00DA2FDE" w:rsidRDefault="00DA2FDE" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A2F3ED6" w14:textId="77777777" w:rsidR="009B0EFC" w:rsidRDefault="009B0EFC" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="79AAEA00" w14:textId="77777777" w:rsidR="00DA2FDE" w:rsidRDefault="00DA2FDE" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -853,61 +1087,61 @@
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30C8A605" w14:textId="77777777" w:rsidR="00932869" w:rsidRDefault="00932869">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="126177B7" w14:textId="77777777" w:rsidR="009B0EFC" w:rsidRDefault="009B0EFC" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="1F88CADF" w14:textId="77777777" w:rsidR="00DA2FDE" w:rsidRDefault="00DA2FDE" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="184D6B5D" w14:textId="77777777" w:rsidR="009B0EFC" w:rsidRDefault="009B0EFC" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="4D77980F" w14:textId="77777777" w:rsidR="00DA2FDE" w:rsidRDefault="00DA2FDE" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2551C83E" w14:textId="77777777" w:rsidR="00932869" w:rsidRDefault="00932869">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CD291B5" w14:textId="77777777" w:rsidR="00891544" w:rsidRDefault="00891544" w:rsidP="004C0E09">
     <w:pPr>
@@ -930,72 +1164,72 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1372" type="#_x0000_t75" style="width:11.4pt;height:17.1pt" o:bullet="t">
+      <v:shape id="_x0000_i1518" type="#_x0000_t75" style="width:11.4pt;height:17.1pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="pil"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1373" type="#_x0000_t75" style="width:42.75pt;height:22.1pt" o:bullet="t">
+      <v:shape id="_x0000_i1519" type="#_x0000_t75" style="width:42.75pt;height:22.1pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="Bild2"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1374" type="#_x0000_t75" style="width:10pt;height:10pt" o:bullet="t">
+      <v:shape id="_x0000_i1520" type="#_x0000_t75" style="width:10pt;height:10pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="Bild2"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="3">
     <w:pict>
-      <v:shape id="_x0000_i1375" type="#_x0000_t75" style="width:9.25pt;height:14.95pt" o:bullet="t">
+      <v:shape id="_x0000_i1521" type="#_x0000_t75" style="width:9.25pt;height:14.95pt" o:bullet="t">
         <v:imagedata r:id="rId4" o:title="Bild3"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EB743FF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CBB46122"/>
@@ -2016,129 +2250,131 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1015811142">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1200897011">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="670715784">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="252670063">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="70"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00200B65"/>
     <w:rsid w:val="00023CF5"/>
     <w:rsid w:val="000304A9"/>
     <w:rsid w:val="00035827"/>
+    <w:rsid w:val="00035EA0"/>
     <w:rsid w:val="000428AA"/>
     <w:rsid w:val="000500A3"/>
     <w:rsid w:val="00057E06"/>
     <w:rsid w:val="00065EFA"/>
     <w:rsid w:val="00081457"/>
     <w:rsid w:val="00081E07"/>
     <w:rsid w:val="00083807"/>
     <w:rsid w:val="0008535B"/>
     <w:rsid w:val="000879D1"/>
     <w:rsid w:val="000927CE"/>
     <w:rsid w:val="000A186E"/>
     <w:rsid w:val="000A259F"/>
     <w:rsid w:val="000C52D1"/>
     <w:rsid w:val="000C60F9"/>
     <w:rsid w:val="000D29F7"/>
     <w:rsid w:val="000D4286"/>
     <w:rsid w:val="000D787A"/>
+    <w:rsid w:val="000E71D7"/>
     <w:rsid w:val="000F61D1"/>
     <w:rsid w:val="0010206C"/>
     <w:rsid w:val="00104807"/>
     <w:rsid w:val="0011207E"/>
     <w:rsid w:val="00134056"/>
     <w:rsid w:val="00136C6B"/>
     <w:rsid w:val="00140944"/>
     <w:rsid w:val="00142663"/>
     <w:rsid w:val="00161CCA"/>
     <w:rsid w:val="00167FF7"/>
     <w:rsid w:val="0019680D"/>
     <w:rsid w:val="001A5A5B"/>
     <w:rsid w:val="001A7D3F"/>
     <w:rsid w:val="001B2002"/>
     <w:rsid w:val="001B2AD9"/>
     <w:rsid w:val="001B4BB9"/>
     <w:rsid w:val="001F0AE3"/>
     <w:rsid w:val="00200B65"/>
     <w:rsid w:val="00200F41"/>
     <w:rsid w:val="0020510A"/>
     <w:rsid w:val="00210F61"/>
     <w:rsid w:val="00220B93"/>
     <w:rsid w:val="0023309C"/>
     <w:rsid w:val="002346A2"/>
     <w:rsid w:val="002348A2"/>
     <w:rsid w:val="00235637"/>
     <w:rsid w:val="00237D8B"/>
     <w:rsid w:val="0025029F"/>
     <w:rsid w:val="002611BD"/>
     <w:rsid w:val="00280CB7"/>
     <w:rsid w:val="002A223C"/>
     <w:rsid w:val="002B235E"/>
+    <w:rsid w:val="002D259C"/>
     <w:rsid w:val="002F7366"/>
     <w:rsid w:val="00324BC6"/>
     <w:rsid w:val="0035044E"/>
     <w:rsid w:val="0036067A"/>
     <w:rsid w:val="003977E2"/>
     <w:rsid w:val="003A0FEC"/>
     <w:rsid w:val="003A7091"/>
     <w:rsid w:val="003C25D9"/>
     <w:rsid w:val="003C50B4"/>
     <w:rsid w:val="003D1AD5"/>
     <w:rsid w:val="003D4655"/>
     <w:rsid w:val="003F0BD7"/>
     <w:rsid w:val="003F3920"/>
     <w:rsid w:val="00407D7D"/>
     <w:rsid w:val="00411FB3"/>
     <w:rsid w:val="004333A3"/>
     <w:rsid w:val="00434676"/>
     <w:rsid w:val="004457CA"/>
     <w:rsid w:val="004468D8"/>
     <w:rsid w:val="004539FA"/>
     <w:rsid w:val="004579C9"/>
     <w:rsid w:val="004617AF"/>
     <w:rsid w:val="00463F60"/>
     <w:rsid w:val="00464960"/>
     <w:rsid w:val="00466ABB"/>
@@ -2153,125 +2389,128 @@
     <w:rsid w:val="004E08FC"/>
     <w:rsid w:val="004E0B05"/>
     <w:rsid w:val="004F2653"/>
     <w:rsid w:val="004F6E9F"/>
     <w:rsid w:val="00501756"/>
     <w:rsid w:val="00507257"/>
     <w:rsid w:val="00514C27"/>
     <w:rsid w:val="005176D8"/>
     <w:rsid w:val="00531996"/>
     <w:rsid w:val="0053223C"/>
     <w:rsid w:val="005339E4"/>
     <w:rsid w:val="005377E7"/>
     <w:rsid w:val="00551A78"/>
     <w:rsid w:val="005537A8"/>
     <w:rsid w:val="00575871"/>
     <w:rsid w:val="00586919"/>
     <w:rsid w:val="00594D98"/>
     <w:rsid w:val="005A403A"/>
     <w:rsid w:val="005A6F62"/>
     <w:rsid w:val="005B7436"/>
     <w:rsid w:val="005C4A0C"/>
     <w:rsid w:val="005C61D3"/>
     <w:rsid w:val="005C6423"/>
     <w:rsid w:val="005E0CDB"/>
     <w:rsid w:val="005E18ED"/>
+    <w:rsid w:val="005E3726"/>
     <w:rsid w:val="005F29FB"/>
     <w:rsid w:val="00606B0F"/>
     <w:rsid w:val="006137D6"/>
     <w:rsid w:val="00643EC5"/>
     <w:rsid w:val="00666DDD"/>
     <w:rsid w:val="00667796"/>
     <w:rsid w:val="00667A53"/>
     <w:rsid w:val="00693ED8"/>
     <w:rsid w:val="00697C2E"/>
+    <w:rsid w:val="006A0DE9"/>
     <w:rsid w:val="006A60A8"/>
     <w:rsid w:val="006B1E38"/>
     <w:rsid w:val="006B3AC6"/>
     <w:rsid w:val="006C0636"/>
     <w:rsid w:val="006C4DA1"/>
     <w:rsid w:val="006D6466"/>
     <w:rsid w:val="006E0CAF"/>
     <w:rsid w:val="006E43A5"/>
     <w:rsid w:val="006E6496"/>
     <w:rsid w:val="006F07FD"/>
     <w:rsid w:val="0072440E"/>
     <w:rsid w:val="00737193"/>
     <w:rsid w:val="00751871"/>
     <w:rsid w:val="00754FDC"/>
     <w:rsid w:val="00766BEC"/>
     <w:rsid w:val="00772B6E"/>
     <w:rsid w:val="007829D2"/>
     <w:rsid w:val="00783074"/>
     <w:rsid w:val="0078522D"/>
     <w:rsid w:val="007A0B53"/>
+    <w:rsid w:val="007B1C2E"/>
     <w:rsid w:val="007B39E9"/>
     <w:rsid w:val="007B437C"/>
     <w:rsid w:val="007B634A"/>
     <w:rsid w:val="007C5139"/>
     <w:rsid w:val="007D18A8"/>
     <w:rsid w:val="007D6216"/>
     <w:rsid w:val="007E16FA"/>
     <w:rsid w:val="007E4DF7"/>
     <w:rsid w:val="007F3CBD"/>
     <w:rsid w:val="008003C4"/>
     <w:rsid w:val="00801BBF"/>
     <w:rsid w:val="00816FA9"/>
     <w:rsid w:val="008215CB"/>
     <w:rsid w:val="00822A22"/>
     <w:rsid w:val="00834506"/>
     <w:rsid w:val="00834E7E"/>
     <w:rsid w:val="00840E70"/>
     <w:rsid w:val="00844EE8"/>
     <w:rsid w:val="008574B7"/>
     <w:rsid w:val="00870403"/>
     <w:rsid w:val="00875CBE"/>
     <w:rsid w:val="00891543"/>
     <w:rsid w:val="00891544"/>
     <w:rsid w:val="008A525C"/>
     <w:rsid w:val="008C04D7"/>
     <w:rsid w:val="008C5285"/>
     <w:rsid w:val="008D4B24"/>
     <w:rsid w:val="008D4F31"/>
     <w:rsid w:val="00904C67"/>
     <w:rsid w:val="00910C25"/>
     <w:rsid w:val="0091229C"/>
     <w:rsid w:val="009255D9"/>
     <w:rsid w:val="00926C5D"/>
     <w:rsid w:val="00932869"/>
     <w:rsid w:val="00932E3C"/>
     <w:rsid w:val="00934D21"/>
     <w:rsid w:val="00936940"/>
     <w:rsid w:val="00940543"/>
     <w:rsid w:val="00947BCD"/>
     <w:rsid w:val="00964F72"/>
+    <w:rsid w:val="00966E5F"/>
     <w:rsid w:val="00972D16"/>
     <w:rsid w:val="00973775"/>
     <w:rsid w:val="00976057"/>
     <w:rsid w:val="0099293C"/>
     <w:rsid w:val="009A7763"/>
-    <w:rsid w:val="009B0EFC"/>
     <w:rsid w:val="009B2791"/>
     <w:rsid w:val="009D32C2"/>
     <w:rsid w:val="009D509B"/>
     <w:rsid w:val="009E3BC3"/>
     <w:rsid w:val="009E6EF9"/>
     <w:rsid w:val="009E7B9D"/>
     <w:rsid w:val="009E7F82"/>
     <w:rsid w:val="009F4E8E"/>
     <w:rsid w:val="00A076D6"/>
     <w:rsid w:val="00A1062B"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A17B37"/>
     <w:rsid w:val="00A2125B"/>
     <w:rsid w:val="00A2265F"/>
     <w:rsid w:val="00A23320"/>
     <w:rsid w:val="00A319F8"/>
     <w:rsid w:val="00A45E43"/>
     <w:rsid w:val="00A51CEF"/>
     <w:rsid w:val="00A5661A"/>
     <w:rsid w:val="00A6449E"/>
     <w:rsid w:val="00A80C68"/>
     <w:rsid w:val="00A87B49"/>
     <w:rsid w:val="00A96DA2"/>
     <w:rsid w:val="00A96FF7"/>
     <w:rsid w:val="00AA3A34"/>
@@ -2305,95 +2544,98 @@
     <w:rsid w:val="00C02681"/>
     <w:rsid w:val="00C079B5"/>
     <w:rsid w:val="00C11B3A"/>
     <w:rsid w:val="00C13434"/>
     <w:rsid w:val="00C21990"/>
     <w:rsid w:val="00C4216C"/>
     <w:rsid w:val="00C63DA4"/>
     <w:rsid w:val="00C82240"/>
     <w:rsid w:val="00CA6614"/>
     <w:rsid w:val="00CA6CFA"/>
     <w:rsid w:val="00CC149C"/>
     <w:rsid w:val="00CC3124"/>
     <w:rsid w:val="00CC3657"/>
     <w:rsid w:val="00CC6077"/>
     <w:rsid w:val="00CE4E3C"/>
     <w:rsid w:val="00D027FC"/>
     <w:rsid w:val="00D02A34"/>
     <w:rsid w:val="00D070FF"/>
     <w:rsid w:val="00D200BA"/>
     <w:rsid w:val="00D2298A"/>
     <w:rsid w:val="00D36168"/>
     <w:rsid w:val="00D43CD4"/>
     <w:rsid w:val="00D4779E"/>
     <w:rsid w:val="00D84B39"/>
     <w:rsid w:val="00DA15AC"/>
+    <w:rsid w:val="00DA2FDE"/>
     <w:rsid w:val="00DB0495"/>
     <w:rsid w:val="00DC2396"/>
     <w:rsid w:val="00DC4071"/>
     <w:rsid w:val="00DD3304"/>
     <w:rsid w:val="00DF0444"/>
     <w:rsid w:val="00DF19B1"/>
     <w:rsid w:val="00DF42CC"/>
     <w:rsid w:val="00DF4DBF"/>
     <w:rsid w:val="00E003BC"/>
     <w:rsid w:val="00E05BFC"/>
     <w:rsid w:val="00E33025"/>
     <w:rsid w:val="00E47380"/>
     <w:rsid w:val="00E50040"/>
     <w:rsid w:val="00E56549"/>
     <w:rsid w:val="00E6120E"/>
     <w:rsid w:val="00E6200F"/>
     <w:rsid w:val="00E646C0"/>
     <w:rsid w:val="00E66CA0"/>
+    <w:rsid w:val="00E706B4"/>
     <w:rsid w:val="00E7701D"/>
     <w:rsid w:val="00EB1E30"/>
     <w:rsid w:val="00EB60E6"/>
     <w:rsid w:val="00EC5EB1"/>
     <w:rsid w:val="00ED6C6F"/>
     <w:rsid w:val="00EE19C9"/>
     <w:rsid w:val="00EE7048"/>
     <w:rsid w:val="00EF58B6"/>
     <w:rsid w:val="00F1139D"/>
     <w:rsid w:val="00F1341B"/>
     <w:rsid w:val="00F27E87"/>
     <w:rsid w:val="00F4778E"/>
     <w:rsid w:val="00F50509"/>
     <w:rsid w:val="00F5205D"/>
     <w:rsid w:val="00F57184"/>
     <w:rsid w:val="00F61558"/>
     <w:rsid w:val="00F61F0E"/>
     <w:rsid w:val="00F62C63"/>
     <w:rsid w:val="00F6408C"/>
     <w:rsid w:val="00F77E28"/>
     <w:rsid w:val="00F90CAD"/>
     <w:rsid w:val="00F91F6E"/>
     <w:rsid w:val="00FA21D5"/>
     <w:rsid w:val="00FA4BE5"/>
     <w:rsid w:val="00FB4EA7"/>
     <w:rsid w:val="00FC64D3"/>
     <w:rsid w:val="00FC6F9F"/>
+    <w:rsid w:val="00FC7B2F"/>
     <w:rsid w:val="00FD0337"/>
     <w:rsid w:val="00FD6B65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -4385,50 +4627,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100129BBCBF21362E4099AE6C2F27C58737" ma:contentTypeVersion="8" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="de07cbac6bd0d35bc8266f7d6919dd5b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="10c3a147-0d64-46aa-a281-dc97358e8373" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc8de82323ef2b6b23e0013b35395849" ns2:_="">
     <xsd:import namespace="10c3a147-0d64-46aa-a281-dc97358e8373"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="10c3a147-0d64-46aa-a281-dc97358e8373" elementFormDefault="qualified">
@@ -4554,137 +4800,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC47F72F-15EE-4811-868D-E65F46C52901}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F3444AE-D042-43C4-9498-8C722F7BF631}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="10c3a147-0d64-46aa-a281-dc97358e8373"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC47F72F-15EE-4811-868D-E65F46C52901}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0788AE8-6DF8-4659-9D63-52B62B079A82}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0788AE8-6DF8-4659-9D63-52B62B079A82}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6899786-2DD4-450C-9130-150B9CAF3647}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>82</Words>
-  <Characters>436</Characters>
+  <Words>108</Words>
+  <Characters>577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Grundmall</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>517</CharactersWithSpaces>
+  <CharactersWithSpaces>684</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Grundmall</dc:title>
   <dc:subject/>
   <dc:creator>Sebastian Åkesson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>