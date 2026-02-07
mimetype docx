--- v0 (2025-10-16)
+++ v1 (2026-02-07)
@@ -435,2594 +435,2678 @@
                                   <w:color w:val="FFCA08" w:themeColor="accent1"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFCA08" w:themeColor="accent1"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">     </w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </v:textbox>
                     <w10:wrap anchorx="page" anchory="margin"/>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
-        <w:p w14:paraId="02662AA0" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRPr="008B3462" w:rsidRDefault="00000000" w:rsidP="008B3462">
+        <w:p w14:paraId="247DE078" w14:textId="5EA03177" w:rsidR="00F200CF" w:rsidRPr="00A623BA" w:rsidRDefault="00000000" w:rsidP="00A623BA">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="247DE078" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRDefault="00F200CF" w:rsidP="00F200CF">
+    <w:p w14:paraId="0C1912BF" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRDefault="00F200CF" w:rsidP="00F200CF">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:left="-426"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F200CF">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F200CF">
+        <w:t xml:space="preserve">Hedens </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hedens </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">IF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F0E7E1" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRDefault="00F200CF" w:rsidP="00F200CF">
+      <w:pPr>
+        <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">IF </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="-426"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F200CF">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F200CF">
+        <w:t xml:space="preserve">verksamhetsbeskrivning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CFC68F3" w14:textId="13A19CFE" w:rsidR="009B2D20" w:rsidRDefault="00313773" w:rsidP="009B2D20">
+      <w:pPr>
+        <w:ind w:left="2182"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">verksamhetsbeskrivning </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="2182"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">      202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2FC4">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">      202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F74AF9">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2D20">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B2D20">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A52ED52" w14:textId="46D76222" w:rsidR="00F200CF" w:rsidRDefault="009B2D20" w:rsidP="009B2D20">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6982">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">   för </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F200CF" w:rsidRPr="00F200CF">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>barn och ungdom</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">för </w:t>
+      </w:r>
+      <w:r w:rsidR="00F200CF" w:rsidRPr="00F200CF">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
+        <w:t>barn och ungdom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6741B9" w14:textId="77777777" w:rsidR="009B2D20" w:rsidRPr="00F200CF" w:rsidRDefault="009B2D20" w:rsidP="009B2D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1651355E" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRDefault="00F200CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="447924D9" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRDefault="00F200CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76878088" w14:textId="77777777" w:rsidR="00F200CF" w:rsidRDefault="00F200CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="475ACA3B" w14:textId="77777777" w:rsidR="008B3462" w:rsidRDefault="008B3462">
+    <w:p w14:paraId="3F0DA341" w14:textId="77777777" w:rsidR="00EF117A" w:rsidRDefault="00EF117A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="010D17C6" w14:textId="77777777" w:rsidR="008B3462" w:rsidRDefault="008B3462">
+    <w:p w14:paraId="475ACA3B" w14:textId="77777777" w:rsidR="008B3462" w:rsidRDefault="008B3462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E55AE57" w14:textId="77777777" w:rsidR="009F3FAC" w:rsidRPr="009E52CA" w:rsidRDefault="009F3FAC" w:rsidP="009E52CA"/>
+    <w:p w14:paraId="010D17C6" w14:textId="77777777" w:rsidR="008B3462" w:rsidRDefault="008B3462">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47AF07CB" w14:textId="77777777" w:rsidR="00973F4D" w:rsidRDefault="00973F4D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E55AE57" w14:textId="77777777" w:rsidR="009F3FAC" w:rsidRDefault="009F3FAC" w:rsidP="009E52CA"/>
+    <w:p w14:paraId="73E08075" w14:textId="77777777" w:rsidR="00876CA8" w:rsidRPr="009E52CA" w:rsidRDefault="00876CA8" w:rsidP="009E52CA"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="-189538751"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="680E2E46" w14:textId="77777777" w:rsidR="00BA2F7E" w:rsidRPr="00BA2F7E" w:rsidRDefault="00BA2F7E">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
             <w:rPr>
               <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BA2F7E">
             <w:rPr>
               <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Innehåll</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="17B9F1D0" w14:textId="0620362A" w:rsidR="00A04EF2" w:rsidRDefault="00BA2F7E">
+        <w:p w14:paraId="2649A7A7" w14:textId="797CB7C8" w:rsidR="00C96CD0" w:rsidRDefault="00BA2F7E">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BA2F7E">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00BA2F7E">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00BA2F7E">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc196675868" w:history="1">
-            <w:r w:rsidR="00A04EF2" w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715210" w:history="1">
+            <w:r w:rsidR="00C96CD0" w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
-            <w:r w:rsidR="00A04EF2">
+            <w:r w:rsidR="00C96CD0">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A04EF2">
+            <w:r w:rsidR="00C96CD0">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A04EF2">
-[...10 lines deleted...]
-            <w:r w:rsidR="00A04EF2">
+            <w:r w:rsidR="00C96CD0">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715210 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00C96CD0">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C96CD0">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A04EF2">
+            <w:r w:rsidR="00C96CD0">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A04EF2">
+            <w:r w:rsidR="00C96CD0">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="537E6F1C" w14:textId="42C806CA" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="72B16A03" w14:textId="59671341" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675869" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715211" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t>Föreningen Hedens IF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675869 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715211 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34796801" w14:textId="6253CE23" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="1B3CE5B6" w14:textId="468684BB" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675870" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715212" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t>Samverkan med Trångfors IF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675870 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715212 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3097B83E" w14:textId="3197ABAF" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="0A452AE5" w14:textId="37EF64EB" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675871" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715213" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t>Hedens IF verksamhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675871 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715213 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4784001C" w14:textId="7B8E679C" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="1A8B5A60" w14:textId="5FF4D025" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675872" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715214" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t>Vision och värdegrund</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675872 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715214 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E0506FE" w14:textId="1DD89C26" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="6F16DDC7" w14:textId="71605341" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675873" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715215" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Jämställhets- och diskrimineringspolicy</w:t>
+              <w:t>TRYGG IDROTT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675873 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715215 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11EA096E" w14:textId="2C7EA80C" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="5B471161" w14:textId="619E7516" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675874" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715216" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Alkohol och drogpolicy</w:t>
+              <w:t>TRYGG IDROTT - Jämställhets- och diskrimineringspolicy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675874 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715216 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A787B8E" w14:textId="5B410EE2" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="50729A44" w14:textId="4272A9A1" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675875" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715217" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Hedens IF verksamhetside och den gula tråden</w:t>
+              <w:t>TRYGG IDROTT - Alkohol och drogpolicy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675875 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715217 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B28D212" w14:textId="6DC03FE4" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="57950F59" w14:textId="5D5357FD" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675876" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715218" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Mål och verksamhetsbeskrivning för barn och ungdomsfotboll (Spelarutvecklingsplan)</w:t>
+              <w:t>Hedens IF verksamhetside och den gula tråden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675876 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715218 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="480FF46D" w14:textId="1B109EF3" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="0C7AB1B6" w14:textId="3FCBB42B" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715219" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Mål och verksamhetsbeskrivning för barn och ungdomsfotboll (Spelarutvecklingsplan)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715219 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5A004791" w14:textId="137C0609" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675877" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715220" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Allmänt</w:t>
+              <w:t>Allmänt och definitioner av nivåindelning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675877 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715220 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2720C50D" w14:textId="2623C62F" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="57C66535" w14:textId="5DDD0BE8" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675878" w:history="1">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715221" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>efinitioner av nivåindelning</w:t>
+              <w:t>Från 5 – 7 år (3 mot 3)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675878 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715221 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F345A31" w14:textId="44B9014A" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="712592CB" w14:textId="29DCADA1" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675879" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715222" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Från 5 – 7 år (3 mot 3)</w:t>
+              <w:t>Från 8 - 9 år (5 mot 5)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675879 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715222 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0674D4CF" w14:textId="59C7E242" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="497D6F34" w14:textId="4D096415" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675880" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715223" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Från 8 - 9 år (5 mot 5)</w:t>
+              <w:t>Från 10 - 12 år (7 mot 7)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675880 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715223 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B14B5DB" w14:textId="39D10A90" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="6C2008A9" w14:textId="568BD94F" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675881" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715224" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Från 10 - 12 år (7 mot 7)</w:t>
+              <w:t>Från 13 – 14 år ( 9 mot 9)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675881 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715224 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74917649" w14:textId="7D074556" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="23F93561" w14:textId="384444E8" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675882" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715225" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Från 13 – 14 år ( 9 mot 9)</w:t>
+              <w:t>Från 15 – 16 år (11 mot 11)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675882 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715225 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B73C5A9" w14:textId="5FCF8148" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="2A8198FD" w14:textId="5D3A79F3" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715226" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Cuptrappa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715226 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="48D6F814" w14:textId="7260F927" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715227" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Organisation UNGDOMSSEKIONEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715227 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="79F7ECC1" w14:textId="681EDCB9" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715228" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Roller</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715228 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3742B1FB" w14:textId="31075EB0" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715229" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>TRYGG IDROTT - Spelarpolicy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715229 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="14B2CC6B" w14:textId="5B5FE5DB" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715230" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>TRYGG IDROTT - Föräldrapolicy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715230 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2A58DD5E" w14:textId="2931898E" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715231" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>TRYGG IDROTT - Ledarutvecklingsplan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715231 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2E313757" w14:textId="286A15A9" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675883" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715232" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Från 15 – 16 år (11 mot 11)</w:t>
+              <w:t>Ledarförsörjning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675883 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715232 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="737290AD" w14:textId="6B062CF2" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="3124D66E" w14:textId="5679D2FE" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715233" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Rekryteringspolicy för tränare/ledare/SPELARE i ungdomslagen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715233 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6D42FAEC" w14:textId="0DD6DB67" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715234" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Krav på dig som ledare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715234 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3DA11C15" w14:textId="0383F37D" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc218715235" w:history="1">
+            <w:r w:rsidRPr="003B547B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Ledarutbildningsplan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715235 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="68BF1E47" w14:textId="19E8D766" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675884" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715236" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Cuptrappa</w:t>
+              <w:t>Föräldrar och laguppdrag</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675884 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715236 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0D25241A" w14:textId="3D1AF554" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="06F98308" w14:textId="446A80A1" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675885" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715237" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Organisation UNGDOMSSEKIONEN</w:t>
+              <w:t>Anpassning mot andra idrotter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675885 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715237 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="64E6B89C" w14:textId="36041728" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="2D247956" w14:textId="4BB48658" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675886" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715238" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Roller</w:t>
+              <w:t>Träningar och planbokningar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675886 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715238 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0245173C" w14:textId="025206A3" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="6B4FB141" w14:textId="0320CC2F" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675887" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715239" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Spelarpolicy</w:t>
+              <w:t>Spelarövergångar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675887 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715239 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F99151E" w14:textId="4CC6CAAB" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="6B5002B9" w14:textId="405F5391" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675888" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715240" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Föräldrapolicy</w:t>
+              <w:t>Materiel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675888 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715240 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1ECBDBD9" w14:textId="52216148" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="778553A3" w14:textId="71E41BD2" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675889" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715241" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Ledarförsörjning</w:t>
+              <w:t>Medlemsavgifter och lagkassor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675889 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715241 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DBDC3F0" w14:textId="4392735A" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="50E68BBA" w14:textId="09680941" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675890" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715242" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Rekryteringspolicy för tränare/ledare/SPELARE i ungdomslagen</w:t>
+              <w:t>Domarpolicy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675890 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715242 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44129931" w14:textId="0290BF8A" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="378B2D9F" w14:textId="32735DF2" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675891" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715243" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Krav på dig som ledare</w:t>
+              <w:t>Kommunikation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675891 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715243 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="188BBFD3" w14:textId="682762C4" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="7161F870" w14:textId="71A90A7D" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675892" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715244" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Ledarutbildningsplan</w:t>
+              <w:t>Sponsorer och kopplingar till ungdomslagen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675892 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715244 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="444ABF05" w14:textId="0A293220" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="5684CC0F" w14:textId="2B09A779" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675893" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715245" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Föräldrar och laguppdrag</w:t>
+              <w:t>TRYGG IDROTT - Trafikpolicy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675893 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715245 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="028EF398" w14:textId="6FAB8449" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
+        <w:p w14:paraId="3F954087" w14:textId="11F83882" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="sv-SE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc196675894" w:history="1">
-            <w:r w:rsidRPr="00AC28E2">
+          <w:hyperlink w:anchor="_Toc218715246" w:history="1">
+            <w:r w:rsidRPr="003B547B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Anpassning mot andra idrotter</w:t>
+              <w:t>TRYGG IDROTT - Krishantering i Hedens IF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc196675894 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc218715246 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4123BA5A" w14:textId="34379A13" w:rsidR="00A04EF2" w:rsidRDefault="00A04EF2">
-[...557 lines deleted...]
-        <w:p w14:paraId="7F1ECFD7" w14:textId="3B63B165" w:rsidR="00BA2F7E" w:rsidRPr="00464561" w:rsidRDefault="00BA2F7E">
+        <w:p w14:paraId="7F1ECFD7" w14:textId="5BD95628" w:rsidR="00BA2F7E" w:rsidRPr="00464561" w:rsidRDefault="00BA2F7E">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BA2F7E">
             <w:rPr>
               <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:lastRenderedPageBreak/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5C1868FC" w14:textId="77777777" w:rsidR="00FE5F0A" w:rsidRDefault="00F200CF" w:rsidP="002C61C8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc196675868"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc218715210"/>
       <w:r w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Syft</w:t>
       </w:r>
       <w:r w:rsidR="009E52CA" w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2F806B62" w14:textId="77777777" w:rsidR="00715AE5" w:rsidRDefault="00352CB6" w:rsidP="004F7228">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2419">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>Syfte med detta dokument ä</w:t>
       </w:r>
       <w:r w:rsidR="00715AE5">
@@ -3069,199 +3153,198 @@
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokumentet skall ses som en inledning till hur Hedens IF anpassning sker mot SvFF regelverk och </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumentation </w:t>
       </w:r>
       <w:r w:rsidR="00E8448B" w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">samt barnkonventionens grundprinciper </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>mht till de förutsättningar som finns i föreni</w:t>
+        <w:t>mht</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till de förutsättningar som finns i föreni</w:t>
       </w:r>
       <w:r w:rsidR="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>ngens omgivningar samt för</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> föreningens förmåga at</w:t>
       </w:r>
       <w:r w:rsidR="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">t utveckla fotbollen för </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>barn och ungdom.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F569ED4" w14:textId="77777777" w:rsidR="007733A7" w:rsidRDefault="007733A7" w:rsidP="0034516B">
+    <w:p w14:paraId="491816FD" w14:textId="77777777" w:rsidR="00464561" w:rsidRPr="00715AE5" w:rsidRDefault="00464561" w:rsidP="0034516B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="491816FD" w14:textId="77777777" w:rsidR="00464561" w:rsidRPr="00715AE5" w:rsidRDefault="00464561" w:rsidP="0034516B">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3C36B7EF" w14:textId="77777777" w:rsidR="00FE5F0A" w:rsidRPr="002C61C8" w:rsidRDefault="009B089D" w:rsidP="002C61C8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc196675869"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc218715211"/>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Föreningen Hedens IF</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1A3B255E" w14:textId="77777777" w:rsidR="00715AE5" w:rsidRDefault="009B089D" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Föreningen startade 1928 och har haft ett antal idrotter på sin agenda. Längdskidor, varpa, skytte och fotboll för både damer och herrar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A153CF2" w14:textId="77777777" w:rsidR="009B089D" w:rsidRPr="004F7228" w:rsidRDefault="009B089D" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>I mitten av 80-talet gjordes en uppdelning av damer och herrar med Trångfors IF eftersom underlaget för att</w:t>
       </w:r>
       <w:r w:rsidR="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> få in aktiva var för låg</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>t. Trångfors IF övertog fotbollsutvecklingen för damer och Hedens IF motsvarande för herrar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCFF9CA" w14:textId="77777777" w:rsidR="00464561" w:rsidRDefault="004F7228" w:rsidP="009B089D">
+    <w:p w14:paraId="04AE871D" w14:textId="75A4EA92" w:rsidR="007733A7" w:rsidRDefault="004F7228" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Hedens IF bedriver numera </w:t>
       </w:r>
       <w:r w:rsidR="009B089D" w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>verksamhet inom fotboll och FUTSAL.</w:t>
       </w:r>
       <w:r w:rsidR="00715AE5">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> Föreningen har Boden kommun som upptagningsområde där tyngdpunkten ligger på Heden, Trångfors, Hamptjärnmoran och Bodforsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AE871D" w14:textId="77777777" w:rsidR="007733A7" w:rsidRDefault="007733A7" w:rsidP="009B089D">
+    <w:p w14:paraId="58ECD8B3" w14:textId="77777777" w:rsidR="00AB2472" w:rsidRDefault="00AB2472" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36821703" w14:textId="77777777" w:rsidR="00FE5F0A" w:rsidRPr="002C61C8" w:rsidRDefault="004F7228" w:rsidP="002C61C8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc196675870"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc218715212"/>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Samverkan med Trångfors IF</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="37B99FC3" w14:textId="77777777" w:rsidR="00DB2419" w:rsidRDefault="009B089D" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">2018 etablerades en konstgräsplan och samtidigt byggdes idrottsgården ut med fler omklädningsrum och sedan 2019 är Trångfors IF </w:t>
       </w:r>
       <w:r w:rsidR="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
@@ -3296,198 +3379,277 @@
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> nyttjare av Olympia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6732D53A" w14:textId="77777777" w:rsidR="00FE5F0A" w:rsidRDefault="004F7228" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>Föreningarna nyttjar också en större gräsyta nere på Knottvallen som befinner sig ca 500 m från Olympia.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="35785D30" w14:textId="77777777" w:rsidR="00AB2472" w:rsidRDefault="00AB2472" w:rsidP="009B089D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="242B06A9" w14:textId="77777777" w:rsidR="00FE5F0A" w:rsidRPr="002C61C8" w:rsidRDefault="004F7228" w:rsidP="002C61C8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc196675871"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc218715213"/>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hedens IF verksamhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="21AB4D26" w14:textId="77777777" w:rsidR="009B089D" w:rsidRDefault="009B089D" w:rsidP="009B089D">
+    <w:p w14:paraId="21AB4D26" w14:textId="58062952" w:rsidR="009B089D" w:rsidRDefault="009B089D" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>Hedens IF har ca 220 u</w:t>
+        <w:t>Hedens IF har ca 2</w:t>
+      </w:r>
+      <w:r w:rsidR="005D435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F7228">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="005D435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aktiva varav ca 220 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F7228">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="0086051E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>ngdomar i verksamheten samt ca 6</w:t>
+        <w:t xml:space="preserve">ngdomar i verksamheten samt ca </w:t>
+      </w:r>
+      <w:r w:rsidR="005D435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>75</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7228">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>0 ledare som inom olika områden bidrar till att hantera verksamheten. Det finns inga fast anställda utan verksamheten sköts ideellt.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43BB76C8" w14:textId="77777777" w:rsidR="009B089D" w:rsidRPr="009B089D" w:rsidRDefault="008E2FC1" w:rsidP="009B089D">
+        <w:t xml:space="preserve"> ledare som inom olika områden bidrar till att hantera verksamheten. Det finns inga fast anställda utan verksamheten sköts ideellt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BB76C8" w14:textId="77777777" w:rsidR="009B089D" w:rsidRDefault="008E2FC1" w:rsidP="009B089D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Föreningen har ett A-lag som syftar till att erbjuda ungdomar i äldre tonåren att medverka i seniorspel. </w:t>
       </w:r>
       <w:r w:rsidR="008B3462">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>Verksamheten bygger på en vision och värdegrund som övergripande s</w:t>
       </w:r>
       <w:r w:rsidR="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>tyr föreningens verksamhetside’.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">tyr föreningens </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>verksamhetside</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E00C6F0" w14:textId="77777777" w:rsidR="00AB2472" w:rsidRPr="009B089D" w:rsidRDefault="00AB2472" w:rsidP="009B089D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="09C8B78B" w14:textId="77777777" w:rsidR="007733A7" w:rsidRPr="002C61C8" w:rsidRDefault="00352CB6" w:rsidP="002C61C8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc196675872"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc218715214"/>
       <w:r w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vision och v</w:t>
       </w:r>
       <w:r w:rsidR="00625915" w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ärdegrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00625915" w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5650C54F" w14:textId="0EB56B2F" w:rsidR="002C61C8" w:rsidRDefault="00352CB6" w:rsidP="00715AE5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715AE5">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Vår vision är att </w:t>
       </w:r>
       <w:r w:rsidR="00625915" w:rsidRPr="00715AE5">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>Hedens IF är en öppen förening som skapar</w:t>
+        <w:t xml:space="preserve">Hedens IF är en öppen förening som </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00625915" w:rsidRPr="00715AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>skapar</w:t>
       </w:r>
       <w:r w:rsidR="00073C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00625915" w:rsidRPr="00715AE5">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
-        <w:t>glädje och långvarigt idrottsintresse för bygdens barn och ungdomar</w:t>
-      </w:r>
+        <w:t>glädje</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00625915" w:rsidRPr="00715AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och långvarigt idrottsintresse för bygdens barn och ungdomar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5E6C42" w14:textId="77777777" w:rsidR="00D07898" w:rsidRDefault="00D07898" w:rsidP="00715AE5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="02A173F1" w14:textId="77777777" w:rsidR="00715AE5" w:rsidRPr="00DB2419" w:rsidRDefault="00625915" w:rsidP="00715AE5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2419">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vår värdegrund bygger på</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E999D4" w14:textId="77777777" w:rsidR="00C97AF0" w:rsidRPr="002C61C8" w:rsidRDefault="00625915" w:rsidP="002C61C8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Glädje och gemenskap</w:t>
       </w:r>
     </w:p>
@@ -3636,488 +3798,865 @@
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">las lika värde skall ligga till </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2419">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>grund för att skapa en positiv självbild som uppmuntrar fortsatt idrottande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BC3F08" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="002C61C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ABE37E9" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+    <w:p w14:paraId="5ABE37E9" w14:textId="3F8E4F7B" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00263F83" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc196675873"/>
-[...6 lines deleted...]
-        <w:t>Jämställhets- och diskrimineringspolicy</w:t>
+      <w:bookmarkStart w:id="5" w:name="_Toc218715215"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TRYGG IDROTT</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-    </w:p>
-    <w:p w14:paraId="4D0C611C" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF652E6" w14:textId="3D1B0447" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Hedens IF och Trångfors IF har i en överenskommelse valt att dela upp idrottsutövare i tjejer/kvinnor och killar/män i var sin förening. </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6EF652E6" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r w:rsidR="004B2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Hedens IF utvec</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7C75">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>lar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7C75">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pojkar/män och Trångfors IF </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1C4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tjejer/kvinnor. Motivet för detta är att en eventuell konkurrens skulle medföra </w:t>
+      </w:r>
+      <w:r w:rsidR="001D6432">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>halva lag och kräva dubbla så många ledare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7BCBC9" w14:textId="39516FED" w:rsidR="00AB2472" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7AD738B0" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Då båda föreningarna verkar i samma område och nyttjar samma anläggning, uppstår inte konkurrens mellan spelare/lag och tillgång till ledare och därmed ges en möjlighet att få tillräckligt många ungdomar för att kunna bedriva lagidrott.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDF1B3D" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Då båda föreningarna verkar i samma område och nyttjar samma anläggning, uppstår inte konkurrens mellan spelare/lag och tillgång till ledare och därmed ges en möjlighet att få tillräckligt många ungdomar för att kunna bedriva lagidrott.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2DA6B0F3" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+        <w:t>Föreningarna tillsammans har en stor fotbollsverksamhet med gemensam värdegrund och en hög grad av samverkan samt fyller en viktig roll i samhället genom att vara föreningar för alla fotbollsintresserade.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFD9E26" w14:textId="7511EBE2" w:rsidR="00D611E0" w:rsidRDefault="00D611E0" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Trygg idrott baseras på:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0738C967" w14:textId="77777777" w:rsidR="002B437B" w:rsidRDefault="002B437B" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
+      <w:r w:rsidRPr="002B437B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-      <w:pPr>
+        <w:t>Gemensam värdegrund</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HIF TIF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053A1598" w14:textId="77777777" w:rsidR="008F797F" w:rsidRDefault="00105732" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="219F4AE1" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Jämställhets- och diskrimineringspol</w:t>
+      </w:r>
+      <w:r w:rsidR="008F797F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>cy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A20CE2" w14:textId="77777777" w:rsidR="008F797F" w:rsidRDefault="008F797F" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Alkohol och drogpolicy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A331F5D" w14:textId="09238D35" w:rsidR="00D02D70" w:rsidRDefault="00D02D70" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Ledarutvecklingsplan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AF3C05" w14:textId="77777777" w:rsidR="00700B1A" w:rsidRDefault="00700B1A" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Spelarpolicy Fair play</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037C0EB7" w14:textId="77777777" w:rsidR="00700B1A" w:rsidRDefault="00700B1A" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Föräldrapolicy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D7793B" w14:textId="77777777" w:rsidR="004367AE" w:rsidRDefault="00700B1A" w:rsidP="002B437B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Trafikpolicy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722971FE" w14:textId="64FEB983" w:rsidR="009D3C9E" w:rsidRPr="00D07898" w:rsidRDefault="004367AE" w:rsidP="00D07898">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Krishantering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12940160" w14:textId="157B7FB8" w:rsidR="00CE696E" w:rsidRDefault="009D3C9E" w:rsidP="00AD07FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dessutom hanterar föreningen registerutdrag</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D611E0" w:rsidRPr="009D3C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0024DF83" w14:textId="42EE0C7A" w:rsidR="00AD07FE" w:rsidRPr="009A6EDC" w:rsidRDefault="00CE696E" w:rsidP="009A6EDC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc218715216"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">TRYGG IDROTT </w:t>
+      </w:r>
+      <w:r w:rsidR="001D6432">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jämställhets- och diskrimineringspolicy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="42BC076A" w14:textId="5804188E" w:rsidR="00C96CD0" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Föreningarna verkar för en jämställd idrottsmiljö där ungdomar och vuxna har samma rättigheter, skyldigheter och möjligheter att kunna delta i föreningarnas olika aktiviteter och därmed bidrar till goda förebilder för idrotten på orten. Föreningen tar tydligt avstånd till diskriminering, trakasserier och kränkningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77086C9B" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+    <w:p w14:paraId="290B09D3" w14:textId="3D6C743F" w:rsidR="00C96CD0" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="193B80DB" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>I föreningens vision beskrivs ”en öppen förening” vilket menas att all form av diskriminering ska beaktas och motarbetas oavsett om det handlar om kön, könsöverskridande identitet, etnisk tillhörighet, religion, funktionsnedsättning, sexuell läggning eller ålder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504F8A08" w14:textId="79AF12F3" w:rsidR="00DA5F9B" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>I föreningens vision beskrivs ”en öppen förening” vilket menas att all form av diskriminering ska beaktas och motarbetas oavsett om det handlar om kön, könsöverskridande identitet, etnisk tillhörighet, religion, funktionsnedsättning, sexuell läggning eller ålder.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ACAFF7E" w14:textId="77777777" w:rsidR="007733A7" w:rsidRPr="003C6D58" w:rsidRDefault="007733A7" w:rsidP="00AD07FE">
+        <w:t xml:space="preserve">Varje vuxen medlem har ett ansvar att uppmärksamma, hantera och vidta åtgärder om man ser att trakasserier, kränkningar eller diskriminering förekommer. Ledare har ett förstärkt sådant ansvar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423EA89C" w14:textId="1F3846E3" w:rsidR="00DA5F9B" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="78B84582" w14:textId="77777777" w:rsidR="007733A7" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>I alla fall där kränkningar sker/skett systematiskt, eller där diskriminering up</w:t>
+      </w:r>
+      <w:r w:rsidR="009A6EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">märksammats ska styrelsen underrättas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D74D26" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Varje vuxen medlem har ett ansvar att uppmärksamma, hantera och vidta åtgärder om man ser att trakasserier, kränkningar eller diskriminering förekommer. Ledare har ett förstärkt sådant ansvar. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="504F8A08" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="00AD07FE">
+        <w:t xml:space="preserve">Jämställdhet är en kunskapsfråga. Därför är utbildning inom området viktigt. Hedens IF förmedlar genom utbildning av ledare att jämställdhet inom idrotten är en fråga om demokrati, resurser och intressen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBE3933" w14:textId="1EB5267F" w:rsidR="007733A7" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="166F2DD9" w14:textId="77777777" w:rsidR="007733A7" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Riksidrottsförbundet vill att kvinnor/flickor och män/pojkar ska ha samma makt att forma idrotten och sitt deltagande i idrottsrörelsen. Det ställer sig Hedens IF bakom och vill verka för.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A55D07" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">I alla fall där kränkningar sker/skett systematiskt, eller där diskriminering uppmärksammats ska styrelsen underrättas. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="423EA89C" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRPr="003C6D58" w:rsidRDefault="00DA5F9B" w:rsidP="00AD07FE">
+        <w:t>Utbildning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av ledare vad avser jämställdhet och diskrimineringsfrågor sker främst genom fotbollskoordinator vid ledarmöten. Ledare i sin tur föredrar motsvarande vid föräldramöten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEEA6FD" w14:textId="77777777" w:rsidR="007733A7" w:rsidRPr="003C6D58" w:rsidRDefault="007733A7" w:rsidP="00AD07FE">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Helvetica"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
-[...95 lines deleted...]
-    <w:p w14:paraId="608922C2" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+    </w:p>
+    <w:p w14:paraId="608922C2" w14:textId="5407EB70" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="009A6EDC" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc196675874"/>
-      <w:r w:rsidRPr="003C6D58">
+      <w:bookmarkStart w:id="7" w:name="_Toc218715217"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRYGG IDROTT - </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD07FE" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Alkohol och drogpolicy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="08074738" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hedens IF alkohol och drogpolicy omfattar tobak, alkohol, narkotika och dopingklassade preparat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A43E18C" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+    <w:p w14:paraId="7B1D14AB" w14:textId="4C8CB8C7" w:rsidR="00C96CD0" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Alkohol, droger, narkotika eller dopingpreparat får inte förekomma på våra idrottsanläggningar eller i vår idrottsliga verksamhet. Som aktiv i vår förening ska man alltid föregå med gott exempel genom att uppföra sig som ett bra föredöme både på och utanför planen. Vi får aldrig uppträda påverkade när vi representerar vår förening. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39308629" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+    <w:p w14:paraId="142CEC83" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRPr="003C6D58" w:rsidRDefault="00C96CD0" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1597A59E" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4201,50 +4740,51 @@
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">alkoholhaltiga drycker får inte förekomma bland vare sig spelare, ledare,  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8CF856" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  medlemmar eller föräldrar i samband med tävlingar, träningar eller annan </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1FDFE0" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  föreningsverksamhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DC45C0" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
@@ -4351,178 +4891,153 @@
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56776E71" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00464561">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Det är då föreningens styrelse ansvar att säkerställa att ingen alkohol serveras till ungdomar under 18 år. Alkoholkonsumtionen för övriga skall vid dessa tillfällen vara rimlig.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3ED4C230" w14:textId="77777777" w:rsidR="00464561" w:rsidRDefault="00464561" w:rsidP="00464561">
+        <w:t xml:space="preserve">Det är då föreningens </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>styrelse ansvar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> att säkerställa att ingen alkohol serveras till ungdomar under 18 år. Alkoholkonsumtionen för övriga skall vid dessa tillfällen vara rimlig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49685BF7" w14:textId="77777777" w:rsidR="002333B8" w:rsidRPr="00464561" w:rsidRDefault="002333B8" w:rsidP="00464561">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="032A7CD0" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="00464561">
-[...53 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1002F515" w14:textId="77777777" w:rsidR="009E52CA" w:rsidRPr="00C97AF0" w:rsidRDefault="00352CB6" w:rsidP="00C97AF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc196675875"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc218715218"/>
       <w:r w:rsidRPr="008B3462">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hedens IF verksamhetside</w:t>
       </w:r>
       <w:r w:rsidR="00BA429A">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och den </w:t>
       </w:r>
       <w:r w:rsidR="0034516B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gula tråden</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="5C80DEFA" w14:textId="77777777" w:rsidR="00625915" w:rsidRPr="00176572" w:rsidRDefault="004E48A1" w:rsidP="00176572">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vår </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00625915" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>verksamhetside’ bygger på att:</w:t>
+        <w:t>verksamhetside</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00625915" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’ bygger på att:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F6FE13" w14:textId="77777777" w:rsidR="00625915" w:rsidRPr="00176572" w:rsidRDefault="00625915" w:rsidP="00625915">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Individernas färdigheter ska utvecklas i förhållande till egna förutsättningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7E1643" w14:textId="77777777" w:rsidR="00352CB6" w:rsidRPr="00176572" w:rsidRDefault="00625915" w:rsidP="00352CB6">
@@ -4550,70 +5065,86 @@
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B3462" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(alla kan vara med) </w:t>
       </w:r>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>med individen i centrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C28EFBD" w14:textId="77777777" w:rsidR="009B089D" w:rsidRPr="000E6532" w:rsidRDefault="000461F7" w:rsidP="000E6532">
+    <w:p w14:paraId="6C28EFBD" w14:textId="3276BC9F" w:rsidR="009B089D" w:rsidRPr="000E6532" w:rsidRDefault="000461F7" w:rsidP="000E6532">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vi strävar efter att bibehålla så många som möjligt så sent som möjligt då underlagen dramatiskt minskar vi 15-16 års ålder</w:t>
+        <w:t>Vi strävar efter att bibehålla så många som möjligt så sent som möjligt då underlagen dramatiskt minskar vi</w:t>
+      </w:r>
+      <w:r w:rsidR="00846A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15-16 års ålder</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="798218F9" w14:textId="77777777" w:rsidR="00352CB6" w:rsidRPr="00176572" w:rsidRDefault="00352CB6" w:rsidP="00352CB6">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Individen</w:t>
       </w:r>
       <w:r w:rsidR="008B3462" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4672,179 +5203,201 @@
         <w:t>barnens bästa ska styra våra beslut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B7707CE" w14:textId="77777777" w:rsidR="00352CB6" w:rsidRPr="00176572" w:rsidRDefault="00352CB6" w:rsidP="00352CB6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>barnens rätt till liv och utveckling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107329C1" w14:textId="77777777" w:rsidR="00BA429A" w:rsidRDefault="00352CB6" w:rsidP="000E6532">
+    <w:p w14:paraId="2D158245" w14:textId="204D1718" w:rsidR="007A3323" w:rsidRPr="00C96CD0" w:rsidRDefault="00352CB6" w:rsidP="00C96CD0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>barns rätt att göra sin röst hörd i takt med barnens ålder och mognad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D158245" w14:textId="77777777" w:rsidR="007A3323" w:rsidRPr="000E6532" w:rsidRDefault="007A3323" w:rsidP="000E6532">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2D334A8A" w14:textId="77777777" w:rsidR="00BA429A" w:rsidRPr="00176572" w:rsidRDefault="00BA429A" w:rsidP="00176572">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Den gula tråden är föreningens tolkning av Fotbollens spela lek och lär och bygger på vår värdegrund, vår kompetens och en spelide’ som genomsyrar hur våra lag spelar fotboll.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Den gula tråden är föreningens tolkning av Fotbollens spela lek och lär och bygger på vår värdegrund, vår kompetens och en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>spelide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’ som genomsyrar hur våra lag spelar fotboll.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BF4FD3" w14:textId="77777777" w:rsidR="008B3462" w:rsidRDefault="00176572" w:rsidP="00176572">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Föreningen har också en fotbollskoordinator som stöttar alla åldersgrupper för att få enhetlighet och kunskapshöjning hos samtliga ledare</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2BB670" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRPr="00176572" w:rsidRDefault="00C96CD0" w:rsidP="00176572">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7D661443" w14:textId="77777777" w:rsidR="00625915" w:rsidRDefault="00625915" w:rsidP="00625915">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EB1BBA8" w14:textId="77777777" w:rsidR="004F0C4E" w:rsidRDefault="008E2FC1" w:rsidP="004F0C4E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc196675876"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc218715219"/>
       <w:r w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mål och v</w:t>
       </w:r>
       <w:r w:rsidR="00F07831" w:rsidRPr="00C97AF0">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>erksamhetsbeskrivning för barn och ungdomsfotbol</w:t>
       </w:r>
       <w:r w:rsidR="00F07831" w:rsidRPr="00352CB6">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="009D5A42">
         <w:t xml:space="preserve"> (Spelarutvecklingsplan)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6378F7AB" w14:textId="77777777" w:rsidR="004F0C4E" w:rsidRPr="004F0C4E" w:rsidRDefault="004F0C4E" w:rsidP="004F0C4E">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="6378F7AB" w14:textId="5C401642" w:rsidR="004F0C4E" w:rsidRPr="004F0C4E" w:rsidRDefault="004F0C4E" w:rsidP="004F0C4E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc196675877"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc218715220"/>
       <w:r w:rsidRPr="004F0C4E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Allmänt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00FB6982">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och definitioner av nivåindelning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="32C23A95" w14:textId="77777777" w:rsidR="004F0C4E" w:rsidRDefault="004F0C4E" w:rsidP="004F0C4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Avsnittet beskriver övergripande </w:t>
       </w:r>
       <w:r w:rsidRPr="004F0C4E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hur Hedens IF ser på </w:t>
       </w:r>
@@ -4883,183 +5436,162 @@
       <w:r w:rsidRPr="004F0C4E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> SvFF spelarutbildningsplan</w:t>
       </w:r>
       <w:r w:rsidR="00C331CE">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0016784F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> SvFF spelarutbildningsplan finns som ett separat dokument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C98163" w14:textId="535C1B42" w:rsidR="0001052A" w:rsidRDefault="0001052A" w:rsidP="0001052A">
-[...26 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3A2D9A1D" w14:textId="3855F34B" w:rsidR="005957DA" w:rsidRPr="001223B7" w:rsidRDefault="0001052A" w:rsidP="0001052A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nivåanpassning - Träning där det vid vissa övningar</w:t>
       </w:r>
       <w:r w:rsidR="005957DA" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/tillfällen</w:t>
       </w:r>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sker uppdelningar av gruppen utifrån för stunden aktuell färdighets- och kunskapsnivå. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A886AE" w14:textId="3C2C9733" w:rsidR="005957DA" w:rsidRPr="001223B7" w:rsidRDefault="005957DA" w:rsidP="0001052A">
+    <w:p w14:paraId="39A886AE" w14:textId="00169AB9" w:rsidR="005957DA" w:rsidRPr="001223B7" w:rsidRDefault="005957DA" w:rsidP="0001052A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nivåindelning – Tillfällig nivåindelning </w:t>
       </w:r>
       <w:r w:rsidR="000B7DFA" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">är när man låter de spelare som för stunden är längre fram i utvecklingen träna och spela matcher tillsammans. Permanent nivåindelning </w:t>
       </w:r>
       <w:r w:rsidR="00934155" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>är</w:t>
       </w:r>
       <w:r w:rsidR="000B7DFA" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00387C28" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">när </w:t>
       </w:r>
       <w:r w:rsidR="000B7DFA" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>statisk</w:t>
       </w:r>
       <w:r w:rsidR="00934155" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a-</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6982">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fasta gruppindelningar</w:t>
+        <w:t>fasta gruppindelningar</w:t>
       </w:r>
       <w:r w:rsidR="00934155" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> av spelare</w:t>
       </w:r>
       <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sker</w:t>
       </w:r>
       <w:r w:rsidR="000B7DFA" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -5091,81 +5623,99 @@
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vid ett givet tillfälle</w:t>
       </w:r>
       <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bedöms vara bäst och</w:t>
       </w:r>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> får en eller flera av följande fördelar i tävlingssammanhang: en given plats i laget, mer speltid eller av de aktiva betraktat en attraktivare position i laget/gruppen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D08CDBC" w14:textId="63F24333" w:rsidR="0001052A" w:rsidRDefault="005957DA" w:rsidP="004F0C4E">
+    <w:p w14:paraId="523ACCA0" w14:textId="34C8F609" w:rsidR="00FB6982" w:rsidRPr="004F0C4E" w:rsidRDefault="005957DA" w:rsidP="004F0C4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hedens IF rekommenderar att vi på träning nivåanpassar spelarna i de sammanhang där det </w:t>
       </w:r>
       <w:r w:rsidR="00387C28" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">såväl för individ som för grupp </w:t>
       </w:r>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">tillför något fotbollsmässigt, t.ex. vid smålagsspel och övningar där ett flertal spelare samverkar med varandra. Det är dock viktigt att man inom en årskull arbetar för att skapa en känsla av samhörighet och för att bygga upp en lagkänsla. Vi ska därför undvika att inom en vanlig träningsgrupp skapa </w:t>
+        <w:t xml:space="preserve">tillför något fotbollsmässigt, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001223B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001223B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid smålagsspel och övningar där ett flertal spelare samverkar med varandra. Det är dock viktigt att man inom en årskull arbetar för att skapa en känsla av samhörighet och för att bygga upp en lagkänsla. Vi ska därför undvika att inom en vanlig träningsgrupp skapa </w:t>
       </w:r>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fasta</w:t>
       </w:r>
       <w:r w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> undergrupper eller att bedriva träning</w:t>
       </w:r>
       <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5211,72 +5761,79 @@
         </w:rPr>
         <w:t xml:space="preserve"> nivåindelning och är inget klubben rekommenderar.</w:t>
       </w:r>
       <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Selektering/toppning är </w:t>
       </w:r>
       <w:r w:rsidR="00934155" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aldrig</w:t>
       </w:r>
       <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> accepterat vägval.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6982">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ett </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B4F" w:rsidRPr="001223B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accepterat vägval.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3194C5D3" w14:textId="77777777" w:rsidR="00983B74" w:rsidRPr="00C97AF0" w:rsidRDefault="008E2FC1" w:rsidP="00C97AF0">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc196675879"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc218715221"/>
       <w:r w:rsidRPr="00B644DB">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Från 5 – 7 år (3 mot 3)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="3375F39D" w14:textId="77777777" w:rsidR="00B644DB" w:rsidRPr="00176572" w:rsidRDefault="00B644DB" w:rsidP="008E2FC1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Målsättningen är </w:t>
@@ -5414,1815 +5971,2059 @@
         <w:t>Verksamheten genomförs från slutet av maj till i början av september</w:t>
       </w:r>
       <w:r w:rsidR="005924A8" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Träning sker 1 gång per vecka och har en längd på 60 minuter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D9AF5FA" w14:textId="77777777" w:rsidR="008E2FC1" w:rsidRDefault="00B644DB" w:rsidP="008E2FC1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ledare är föräldrar som </w:t>
       </w:r>
       <w:r w:rsidR="00C245B7" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ideellt</w:t>
       </w:r>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> har tagit på sig uppgiften att </w:t>
       </w:r>
       <w:r w:rsidR="00C245B7" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vara ledare och föreningen uppmuntrar att ett flertal ledare etableras för varje åldersgrupp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CDB2874" w14:textId="77777777" w:rsidR="003068F7" w:rsidRPr="00176572" w:rsidRDefault="003068F7" w:rsidP="008E2FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ledar</w:t>
+      </w:r>
+      <w:r w:rsidR="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e ska</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha gått tränarutbildning enligt föreningens ledarutbildningsplan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mt spelformsutbildning 3 mot 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se avsnittet ledarutbildningsplan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Föräldrar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utbildas i Spela, Lek och Lär. Övningarna är matchlika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAB9932" w14:textId="77777777" w:rsidR="00C245B7" w:rsidRPr="00176572" w:rsidRDefault="00C245B7" w:rsidP="008E2FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. ”Matcher” förekomme</w:t>
+      </w:r>
+      <w:r w:rsidR="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r som lekmoment i 3 mot 3 spel. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ledare erbjuds utbildning och föreningens målsättning är att alla tränare ska motsvarande C-utbildning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2820EFB4" w14:textId="77777777" w:rsidR="000461F7" w:rsidRPr="00176572" w:rsidRDefault="000461F7" w:rsidP="008E2FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Barnen har oftast med sig en eller två föräldrar och dessa kan nyttjas som ledarstöd och/eller till att stå runt träningsytor/planer för att fungera som ”bollplank”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12988C62" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRPr="00176572" w:rsidRDefault="000461F7" w:rsidP="008E2FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Föräldrar ska uppmuntras att end</w:t>
+      </w:r>
+      <w:r w:rsidR="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ast komma med positiva tillrop.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014E43BA" w14:textId="77777777" w:rsidR="0076328B" w:rsidRPr="00176572" w:rsidRDefault="00C245B7" w:rsidP="00C97AF0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc218715222"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Från 8 - 9 år</w:t>
+      </w:r>
+      <w:r w:rsidR="0076328B" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5 mot 5)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="3288EBEC" w14:textId="77777777" w:rsidR="008E0024" w:rsidRPr="00176572" w:rsidRDefault="0076328B" w:rsidP="0076328B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Målsättningen är att </w:t>
+      </w:r>
+      <w:r w:rsidR="00653DC0" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spelformen ska uppfattas som glädjefyllda </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0024" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aktiviteter där spelarna i takt med sin egen utveckling kan utveckla motorik och hantera bollen bättre och bättre. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CF7CCD" w14:textId="77777777" w:rsidR="0076328B" w:rsidRPr="00176572" w:rsidRDefault="0076328B" w:rsidP="0076328B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Verksamheten består av träning och matcher där alla spelar lika mycket. Alla tränar och spelar match på alla positioner.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925799" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Målvaktsrollen införs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F38F11" w14:textId="77777777" w:rsidR="008E0024" w:rsidRPr="00176572" w:rsidRDefault="00C710FC" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oavsett träningsnärvaro mm skall alla ha möjlighet att spela lika mycket.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925799" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ökande koordinationsträning med en hög aktivitetsnivå eftersträvas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C43F05" w14:textId="77777777" w:rsidR="008E0024" w:rsidRDefault="001E4A6C" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. </w:t>
+      </w:r>
+      <w:r w:rsidR="00925799" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Matchverksamhet bedrivs genom sammandrag. Enklare former av anfalls – och försvarsspel med avsikt att få spelförståelse införs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B24D01" w14:textId="77777777" w:rsidR="003068F7" w:rsidRDefault="003068F7" w:rsidP="003068F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ledar</w:t>
+      </w:r>
+      <w:r w:rsidR="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e ska</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha gått tränarutbildning enligt föreningens ledarutbildningsplan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mt spelformsutbildning 5 mot 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se avsnittet ledarutbildningsplan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Föräldrar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utbildas i Spela, Lek och Lär. Övningarna är matchlika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6740DCF4" w14:textId="77777777" w:rsidR="004B4A86" w:rsidRPr="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vid spel</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4A86" w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>formen 5 mot 5 strävar vi efter att ha 2 ledare per grupp om 10 barn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E696252" w14:textId="77777777" w:rsidR="00653DC0" w:rsidRPr="00176572" w:rsidRDefault="00653DC0" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verksamheten genomförs från slutet av april till i början av september. Träning sker </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1 -2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gånger per vecka och har en längd på 60 – 75 minuter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E46841D" w14:textId="77777777" w:rsidR="00EA5F65" w:rsidRDefault="00EA5F65" w:rsidP="00EA5F65">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc218715223"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Från 10 - 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C245B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (7 mot 7)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="2247324A" w14:textId="77777777" w:rsidR="00653DC0" w:rsidRPr="00176572" w:rsidRDefault="00653DC0" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Målsättningen</w:t>
+      </w:r>
+      <w:r w:rsidR="00925799" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är att spelformen 7 mot 7 införs och att förmågan att sama</w:t>
+      </w:r>
+      <w:r w:rsidR="00583FD1" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rbeta betonas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20610E23" w14:textId="77777777" w:rsidR="00653DC0" w:rsidRPr="00176572" w:rsidRDefault="00583FD1" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Verksamheten utgörs av allsidig träning men hänsyn tas också till spelarens individuella utveckling där strukturerade träningsmoment införs.</w:t>
+      </w:r>
+      <w:r w:rsidR="0075694A" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Antalet träningar är 2 – 3 gånger per vecka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4668129B" w14:textId="77777777" w:rsidR="001E4A6C" w:rsidRDefault="001E4A6C" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219E9F80" w14:textId="77777777" w:rsidR="00583FD1" w:rsidRPr="00176572" w:rsidRDefault="00583FD1" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Matcher genomförs som seriespel och cuper. Antalet matcher bör begränsas till maximalt 1,5 ggr per vecka.</w:t>
+      </w:r>
+      <w:r w:rsidR="00860567" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alla har lika speltid. Om det finns flera lag inom en åldersgrupp ska indelningen av lag ske så att de är ungefär lika bra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D59A726" w14:textId="77777777" w:rsidR="00860567" w:rsidRPr="00176572" w:rsidRDefault="00860567" w:rsidP="00860567">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spelarna introduceras i spelsystem där anfallsspel och försvarsspel betonas. Lagen spelar med 3 lagdelar såsom backar, mittfältare och forwards. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536E38BE" w14:textId="77777777" w:rsidR="003068F7" w:rsidRDefault="003068F7" w:rsidP="003068F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ledar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ha gått tränarutbildning enligt föreningens ledarutbildningsplan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mt spelformsutbildning 7 mot 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se avsnittet ledarutbildningsplan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Föräldrar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utbildas i Spela, Lek och Lär. Övningarna är matchlika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4683A5FE" w14:textId="77777777" w:rsidR="004B4A86" w:rsidRPr="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="000C5368">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vid spel</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4A86" w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>formen 7 mot 7 strävar vi efter att ha minst 2 ledare per 10 spelare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4383DA5D" w14:textId="77777777" w:rsidR="000C5368" w:rsidRPr="00176572" w:rsidRDefault="00583FD1" w:rsidP="000C5368">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verksamheten genomförs från slutet av mars till i början av september. Träning sker </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gånger per vecka och har en längd på 60 – 90 minuter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345CFA80" w14:textId="77777777" w:rsidR="000C5368" w:rsidRPr="00176572" w:rsidRDefault="000170FC" w:rsidP="00583FD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5368" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och spelare </w:t>
+      </w:r>
+      <w:r w:rsidR="000C5368" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> genom FAIR PLAY agera som förebilder både på </w:t>
+      </w:r>
+      <w:r w:rsidR="000C5368" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och utanför planen, mot såväl motståndare, medspelare, domare och andra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDB0923" w14:textId="77777777" w:rsidR="00C245B7" w:rsidRPr="00176572" w:rsidRDefault="00EA5F65" w:rsidP="00176572">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc218715224"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Från 13 – 14 år </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>( 9</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mot 9)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="33FA72D6" w14:textId="77777777" w:rsidR="0075694A" w:rsidRPr="00176572" w:rsidRDefault="00860567" w:rsidP="00C245B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Målsättningen är att</w:t>
+      </w:r>
+      <w:r w:rsidR="0075694A" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0075694A" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mht</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0075694A" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ökad mogenhetsgrad och ökad erfarenhet av fotboll betona samverkan för de olika lagdelarna att verka tillsammans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A143D9B" w14:textId="77777777" w:rsidR="0075694A" w:rsidRPr="00176572" w:rsidRDefault="0075694A" w:rsidP="00C245B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hänsyn tas också till utvecklingen av puberteten där betoning ligger på individens fysiska och psykiska utveckling och anpassning sker mot individens rådande förmåga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C302F" w14:textId="77777777" w:rsidR="0075694A" w:rsidRPr="00176572" w:rsidRDefault="0075694A" w:rsidP="00C245B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spelarnas roller i lagets spelsystem introduceras och alla spelare ska vara aktiva i alla spelets skeenden.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4699" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Comic Sans MS" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spelare inom samma lagdel kan ha olika roller.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2162D9" w14:textId="77777777" w:rsidR="001E4A6C" w:rsidRDefault="001E4A6C" w:rsidP="0075694A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DA0E9F" w14:textId="77777777" w:rsidR="0075694A" w:rsidRPr="00176572" w:rsidRDefault="0075694A" w:rsidP="0075694A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Matcher genomförs som seriespel och cuper. Antalet matcher bör begränsas till maximalt 1,5 ggr per vecka. Alla har lika speltid. Om det finns flera lag inom en åldersgrupp ska indelningen av lag ske så att de är ungefär lika bra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556FEA43" w14:textId="77777777" w:rsidR="004C4699" w:rsidRPr="00176572" w:rsidRDefault="004C4699" w:rsidP="0075694A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FAIR PLAY betonas.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417AF9F6" w14:textId="77777777" w:rsidR="003068F7" w:rsidRDefault="003068F7" w:rsidP="003068F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ledar</w:t>
       </w:r>
       <w:r w:rsidR="009203B1">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e ska</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha gått tränarutbildning enligt föreningens ledarutbildningsplan </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>mt spelformsutbildning 3 mot 3</w:t>
+        <w:t>mt spelformsutbildning 9 mot 9</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Se avsnittet ledarutbildningsplan. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Föräldrar </w:t>
       </w:r>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utbildas i Spela, Lek och Lär. Övningarna är matchlika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAB9932" w14:textId="77777777" w:rsidR="00C245B7" w:rsidRPr="00176572" w:rsidRDefault="00C245B7" w:rsidP="008E2FC1">
+    <w:p w14:paraId="25D4223E" w14:textId="77777777" w:rsidR="004B4A86" w:rsidRPr="00DA5F9B" w:rsidRDefault="004B4A86" w:rsidP="0075694A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vid spelformen 9 mot 9 strävar vi efter att ha minst 2 ledare per 10 spelare samt en separat målvaktstränare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56327020" w14:textId="77777777" w:rsidR="004B4A86" w:rsidRPr="007A3323" w:rsidRDefault="004C4699" w:rsidP="00C245B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. ”Matcher” förekomme</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Verksamheten genomförs från januari till i början av september. Träning sker </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ledare erbjuds utbildning och föreningens målsättning är att alla tränare ska motsvarande C-utbildning</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Barnen har oftast med sig en eller två föräldrar och dessa kan nyttjas som ledarstöd och/eller till att stå runt träningsytor/planer för att fungera som ”bollplank”.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> gånger per vecka och har en längd på 60 – 90 minuter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE4D5AC" w14:textId="77777777" w:rsidR="00653DC0" w:rsidRPr="00176572" w:rsidRDefault="00321129" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc218715225"/>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Föräldrar ska uppmuntras att end</w:t>
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc196675880"/>
+        <w:t xml:space="preserve">Från </w:t>
+      </w:r>
+      <w:r w:rsidR="00653DC0" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r w:rsidR="0094578C" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 16 </w:t>
+      </w:r>
+      <w:r w:rsidR="00653DC0" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>år (11 mot 11)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="07E5D4E5" w14:textId="77777777" w:rsidR="00005572" w:rsidRPr="00176572" w:rsidRDefault="00005572" w:rsidP="00653DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Från 8 - 9 år</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="3288EBEC" w14:textId="77777777" w:rsidR="008E0024" w:rsidRPr="00176572" w:rsidRDefault="0076328B" w:rsidP="0076328B">
+        <w:t>Målsättningen är att prioritera spelarens individuella utveckling samt att spelaren förstår sin roll i laget och lagspelet. Då stora skillnader kan förekomma i utvecklingen av puberteten där flera spelare kan ligga i olika utvecklingsfaser ska stor hänsyn tas vid träning och match till individernas enskilda förmåga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17250B84" w14:textId="77777777" w:rsidR="00005572" w:rsidRPr="00176572" w:rsidRDefault="00005572" w:rsidP="00653DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Målsättningen är att </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="49CF7CCD" w14:textId="77777777" w:rsidR="0076328B" w:rsidRPr="00176572" w:rsidRDefault="0076328B" w:rsidP="0076328B">
+        <w:t>Stor vikt ska läggas vid att bibehålla alla i gruppen</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2E5B" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och utvecklingssamtal ska ske </w:t>
+      </w:r>
+      <w:r w:rsidR="00544A99" w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuellt </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2E5B" w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">med </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2E5B" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>alla spelare upp till 2 gånger per år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033794E2" w14:textId="77777777" w:rsidR="001E4A6C" w:rsidRDefault="001E4A6C" w:rsidP="00653DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Verksamheten består av träning och matcher där alla spelar lika mycket. Alla tränar och spelar match på alla positioner.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="37F38F11" w14:textId="77777777" w:rsidR="008E0024" w:rsidRPr="00176572" w:rsidRDefault="00C710FC" w:rsidP="00653DC0">
+        <w:t xml:space="preserve">SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065751FC" w14:textId="77777777" w:rsidR="000A214F" w:rsidRPr="00176572" w:rsidRDefault="000A214F" w:rsidP="00653DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Oavsett träningsnärvaro mm skall alla ha möjlighet att spela lika mycket.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="15C43F05" w14:textId="77777777" w:rsidR="008E0024" w:rsidRDefault="001E4A6C" w:rsidP="00653DC0">
+        <w:t>Vid 15 års ålder ska laget sträva mot att delta i större cup</w:t>
+      </w:r>
+      <w:r w:rsidR="00733EE5" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er på regional nivå (ex Gothia). Ungdomar som ligger väl framme i utvecklingen kan erbjudas platser i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00733EE5" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>länslag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00733EE5" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> motsvarande</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4699" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00733EE5" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF0E6A5" w14:textId="77777777" w:rsidR="000A214F" w:rsidRDefault="000A214F" w:rsidP="00653DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">SvFF:s spelarutbildningsplan ligger till grund för träningsaktiviteten. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="24B24D01" w14:textId="77777777" w:rsidR="003068F7" w:rsidRDefault="003068F7" w:rsidP="003068F7">
+        <w:t>Vid 16 års ålder strävar föreningen att laget ska spela i nationell serie</w:t>
+      </w:r>
+      <w:r w:rsidR="00733EE5" w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Debut kan också ske i seniorlaget men också som förstärkning i 15-årslaget i nationell serie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACD3E51" w14:textId="77777777" w:rsidR="004B4A86" w:rsidRPr="00DA5F9B" w:rsidRDefault="004B4A86" w:rsidP="00653DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA5F9B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Vid 11 mot 11 strävar efter att ha minst 2 ledare per 10 spelare samt en separat målvaktstränare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24584C33" w14:textId="1C937DEE" w:rsidR="002333B8" w:rsidRPr="00FB6982" w:rsidRDefault="00BA429A" w:rsidP="00FB6982">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ledar</w:t>
       </w:r>
       <w:r w:rsidR="009203B1">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e ska</w:t>
       </w:r>
+      <w:r w:rsidR="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha gått tränarutbildning enligt föreningens ledarutbildningsplan </w:t>
+      </w:r>
+      <w:r w:rsidR="001D2A7E" w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>samt spelformsutbildning 11 mot 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se avsnittet ledarutbildningsplan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Föräldrar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utbildas i Spela, Lek och Lär. Övningarna är matchlika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FB48D7" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="00023E29" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc218715226"/>
+      <w:r w:rsidRPr="00023E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cuptrappa</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="4726469B" w14:textId="77777777" w:rsidR="00E54C8A" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">För att respektive lag skall få en utveckling utanför det egna seriesystemet samt möjlighet till en starkare samvaro så har Hedens IF en sk cuptrappa som innebär att ju äldre lagen blir desto mer avancerade cuper kan man medverka i. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E54C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I de yngre åldrarna innebär detta lokala cuper och för de äldre en möjlighet att medverka i regionala cuper.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226F94BB" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="00E54C8A" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">öreningen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...72 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc196675881"/>
+        </w:rPr>
+        <w:t xml:space="preserve">står </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">för kostnader </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> år</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">avseende anmälansavgift till cupen (engångsavgift) samt deltagaravgifter </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">för medföljande ledare (max </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) vid cuper där övernattning sker. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...59 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deltagaravgifter för barn och ungdomar bekostas av respektive barn/ungdoms familj.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718F3678" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA99D68" w14:textId="6702CD6A" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Verksamheten utgörs av allsidig träning men hänsyn tas också till spelarens individuella utveckling där strukturerade träningsmoment införs.</w:t>
-[...84 lines deleted...]
-      </w:r>
+        <w:t>Följande indelning för medverkan gäller;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F085F98" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">P 5 år - ingen medverkan i cuper utan endast lokala sammandrag </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4828A0" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">P 6 år – ingen medverkan i cuper utan endast lokala sammandrag </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4B7D3B" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="00434E7D" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">P 7 år - en </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cup </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...282 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">i Boden/Luleåområdet </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>(cupavgift max 1000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61102AFB" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="00434E7D" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:t>sa</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">P 8 år – en </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cup </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">i Boden/Luleåområdet </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>(cupavgift max 1000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444DC469" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="22"/>
-[...422 lines deleted...]
-    <w:p w14:paraId="54FB48D7" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="00023E29" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+        </w:rPr>
+        <w:t>P 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00434E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år – två cuper inom fyrkanten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cupavgift max 2000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7674D931" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P 10 år – en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>önattcup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>dagcup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lokalt (cup och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>delt.avgift</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ledare max 6000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBD1FF6" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P 11 år – en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>önattcup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>dagcup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lokalt (cup och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>delt.avgift</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ledare max 6000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2180279D" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P 12 år - en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>önattcup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och 2 dagscuper lokalt (cup och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>delt.avgift</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ledare max 8000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7C86A1" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P 13 år - en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>önattcup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och 2 dagscuper reg.  (cup och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>delt.avgift</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ledare max 8000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6045AB19" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P 14 år – 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>önattcuper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reg. (cup- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>delt.avgift</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ledare max 10 000 kr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC1CB66" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>P15 år – Deltagande i större regional cup. Föreningen sponsrar med upp till 40 000 kr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A508C9" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>P16 år – Deltagande i nationell serie vilket medför att deltagande må endast ske i en regional cup (typ COOP cupen)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4EBCE5" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ledarna för respektive lag väljer själva vilka cuper de vill medverka i och vill man byta en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>övernattningscup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mot dagscuper så går det bra. Cuptrappan anger en inriktning för lagen samt är ett budgetunderlag för ekonomigruppen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C13C71" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRDefault="00FB6982" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2F5930" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="431E9530" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="000836BA" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc196675884"/>
-[...340 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc196675885"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc218715227"/>
       <w:r w:rsidRPr="000836BA">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Organisation</w:t>
       </w:r>
       <w:r w:rsidR="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> UNGDOMSSEKIONEN</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="074E3D97" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="003068F7" w:rsidP="001A5D2E">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -7498,56 +8299,76 @@
                         <w:textAlignment w:val="baseline"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Föräldraledare              </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F9D7397" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E"/>
     <w:p w14:paraId="3668485D" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E"/>
     <w:p w14:paraId="59ACEFD3" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E"/>
+    <w:p w14:paraId="7AEECC70" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRPr="003068F7" w:rsidRDefault="00FB6982" w:rsidP="00FB6982">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Varje åldersgrupp kan innehålla ett antal lag som då tränar tillsammans men spelar i olika serier. Beroende på åldersstruktur och antal spelare i varje åldersgrupp kan ett lag representera flera olika spelformer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074EF3E2" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRDefault="00FB6982" w:rsidP="001A5D2E"/>
+    <w:p w14:paraId="0C9BD0B3" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRDefault="00FB6982" w:rsidP="001A5D2E"/>
     <w:p w14:paraId="5A795BE6" w14:textId="77777777" w:rsidR="0036081E" w:rsidRDefault="0051782D" w:rsidP="001A5D2E">
       <w:r w:rsidRPr="0051782D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6744F118" wp14:editId="5AE20DDE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1186180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>52070</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1368425" cy="561975"/>
                 <wp:effectExtent l="0" t="0" r="22225" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rounded Rectangle 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1368425" cy="561975"/>
                         </a:xfrm>
@@ -8701,143 +9522,153 @@
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A382973" w14:textId="77777777" w:rsidR="0051782D" w:rsidRDefault="0051782D" w:rsidP="00BA429A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="579B0ED9" w14:textId="77777777" w:rsidR="0051782D" w:rsidRDefault="0051782D" w:rsidP="00BA429A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72956E39" w14:textId="77777777" w:rsidR="008D014D" w:rsidRDefault="008D014D" w:rsidP="00BA429A">
-[...25 lines deleted...]
-    <w:p w14:paraId="00FC9154" w14:textId="77777777" w:rsidR="008D014D" w:rsidRPr="00176572" w:rsidRDefault="008D014D" w:rsidP="00BA429A">
+    <w:p w14:paraId="21A8930E" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRPr="00176572" w:rsidRDefault="00FB6982" w:rsidP="00BA429A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="745FF185" w14:textId="77777777" w:rsidR="00C76D9F" w:rsidRPr="00176572" w:rsidRDefault="003C441A" w:rsidP="00176572">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc196675886"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc218715228"/>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Roller</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FC16964" w14:textId="77777777" w:rsidR="00C76D9F" w:rsidRPr="00176572" w:rsidRDefault="003C441A" w:rsidP="00653DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Varje åldersgrupp har ett antal tränare, lagledare och föräldraledare. Dessa leder verksamheten för varje ålder</w:t>
       </w:r>
       <w:r w:rsidR="00C97AF0" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>grupp. Antalet ledare varierar med antalet ungdomar i gruppen men vi strävar efter att ha 1-2 tränare per 10 ungdomar, 1-2 lagledare och 1 föräldraledare</w:t>
+        <w:t xml:space="preserve">grupp. Antalet ledare varierar med antalet ungdomar i gruppen men vi strävar efter att ha </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tränare per 10 ungdomar, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lagledare och 1 föräldraledare</w:t>
       </w:r>
       <w:r w:rsidR="00484028" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> per åldersgrupp</w:t>
       </w:r>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00484028" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Föreningen bekostar och uppmuntrar all utbildning som respektive ledare anses sig behöva.</w:t>
       </w:r>
@@ -8858,51 +9689,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tränaren:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21582BB7" w14:textId="77777777" w:rsidR="00334CC1" w:rsidRPr="00176572" w:rsidRDefault="00334CC1" w:rsidP="00334CC1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>har ansvaret för att planera och leda träningarna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E91D92E" w14:textId="77777777" w:rsidR="00334CC1" w:rsidRPr="00176572" w:rsidRDefault="00334CC1" w:rsidP="00334CC1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>svara för laguttagningar och coacha laget vid matcher</w:t>
       </w:r>
     </w:p>
@@ -9063,84 +9893,103 @@
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lagledare:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC0DD98" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Lagledarens uppgift är att stödja lagledningens arbete med administration kring laget. Detta avser hantering i Fogis, beställning av materiel, hantering av domare välkomnande av motståndarlag, beställning av transporter mm</w:t>
+        <w:t xml:space="preserve">Lagledarens uppgift är att stödja lagledningens arbete med administration kring laget. Detta avser hantering i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fogis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, beställning av materiel, hantering av domare välkomnande av motståndarlag, beställning av transporter mm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E01C1E6" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lagledaren samverkar med tränar- och föräldraledare som hanterar aktiviteter kopplade direkt till föräldrarna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14785871" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lagledaren </w:t>
       </w:r>
       <w:r w:rsidR="00BA2A16" w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utför följande arbetsuppgifter:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E5B041" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
@@ -9171,51 +10020,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>samverkar med ungdomssektionen för spridning av information och dialog</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AD802A" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">svarar för hantering av Fogis (SvFF digitala registreringssystem) med registrering av spelare, övergångar, matchresultat mm </w:t>
+        <w:t xml:space="preserve">svarar för hantering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fogis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SvFF digitala registreringssystem) med registrering av spelare, övergångar, matchresultat mm </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1A931E" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hantera beställningar av materiel till laget och svarar för underhåll av materiel samt ordning och reda i förråd motsvarande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128AA0CC" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00176572" w:rsidRDefault="002E2105" w:rsidP="002E2105">
@@ -9363,100 +10230,117 @@
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Föräldraledare:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB6219D" w14:textId="77777777" w:rsidR="00DF69D4" w:rsidRPr="00176572" w:rsidRDefault="00DF69D4" w:rsidP="00DF69D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hedens IF inför en roll som kallas föräldraledare och som innebär att lagledarens traditionella roll som kontaktyta gentemot föräldrarna ändras så att lagledaren fokuserar på administrationen av själva laget gentemot motståndare, domare, transporter mm och föräldraledaren fokuserar på administrationen kring föräldrarna och deras kontakt gentemot laget. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5534618B" w14:textId="77777777" w:rsidR="00DF69D4" w:rsidRPr="00176572" w:rsidRDefault="00DF69D4" w:rsidP="00DF69D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Som f</w:t>
       </w:r>
       <w:r w:rsidR="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>öräldraledare svarar du då för;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="558F05B5" w14:textId="77777777" w:rsidR="00DF69D4" w:rsidRPr="00176572" w:rsidRDefault="00DF69D4" w:rsidP="00DF69D4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Hantering av medlemsavgifter vilket innebär att du som ledare tar in medlemsavgiften (exempelvis via swish) och när alla laget betalat så skickar du den totala summan till föreningskontot (kassören) och en namnlista vilka som har betalt.</w:t>
+        <w:t xml:space="preserve">Hantering av medlemsavgifter vilket innebär att du som ledare tar in medlemsavgiften (exempelvis via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>swish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00176572">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) och när alla laget betalat så skickar du den totala summan till föreningskontot (kassören) och en namnlista vilka som har betalt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ADAE664" w14:textId="77777777" w:rsidR="00DF69D4" w:rsidRPr="00176572" w:rsidRDefault="00DF69D4" w:rsidP="00DF69D4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AC56AE9" w14:textId="77777777" w:rsidR="00DF69D4" w:rsidRPr="00176572" w:rsidRDefault="00DF69D4" w:rsidP="00DF69D4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9577,61 +10461,70 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>verka för att vidarebefordra synpunkter/förslag från föräldrarna till ansvarig ungdomssektionen</w:t>
       </w:r>
       <w:r w:rsidRPr="00176572">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25887813" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F734259" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+    <w:p w14:paraId="7F734259" w14:textId="6D08A38A" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="00515466" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc196675887"/>
-      <w:r w:rsidRPr="003C6D58">
+      <w:bookmarkStart w:id="19" w:name="_Toc218715229"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">TRYGG IDROTT - </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spelarpolicy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="03C53B2F" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -9642,51 +10535,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="407C2E73" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>följa föreningens värdegrund och verksamhetside’</w:t>
+        <w:t xml:space="preserve">följa föreningens värdegrund och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>verksamhetside</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770ECA57" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9798,51 +10709,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2B7C5D13" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>vara rädd om föreningens material och lokaler</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0B5F6B" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003068F7" w:rsidRDefault="001A5D2E" w:rsidP="004152DE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9880,61 +10790,69 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12FDA063" w14:textId="77777777" w:rsidR="009236D1" w:rsidRPr="009236D1" w:rsidRDefault="009236D1" w:rsidP="009236D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FEA9AB" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+    <w:p w14:paraId="26FEA9AB" w14:textId="205D786B" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="00515466" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc196675888"/>
-      <w:r w:rsidRPr="003C6D58">
+      <w:bookmarkStart w:id="20" w:name="_Toc218715230"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRYGG IDROTT - </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5D2E" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Föräldrapolicy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="12BFC556" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
@@ -10188,432 +11106,471 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AF38C8D" w14:textId="77777777" w:rsidR="001925F1" w:rsidRDefault="001925F1" w:rsidP="001925F1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C63F70F" w14:textId="77777777" w:rsidR="001925F1" w:rsidRPr="001925F1" w:rsidRDefault="001925F1" w:rsidP="001925F1">
-[...19 lines deleted...]
-    <w:p w14:paraId="4209BB6A" w14:textId="77777777" w:rsidR="006362EB" w:rsidRPr="003068F7" w:rsidRDefault="006362EB" w:rsidP="001A5D2E">
+    <w:p w14:paraId="7608B3C8" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="001925F1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
-          <w:bCs/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0A67977F" w14:textId="77777777" w:rsidR="005D0660" w:rsidRPr="003068F7" w:rsidRDefault="00017B39" w:rsidP="001A5D2E">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DAE60DA" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="001925F1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
-          <w:bCs/>
-[...41 lines deleted...]
-    <w:p w14:paraId="680910A6" w14:textId="77777777" w:rsidR="003537EC" w:rsidRPr="003C6D58" w:rsidRDefault="003537EC" w:rsidP="003537EC">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C63F70F" w14:textId="00CBB39A" w:rsidR="001925F1" w:rsidRPr="001925F1" w:rsidRDefault="00515466" w:rsidP="001925F1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc196675890"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> i ungdomslagen</w:t>
+      <w:bookmarkStart w:id="21" w:name="_Toc218715231"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">TRYGG IDROTT - </w:t>
+      </w:r>
+      <w:r w:rsidR="001925F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ledar</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26450">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utvecklingsplan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="40D159B7" w14:textId="3BC541FB" w:rsidR="00B26450" w:rsidRDefault="00B26450" w:rsidP="00B26450">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc218715232"/>
+      <w:r>
+        <w:t>Ledarförsörjning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="3ED09010" w14:textId="77777777" w:rsidR="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
-[...208 lines deleted...]
-    <w:p w14:paraId="113B0147" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+    <w:p w14:paraId="4209BB6A" w14:textId="5A4514F8" w:rsidR="006362EB" w:rsidRPr="003068F7" w:rsidRDefault="006362EB" w:rsidP="001A5D2E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
+      <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Föreningen har i sina respektive lag</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE71DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tränare, medtränare, lagledare och föräldraledare. Roller i sig beskrivs i kapitlet roller. Det är viktigt att rekrytering sker av alla roller och vi strävar att uppfylla detta enligt vår rekryterings- och jämställdhetspolicy. Även om föreningarna Hedens IF och Trångfors IF är uppdelade i aktiva som är killar/herrar och tjejer/damer så strävar vi efter att ha en jämlik fördelning av herrar och damer avseende ledarförsörjning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046D169C" w14:textId="21506D93" w:rsidR="003068F7" w:rsidRPr="00FB6982" w:rsidRDefault="00017B39" w:rsidP="00FB6982">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Samtliga ledares utbildning bekostas av föreningen. Föreningen genomför 2 ggr per år ett ledarforum där utbyte av erfarenheter mm sker.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED09010" w14:textId="25887526" w:rsidR="009203B1" w:rsidRPr="00FB6982" w:rsidRDefault="003537EC" w:rsidP="00FB6982">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc218715233"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:t>Rekryteringspolicy för tränare/ledare</w:t>
+      </w:r>
+      <w:r w:rsidR="009203B1">
+        <w:t>/SPELARE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:t xml:space="preserve"> i ungdomslagen</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="623394E5" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TRÄNARE/LEDARE I UNGDOMSLAGEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE40249" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Föreningen söker aktivt efter ledare varje år för de allra yngsta deltagarna. Detta sker genom att försöka ha en dialog med föräldrar som är intresserade av att delta då de ”ändå är där ” med sina barn. All utbildning som går via förbund motsvarande står föreningen för och ledare från styrelsen fungerar som coacher för respektive ledargrupp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19389658" w14:textId="067E9EB1" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rekrytering sker även för övriga åldersgrupper då föreningen inte har satt några begränsningar i antalet ledare som ska finnas för varje åldersgrupp. Kvinnor och män behandlas lika och roller som tränare, lagledare</w:t>
+      </w:r>
+      <w:r w:rsidR="00050D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materialare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00050D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och föräldraledare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>erbjuds till alla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEC7022" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rekrytering av unga ledare sker genom att försöka identifiera ungdomar i de äldre ungdomslagen och juniorlagen där intresse för ledarskap kan skönjas. Dessa ungdomar får då praktiskt medverka tillsammans med ledare i samband med träningar för att bygga på självkänsla och självförtroende. Och de erbjuds även grundläggande tränar- och ledarskapsutbildningar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B968ABD" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SPELARE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69554BF3" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spelare engageras redan i 5 års ålder genom annonsering på Hedenskolan och genom sociala media. Vidare nyttjas det nätverk av ledare som föreningen har på de olika skolorna för att ex sätta upp annonsering på anslagstavlor mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084F9A93" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vid äldre åldrar sker dialog mellan föräldrar och ledare enligt beskrivning om spelarövergångar om barnen tillhör en annan förening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E99F17" w14:textId="77777777" w:rsidR="009203B1" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="009203B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hedens IF stoppar aldrig några spelare om de vill spela för en annan förening oavsett ålder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B62E94" w14:textId="7F02F6FC" w:rsidR="002333B8" w:rsidRPr="009203B1" w:rsidRDefault="009203B1" w:rsidP="003537EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>För uppstart, introduktion och att behålla finns separat dokument i laget.se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446C7E6D" w14:textId="77777777" w:rsidR="001925F1" w:rsidRPr="003C6D58" w:rsidRDefault="001925F1" w:rsidP="00B26450">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc218715234"/>
+      <w:r>
+        <w:t>Krav på dig som ledare</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="113B0147" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hedens IF begär av dig som ledare att du;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FACC6EE" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>följer föreningens värdegrund och verksamhetside’</w:t>
+        <w:t xml:space="preserve">följer föreningens värdegrund och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>verksamhetside</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42584C89" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10829,51 +11786,141 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6236D6" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>som ledare är utbildad i samtliga spelformer (3-3, 5-5, 7-7, 9-9, 11-11)</w:t>
+        <w:t>som ledare är utbildad i samtliga spelformer (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5-5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7-7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9-9</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11-11</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41DE7128" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="001A5D2E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10954,387 +12001,536 @@
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>planerar och genomför även andra aktiviteter än fotboll tillsammans med laget</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AB5232" w14:textId="77777777" w:rsidR="009236D1" w:rsidRPr="009236D1" w:rsidRDefault="001A5D2E" w:rsidP="009236D1">
+    <w:p w14:paraId="6B7D4C2F" w14:textId="298DE034" w:rsidR="001A5D2E" w:rsidRPr="00FB6982" w:rsidRDefault="001A5D2E" w:rsidP="000A43B1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>håller dig uppdaterad i föreningens styrdokument och informera dina spelare om det som är relevant för deras ålder, och informerar föräldrar om det som rör dem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B7D4C2F" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="000A43B1" w:rsidRDefault="001A5D2E" w:rsidP="000A43B1"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc196675892"/>
+    <w:p w14:paraId="40E0A960" w14:textId="77777777" w:rsidR="000836BA" w:rsidRDefault="000836BA" w:rsidP="00B26450">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc218715235"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Ledarutbildningsplan</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="05CE9CEC" w14:textId="77777777" w:rsidR="00707D6A" w:rsidRPr="003068F7" w:rsidRDefault="00707D6A" w:rsidP="00707D6A">
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="6B9B6BFF" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Utbildning av ledare är ett viktigt prioriterat område för Hedens IF. Målsättningen är att samtliga tränare skall ha genomgått den utbildning som krävs mht den åldersgrupp som de medverkar i.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Utbildning av ledare är ett viktigt prioriterat område för Hedens IF. Målsättningen är att samtliga tränare skall ha genomgått den utbildning som krävs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>mht</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> den åldersgrupp som de medverkar i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448B05CE" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">3 mot 3 </w:t>
       </w:r>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Sv FF D</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <w:t>Sv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FF D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Introduktionsutbildning, Fotbollens spela, Lek och Lär</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246A9212" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">5 mot 5 </w:t>
       </w:r>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Sv FF D</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Sv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FF D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, spelformsutbildning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27727509" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>7 mot 7</w:t>
       </w:r>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>UEFA-C och/eller UEFA C Mv</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">UEFA-C och/eller UEFA C </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Mv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, spelformsutbildning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D00B275" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">9 mot 9 </w:t>
       </w:r>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">UEFA-C och/eller UEFA C </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Mv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, spelformsutbildning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECB2AB0" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003068F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>11 mot 11</w:t>
       </w:r>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>UEFA B</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="334B591A" w14:textId="77777777" w:rsidR="00707D6A" w:rsidRPr="003068F7" w:rsidRDefault="00707D6A" w:rsidP="00707D6A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, spelformsutbildning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63318943" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spelare ska också erhålla utbildning vad avser:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA6193A" w14:textId="77777777" w:rsidR="005D0660" w:rsidRPr="003068F7" w:rsidRDefault="005D0660" w:rsidP="00707D6A">
+    <w:p w14:paraId="7E6BBBAF" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Alkohol och droger</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B22BDA8" w14:textId="77777777" w:rsidR="00707D6A" w:rsidRPr="003068F7" w:rsidRDefault="00707D6A" w:rsidP="00707D6A">
+    <w:p w14:paraId="060C1B71" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kost och hälsa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED2ABF9" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRPr="003068F7" w:rsidRDefault="003C6D58" w:rsidP="00707D6A">
+    <w:p w14:paraId="19858310" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003068F7" w:rsidRDefault="003817C3" w:rsidP="003817C3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Skador och skadeförebyggande träning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331C5669" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRPr="003068F7" w:rsidRDefault="003C6D58" w:rsidP="003C6D58">
+    <w:p w14:paraId="3201BB74" w14:textId="77777777" w:rsidR="003817C3" w:rsidRDefault="003817C3" w:rsidP="003817C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003068F7">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Föreningen har köpt in ett videoutbildningssystem (SPIDEO) som kan användas för intern uppföljning och utbildning vid matcher och träning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612BC3A6" w14:textId="77777777" w:rsidR="001A5D2E" w:rsidRPr="003C6D58" w:rsidRDefault="001A5D2E" w:rsidP="003C6D58">
-      <w:pPr>
+    <w:p w14:paraId="0781254A" w14:textId="77777777" w:rsidR="003817C3" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ledare erhåller även utbildning i:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00803AB0" w14:textId="77777777" w:rsidR="003817C3" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>De sju diskrimineringsgrunderna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF6B0FC" w14:textId="4B07AA19" w:rsidR="00FB6982" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Trygg idrott</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C42B8F1" w14:textId="77777777" w:rsidR="003817C3" w:rsidRPr="003817C3" w:rsidRDefault="003817C3" w:rsidP="003817C3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66FD9869" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc196675893"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc218715236"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Föräldrar och laguppdrag</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="29CCDD92" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Föreningen upprättar varje år en bemanningsplan som återger den planering för föräldrauppdrag som kan finnas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335CF352" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
@@ -11370,324 +12566,421 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Följande arbetsfördelning är upprättad:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCF4BB2" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5-6 år: inga arbetsuppgifter i föreningen</w:t>
+        <w:t>5-6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år: inga arbetsuppgifter i föreningen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6797DA2E" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>7-12 år: medverkar i kioskförsäljning, medverkar i bilbingo, ledare kan medverka i kundvagnsdragningar</w:t>
+        <w:t>7-12</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år: medverkar i kioskförsäljning, medverkar i bilbingo, ledare kan medverka i kundvagnsdragningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479A13EA" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>13-16 år: Medverkar i kioskförsäljning, medverkar 2 ggr per år i bilbingo, ledare medverkar i kundvagnsdragningar</w:t>
+        <w:t>13-16</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år: Medverkar i kioskförsäljning, medverkar 2 ggr per år i bilbingo, ledare medverkar i kundvagnsdragningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFAE5D9" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arbetsuppgifter inom föräldragruppen fördelas av föräldraledaren i respektive åldersgrupp. Målsättningen är att en förälder ska ha maximalt 2 arbetsinsatser per säsong.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4050C0F9" w14:textId="77777777" w:rsidR="007A7CF4" w:rsidRPr="003C6D58" w:rsidRDefault="007A7CF4" w:rsidP="00AD07FE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7507F622" w14:textId="77777777" w:rsidR="00433951" w:rsidRPr="003C6D58" w:rsidRDefault="000A214F" w:rsidP="00B1390B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc196675894"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc218715237"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anpassning mot andra idrotter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="14910E77" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRDefault="00433951" w:rsidP="008E2FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hedens IF stödjer att ungdomar är verksam i flera idrotter. I möjligaste mån försöker vi komma överens med andra föreningar så att träningsupplägg mm inte i onödan skall konkurrera med egen verksamhet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7A62D9" w14:textId="1EF0BD0B" w:rsidR="00023E29" w:rsidRDefault="00433951" w:rsidP="008E2FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bortfall i närvaro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> att utövare verkat i andra idrotter ska inte påverka ex uttagningar mm i egna matcher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2EF945" w14:textId="77777777" w:rsidR="00B33707" w:rsidRDefault="00B33707" w:rsidP="00B1390B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="749A9CC7" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="00B1390B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C372797" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="00B1390B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041DAF20" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="00DC7266" w:rsidRDefault="00B33707" w:rsidP="00DC7266">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc218715238"/>
+      <w:r w:rsidRPr="00DC7266">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Hedens IF stödjer att ungdomar är verksam i flera idrotter. I möjligaste mån försöker vi komma överens med andra föreningar så att träningsupplägg mm inte i onödan skall konkurrera med egen verksamhet. Bortfall i närvaro pga att utövare verkat i andra idrotter ska inte påverka ex uttagningar mm i egna matcher.</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00DC7266" w:rsidRPr="00DC7266">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t>räningar och planbokningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="01D41733" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Träningstider fördelas på våren för våra planer (A-plan gräs, konstgräs, 5 mot 5 plan på Olympia samt planerna på Knottvallen). Vi delar alla planer med Trångfors IF. Alla lag får komma med önskemål om när och var de vill träna. </w:t>
+        <w:t>Träningstider fördelas på våren för våra planer (A-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plan gräs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, konstgräs, 5 mot 5 plan på Olympia samt planerna på Knottvallen). Vi delar alla planer med Trångfors IF. Alla lag får komma med önskemål om när och var de vill träna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408AB853" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tiderna som fördelats syns i ett program som heter Boka.nu där du också kan boka matcher på de olika planerna. Instruktioner kring hur du gör för att ladda hem kalendern finns på laget.se under ”dokument” och under ”ledare”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24CE15DB" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>För de lag som vill träna på vintern (äldre lagen), kontakta ungdomssektionen och önska tider (träning i inomhushall/pjäshallen) så samordnas det genom fritidsförvaltningen, Boden kommun.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11294AE7" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+    <w:p w14:paraId="782B394F" w14:textId="36BDE413" w:rsidR="003C6D58" w:rsidRPr="003817C3" w:rsidRDefault="00AD07FE" w:rsidP="003817C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Om laget har en bokad tid i exempelvis pjäshallen under mars månad och inte ska/kan utnyttja denna, kontaktar ledare ur laget fritidsförvaltningen direkt och avbokar denna. ALLA tider i hallar är avgiftsbelagda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782B394F" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRPr="003C6D58" w:rsidRDefault="003C6D58" w:rsidP="00B1390B">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2D429126" w14:textId="77777777" w:rsidR="0019178A" w:rsidRPr="003C6D58" w:rsidRDefault="0019178A" w:rsidP="0019178A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc196675896"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc218715239"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spelarövergångar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="6DC7259C" w14:textId="77777777" w:rsidR="001D5264" w:rsidRPr="003C6D58" w:rsidRDefault="008E71BF" w:rsidP="00B1390B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Då spelare, förälder till spelare eller övrig anhörig kontaktar föreningen för att höra om man kan få börja spela så hanteras det genom att ledare för </w:t>
       </w:r>
       <w:r w:rsidR="001D5264" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>det aktuella</w:t>
       </w:r>
@@ -11809,93 +13102,118 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Informera individen vad det innebär att börja spela i Hedens IF</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C142F85" w14:textId="77777777" w:rsidR="001D5264" w:rsidRPr="003C6D58" w:rsidRDefault="001D5264" w:rsidP="001D5264">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Om individen då fortfarande vill medverka i Hedens IF och ansvarig tränare/ledare tycker det är OK så kontaktas den ursprungliga klubben och meddelas att individen vill börja spela för Hedens IF istället.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D6FF921" w14:textId="77777777" w:rsidR="0019178A" w:rsidRDefault="001D5264" w:rsidP="00B1390B">
+        <w:t xml:space="preserve">Om individen då fortfarande vill medverka i Hedens IF och ansvarig tränare/ledare tycker det är OK så kontaktas den ursprungliga klubben och meddelas att individen vill börja spela för Hedens IF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB52B7A" w14:textId="16493C99" w:rsidR="00557CDD" w:rsidRPr="00FB6982" w:rsidRDefault="001D5264" w:rsidP="00FB6982">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Spelarövergång sker därefter enligt den process som fastställts via Fogis. </w:t>
+        <w:t xml:space="preserve">Spelarövergång sker därefter enligt den process som fastställts via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fogis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008E71BF" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="10519B8C" w14:textId="77777777" w:rsidR="00557CDD" w:rsidRPr="009203B1" w:rsidRDefault="00557CDD" w:rsidP="00557CDD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009203B1">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Om egen spelare vill byta klubb sker det enligt f</w:t>
       </w:r>
       <w:r w:rsidR="00FF0584" w:rsidRPr="009203B1">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>öljande process</w:t>
       </w:r>
@@ -11974,521 +13292,650 @@
         <w:t>Ledare informerar fotbollssektionen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A042CEF" w14:textId="77777777" w:rsidR="008F345F" w:rsidRPr="009203B1" w:rsidRDefault="008F345F" w:rsidP="00557CDD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009203B1">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hedens IF kontaktar berörd klubb </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3CB0EE" w14:textId="77777777" w:rsidR="00FF0584" w:rsidRPr="009203B1" w:rsidRDefault="00FF0584" w:rsidP="00557CDD">
+    <w:p w14:paraId="5C5C67B6" w14:textId="6865CA99" w:rsidR="00AD07FE" w:rsidRDefault="00FF0584" w:rsidP="00FB6982">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009203B1">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Spelarövergång sker därefter enligt den process som fastställts i Fogis.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5C5C67B6" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+        <w:t xml:space="preserve">Spelarövergång sker därefter enligt den process som fastställts i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fogis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009203B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2400DD" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRPr="00FB6982" w:rsidRDefault="00FB6982" w:rsidP="00FB6982">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6003955F" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRPr="003C6D58" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc218715240"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Materiel</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="54D9E220" w14:textId="7459FDED" w:rsidR="00FB6982" w:rsidRDefault="00AD07FE" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...20 lines deleted...]
-    <w:p w14:paraId="048638B4" w14:textId="77777777" w:rsidR="00AD07FE" w:rsidRDefault="00AD07FE" w:rsidP="00AD07FE">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Alla lag har en viss del eget material som beställs under våren utifrån önskemål. På hösten görs en inventering för att se vad de olika lagen behöver. Lagledare är samordnande. Eventuella behov som respektive åldersgrupp har lämnas in som budgetunderlag för kommande år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F49BA4" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRPr="003C6D58" w:rsidRDefault="00FB6982" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
-[...9 lines deleted...]
-    <w:p w14:paraId="2C3A070A" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+    </w:p>
+    <w:p w14:paraId="492CE692" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc218715241"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Medlemsavgifter och lagkassor</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="5A964402" w14:textId="2F5BEB2E" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...20 lines deleted...]
-    <w:p w14:paraId="5A964402" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medlemsavgiften för ett barn är </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6982">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>50 kronor och medför att barnet kan medverka i föreningens tränings- och tävlingsverksamhet samt övrig social och/eller stödjande verksamhet.  Barnet är då även försäkrat via Folksam. (läs mer på laget.se under ”För våra ledare”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BBD9D1" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Medlemsavgiften för ett barn är 150 kronor och medför att barnet kan medverka i föreningens tränings- och tävlingsverksamhet samt övrig social och/eller stödjande verksamhet.  Barnet är då även försäkrat via Folksam. (läs mer på laget.se under ”För våra ledare”).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="51BBD9D1" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+        <w:t>Finns flera barn/ungdomar i samma familj behöver bara en avgift betalas in så då blir samtliga familjemedlemmar även medlemmar i Hedens IF.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9FFFA4" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Finns flera barn/ungdomar i samma familj behöver bara en avgift betalas in så då blir samtliga familjemedlemmar även medlemmar i Hedens IF.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E9FFFA4" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+        <w:t>Föreningen har inga deltagaravgifter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1F12D1" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Föreningen har inga deltagaravgifter</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B1F12D1" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+        <w:t>Medlemmen har genom föreningens sponsorer rabatter hos olika företag beroende på hur sponsorkontrakten ser ut.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0221A669" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Medlemmen har genom föreningens sponsorer rabatter hos olika företag beroende på hur sponsorkontrakten ser ut.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0221A669" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+        <w:t xml:space="preserve">Medlem tilldelas ett digitalt medlemskort som laddas hem via en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>app</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i telefonen (via Laget.se).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF9AC63" w14:textId="77777777" w:rsidR="0059078A" w:rsidRPr="003C6D58" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lagkassor finns upprättade för varje lag och avsikten är att varje lag ska kunna få en ekonomi för framtida aktiviteter såsom cuper, avslutningar mm. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Laget kan under de egna hemma-matcherna sälja fika (föräldrar bakar) och kaffe för att tjäna in pengar till sitt eget lags kassa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1346C5DE" w14:textId="156CA3FF" w:rsidR="00AD07FE" w:rsidRDefault="0059078A" w:rsidP="00C96CD0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Medlem tilldelas ett digitalt medlemskort som laddas hem via en app i telefonen (via Laget.se).</w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="08572C2F" w14:textId="77777777" w:rsidR="0059078A" w:rsidRDefault="0059078A" w:rsidP="0059078A">
+        <w:t>Lagkassorna redovisas varje månad i föreningens rapport och balansräkning och betraktas som en skuld som föreningen har till respektive lag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C0A6BF" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRPr="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="00C96CD0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
-[...16 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1D21915E" w14:textId="77777777" w:rsidR="00162C70" w:rsidRPr="003C6D58" w:rsidRDefault="000A43B1" w:rsidP="0019178A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc196675899"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc218715242"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Domarpolicy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="2BD29413" w14:textId="77777777" w:rsidR="00162C70" w:rsidRPr="003C6D58" w:rsidRDefault="00162C70" w:rsidP="00162C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hedens IF strävar efter att utbilda egna ungdomsdomare i syfte att kunna döma våra egna ungdomslag samt att i linje med vår värdegrund också få en känsla för domarens svårigheter att fungera under en match. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488756F9" w14:textId="77777777" w:rsidR="00162C70" w:rsidRPr="003C6D58" w:rsidRDefault="00162C70" w:rsidP="00162C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Utbildning sker för de äldsta pojklaget varje säsong och dessa får sedan chans att under säsongen prova döma.</w:t>
+        <w:t xml:space="preserve">Utbildning sker för </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de äldsta pojklaget</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> varje säsong och dessa får sedan chans att under säsongen prova döma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B205F88" w14:textId="77777777" w:rsidR="00162C70" w:rsidRPr="003C6D58" w:rsidRDefault="00162C70" w:rsidP="00162C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I samverkan med TIF strävar vi att införa 2-domarsystem som innebär att en kille och en tjej tillsammans bildar ett domarpar. Detta införs för ungdomslagen och målsättningen är att domarparet är 2 år eller äldre än matchande lag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73FDAC69" w14:textId="77777777" w:rsidR="00162C70" w:rsidRPr="003C6D58" w:rsidRDefault="00162C70" w:rsidP="00162C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ungdomarna erhåller ersättning per match enligt NFFs domararvode för ungdomsmatcher. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65CC2756" w14:textId="77777777" w:rsidR="00162C70" w:rsidRPr="003C6D58" w:rsidRDefault="00162C70" w:rsidP="00162C70">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ungdomarna erhåller ersättning per match enligt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NFFs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> domararvode för ungdomsmatcher. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640DFD5C" w14:textId="41039468" w:rsidR="005378AC" w:rsidRDefault="00162C70" w:rsidP="005378AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Föreningen har en sammanhållande domaransvarig person som följer upp utbildningsstatus och sammanställer tillgängliga domare som sedan kan tillkallas från respektive lagledning som behöver domare till sina respektive matcher.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640DFD5C" w14:textId="77777777" w:rsidR="005378AC" w:rsidRPr="003C6D58" w:rsidRDefault="005378AC" w:rsidP="005378AC">
+    <w:p w14:paraId="23C4332B" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRPr="003C6D58" w:rsidRDefault="00C96CD0" w:rsidP="005378AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07BD9A93" w14:textId="77777777" w:rsidR="000A43B1" w:rsidRPr="003C6D58" w:rsidRDefault="000A43B1" w:rsidP="000A43B1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc196675900"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc218715243"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kommunikation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0FDFBF50" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="0FDFBF50" w14:textId="429A9942" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommunikationen i föreningen är viktig, både internt och externt. Dels för att informera, engagera och behålla redan aktiva medlemmar men också för att visa utåt vad vi gör och vad vi står för. </w:t>
+        <w:t>Kommunikationen i föreningen är viktig, både internt och externt. Dels för att informera, engagera och behålla redan aktiva medlemmar</w:t>
+      </w:r>
+      <w:r w:rsidR="00050D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>men också</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att visa utåt vad vi gör och vad vi står för. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BB2599" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genom utåtriktad verksamhet kan vi vara ett attraktivt val för nya medlemma. Genom en god kommunikation sprider vi också den värdegrund vi vill stå för. </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Värdegrundsarbetet ska genomsyra all vår verksamhet oavsett ålder och aktivitet. Detta gäller även i den kommunikation som sker inom föreningen och genom föreningen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479E27A3" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Syftet med kommunikationsplanen är att beskriva och tydliggöra de olika kommunikationskanalernas roller och funktioner, samt visa på vem som är ansvarig för vad och vad som ska kommuniceras var. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196375E1" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Syftet är också att göra styrelsen delaktig i vad som sker i föreningen och i vad som förmedlas på olika forum. Den som är medlem i föreningen ska känna stolthet över klubbens varumärke och fungera som god ambassadör mot omvärlden. Den som inte är medlem men som vill veta mer om vår verksamhet ska få en tydlig och enhetlig bild av vilka vi är, vår verksamhet våra mål och visioner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17ADEE2A" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -12516,91 +13963,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hit kan också räknas presumtiva medlemmar som är intresserade av fotboll. Målgrupper är också intressenter utanför föreningen som ska nås av vårt budskap. Det kan vara exempelvis politiker och tjänstemän i kommunen, våra sponsorer som vill synas och förknippas med sporten eller tidningar och media där vi vill berätta om vår sport. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F76037" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Den som representerar föreningen i olika sammanhang har ett ansvar att också förmedla Hedens IF:s värderingar och värdegrund. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4832F5F2" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRPr="009856C9" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
+    <w:p w14:paraId="4832F5F2" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Det är viktigt att det som kommuniceras i text och bild i de olika kanalerna speglar detta. Diskriminering, kränkande eller nedsättande kommentarer om andra, svordomar och ovårdat språk kan inte accepteras i föreningens na</w:t>
       </w:r>
       <w:r w:rsidR="009856C9">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mn oavsett sammanhang.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="045BCD57" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRDefault="00C96CD0" w:rsidP="00462EA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E4B9E5C" w14:textId="77777777" w:rsidR="00C96CD0" w:rsidRPr="009856C9" w:rsidRDefault="00C96CD0" w:rsidP="00462EA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="66122831" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kläder</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619CD37D" w14:textId="77777777" w:rsidR="00023E29" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hedens IF:s grafiska profil återfinns på klubbens kläder. Alla som tävlar och representerar Hedens IF i olika sammanhang ska om möjligt bära dessa kläder. På kläderna finns också loggor från föreningens olika sponsorer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586A4DA2" w14:textId="77777777" w:rsidR="00023E29" w:rsidRPr="003C6D58" w:rsidRDefault="00023E29" w:rsidP="00023E29">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -12654,60 +14120,51 @@
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sociala medier</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353B17E5" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sociala medier är en del av människors vardag i syfte att uppleva, informera och kommunicera. Hedens IF finns därför även på sociala medier. I och med de lagar och förordningar som finns gällande hur personuppgifter ska hanteras, måste alla </w:t>
-[...8 lines deleted...]
-        <w:t>medlemmar och vårdnadshavare till barn som spelar i Hedens IF</w:t>
+        <w:t>Sociala medier är en del av människors vardag i syfte att uppleva, informera och kommunicera. Hedens IF finns därför även på sociala medier. I och med de lagar och förordningar som finns gällande hur personuppgifter ska hanteras, måste alla medlemmar och vårdnadshavare till barn som spelar i Hedens IF</w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha gett sitt tillstånd till att uppgifter om dem får publiceras i olika forum. Vid vårens årliga föräldramöten informerar tränarna lagets föräldrar om detta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37107805" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12767,284 +14224,286 @@
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Medlemsregistret finns på laget.se</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6841A13A" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Facebook och Instagram</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Facebook och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38D30AE8" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Hedens IF har en sida på Facebook och finns även med på Instagram. Dessa sociala medier används för utåtriktad information. Facebooks huvudadministratör är föreningens ordförande. Ordförande är den som kan utse redaktörer för sidan. Lag som har egna sidor på Facebook får gärna tagga sina inlägg till Hedens IF.</w:t>
+        <w:t xml:space="preserve">Hedens IF har en sida på Facebook och finns även med på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Dessa sociala medier används för utåtriktad information. Facebooks huvudadministratör är föreningens ordförande. Ordförande är den som kan utse redaktörer för sidan. Lag som har egna sidor på Facebook får gärna tagga sina inlägg till Hedens IF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13564225" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Instagram administreras av styrelsens utsedda person. Även här uppmuntras att lagen taggar Hedens IF på Instagram.</w:t>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administreras av styrelsens utsedda person. Även här uppmuntras att lagen taggar Hedens IF på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F345370" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4571F343" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
+    <w:p w14:paraId="3F8E29AE" w14:textId="47D29A45" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Positiva och uppmuntrande kommentarer om Hedens IF och dess lag tycker vi ska få stor plats på Facebook och Instagram. Kränkande, eller på annat sätt opassande, kommentarer på dessa medier kommer att tas bort. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3F8E29AE" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
+        <w:t xml:space="preserve">Positiva och uppmuntrande kommentarer om Hedens IF och dess lag tycker vi ska få stor plats på Facebook och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Kränkande, eller på annat sätt opassande, kommentarer på dessa medier kommer att tas bort.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE1D7F8" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:b/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4BE1D7F8" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Idrottonline.se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3227242E" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
-          <w:b/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
-          <w:b/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Idrottonline.se</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3227242E" w14:textId="77777777" w:rsidR="00462EA5" w:rsidRPr="003C6D58" w:rsidRDefault="00462EA5" w:rsidP="00462EA5">
+        <w:t>Hedens IF finns beskrivet på idrottonline.se. Sidan hänvisar till laget.se som är vår huvudkanal för information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF43DDE" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRPr="003C6D58" w:rsidRDefault="003C6D58" w:rsidP="00462EA5">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
-[...85 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7AF67C75" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRPr="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="005C7B3D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc196675901"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="34" w:name="_Toc218715244"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Sponsorer och kopplingar till ungdomslagen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="5D119CCC" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRPr="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="005C7B3D">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Det är viktigt att vi värnar om våra relationer med sponsorer och samarbetspartners. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B9278A" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRPr="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="005C7B3D">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
@@ -13114,263 +14573,268 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Möte med sponsorgruppen som genomför ett avtal med sponsorn. Sponsorn och föreningen utför sina respektive åtaganden enligt ett avtal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A29DD7" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRPr="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="005C7B3D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E8DF182" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRPr="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="005C7B3D">
+    <w:p w14:paraId="6676EF1A" w14:textId="22EE1866" w:rsidR="005C7B3D" w:rsidRPr="00FB6982" w:rsidRDefault="005C7B3D" w:rsidP="00FB6982">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Om sponsorn vill specifikt stödja en viss kostnad för ett lag (exempelvis deltagaravgift eller övernattningskostnader för laget vid cup) kan detta ske genom att sponsorn direkt betalar till den ekonomiska lagledaren för laget. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6676EF1A" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRPr="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="005C7B3D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="019D9233" w14:textId="75753569" w:rsidR="003C6D58" w:rsidRDefault="005C7B3D" w:rsidP="00FB6982">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7BBFA157" w14:textId="77777777" w:rsidR="00363E2A" w:rsidRPr="009856C9" w:rsidRDefault="005C7B3D" w:rsidP="009856C9">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Detta sker i så fall utanför föreningens ekonomi och inga motprestationskrav kan ställas på föreningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A70824" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRPr="00FB6982" w:rsidRDefault="00FB6982" w:rsidP="00FB6982">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
-[...9 lines deleted...]
-    <w:p w14:paraId="019D9233" w14:textId="77777777" w:rsidR="003C6D58" w:rsidRPr="003C6D58" w:rsidRDefault="003C6D58" w:rsidP="00711585">
+    </w:p>
+    <w:p w14:paraId="14FE714B" w14:textId="61897AD1" w:rsidR="00410ABC" w:rsidRPr="003C6D58" w:rsidRDefault="00515466" w:rsidP="00410ABC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc218715245"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRYGG IDROTT - </w:t>
+      </w:r>
+      <w:r w:rsidR="00410ABC" w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Trafikpolicy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="004CF7A8" w14:textId="77777777" w:rsidR="009F3FAC" w:rsidRPr="003C6D58" w:rsidRDefault="009F3FAC" w:rsidP="00711585">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...20 lines deleted...]
-    <w:p w14:paraId="004CF7A8" w14:textId="77777777" w:rsidR="009F3FAC" w:rsidRPr="003C6D58" w:rsidRDefault="009F3FAC" w:rsidP="00711585">
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Buss utnyttjas för resor längre än 10 mil. Sträckor kortare än 10 mil sker med bil där ledare och föräldrar kör. Kilometerersättning kan begäras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C5A9DC" w14:textId="77777777" w:rsidR="009F3FAC" w:rsidRPr="003C6D58" w:rsidRDefault="00023E29" w:rsidP="00711585">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Buss utnyttjas för resor längre än 10 mil. Sträckor kortare än 10 mil sker med bil där ledare och föräldrar kör. Kilometerersättning kan begäras.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23C5A9DC" w14:textId="77777777" w:rsidR="009F3FAC" w:rsidRPr="003C6D58" w:rsidRDefault="00023E29" w:rsidP="00711585">
+        <w:t>Vid Olympia sker parkering enligt anvisade platser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D74E464" w14:textId="2C8EF003" w:rsidR="007A3323" w:rsidRDefault="00410ABC" w:rsidP="00FB6982">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vid Olympia sker parkering enligt anvisade platser.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71121322" w14:textId="77777777" w:rsidR="007A3323" w:rsidRPr="0059078A" w:rsidRDefault="00410ABC" w:rsidP="0059078A">
+        <w:t>Tr</w:t>
+      </w:r>
+      <w:r w:rsidR="00023E29" w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>afik ner till Knottvallen får inte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ske med cykel via Älvsbyvägen. Alternativet är endast att springa ner eller cykl</w:t>
+      </w:r>
+      <w:r w:rsidR="0059078A">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a efter det nedlagda skidspåret</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78986C15" w14:textId="77777777" w:rsidR="00FB6982" w:rsidRPr="00FB6982" w:rsidRDefault="00FB6982" w:rsidP="00FB6982">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6D58">
-[...47 lines deleted...]
-    <w:p w14:paraId="686ABB40" w14:textId="77777777" w:rsidR="00332336" w:rsidRPr="003C6D58" w:rsidRDefault="00332336" w:rsidP="00332336">
+    </w:p>
+    <w:p w14:paraId="686ABB40" w14:textId="70928796" w:rsidR="00332336" w:rsidRPr="003C6D58" w:rsidRDefault="00515466" w:rsidP="00332336">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc196675903"/>
-      <w:r w:rsidRPr="003C6D58">
+      <w:bookmarkStart w:id="36" w:name="_Toc218715246"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRYGG IDROTT - </w:t>
+      </w:r>
+      <w:r w:rsidR="00332336" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Krishantering i Hedens IF</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="619E67CE" w14:textId="77777777" w:rsidR="00332336" w:rsidRPr="003C6D58" w:rsidRDefault="00332336" w:rsidP="00332336">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Att vara idrottsledare innebär ett stort ansvar för andra människor, inte minst barn och ungdomar. Därför är det viktigt att vi i föreningen också har en bereds</w:t>
       </w:r>
       <w:r w:rsidR="000A6F94" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kap för kriser. K</w:t>
       </w:r>
@@ -13407,68 +14871,88 @@
         <w:t xml:space="preserve">utan kan </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uppstå ur andra situationer som kan få allvarliga konsekvenser. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150136B6" w14:textId="77777777" w:rsidR="00332336" w:rsidRPr="003C6D58" w:rsidRDefault="00332336" w:rsidP="00332336">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Till de senare fallen hör </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t.ex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negativ publicitet i massmedia, allmän ryktesspridning, orsakas av dopning, skattefusk, kränkningar, sexuellt utnyttjande eller elitinriktad barnidrott. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9C94AB" w14:textId="77777777" w:rsidR="00332336" w:rsidRPr="003C6D58" w:rsidRDefault="00332336" w:rsidP="00332336">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Till de senare fallen hör t.ex negativ publicitet i massmedia, allmän ryktesspridning, orsakas av dopning, skattefusk, kränkningar, sexuellt utnyttjande eller elitinriktad barnidrott. </w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>Vid all misstanke att ett barn blir kränkt, far illa eller blir/har blivit sexuellt utnyttjad</w:t>
       </w:r>
       <w:r w:rsidR="000A6F94" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A6F94" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">så </w:t>
@@ -13534,51 +15018,51 @@
       <w:r w:rsidR="00E2053D" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ild "KRISPÄRM</w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">" som </w:t>
       </w:r>
       <w:r w:rsidR="000A6F94" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>innehåller en detaljerad krishanteringsplan, som också finns på laget.se</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5352B9A9" w14:textId="257E6D95" w:rsidR="00E2053D" w:rsidRPr="003C6D58" w:rsidRDefault="00D77426" w:rsidP="00332336">
+    <w:p w14:paraId="5352B9A9" w14:textId="4AADE2AC" w:rsidR="00E2053D" w:rsidRPr="003C6D58" w:rsidRDefault="00D77426" w:rsidP="00332336">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Den </w:t>
       </w:r>
       <w:r w:rsidR="00332336" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">innehåller </w:t>
       </w:r>
       <w:r w:rsidR="00176572" w:rsidRPr="003C6D58">
         <w:rPr>
@@ -13599,163 +15083,162 @@
       <w:r w:rsidR="000A6F94" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">taktad ansvarar för att organisera en </w:t>
       </w:r>
       <w:r w:rsidR="00332336" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>telefon</w:t>
       </w:r>
       <w:r w:rsidR="00E2053D" w:rsidRPr="003C6D58">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kedja till de övriga i gruppen.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E2053D" w:rsidRPr="003C6D58" w:rsidSect="004C300E">
+    <w:sectPr w:rsidR="00E2053D" w:rsidRPr="003C6D58" w:rsidSect="00973F4D">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="340" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="227" w:footer="227" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06BA6218" w14:textId="77777777" w:rsidR="0033396B" w:rsidRDefault="0033396B" w:rsidP="00F200CF">
+    <w:p w14:paraId="7554F10B" w14:textId="77777777" w:rsidR="003037B0" w:rsidRDefault="003037B0" w:rsidP="00F200CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D5A6DED" w14:textId="77777777" w:rsidR="0033396B" w:rsidRDefault="0033396B" w:rsidP="00F200CF">
+    <w:p w14:paraId="4119184E" w14:textId="77777777" w:rsidR="003037B0" w:rsidRDefault="003037B0" w:rsidP="00F200CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0504020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="442898629"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2D93F350" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -13764,61 +15247,61 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00434E7D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1FEA12D0" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E7458FC" w14:textId="77777777" w:rsidR="0033396B" w:rsidRDefault="0033396B" w:rsidP="00F200CF">
+    <w:p w14:paraId="28F9AF8F" w14:textId="77777777" w:rsidR="003037B0" w:rsidRDefault="003037B0" w:rsidP="00F200CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61E21964" w14:textId="77777777" w:rsidR="0033396B" w:rsidRDefault="0033396B" w:rsidP="00F200CF">
+    <w:p w14:paraId="1BF11C66" w14:textId="77777777" w:rsidR="003037B0" w:rsidRDefault="003037B0" w:rsidP="00F200CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C53981D" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="00F200CF">
     <w:pPr>
       <w:ind w:left="-567"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -13871,191 +15354,137 @@
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                      </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0DFF892C" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4E5D5A6D" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="00625915">
+  <w:p w14:paraId="4E5D5A6D" w14:textId="2F41243E" w:rsidR="00DA5F9B" w:rsidRDefault="00DA5F9B" w:rsidP="00625915">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A82E39B" wp14:editId="2A628023">
-          <wp:extent cx="1695450" cy="1031311"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A82E39B" wp14:editId="39517910">
+          <wp:extent cx="2161601" cy="1285875"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Bildobjekt 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="HIFlogotyp.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1697772" cy="1032724"/>
+                    <a:ext cx="2191138" cy="1303446"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E62EB2D" w14:textId="77777777" w:rsidR="00DA5F9B" w:rsidRPr="00625915" w:rsidRDefault="00DA5F9B" w:rsidP="00625915">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:960pt;height:540pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00FD0E15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6DE67EA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -15749,50 +17178,162 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55FA1C29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09A8B218"/>
+    <w:lvl w:ilvl="0" w:tplc="6F4ADE62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Helvetica" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B853ED9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8446F8FA"/>
     <w:lvl w:ilvl="0" w:tplc="4D960C5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2FCC0674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15888,51 +17429,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="81981658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CFF5AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB1AB4A2"/>
     <w:lvl w:ilvl="0" w:tplc="574A08AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Comic Sans MS" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16005,51 +17546,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1587417780">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="518086789">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="568542584">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="351028330">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1453400524">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="955521246">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1883705979">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1948272859">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1198198943">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1963687547">
     <w:abstractNumId w:val="3"/>
   </w:num>
@@ -16078,343 +17619,396 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="133984415">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2093576242">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1480151363">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F200CF"/>
     <w:rsid w:val="00005572"/>
     <w:rsid w:val="0001052A"/>
     <w:rsid w:val="000128BE"/>
     <w:rsid w:val="000170FC"/>
     <w:rsid w:val="00017440"/>
     <w:rsid w:val="00017B39"/>
     <w:rsid w:val="00023E29"/>
     <w:rsid w:val="00027CDD"/>
     <w:rsid w:val="00030D19"/>
     <w:rsid w:val="0003498D"/>
     <w:rsid w:val="00036B76"/>
     <w:rsid w:val="000461F7"/>
+    <w:rsid w:val="00050D22"/>
+    <w:rsid w:val="000576A0"/>
     <w:rsid w:val="00073C7E"/>
     <w:rsid w:val="000836BA"/>
     <w:rsid w:val="000926D7"/>
     <w:rsid w:val="00097F26"/>
     <w:rsid w:val="000A214F"/>
     <w:rsid w:val="000A43B1"/>
     <w:rsid w:val="000A5ED4"/>
     <w:rsid w:val="000A6F94"/>
     <w:rsid w:val="000B06E2"/>
     <w:rsid w:val="000B7BA2"/>
     <w:rsid w:val="000B7DFA"/>
     <w:rsid w:val="000C533A"/>
     <w:rsid w:val="000C5368"/>
     <w:rsid w:val="000E6532"/>
     <w:rsid w:val="000F7E1A"/>
+    <w:rsid w:val="00105732"/>
     <w:rsid w:val="001223B7"/>
     <w:rsid w:val="00162C70"/>
     <w:rsid w:val="0016784F"/>
     <w:rsid w:val="0017409B"/>
     <w:rsid w:val="00176572"/>
     <w:rsid w:val="0019178A"/>
     <w:rsid w:val="001925F1"/>
     <w:rsid w:val="001A5D2E"/>
     <w:rsid w:val="001B0238"/>
     <w:rsid w:val="001B2DCF"/>
     <w:rsid w:val="001D2A7E"/>
     <w:rsid w:val="001D5264"/>
+    <w:rsid w:val="001D6432"/>
     <w:rsid w:val="001E4A6C"/>
     <w:rsid w:val="002333B8"/>
+    <w:rsid w:val="00263F83"/>
     <w:rsid w:val="00264DEF"/>
     <w:rsid w:val="0027184A"/>
     <w:rsid w:val="00283C90"/>
     <w:rsid w:val="002B2E5B"/>
+    <w:rsid w:val="002B437B"/>
     <w:rsid w:val="002C61C8"/>
     <w:rsid w:val="002E2105"/>
     <w:rsid w:val="002E4415"/>
     <w:rsid w:val="002E451D"/>
+    <w:rsid w:val="002F43D0"/>
     <w:rsid w:val="002F5A26"/>
+    <w:rsid w:val="003037B0"/>
     <w:rsid w:val="003068F7"/>
     <w:rsid w:val="00313773"/>
     <w:rsid w:val="00320E68"/>
     <w:rsid w:val="00321129"/>
     <w:rsid w:val="00332336"/>
     <w:rsid w:val="0033396B"/>
     <w:rsid w:val="00334CC1"/>
     <w:rsid w:val="0034516B"/>
     <w:rsid w:val="0034686D"/>
     <w:rsid w:val="00352CB6"/>
     <w:rsid w:val="00352E58"/>
     <w:rsid w:val="003537EC"/>
     <w:rsid w:val="0036081E"/>
     <w:rsid w:val="00363E2A"/>
+    <w:rsid w:val="003817C3"/>
     <w:rsid w:val="00387C28"/>
     <w:rsid w:val="003C441A"/>
     <w:rsid w:val="003C6D58"/>
     <w:rsid w:val="003D1CE1"/>
     <w:rsid w:val="003F7CB0"/>
     <w:rsid w:val="00410ABC"/>
     <w:rsid w:val="004152DE"/>
     <w:rsid w:val="004179C4"/>
     <w:rsid w:val="00433951"/>
     <w:rsid w:val="00434E7D"/>
+    <w:rsid w:val="004367AE"/>
     <w:rsid w:val="00462EA5"/>
     <w:rsid w:val="00464561"/>
+    <w:rsid w:val="00475945"/>
     <w:rsid w:val="00484028"/>
     <w:rsid w:val="00497571"/>
+    <w:rsid w:val="004A084F"/>
     <w:rsid w:val="004A5372"/>
+    <w:rsid w:val="004B2286"/>
     <w:rsid w:val="004B4A86"/>
     <w:rsid w:val="004C300E"/>
     <w:rsid w:val="004C4699"/>
     <w:rsid w:val="004E48A1"/>
     <w:rsid w:val="004F0C4E"/>
     <w:rsid w:val="004F7228"/>
     <w:rsid w:val="005152EA"/>
+    <w:rsid w:val="00515466"/>
     <w:rsid w:val="0051782D"/>
     <w:rsid w:val="0052639C"/>
     <w:rsid w:val="005378AC"/>
     <w:rsid w:val="0054055B"/>
     <w:rsid w:val="00544A99"/>
     <w:rsid w:val="00552ABF"/>
     <w:rsid w:val="00554FA0"/>
     <w:rsid w:val="00557CDD"/>
     <w:rsid w:val="0056421F"/>
     <w:rsid w:val="0056424B"/>
     <w:rsid w:val="005664B7"/>
     <w:rsid w:val="005720FC"/>
     <w:rsid w:val="00583FD1"/>
     <w:rsid w:val="0059078A"/>
     <w:rsid w:val="005924A8"/>
     <w:rsid w:val="005957DA"/>
     <w:rsid w:val="005C49FE"/>
     <w:rsid w:val="005C7B3D"/>
+    <w:rsid w:val="005D03AA"/>
     <w:rsid w:val="005D0660"/>
     <w:rsid w:val="005D0668"/>
+    <w:rsid w:val="005D09E9"/>
+    <w:rsid w:val="005D435D"/>
     <w:rsid w:val="005D694C"/>
     <w:rsid w:val="005F4BFA"/>
     <w:rsid w:val="005F701A"/>
     <w:rsid w:val="00605525"/>
     <w:rsid w:val="006061EB"/>
     <w:rsid w:val="0061277D"/>
     <w:rsid w:val="0061306C"/>
+    <w:rsid w:val="00620CE5"/>
     <w:rsid w:val="006255DE"/>
     <w:rsid w:val="00625915"/>
     <w:rsid w:val="006362EB"/>
     <w:rsid w:val="00636DCD"/>
+    <w:rsid w:val="0064139D"/>
     <w:rsid w:val="00641875"/>
     <w:rsid w:val="00653DC0"/>
     <w:rsid w:val="00665E3A"/>
     <w:rsid w:val="00675FB6"/>
     <w:rsid w:val="00691457"/>
     <w:rsid w:val="00694D2F"/>
+    <w:rsid w:val="006B2C9E"/>
     <w:rsid w:val="006C5B73"/>
+    <w:rsid w:val="00700B1A"/>
     <w:rsid w:val="007012EE"/>
     <w:rsid w:val="00707D6A"/>
     <w:rsid w:val="00711585"/>
     <w:rsid w:val="00715AE5"/>
     <w:rsid w:val="00722145"/>
     <w:rsid w:val="00733EE5"/>
     <w:rsid w:val="0075694A"/>
     <w:rsid w:val="0076328B"/>
     <w:rsid w:val="007733A7"/>
+    <w:rsid w:val="00773D7F"/>
     <w:rsid w:val="00773D95"/>
     <w:rsid w:val="00781A42"/>
     <w:rsid w:val="00795BAA"/>
+    <w:rsid w:val="007A329A"/>
     <w:rsid w:val="007A3323"/>
     <w:rsid w:val="007A7CF4"/>
     <w:rsid w:val="007B317A"/>
     <w:rsid w:val="007B7A9D"/>
     <w:rsid w:val="007C39B1"/>
     <w:rsid w:val="007C4D46"/>
     <w:rsid w:val="007D1AEF"/>
+    <w:rsid w:val="00846A42"/>
     <w:rsid w:val="0086051E"/>
     <w:rsid w:val="00860567"/>
+    <w:rsid w:val="00876CA8"/>
     <w:rsid w:val="008B3462"/>
     <w:rsid w:val="008D014D"/>
     <w:rsid w:val="008E0024"/>
     <w:rsid w:val="008E2FC1"/>
     <w:rsid w:val="008E71BF"/>
     <w:rsid w:val="008F345F"/>
+    <w:rsid w:val="008F797F"/>
     <w:rsid w:val="00900424"/>
     <w:rsid w:val="009203B1"/>
     <w:rsid w:val="009236D1"/>
     <w:rsid w:val="00924715"/>
     <w:rsid w:val="00925799"/>
     <w:rsid w:val="00934155"/>
     <w:rsid w:val="0094578C"/>
+    <w:rsid w:val="00961F1F"/>
+    <w:rsid w:val="00973F4D"/>
     <w:rsid w:val="00983B74"/>
     <w:rsid w:val="009856C9"/>
     <w:rsid w:val="009A1B4F"/>
+    <w:rsid w:val="009A6EDC"/>
     <w:rsid w:val="009B089D"/>
     <w:rsid w:val="009B2D20"/>
     <w:rsid w:val="009D322F"/>
+    <w:rsid w:val="009D3C9E"/>
     <w:rsid w:val="009D5A42"/>
     <w:rsid w:val="009E52CA"/>
     <w:rsid w:val="009F3FAC"/>
     <w:rsid w:val="00A04EF2"/>
     <w:rsid w:val="00A14A4B"/>
     <w:rsid w:val="00A336EC"/>
     <w:rsid w:val="00A46D7F"/>
+    <w:rsid w:val="00A623BA"/>
     <w:rsid w:val="00A67BFA"/>
     <w:rsid w:val="00A70F54"/>
     <w:rsid w:val="00A806E1"/>
     <w:rsid w:val="00A82BA6"/>
     <w:rsid w:val="00A9717A"/>
     <w:rsid w:val="00AA4A3E"/>
+    <w:rsid w:val="00AB2472"/>
     <w:rsid w:val="00AD07FE"/>
     <w:rsid w:val="00AD639D"/>
     <w:rsid w:val="00AE65B6"/>
+    <w:rsid w:val="00AE71DF"/>
     <w:rsid w:val="00AF286C"/>
     <w:rsid w:val="00B058F7"/>
     <w:rsid w:val="00B075EB"/>
     <w:rsid w:val="00B1390B"/>
+    <w:rsid w:val="00B26450"/>
     <w:rsid w:val="00B30B29"/>
     <w:rsid w:val="00B33707"/>
     <w:rsid w:val="00B3762C"/>
     <w:rsid w:val="00B44D55"/>
     <w:rsid w:val="00B476E2"/>
     <w:rsid w:val="00B62BEB"/>
     <w:rsid w:val="00B62CB4"/>
     <w:rsid w:val="00B644DB"/>
     <w:rsid w:val="00B87128"/>
+    <w:rsid w:val="00B9589E"/>
     <w:rsid w:val="00BA2A16"/>
     <w:rsid w:val="00BA2F7E"/>
     <w:rsid w:val="00BA429A"/>
     <w:rsid w:val="00BD4551"/>
+    <w:rsid w:val="00BD7C75"/>
     <w:rsid w:val="00BE0548"/>
+    <w:rsid w:val="00BE2FC4"/>
     <w:rsid w:val="00BE5E04"/>
     <w:rsid w:val="00BF509F"/>
     <w:rsid w:val="00BF7A0E"/>
     <w:rsid w:val="00C17264"/>
     <w:rsid w:val="00C245B7"/>
     <w:rsid w:val="00C331CE"/>
     <w:rsid w:val="00C44210"/>
     <w:rsid w:val="00C651B9"/>
+    <w:rsid w:val="00C65969"/>
     <w:rsid w:val="00C710FC"/>
     <w:rsid w:val="00C76D9F"/>
     <w:rsid w:val="00C8151F"/>
     <w:rsid w:val="00C81DB9"/>
+    <w:rsid w:val="00C920FE"/>
+    <w:rsid w:val="00C96CD0"/>
     <w:rsid w:val="00C97AF0"/>
     <w:rsid w:val="00CB0C4E"/>
     <w:rsid w:val="00CC7491"/>
     <w:rsid w:val="00CD5285"/>
+    <w:rsid w:val="00CE696E"/>
     <w:rsid w:val="00D02256"/>
+    <w:rsid w:val="00D02D70"/>
     <w:rsid w:val="00D05AEC"/>
+    <w:rsid w:val="00D07898"/>
     <w:rsid w:val="00D11E8C"/>
     <w:rsid w:val="00D124D1"/>
     <w:rsid w:val="00D246FE"/>
     <w:rsid w:val="00D3654B"/>
     <w:rsid w:val="00D43870"/>
     <w:rsid w:val="00D527FD"/>
+    <w:rsid w:val="00D611E0"/>
     <w:rsid w:val="00D74249"/>
     <w:rsid w:val="00D77426"/>
     <w:rsid w:val="00D874D4"/>
     <w:rsid w:val="00DA1A84"/>
+    <w:rsid w:val="00DA1C4E"/>
     <w:rsid w:val="00DA5F9B"/>
     <w:rsid w:val="00DB13D8"/>
     <w:rsid w:val="00DB2419"/>
+    <w:rsid w:val="00DB49B9"/>
     <w:rsid w:val="00DB4AAB"/>
     <w:rsid w:val="00DC1472"/>
     <w:rsid w:val="00DC7266"/>
     <w:rsid w:val="00DF20CB"/>
     <w:rsid w:val="00DF69D4"/>
     <w:rsid w:val="00E048A5"/>
     <w:rsid w:val="00E06734"/>
     <w:rsid w:val="00E2053D"/>
     <w:rsid w:val="00E371F1"/>
     <w:rsid w:val="00E415A1"/>
     <w:rsid w:val="00E54C8A"/>
     <w:rsid w:val="00E614F0"/>
     <w:rsid w:val="00E62E71"/>
     <w:rsid w:val="00E7190A"/>
     <w:rsid w:val="00E8448B"/>
     <w:rsid w:val="00EA4B7E"/>
     <w:rsid w:val="00EA5F65"/>
     <w:rsid w:val="00EB5A53"/>
     <w:rsid w:val="00EB5C23"/>
     <w:rsid w:val="00EC0C71"/>
     <w:rsid w:val="00EC39B5"/>
+    <w:rsid w:val="00EF117A"/>
     <w:rsid w:val="00F01920"/>
     <w:rsid w:val="00F02D2B"/>
     <w:rsid w:val="00F07831"/>
     <w:rsid w:val="00F200CF"/>
     <w:rsid w:val="00F54AC6"/>
     <w:rsid w:val="00F54F02"/>
     <w:rsid w:val="00F65284"/>
     <w:rsid w:val="00F67508"/>
     <w:rsid w:val="00F74AF9"/>
     <w:rsid w:val="00F96B61"/>
+    <w:rsid w:val="00FB52C3"/>
+    <w:rsid w:val="00FB6982"/>
     <w:rsid w:val="00FD17CC"/>
     <w:rsid w:val="00FD365E"/>
     <w:rsid w:val="00FE5931"/>
     <w:rsid w:val="00FE5F0A"/>
     <w:rsid w:val="00FF0584"/>
     <w:rsid w:val="00FF091D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -17813,51 +19407,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Gul">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="39302A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E5DEDB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFCA08"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F8931D"/>
       </a:accent2>
       <a:accent3>
@@ -18095,73 +19689,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\SIST02.XSL" StyleName="SIST02" Version="2003"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4E5282B-6CE9-45CA-94CB-7377942403C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>35831</Characters>
+  <Pages>23</Pages>
+  <Words>6597</Words>
+  <Characters>37078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>298</Lines>
-  <Paragraphs>85</Paragraphs>
+  <Lines>806</Lines>
+  <Paragraphs>459</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42506</CharactersWithSpaces>
+  <CharactersWithSpaces>43216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>