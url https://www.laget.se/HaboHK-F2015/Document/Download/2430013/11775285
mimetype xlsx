--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sandahlsbolagen.se\data\Users\Rickard.Svensson\Documents\Evelina\Handboll\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Evelina\Handboll\2025 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{944E8C34-AE1D-4222-9126-B985ED4AACC6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{107469FA-6826-4979-B1BC-FBCB631203CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="166">
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Hemmalag</t>
   </si>
   <si>
     <t>Bortalag</t>
   </si>
   <si>
     <t>Spelplats</t>
   </si>
   <si>
     <t>2025-10-26</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
     <t>Habo HK vit</t>
   </si>
   <si>
     <t>IFK Bankeryd 2</t>
   </si>
   <si>
@@ -340,62 +340,50 @@
   <si>
     <t>Elina</t>
   </si>
   <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Olivia</t>
   </si>
   <si>
     <t>Moa</t>
   </si>
   <si>
     <t>8.30-10.30</t>
   </si>
   <si>
     <t>10.30-13.00</t>
   </si>
   <si>
     <t>16.00-18.00</t>
   </si>
   <si>
     <t>18.00-19.30</t>
   </si>
   <si>
-    <t>Pass 1</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Leonora, </t>
   </si>
   <si>
     <t>Selma,</t>
   </si>
   <si>
     <t xml:space="preserve">Lilly, </t>
   </si>
   <si>
     <t>Grupper:</t>
   </si>
   <si>
     <t>Alicia, och Stina</t>
   </si>
   <si>
     <t>Elina och Elvira</t>
   </si>
   <si>
     <t>Junie</t>
   </si>
   <si>
     <t>13.00</t>
   </si>
   <si>
     <t>11.45</t>
@@ -481,90 +469,108 @@
   <si>
     <t>F16</t>
   </si>
   <si>
     <t>f16</t>
   </si>
   <si>
     <t>10.45</t>
   </si>
   <si>
     <t>Leonora &amp; Nellie</t>
   </si>
   <si>
     <t>8.30-10.00</t>
   </si>
   <si>
     <t>10.00-11.30</t>
   </si>
   <si>
     <t>7.30-9.30</t>
   </si>
   <si>
     <t>9.30-11.30</t>
   </si>
   <si>
-    <t>7.00-9.00</t>
-[...4 lines deleted...]
-  <si>
     <t>08.30</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>09.45</t>
   </si>
   <si>
     <t>08.30-10.00</t>
   </si>
   <si>
     <t>13.30</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
-    <t>13.30-15.45</t>
-[...1 lines deleted...]
-  <si>
     <t>7.15-9.30</t>
   </si>
   <si>
     <t>11.30-13.30</t>
   </si>
   <si>
     <t>08.45</t>
   </si>
   <si>
     <t>10.00</t>
+  </si>
+  <si>
+    <t>12.00-14.00</t>
+  </si>
+  <si>
+    <t>14.00-16.00</t>
+  </si>
+  <si>
+    <t>13.30-16.00</t>
+  </si>
+  <si>
+    <t>13.15</t>
+  </si>
+  <si>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>9.30-12.00</t>
+  </si>
+  <si>
+    <t>12.00-14.30</t>
+  </si>
+  <si>
+    <t>Alléhallen</t>
+  </si>
+  <si>
+    <t>9.45-12.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -975,51 +981,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="87">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
@@ -1067,68 +1073,64 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="16" fontId="3" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="2" fillId="2" borderId="18" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{4E72853A-7F7D-4D58-BDC6-F0EC834EEEB6}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1396,97 +1398,97 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:W63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="D1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="N33" sqref="N33"/>
+    <sheetView tabSelected="1" zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
+      <selection activeCell="U41" sqref="U41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="31.5703125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.28515625" customWidth="1"/>
     <col min="21" max="21" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="B1" s="80" t="s">
+      <c r="B1" s="82" t="s">
         <v>61</v>
       </c>
-      <c r="C1" s="80"/>
-[...3 lines deleted...]
-      <c r="G1" s="80"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="82"/>
+      <c r="F1" s="82"/>
+      <c r="G1" s="82"/>
       <c r="H1" s="11"/>
-      <c r="J1" s="80" t="s">
+      <c r="J1" s="82" t="s">
         <v>62</v>
       </c>
-      <c r="K1" s="80"/>
-[...2 lines deleted...]
-      <c r="N1" s="80"/>
+      <c r="K1" s="82"/>
+      <c r="L1" s="82"/>
+      <c r="M1" s="82"/>
+      <c r="N1" s="82"/>
       <c r="O1" s="1"/>
       <c r="Q1" s="12" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="R1" s="54"/>
       <c r="S1" s="55"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B2" s="61" t="s">
         <v>63</v>
       </c>
       <c r="C2" s="62" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="63" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="63" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="63" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="63" t="s">
         <v>64</v>
       </c>
       <c r="H2" s="10"/>
       <c r="J2" s="64" t="s">
@@ -1516,92 +1518,92 @@
       <c r="S2" s="60">
         <v>3</v>
       </c>
       <c r="V2" s="5"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B3" s="38" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="6" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="H3" s="5"/>
       <c r="I3" s="5" t="s">
         <v>75</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="K3" s="7" t="s">
         <v>49</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N3" s="7" t="s">
         <v>19</v>
       </c>
       <c r="O3" s="1"/>
       <c r="Q3" s="16" t="s">
         <v>68</v>
       </c>
       <c r="R3" s="5" t="s">
         <v>65</v>
       </c>
       <c r="S3" s="13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
       <c r="B4" s="38" t="s">
         <v>48</v>
       </c>
       <c r="C4" s="36" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="6"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="7" t="s">
         <v>69</v>
       </c>
       <c r="K4" s="7" t="s">
         <v>50</v>
       </c>
       <c r="L4" s="7" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="7" t="s">
         <v>32</v>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="1"/>
       <c r="Q4" s="14" t="s">
         <v>88</v>
       </c>
@@ -1645,88 +1647,88 @@
       <c r="B6" s="37"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="1"/>
       <c r="I6" s="5" t="s">
         <v>76</v>
       </c>
       <c r="J6" s="43" t="s">
         <v>11</v>
       </c>
       <c r="K6" s="40" t="s">
         <v>51</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>24</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="O6" s="6" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="Q6" s="16" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>87</v>
       </c>
       <c r="S6" s="15" t="s">
         <v>96</v>
       </c>
       <c r="V6" s="5"/>
     </row>
     <row r="7" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="1"/>
       <c r="J7" s="44" t="s">
         <v>71</v>
       </c>
       <c r="K7" s="40" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="Q7" s="14" t="s">
         <v>97</v>
       </c>
       <c r="R7" t="s">
         <v>93</v>
       </c>
       <c r="S7" s="15" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C8" s="1" t="s">
@@ -1734,51 +1736,51 @@
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="J8" s="39"/>
       <c r="K8" s="40" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="N8" s="4"/>
       <c r="O8" s="6"/>
       <c r="Q8" s="14" t="s">
         <v>95</v>
       </c>
       <c r="R8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="S8" s="15" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="I9" s="5"/>
       <c r="J9" s="46"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="1"/>
       <c r="Q9" s="18"/>
       <c r="S9" s="19"/>
       <c r="V9" s="5"/>
     </row>
     <row r="10" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
@@ -1872,51 +1874,51 @@
       <c r="O12" s="1"/>
       <c r="Q12" s="16"/>
       <c r="S12" s="13"/>
       <c r="V12" s="5"/>
     </row>
     <row r="13" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="40" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>78</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K13" s="7" t="s">
         <v>55</v>
       </c>
       <c r="L13" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N13" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O13" s="1"/>
       <c r="Q13" s="16"/>
       <c r="S13" s="13"/>
       <c r="V13" s="5"/>
     </row>
     <row r="14" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -1969,1044 +1971,1043 @@
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="1"/>
       <c r="V15" s="5"/>
     </row>
     <row r="16" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="35"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="5"/>
       <c r="J16" s="47" t="s">
         <v>86</v>
       </c>
       <c r="K16" s="28"/>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="5"/>
-      <c r="Q16" s="77" t="s">
-[...8 lines deleted...]
-      <c r="V16" s="79"/>
+      <c r="Q16" s="79" t="s">
+        <v>132</v>
+      </c>
+      <c r="R16" s="80"/>
+      <c r="S16" s="80"/>
+      <c r="T16" s="81"/>
+      <c r="U16" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="V16" s="81"/>
       <c r="W16" s="75" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="27" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="I17" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="43" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="41">
         <v>0.34375</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="Q17" s="70">
         <v>45956</v>
       </c>
       <c r="R17" s="71" t="s">
         <v>99</v>
       </c>
       <c r="S17" s="71" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="T17" s="72" t="s">
         <v>87</v>
       </c>
       <c r="U17" s="73"/>
       <c r="V17" s="72"/>
       <c r="W17" s="74"/>
     </row>
     <row r="18" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="1"/>
       <c r="J18" s="50"/>
       <c r="K18" s="41">
         <v>0.39583333333333331</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="N18" s="4"/>
       <c r="O18" s="4"/>
       <c r="Q18" s="24"/>
       <c r="R18" s="8" t="s">
         <v>100</v>
       </c>
       <c r="S18" s="8" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="T18" s="23" t="s">
         <v>92</v>
       </c>
       <c r="U18" s="68"/>
       <c r="V18" s="25"/>
       <c r="W18" s="66"/>
     </row>
     <row r="19" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B19" s="8" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="J19" s="51" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="K19" s="40" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="N19" s="4"/>
       <c r="O19" s="4"/>
       <c r="Q19" s="24"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="25"/>
       <c r="U19" s="69"/>
       <c r="V19" s="25"/>
       <c r="W19" s="66"/>
     </row>
     <row r="20" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="J20" s="46"/>
       <c r="K20" s="7"/>
       <c r="L20" s="7"/>
       <c r="M20" s="7"/>
       <c r="N20" s="7"/>
       <c r="O20" s="1"/>
       <c r="Q20" s="22">
         <v>45984</v>
       </c>
       <c r="R20" s="8" t="s">
         <v>101</v>
       </c>
       <c r="S20" s="8" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="T20" s="25" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="U20" s="69"/>
       <c r="V20" s="23"/>
       <c r="W20" s="66"/>
     </row>
     <row r="21" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="1"/>
       <c r="I21" s="33" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="31">
         <v>46039</v>
       </c>
       <c r="K21" s="32" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="L21" s="32" t="s">
         <v>26</v>
       </c>
       <c r="M21" s="32" t="s">
         <v>21</v>
       </c>
       <c r="N21" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="O21" s="81"/>
+      <c r="O21" s="77"/>
       <c r="Q21" s="24"/>
       <c r="R21" s="8" t="s">
         <v>102</v>
       </c>
       <c r="S21" s="8" t="s">
         <v>96</v>
       </c>
       <c r="T21" s="25" t="s">
         <v>91</v>
       </c>
       <c r="U21" s="69"/>
       <c r="V21" s="25"/>
       <c r="W21" s="66"/>
     </row>
     <row r="22" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B22" s="8" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="I22" s="34" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J22" s="32" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="K22" s="32" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="L22" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="32" t="s">
         <v>10</v>
       </c>
       <c r="N22" s="32"/>
-      <c r="O22" s="81"/>
+      <c r="O22" s="77"/>
       <c r="Q22" s="24"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="25"/>
       <c r="U22" s="69"/>
       <c r="V22" s="25"/>
       <c r="W22" s="66"/>
     </row>
     <row r="23" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="J23" s="45"/>
       <c r="K23" s="7"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="1"/>
       <c r="Q23" s="22">
         <v>46012</v>
       </c>
       <c r="R23" s="8" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="S23" s="8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="T23" s="25" t="s">
         <v>98</v>
       </c>
       <c r="U23" s="69"/>
       <c r="V23" s="23"/>
       <c r="W23" s="66"/>
     </row>
     <row r="24" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G24" s="1"/>
       <c r="I24" s="5" t="s">
         <v>81</v>
       </c>
       <c r="J24" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="K24" s="82" t="s">
-        <v>152</v>
+      <c r="K24" s="78" t="s">
+        <v>146</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>7</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="O24" s="6" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Q24" s="24"/>
       <c r="R24" s="8" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="S24" s="8" t="s">
         <v>94</v>
       </c>
       <c r="T24" s="25" t="s">
         <v>97</v>
       </c>
       <c r="U24" s="69"/>
       <c r="V24" s="25"/>
       <c r="W24" s="66"/>
     </row>
     <row r="25" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="8" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="J25" s="50"/>
-      <c r="K25" s="82" t="s">
-        <v>154</v>
+      <c r="K25" s="78" t="s">
+        <v>148</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>7</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N25" s="4"/>
       <c r="O25" s="4"/>
       <c r="Q25" s="24"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="25"/>
       <c r="U25" s="69"/>
       <c r="V25" s="25"/>
       <c r="W25" s="66"/>
     </row>
     <row r="26" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B26" s="42"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="J26" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="K26" s="82" t="s">
-        <v>153</v>
+      <c r="K26" s="78" t="s">
+        <v>147</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N26" s="4"/>
       <c r="O26" s="4"/>
       <c r="Q26" s="22">
         <v>45667</v>
       </c>
       <c r="R26" s="8" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="S26" s="8" t="s">
         <v>91</v>
       </c>
       <c r="T26" s="23" t="s">
         <v>96</v>
       </c>
       <c r="U26" s="56" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="V26" s="23" t="s">
         <v>87</v>
       </c>
       <c r="W26" s="66" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="43" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="40" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="I27" s="5"/>
       <c r="J27" s="48"/>
       <c r="K27" s="7"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="1"/>
       <c r="Q27" s="56" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="R27" s="8" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="S27" s="8" t="s">
         <v>93</v>
       </c>
       <c r="T27" s="23" t="s">
         <v>92</v>
       </c>
       <c r="U27" s="56" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="V27" s="23" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="W27" s="66"/>
     </row>
     <row r="28" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B28" s="50"/>
       <c r="C28" s="40" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="I28" s="5" t="s">
         <v>82</v>
       </c>
       <c r="J28" s="52" t="s">
         <v>38</v>
       </c>
       <c r="K28" s="76">
         <v>0.51041666666666663</v>
       </c>
       <c r="L28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="M28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="9" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="6" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="Q28" s="24"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="25"/>
       <c r="U28" s="24"/>
       <c r="V28" s="25"/>
       <c r="W28" s="66"/>
     </row>
     <row r="29" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C29" s="40" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="J29" s="50"/>
       <c r="K29" s="40" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="L29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="9" t="s">
         <v>7</v>
       </c>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="Q29" s="22">
         <v>45689</v>
       </c>
       <c r="R29" s="8" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="S29" s="8" t="s">
         <v>98</v>
       </c>
       <c r="T29" s="23" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="U29" s="56" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="V29" s="23" t="s">
         <v>93</v>
       </c>
       <c r="W29" s="66" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
     </row>
     <row r="30" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A30" s="5"/>
       <c r="C30" s="49"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="J30" s="53" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="K30" s="76">
         <v>0.61458333333333337</v>
       </c>
       <c r="L30" s="9" t="s">
         <v>21</v>
       </c>
       <c r="M30" s="9" t="s">
         <v>7</v>
       </c>
       <c r="N30" s="9"/>
       <c r="O30" s="4"/>
       <c r="Q30" s="56" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="R30" s="8" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="S30" s="8" t="s">
         <v>95</v>
       </c>
       <c r="T30" s="23" t="s">
         <v>89</v>
       </c>
       <c r="U30" s="56" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="V30" s="23" t="s">
         <v>97</v>
       </c>
       <c r="W30" s="66"/>
     </row>
     <row r="31" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="43" t="s">
         <v>40</v>
       </c>
-      <c r="C31" s="40" t="s">
-        <v>157</v>
+      <c r="C31" s="78" t="s">
+        <v>140</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="F31" s="4" t="s">
-        <v>8</v>
+      <c r="F31" s="77" t="s">
+        <v>164</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="J31" s="46"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="1"/>
       <c r="Q31" s="24"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="25"/>
       <c r="U31" s="24"/>
       <c r="V31" s="25"/>
       <c r="W31" s="66"/>
     </row>
     <row r="32" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B32" s="50"/>
-      <c r="C32" s="40" t="s">
-        <v>158</v>
+      <c r="C32" s="78" t="s">
+        <v>161</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>32</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
-      <c r="I32" s="85" t="s">
+      <c r="I32" s="5" t="s">
         <v>83</v>
       </c>
       <c r="J32" s="31">
         <v>46095</v>
       </c>
       <c r="K32" s="32" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="L32" s="83" t="s">
+        <v>155</v>
+      </c>
+      <c r="L32" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="M32" s="83" t="s">
+      <c r="M32" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="N32" s="83" t="s">
+      <c r="N32" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="O32" s="84"/>
+      <c r="O32" s="1"/>
       <c r="Q32" s="22">
         <v>45709</v>
       </c>
       <c r="R32" s="8" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="S32" s="8" t="s">
         <v>88</v>
       </c>
       <c r="T32" s="23" t="s">
         <v>95</v>
       </c>
       <c r="U32" s="56" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="V32" s="23" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="W32" s="66" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B33" s="51" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>124</v>
+      </c>
+      <c r="C33" s="78" t="s">
+        <v>160</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
-      <c r="I33" s="86"/>
-[...1 lines deleted...]
-        <v>126</v>
+      <c r="J33" s="7" t="s">
+        <v>122</v>
       </c>
       <c r="K33" s="32" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="L33" s="83" t="s">
+        <v>156</v>
+      </c>
+      <c r="L33" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="M33" s="83" t="s">
+      <c r="M33" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="N33" s="83"/>
-      <c r="O33" s="84"/>
+      <c r="N33" s="7"/>
+      <c r="O33" s="1"/>
       <c r="Q33" s="56" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="R33" s="8" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="S33" s="8" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="T33" s="23" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="U33" s="56" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="V33" s="23" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="W33" s="66"/>
     </row>
     <row r="34" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B34" s="35"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="1"/>
       <c r="Q34" s="22">
         <v>45709</v>
       </c>
       <c r="R34" s="8" t="s">
-        <v>105</v>
+        <v>157</v>
       </c>
       <c r="S34" s="8" t="s">
         <v>89</v>
       </c>
       <c r="T34" s="23" t="s">
         <v>87</v>
       </c>
       <c r="U34" s="56" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="V34" s="23" t="s">
         <v>96</v>
       </c>
       <c r="W34" s="66" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G35" s="1"/>
       <c r="I35" s="5" t="s">
         <v>84</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O35" s="1"/>
       <c r="Q35" s="56" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="R35" s="8" t="s">
-        <v>106</v>
+        <v>158</v>
       </c>
       <c r="S35" s="8" t="s">
         <v>90</v>
       </c>
       <c r="T35" s="23" t="s">
         <v>94</v>
       </c>
       <c r="U35" s="56" t="s">
         <v>159</v>
       </c>
       <c r="V35" s="23" t="s">
         <v>91</v>
       </c>
       <c r="W35" s="66"/>
     </row>
     <row r="36" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B36" s="8" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="J36" s="7" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="K36" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L36" s="7" t="s">
         <v>21</v>
       </c>
       <c r="M36" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="1"/>
       <c r="Q36" s="24"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="25"/>
       <c r="U36" s="24"/>
       <c r="V36" s="25"/>
       <c r="W36" s="66"/>
     </row>
     <row r="37" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="1"/>
       <c r="Q37" s="22">
         <v>45723</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>103</v>
+        <v>162</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="T37" s="23" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="U37" s="56" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="V37" s="23" t="s">
         <v>94</v>
       </c>
       <c r="W37" s="66" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>46</v>
       </c>
       <c r="G38" s="1"/>
       <c r="I38" s="5" t="s">
         <v>85</v>
       </c>
       <c r="J38" s="7" t="s">
         <v>45</v>
       </c>
       <c r="K38" s="7" t="s">
         <v>47</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>6</v>
       </c>
       <c r="M38" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N38" s="7" t="s">
         <v>46</v>
       </c>
       <c r="O38" s="1"/>
       <c r="Q38" s="57" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="R38" s="26" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="S38" s="26" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="T38" s="65" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="U38" s="57" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="V38" s="65" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="W38" s="67"/>
     </row>
     <row r="39" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A39" s="5"/>
       <c r="B39" s="8" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="I39" s="5"/>
       <c r="J39" s="8" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>60</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>37</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="1"/>
     </row>
     <row r="41" spans="1:23" x14ac:dyDescent="0.25">
       <c r="Q41" s="29"/>
       <c r="S41" s="29"/>
       <c r="V41" s="5"/>
     </row>
     <row r="42" spans="1:23" x14ac:dyDescent="0.25">
       <c r="Q42" s="30"/>
       <c r="R42" s="5"/>
       <c r="S42" s="5"/>
       <c r="T42" s="5"/>
       <c r="U42" s="5"/>
       <c r="V42" s="5"/>