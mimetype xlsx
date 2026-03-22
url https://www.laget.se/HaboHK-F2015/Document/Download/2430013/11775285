--- v1 (2026-03-01)
+++ v2 (2026-03-22)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Evelina\Handboll\2025 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{107469FA-6826-4979-B1BC-FBCB631203CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{440D6237-96F9-4FEA-86D1-6D2CD1D2793F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="166">
@@ -157,53 +157,50 @@
   <si>
     <t>2026-02-01</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Töråshallen Andestorp</t>
   </si>
   <si>
     <t>Anderstorps SK</t>
   </si>
   <si>
     <t>2026-02-21</t>
   </si>
   <si>
     <t>HK Vaggeryd</t>
   </si>
   <si>
     <t>2026-03-07</t>
   </si>
   <si>
     <t>2026-03-21</t>
   </si>
   <si>
-    <t>10:30</t>
-[...1 lines deleted...]
-  <si>
     <t>Vaggeryds Sporthall</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>2026-03-28</t>
   </si>
   <si>
     <t>Anderstorps Sporthall</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>Grupp 1 och 2</t>
   </si>
   <si>
     <t>15:30</t>
   </si>
   <si>
     <t>16:40</t>
   </si>
   <si>
     <t>16:15</t>
@@ -527,50 +524,53 @@
     <t>12.00-14.00</t>
   </si>
   <si>
     <t>14.00-16.00</t>
   </si>
   <si>
     <t>13.30-16.00</t>
   </si>
   <si>
     <t>13.15</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>9.30-12.00</t>
   </si>
   <si>
     <t>12.00-14.30</t>
   </si>
   <si>
     <t>Alléhallen</t>
   </si>
   <si>
     <t>9.45-12.00</t>
+  </si>
+  <si>
+    <t>11.20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1399,1618 +1399,1618 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:W63"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
-      <selection activeCell="U41" sqref="U41"/>
+      <selection activeCell="G36" sqref="G36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="31.5703125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.28515625" customWidth="1"/>
     <col min="21" max="21" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B1" s="82" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C1" s="82"/>
       <c r="D1" s="82"/>
       <c r="E1" s="82"/>
       <c r="F1" s="82"/>
       <c r="G1" s="82"/>
       <c r="H1" s="11"/>
       <c r="J1" s="82" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K1" s="82"/>
       <c r="L1" s="82"/>
       <c r="M1" s="82"/>
       <c r="N1" s="82"/>
       <c r="O1" s="1"/>
       <c r="Q1" s="12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="R1" s="54"/>
       <c r="S1" s="55"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B2" s="61" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C2" s="62" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="63" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="63" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="63" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="63" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H2" s="10"/>
       <c r="J2" s="64" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K2" s="64" t="s">
         <v>0</v>
       </c>
       <c r="L2" s="63" t="s">
         <v>1</v>
       </c>
       <c r="M2" s="63" t="s">
         <v>2</v>
       </c>
       <c r="N2" s="63" t="s">
         <v>3</v>
       </c>
       <c r="O2" s="63" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q2" s="58">
         <v>1</v>
       </c>
       <c r="R2" s="59">
         <v>2</v>
       </c>
       <c r="S2" s="60">
         <v>3</v>
       </c>
       <c r="V2" s="5"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B3" s="38" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H3" s="5"/>
       <c r="I3" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="K3" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N3" s="7" t="s">
         <v>19</v>
       </c>
       <c r="O3" s="1"/>
       <c r="Q3" s="16" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="R3" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="S3" s="13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
       <c r="B4" s="38" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C4" s="36" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="6"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K4" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L4" s="7" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="7" t="s">
         <v>32</v>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="1"/>
       <c r="Q4" s="14" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="R4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="S4" s="15" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B5" s="39"/>
       <c r="C5" s="36" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="6"/>
       <c r="J5" s="45"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="1"/>
       <c r="Q5" s="16" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="R5" t="s">
+        <v>88</v>
+      </c>
+      <c r="S5" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B6" s="37"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="1"/>
       <c r="I6" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J6" s="43" t="s">
         <v>11</v>
       </c>
       <c r="K6" s="40" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>24</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="O6" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q6" s="16" t="s">
         <v>116</v>
       </c>
-      <c r="Q6" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R6" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="S6" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="V6" s="5"/>
     </row>
     <row r="7" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="1"/>
       <c r="J7" s="44" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K7" s="40" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="Q7" s="14" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="R7" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="S7" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="J8" s="39"/>
       <c r="K8" s="40" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="N8" s="4"/>
       <c r="O8" s="6"/>
       <c r="Q8" s="14" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="R8" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="S8" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="I9" s="5"/>
       <c r="J9" s="46"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="1"/>
       <c r="Q9" s="18"/>
       <c r="S9" s="19"/>
       <c r="V9" s="5"/>
     </row>
     <row r="10" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G10" s="1"/>
       <c r="I10" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="M10" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="O10" s="1"/>
       <c r="Q10" s="16"/>
       <c r="R10" s="5"/>
       <c r="S10" s="13"/>
     </row>
     <row r="11" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B11" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="J11" s="7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="1"/>
       <c r="Q11" s="16"/>
       <c r="S11" s="13"/>
       <c r="V11" s="5"/>
     </row>
     <row r="12" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="42"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="1"/>
       <c r="Q12" s="16"/>
       <c r="S12" s="13"/>
       <c r="V12" s="5"/>
     </row>
     <row r="13" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B13" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="40" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J13" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" s="7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L13" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N13" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O13" s="1"/>
       <c r="Q13" s="16"/>
       <c r="S13" s="13"/>
       <c r="V13" s="5"/>
     </row>
     <row r="14" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="44" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C14" s="41">
         <v>0.40625</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="J14" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K14" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L14" s="7" t="s">
         <v>10</v>
       </c>
       <c r="M14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="1"/>
       <c r="Q14" s="20"/>
       <c r="R14" s="17"/>
       <c r="S14" s="21"/>
       <c r="V14" s="5"/>
     </row>
     <row r="15" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="39"/>
       <c r="C15" s="40" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="4"/>
       <c r="G15" s="6"/>
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="1"/>
       <c r="V15" s="5"/>
     </row>
     <row r="16" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="35"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="5"/>
       <c r="J16" s="47" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="K16" s="28"/>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="79" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="R16" s="80"/>
       <c r="S16" s="80"/>
       <c r="T16" s="81"/>
       <c r="U16" s="79" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V16" s="81"/>
       <c r="W16" s="75" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="27" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="I17" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J17" s="43" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="41">
         <v>0.34375</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Q17" s="70">
         <v>45956</v>
       </c>
       <c r="R17" s="71" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S17" s="71" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="T17" s="72" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="U17" s="73"/>
       <c r="V17" s="72"/>
       <c r="W17" s="74"/>
     </row>
     <row r="18" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="1"/>
       <c r="J18" s="50"/>
       <c r="K18" s="41">
         <v>0.39583333333333331</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="N18" s="4"/>
       <c r="O18" s="4"/>
       <c r="Q18" s="24"/>
       <c r="R18" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="S18" s="8" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="T18" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="U18" s="68"/>
       <c r="V18" s="25"/>
       <c r="W18" s="66"/>
     </row>
     <row r="19" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B19" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="J19" s="51" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K19" s="40" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="N19" s="4"/>
       <c r="O19" s="4"/>
       <c r="Q19" s="24"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="25"/>
       <c r="U19" s="69"/>
       <c r="V19" s="25"/>
       <c r="W19" s="66"/>
     </row>
     <row r="20" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="J20" s="46"/>
       <c r="K20" s="7"/>
       <c r="L20" s="7"/>
       <c r="M20" s="7"/>
       <c r="N20" s="7"/>
       <c r="O20" s="1"/>
       <c r="Q20" s="22">
         <v>45984</v>
       </c>
       <c r="R20" s="8" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="S20" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="T20" s="25" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="U20" s="69"/>
       <c r="V20" s="23"/>
       <c r="W20" s="66"/>
     </row>
     <row r="21" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="1"/>
       <c r="I21" s="33" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J21" s="31">
         <v>46039</v>
       </c>
       <c r="K21" s="32" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="L21" s="32" t="s">
         <v>26</v>
       </c>
       <c r="M21" s="32" t="s">
         <v>21</v>
       </c>
       <c r="N21" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="O21" s="77"/>
       <c r="Q21" s="24"/>
       <c r="R21" s="8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="S21" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T21" s="25" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="U21" s="69"/>
       <c r="V21" s="25"/>
       <c r="W21" s="66"/>
     </row>
     <row r="22" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B22" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="I22" s="34" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J22" s="32" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="K22" s="32" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L22" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="32" t="s">
         <v>10</v>
       </c>
       <c r="N22" s="32"/>
       <c r="O22" s="77"/>
       <c r="Q22" s="24"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="25"/>
       <c r="U22" s="69"/>
       <c r="V22" s="25"/>
       <c r="W22" s="66"/>
     </row>
     <row r="23" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="J23" s="45"/>
       <c r="K23" s="7"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="1"/>
       <c r="Q23" s="22">
         <v>46012</v>
       </c>
       <c r="R23" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="S23" s="8" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="T23" s="25" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="U23" s="69"/>
       <c r="V23" s="23"/>
       <c r="W23" s="66"/>
     </row>
     <row r="24" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G24" s="1"/>
       <c r="I24" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J24" s="43" t="s">
         <v>34</v>
       </c>
       <c r="K24" s="78" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>7</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="O24" s="6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Q24" s="24"/>
       <c r="R24" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="S24" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="T24" s="25" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="U24" s="69"/>
       <c r="V24" s="25"/>
       <c r="W24" s="66"/>
     </row>
     <row r="25" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="J25" s="50"/>
       <c r="K25" s="78" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>7</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N25" s="4"/>
       <c r="O25" s="4"/>
       <c r="Q25" s="24"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="25"/>
       <c r="U25" s="69"/>
       <c r="V25" s="25"/>
       <c r="W25" s="66"/>
     </row>
     <row r="26" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B26" s="42"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="J26" s="51" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K26" s="78" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N26" s="4"/>
       <c r="O26" s="4"/>
       <c r="Q26" s="22">
         <v>45667</v>
       </c>
       <c r="R26" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="S26" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="T26" s="23" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="U26" s="56" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="V26" s="23" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="W26" s="66" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="27" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B27" s="43" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="40" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I27" s="5"/>
       <c r="J27" s="48"/>
       <c r="K27" s="7"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="1"/>
       <c r="Q27" s="56" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="R27" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="S27" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="T27" s="23" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="U27" s="56" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="V27" s="23" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="W27" s="66"/>
     </row>
     <row r="28" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B28" s="50"/>
       <c r="C28" s="40" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="I28" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J28" s="52" t="s">
         <v>38</v>
       </c>
       <c r="K28" s="76">
         <v>0.51041666666666663</v>
       </c>
       <c r="L28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="M28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="9" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="Q28" s="24"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="25"/>
       <c r="U28" s="24"/>
       <c r="V28" s="25"/>
       <c r="W28" s="66"/>
     </row>
     <row r="29" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B29" s="51" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C29" s="40" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="J29" s="50"/>
       <c r="K29" s="40" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="L29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="9" t="s">
         <v>7</v>
       </c>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="Q29" s="22">
         <v>45689</v>
       </c>
       <c r="R29" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="S29" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="T29" s="23" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="U29" s="56" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="V29" s="23" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="W29" s="66" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A30" s="5"/>
       <c r="C30" s="49"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="J30" s="53" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K30" s="76">
         <v>0.61458333333333337</v>
       </c>
       <c r="L30" s="9" t="s">
         <v>21</v>
       </c>
       <c r="M30" s="9" t="s">
         <v>7</v>
       </c>
       <c r="N30" s="9"/>
       <c r="O30" s="4"/>
       <c r="Q30" s="56" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="R30" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="S30" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="T30" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="U30" s="56" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="V30" s="23" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="W30" s="66"/>
     </row>
     <row r="31" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B31" s="43" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="78" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F31" s="77" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J31" s="46"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="1"/>
       <c r="Q31" s="24"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="25"/>
       <c r="U31" s="24"/>
       <c r="V31" s="25"/>
       <c r="W31" s="66"/>
     </row>
     <row r="32" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B32" s="50"/>
       <c r="C32" s="78" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>32</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="I32" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J32" s="31">
         <v>46095</v>
       </c>
       <c r="K32" s="32" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="L32" s="7" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>19</v>
       </c>
       <c r="O32" s="1"/>
       <c r="Q32" s="22">
         <v>45709</v>
       </c>
       <c r="R32" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="S32" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="T32" s="23" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="U32" s="56" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="V32" s="23" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="W32" s="66" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B33" s="51" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C33" s="78" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="J33" s="7" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="K33" s="32" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="L33" s="7" t="s">
         <v>21</v>
       </c>
       <c r="M33" s="7" t="s">
         <v>39</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="1"/>
       <c r="Q33" s="56" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="R33" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="S33" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="T33" s="23" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="U33" s="56" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="V33" s="23" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="W33" s="66"/>
     </row>
     <row r="34" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B34" s="35"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="1"/>
       <c r="Q34" s="22">
         <v>45709</v>
       </c>
       <c r="R34" s="8" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="S34" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="T34" s="23" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="U34" s="56" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="V34" s="23" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="W34" s="66" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C35" s="1" t="s">
-        <v>42</v>
+      <c r="C35" s="77" t="s">
+        <v>165</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G35" s="1"/>
       <c r="I35" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O35" s="1"/>
       <c r="Q35" s="56" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="R35" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="S35" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="T35" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="U35" s="56" t="s">
         <v>158</v>
       </c>
-      <c r="S35" s="8" t="s">
+      <c r="V35" s="23" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
       <c r="W35" s="66"/>
     </row>
     <row r="36" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B36" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="J36" s="7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K36" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L36" s="7" t="s">
         <v>21</v>
       </c>
       <c r="M36" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="1"/>
       <c r="Q36" s="24"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="25"/>
       <c r="U36" s="24"/>
       <c r="V36" s="25"/>
       <c r="W36" s="66"/>
     </row>
     <row r="37" spans="1:23" x14ac:dyDescent="0.25">
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="1"/>
       <c r="Q37" s="22">
         <v>45723</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="S37" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="T37" s="23" t="s">
         <v>138</v>
       </c>
-      <c r="T37" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U37" s="56" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="V37" s="23" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="W37" s="66" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="38" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G38" s="1"/>
       <c r="I38" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K38" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>6</v>
       </c>
       <c r="M38" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="O38" s="1"/>
       <c r="Q38" s="57" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="R38" s="26" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="S38" s="26" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="T38" s="65" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="U38" s="57" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="V38" s="65" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="W38" s="67"/>
     </row>
     <row r="39" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A39" s="5"/>
       <c r="B39" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="I39" s="5"/>
       <c r="J39" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>37</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="1"/>
     </row>
     <row r="41" spans="1:23" x14ac:dyDescent="0.25">
       <c r="Q41" s="29"/>
       <c r="S41" s="29"/>
       <c r="V41" s="5"/>
     </row>
     <row r="42" spans="1:23" x14ac:dyDescent="0.25">
       <c r="Q42" s="30"/>
       <c r="R42" s="5"/>
       <c r="S42" s="5"/>
       <c r="T42" s="5"/>
       <c r="U42" s="5"/>
       <c r="V42" s="5"/>
     </row>
     <row r="43" spans="1:23" x14ac:dyDescent="0.25">
       <c r="R43" s="5"/>