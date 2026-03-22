--- v0 (2026-02-09)
+++ v1 (2026-03-22)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sandahlsbolagen.se\data\Users\Rickard.Svensson\Documents\Evelina\Handboll\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Evelina\Handboll\2025 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E62A09F-8F2C-41A1-BA98-2D8D1178B827}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B088778-AD0B-47A0-AF12-6A1C3865C5D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D3720070-4F08-47AC-A9C6-C195C7380FE5}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="50">
   <si>
     <t>Kiosk</t>
   </si>
   <si>
     <t xml:space="preserve"> matchvärd</t>
   </si>
   <si>
     <t>Sekritariat</t>
   </si>
   <si>
     <t>8.30-10.30</t>
   </si>
   <si>
     <t xml:space="preserve">Leonora, </t>
   </si>
   <si>
     <t>Nellie</t>
   </si>
   <si>
     <t>10.30-13.00</t>
   </si>
   <si>
     <t xml:space="preserve">Lilly, </t>
   </si>
   <si>
@@ -97,138 +97,135 @@
   <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Alicia</t>
   </si>
   <si>
     <t>08.00-10.00</t>
   </si>
   <si>
     <t>Junie</t>
   </si>
   <si>
     <t>Moa</t>
   </si>
   <si>
     <t>10.00-12.00</t>
   </si>
   <si>
     <t>Lovis</t>
   </si>
   <si>
     <t>Olivia</t>
   </si>
   <si>
-    <t>Pass 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Lovis &amp; Lilly</t>
   </si>
   <si>
     <t>2 &amp; 3</t>
   </si>
   <si>
-    <t>Pass 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Elvira</t>
   </si>
   <si>
     <t>Leonora &amp; Nellie</t>
   </si>
   <si>
     <t>1 &amp; 2</t>
   </si>
   <si>
     <t>Elina</t>
   </si>
   <si>
     <t>Stina</t>
   </si>
   <si>
     <t>Leonora</t>
   </si>
   <si>
     <t>F16</t>
   </si>
   <si>
     <t>Moa &amp; Olivia</t>
   </si>
   <si>
     <t>1 &amp; F16</t>
   </si>
   <si>
-    <t>Pass 3</t>
-[...1 lines deleted...]
-  <si>
     <t>Junie &amp; Selma</t>
   </si>
   <si>
-    <t>Pass 4</t>
-[...1 lines deleted...]
-  <si>
     <t>Lilly</t>
   </si>
   <si>
     <t>f16</t>
   </si>
   <si>
     <t>Stina &amp; Elvira</t>
   </si>
   <si>
     <t>2 &amp; F16</t>
   </si>
   <si>
     <t>10.00-11.30</t>
   </si>
   <si>
     <t>08.30-10.00</t>
   </si>
   <si>
     <t>8.30-10.00</t>
   </si>
   <si>
     <t>7.30-9.30</t>
   </si>
   <si>
     <t>9.30-11.30</t>
   </si>
   <si>
-    <t>7.00-9.00</t>
-[...4 lines deleted...]
-  <si>
     <t>7.15-9.30</t>
   </si>
   <si>
     <t>11.30-13.30</t>
   </si>
   <si>
-    <t>13.30-15.45</t>
+    <t>12.00-14.00</t>
+  </si>
+  <si>
+    <t>14.00-16.00</t>
+  </si>
+  <si>
+    <t>13.30-16.00</t>
+  </si>
+  <si>
+    <t>9.30-12.00</t>
+  </si>
+  <si>
+    <t>9.45-12.00</t>
+  </si>
+  <si>
+    <t>12.00-14.30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -471,70 +468,70 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -832,444 +829,444 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55226B83-7CB9-4D4A-8AE7-CDF1B37C989A}">
   <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L20" sqref="L20"/>
+      <selection activeCell="M28" sqref="M28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...2 lines deleted...]
-      <c r="E1" s="10" t="s">
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="F1" s="12"/>
-      <c r="G1" s="13" t="s">
+      <c r="F1" s="23"/>
+      <c r="G1" s="10" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="14">
+      <c r="A2" s="11">
         <v>45956</v>
       </c>
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="16" t="s">
+      <c r="D2" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="E2" s="17"/>
-[...1 lines deleted...]
-      <c r="G2" s="18"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="15"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="19"/>
+      <c r="E3" s="16"/>
       <c r="F3" s="5"/>
-      <c r="G3" s="20"/>
+      <c r="G3" s="17"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="5"/>
-      <c r="E4" s="21"/>
+      <c r="E4" s="18"/>
       <c r="F4" s="5"/>
-      <c r="G4" s="20"/>
+      <c r="G4" s="17"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="1">
         <v>45984</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="21"/>
+      <c r="E5" s="18"/>
       <c r="F5" s="3"/>
-      <c r="G5" s="20"/>
+      <c r="G5" s="17"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="21"/>
+      <c r="E6" s="18"/>
       <c r="F6" s="5"/>
-      <c r="G6" s="20"/>
+      <c r="G6" s="17"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="4"/>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="5"/>
-      <c r="E7" s="21"/>
+      <c r="E7" s="18"/>
       <c r="F7" s="5"/>
-      <c r="G7" s="20"/>
+      <c r="G7" s="17"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>46012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="E8" s="21"/>
+      <c r="E8" s="18"/>
       <c r="F8" s="3"/>
-      <c r="G8" s="20"/>
+      <c r="G8" s="17"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="4"/>
       <c r="B9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="E9" s="21"/>
+      <c r="E9" s="18"/>
       <c r="F9" s="5"/>
-      <c r="G9" s="20"/>
+      <c r="G9" s="17"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="4"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="5"/>
-      <c r="E10" s="21"/>
+      <c r="E10" s="18"/>
       <c r="F10" s="5"/>
-      <c r="G10" s="20"/>
+      <c r="G10" s="17"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
         <v>45667</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="20" t="s">
-        <v>22</v>
+      <c r="G11" s="17" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="20"/>
+      <c r="G12" s="17"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="4"/>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="5"/>
       <c r="E13" s="4"/>
       <c r="F13" s="5"/>
-      <c r="G13" s="20"/>
+      <c r="G13" s="17"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
         <v>45689</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>23</v>
+      </c>
+      <c r="G14" s="17" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="2" t="s">
+      <c r="E15" s="7" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="G15" s="20"/>
+      <c r="G15" s="17"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="5"/>
       <c r="E16" s="4"/>
       <c r="F16" s="5"/>
-      <c r="G16" s="20"/>
+      <c r="G16" s="17"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1">
         <v>45709</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G17" s="17" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G18" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="G18" s="17"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
         <v>45709</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="G19" s="20" t="s">
-        <v>35</v>
+      <c r="G19" s="17" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="G20" s="20"/>
+      <c r="G20" s="17"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="4"/>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="5"/>
       <c r="E21" s="4"/>
       <c r="F21" s="5"/>
-      <c r="G21" s="20"/>
+      <c r="G21" s="17"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
         <v>45723</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="G22" s="20" t="s">
-        <v>39</v>
+      <c r="G22" s="17" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="8" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>34</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>34</v>
       </c>
       <c r="E23" s="8" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F23" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="G23" s="23"/>
+      <c r="G23" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>