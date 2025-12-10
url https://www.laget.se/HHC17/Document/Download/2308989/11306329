--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1,186 +1,1186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="Blad1" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="v.44" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="v.7-8" sheetId="2" r:id="rId5"/>
+    <sheet state="visible" name="v.50" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="156">
+  <si>
+    <t>koden till dörren: 2791</t>
+  </si>
+  <si>
+    <t>Cafeteriaansvarig: Anna Lindström, 073-0344607</t>
+  </si>
+  <si>
+    <t>Kioskschema Team-17 (251027-251102)</t>
+  </si>
+  <si>
+    <t>Veckodag</t>
+  </si>
+  <si>
+    <t>Tid</t>
+  </si>
+  <si>
+    <t>Bemanning (barnets namn)</t>
+  </si>
+  <si>
+    <t>Telnr + mailadress</t>
+  </si>
+  <si>
+    <t>Måndag 27/10</t>
+  </si>
+  <si>
+    <t>Tisdag 28/10</t>
+  </si>
+  <si>
+    <t>Onsdag 29/10</t>
+  </si>
+  <si>
+    <t>Torsdag 30/10</t>
+  </si>
+  <si>
+    <t>Match J18 17.30-21.30</t>
+  </si>
+  <si>
+    <t>Sigge Elmer (Emilia Jennvik står)</t>
+  </si>
+  <si>
+    <t>Emilia tel: 070 333 30 73</t>
+  </si>
+  <si>
+    <t>Oliver Emanuelsson (Thilde Björk står)</t>
+  </si>
+  <si>
+    <t>Thilde tel: 073-029 66 34</t>
+  </si>
+  <si>
+    <t>Fredag 31/10</t>
+  </si>
+  <si>
+    <t>Lördag 1/11 (öppet 9-19)</t>
+  </si>
+  <si>
+    <t>8.30-10.30</t>
+  </si>
+  <si>
+    <t>Oliver Haka (Nova står)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nova Olofsson  072-2140206/ Lasse Haka 0702180049 </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>Melker Emilsson</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve"> (Leo Åhlberg står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>Leo Åhlberg 073-5184859</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> / 0733-434381 perra.emilsson@dahl.se</t>
+    </r>
+  </si>
+  <si>
+    <t>10.30-13.00</t>
+  </si>
+  <si>
+    <t>Jeff Andersson</t>
+  </si>
+  <si>
+    <t>0737714758/Idamaria91@hotmail.com</t>
+  </si>
+  <si>
+    <t>Vincent Sturaro</t>
+  </si>
+  <si>
+    <t>0739199577 / karolin_larsson88@hotmail.com</t>
+  </si>
+  <si>
+    <t>12.30-15.00</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve">August Bäck Hjorth </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(ersättare Daniel bokad)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>0793416004 Daniel Rudström</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> / 0722-094999/marcus.back.hjorth@gmail.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Filip Dahlén </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(Elin står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>076-1024466 Elin Johansson</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> / 070-3647489 mamicke76@gmail.com</t>
+    </r>
+  </si>
+  <si>
+    <t>15.00-17.30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve">Wilfred Lindén </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(Emilia står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>0703333073 (Emilia)</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> 073-96 888 22 johannes.k.linden@gmail.com</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Alf Jingfors </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t xml:space="preserve">076-1024466 Elin Johansson </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t>0733-374921/ Johan.jingfors@peab.se</t>
+    </r>
+  </si>
+  <si>
+    <t>17.30-19.30</t>
+  </si>
+  <si>
+    <t>Leonel Skogman (Tilde står)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>073-0296634 (Tilde Björk)</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> 0736296052 / daniel.skogman@bengtdahlgren.se</t>
+    </r>
+  </si>
+  <si>
+    <t>Matilda Andersson</t>
+  </si>
+  <si>
+    <t>Söndag 2/11 (öppet 9-18)</t>
+  </si>
+  <si>
+    <t>8.30-11.00</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve">Sam Lindström </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(Ellen Tyrenhag står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>0736971935 (Ellen Tyrenhag)</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> / 0730344607/gosvagen95@gmail.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve">Valter Ljungberg </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(Tilde står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>073-0296634 (Tilde Björk)</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> / 0700201641/goran.ljungberg@wsp.com</t>
+    </r>
+  </si>
+  <si>
+    <t>11.00-13.30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve">Oscar Näsström-Flinta </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(Tilde står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>073-0296631 (Tilde Björk)</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> / 0722499337/flinta78@icloud.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve">Vilmer Storm </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>(Elin Står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t xml:space="preserve">076-1024466 Elin Johansson </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">/ 0738430630/Linus.storm@sportringen.se </t>
+    </r>
+  </si>
+  <si>
+    <t>13.30-16.30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>Valter Nilsen</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve"> (Daniel står)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>079-3416004 Daniel Rudström</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> /0730276394/sandraspets@hotmail.com</t>
+    </r>
+  </si>
+  <si>
+    <t>Karl-Erik Blom</t>
+  </si>
+  <si>
+    <t>0706508731/Therese Göthesson</t>
+  </si>
+  <si>
+    <t>16.30-18.30</t>
+  </si>
+  <si>
+    <t>Erik Rödin Östensson</t>
+  </si>
+  <si>
+    <t>0705232633/ Carl-Axel Östensson</t>
+  </si>
+  <si>
+    <t>Axel Baum</t>
+  </si>
+  <si>
+    <t>070-5900491 / Andreas Baum</t>
+  </si>
+  <si>
+    <t>Kioskschema Team-17 (250216-250222)</t>
+  </si>
+  <si>
+    <t>Söndag 16/2</t>
+  </si>
+  <si>
+    <t>8.00-11.00</t>
+  </si>
+  <si>
+    <t>William Fernström</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0708-635983 / markus_carlsson84@hotmail.com </t>
+  </si>
+  <si>
+    <t>0705-900491 / andreas.baum@storaenso.com</t>
+  </si>
+  <si>
+    <t>11.00-14.00</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">Wilfred Lindén </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Emilia Jennvik 070-3333073)</t>
+    </r>
+  </si>
+  <si>
+    <t>073-9688822 / johannes.k.linden@gmail.com</t>
+  </si>
+  <si>
+    <t>Alfred Daggert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0724-872874 </t>
+  </si>
+  <si>
+    <t>14.00-17.00</t>
+  </si>
+  <si>
+    <t>Oliver Haka</t>
+  </si>
+  <si>
+    <t>0730-642500 / jeanette_jern@hotmail.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">Oliver Emanuelsson </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Tilde Björk 0730-296634)</t>
+    </r>
+  </si>
+  <si>
+    <t>0733-816114 / sara_emanuelsson@live.se</t>
+  </si>
+  <si>
+    <t>17.00-19.30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">Melker Emilsson </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Elin Johansson 076-1022466)</t>
+    </r>
+  </si>
+  <si>
+    <t>0733-434381 / perra.emilsson@dahl.se</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t>Karl-Erik Blom</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t xml:space="preserve"> (Tilde Björk 0730-296634)</t>
+    </r>
+  </si>
+  <si>
+    <t>19.30-21.30</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Filip Dahlén </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Elin Johansson)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">0703-647489 / </t>
+  </si>
+  <si>
+    <t>Gunnar Thelander</t>
+  </si>
+  <si>
+    <t>0735-252172</t>
+  </si>
+  <si>
+    <t>Måndag 17/2</t>
+  </si>
+  <si>
+    <t>Tisdag 18/2</t>
+  </si>
+  <si>
+    <t>Onsdag 19/2</t>
+  </si>
+  <si>
+    <t>Torsdag 20/2</t>
+  </si>
+  <si>
+    <t>Fredag 21/2</t>
+  </si>
+  <si>
+    <t>18.30-21.30</t>
+  </si>
+  <si>
+    <t>Tilde Björk, 0730-296634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elin Johansson 0761-022466 </t>
+  </si>
+  <si>
+    <t>Lördag (hockeycup) 22/2</t>
+  </si>
+  <si>
+    <t>Sam Lindström</t>
+  </si>
+  <si>
+    <t>0730-344607 / asmlindstrom@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0707-521116 / andand_555@hotmail.com </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t>Valter Ljungberg (</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>Texas Sjöqvist 0703-844240)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">0700-201641 / Göran Ljungberg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hugo Söderlind </t>
+  </si>
+  <si>
+    <t>0706-813773 / Mia.soderlind10@gmail.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">Jeff Andersson </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Elin Johansson 076-1022466)</t>
+    </r>
+  </si>
+  <si>
+    <t>0737-714758 / idamaria91@hotmail.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">Vilmer Storm </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Tilde Björk 0730-296634)</t>
+    </r>
+  </si>
+  <si>
+    <t>0738-487608 / emilia.ogren@gmail.com</t>
+  </si>
+  <si>
+    <t>16.30-19.30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">Frej Westlund </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>(Texas Sjöqvist 0703-844240)</t>
+    </r>
+  </si>
   <si>
     <t>Kioskschema Team-17 (241209-241215)</t>
   </si>
   <si>
-    <t>Veckodag</t>
-[...10 lines deleted...]
-  <si>
     <t>Måndag (9/12)</t>
   </si>
   <si>
     <t>tisdag (10/12)</t>
   </si>
   <si>
     <t>onsdag (11/12)</t>
   </si>
   <si>
+    <t>1.  Adrian Hedqvist</t>
+  </si>
+  <si>
+    <t>0703138446/lutpojken@gmail.com</t>
+  </si>
+  <si>
+    <t>2.  Alfred Daggert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Per Lindström stod istället. </t>
+  </si>
+  <si>
     <t>fredag (13/12)</t>
   </si>
   <si>
     <t>lördag (14/12)</t>
   </si>
   <si>
-    <t>8.30-11.00</t>
-[...14 lines deleted...]
-    <t>16.00-19.00</t>
+    <t>1. Alf jingfors</t>
+  </si>
+  <si>
+    <t>0733-374921/ johan.jingfors@peab.se</t>
+  </si>
+  <si>
+    <t>2. Aston Meyer Serrander</t>
+  </si>
+  <si>
+    <t>0703915678/ pascal.serrander@sotovent.nu</t>
+  </si>
+  <si>
+    <t>1. Jeff Andersson</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">2.Oliver Haka, </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>Jeanette</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> står!</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>0702180049/lasse_haka@hotmail.com/</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>Jeanette Jern 0730642500</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">1. Oscar Näsström-Flinta, </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="5"/>
+      </rPr>
+      <t xml:space="preserve">Tilde </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t>står!</t>
+    </r>
+  </si>
+  <si>
+    <t>0722499337 / flinta78@icloud.com</t>
+  </si>
+  <si>
+    <t>2. Leonel Skogman Nellie står</t>
+  </si>
+  <si>
+    <t>0736296052/daniel.skogman@bengtdahlgren.se</t>
+  </si>
+  <si>
+    <t>16.30-20.00</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">1. Valter Ljungberg, </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>Leo</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t xml:space="preserve"> står! </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>0700201641/goran.ljungberg@wsp.com/</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="5"/>
+        <sz val="10.0"/>
+      </rPr>
+      <t>Leo Åhlberg 073-5184859</t>
+    </r>
+  </si>
+  <si>
+    <t>2. Erik Rödin Östensson</t>
+  </si>
+  <si>
+    <t>0706524072/rebecka.rodin@storaenso.com</t>
   </si>
   <si>
     <t>söndag (15/12)</t>
   </si>
   <si>
     <t>8.00-10.30</t>
   </si>
   <si>
     <t>1. Sam Lindström</t>
   </si>
   <si>
-    <t>073-0270647/peraxellindstrom</t>
-[...5 lines deleted...]
-    <t>10.30-13.00</t>
+    <t>073-0270647/peraxellindstrom@gmail.com</t>
+  </si>
+  <si>
+    <t>2. Sigge Elmer</t>
+  </si>
+  <si>
+    <t>073 0248280/johanna.wikstrand@gmail.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">1. Wilfred Lindén </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t>Emilia Jennvik</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> står!</t>
+    </r>
+  </si>
+  <si>
+    <t>0739688822/johannes.k.linden@gmail.com</t>
+  </si>
+  <si>
+    <t>2. Hjalmar Majgren</t>
+  </si>
+  <si>
+    <t>0722255208/Sebastian.majgren@gmail.com</t>
   </si>
   <si>
     <t>13.00-15.30</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve">1. Vilmer Storm, </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="5"/>
+      </rPr>
+      <t>Emilia Jennvik</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color theme="1"/>
+      </rPr>
+      <t xml:space="preserve"> står!</t>
+    </r>
+  </si>
+  <si>
+    <t>0738487608/emilia.ogren@gmail.com</t>
+  </si>
+  <si>
+    <t>2. Caspian Jonsson</t>
+  </si>
+  <si>
+    <t>0739156212/carolinaskotte@gmail.com</t>
+  </si>
+  <si>
     <t>15.30-18.00</t>
+  </si>
+  <si>
+    <t>1. Wilmer Bark</t>
+  </si>
+  <si>
+    <t>0727162633/Emma.bark@storaenso.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FF000000"/>
+      </rPr>
+      <t>2. Vincent Sturaro</t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <color rgb="FFFF0000"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>070-7900907/sturaro6@hotmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="m-d"/>
     <numFmt numFmtId="165" formatCode="dddd m/d"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="13">
     <font>
       <sz val="10.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="17.0"/>
-      <color theme="1"/>
+      <sz val="15.0"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font/>
     <font>
       <b/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="17.0"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11.0"/>
+      <color rgb="FFFF0000"/>
+      <name val="ProximaNova"/>
+    </font>
+    <font>
+      <color rgb="FF000000"/>
+      <name val="&quot;Google Sans&quot;"/>
+    </font>
+    <font>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <color theme="5"/>
+      <name val="Arial"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10.0"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF00FFFF"/>
+        <bgColor rgb="FF00FFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor theme="0"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF9900"/>
+        <bgColor rgb="FFFF9900"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFEA9999"/>
+        <bgColor rgb="FFEA9999"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="14">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
     <border>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <bottom style="thin">
         <color rgb="FF000000"/>
@@ -190,186 +1190,240 @@
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <bottom style="thin">
-[...28 lines deleted...]
-      </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="54">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="2" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="3" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="2" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="4" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="5" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="6" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-    <xf borderId="7" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="1" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="7" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="8" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="9" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="10" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="4" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0"/>
+    </xf>
+    <xf borderId="10" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0" vertical="bottom"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment vertical="bottom"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-    <xf borderId="9" fillId="0" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+    <xf borderId="11" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="10" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="1" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
-    <xf borderId="10" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...3 lines deleted...]
-    <xf borderId="7" fillId="0" fontId="3" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+    <xf borderId="12" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="13" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="4" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="7" fillId="3" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="12" fillId="0" fontId="6" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="4" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="1" fillId="3" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="6" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="6" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="10" fillId="0" fontId="3" numFmtId="49" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
-    <xf borderId="1" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...2 lines deleted...]
-    <xf borderId="9" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="0" fillId="4" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
-    <xf borderId="13" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-    <xf borderId="12" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="1" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="0" fillId="4" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="0"/>
+    </xf>
+    <xf borderId="12" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="0"/>
+    </xf>
+    <xf borderId="1" fillId="0" fontId="6" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="1" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="12" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="2" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="3" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="1" fillId="0" fontId="6" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="1" fillId="5" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="12" fillId="6" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="10" fillId="0" fontId="3" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="center" readingOrder="0"/>
+    </xf>
+    <xf borderId="12" fillId="3" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="12" fillId="4" fontId="12" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
@@ -527,476 +1581,1577 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
-    <col customWidth="1" min="8" max="8" width="29.88"/>
+    <col customWidth="1" min="2" max="2" width="28.38"/>
+    <col customWidth="1" min="8" max="8" width="52.0"/>
   </cols>
   <sheetData>
+    <row r="3">
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2"/>
+      <c r="D3" s="3"/>
+      <c r="H3" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="5">
-      <c r="B5" s="1" t="s">
-[...10 lines deleted...]
-      <c r="K5" s="4"/>
+      <c r="B5" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
+      <c r="K5" s="8"/>
     </row>
     <row r="6">
-      <c r="B6" s="5"/>
-[...8 lines deleted...]
-      <c r="K6" s="4"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
     </row>
     <row r="7">
-      <c r="B7" s="8" t="s">
-[...6 lines deleted...]
-      <c r="E7" s="9" t="s">
+      <c r="B7" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="F7" s="2"/>
-[...1 lines deleted...]
-      <c r="H7" s="10" t="s">
+      <c r="C7" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="11"/>
-[...2 lines deleted...]
-      <c r="L7" s="13"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="I7" s="15"/>
+      <c r="J7" s="16"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="17"/>
     </row>
     <row r="8">
-      <c r="B8" s="14"/>
-[...6 lines deleted...]
-      <c r="L8" s="13"/>
+      <c r="B8" s="18"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="18"/>
+      <c r="L8" s="17"/>
     </row>
     <row r="9">
-      <c r="B9" s="8" t="s">
-[...7 lines deleted...]
-      <c r="H9" s="19"/>
+      <c r="B9" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="20"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="22"/>
     </row>
     <row r="10">
-      <c r="B10" s="14"/>
-[...5 lines deleted...]
-      <c r="H10" s="19"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="22"/>
     </row>
     <row r="11">
-      <c r="B11" s="8" t="s">
-[...7 lines deleted...]
-      <c r="H11" s="19"/>
+      <c r="B11" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="24"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="25"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="22"/>
     </row>
     <row r="12">
-      <c r="B12" s="14"/>
-[...5 lines deleted...]
-      <c r="H12" s="19"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="9"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="26"/>
+      <c r="F12" s="10"/>
+      <c r="G12" s="11"/>
+      <c r="H12" s="22"/>
     </row>
     <row r="13">
-      <c r="B13" s="8" t="s">
-[...7 lines deleted...]
-      <c r="H13" s="19"/>
+      <c r="B13" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="24"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="22"/>
     </row>
     <row r="14">
-      <c r="B14" s="14"/>
-[...5 lines deleted...]
-      <c r="H14" s="19"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="9"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="27"/>
     </row>
     <row r="15">
-      <c r="B15" s="20">
-[...7 lines deleted...]
-      <c r="H15" s="19"/>
+      <c r="B15" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="7"/>
+      <c r="E15" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="2"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="22" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="16">
-      <c r="B16" s="14"/>
-[...5 lines deleted...]
-      <c r="H16" s="19"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="2"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="22" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="17">
-      <c r="B17" s="8" t="s">
-[...7 lines deleted...]
-      <c r="H17" s="19"/>
+      <c r="B17" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="30"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="27"/>
     </row>
     <row r="18">
-      <c r="B18" s="14"/>
-[...5 lines deleted...]
-      <c r="H18" s="19"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="31"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="27"/>
     </row>
     <row r="19">
-      <c r="B19" s="21" t="s">
-[...11 lines deleted...]
-      <c r="H19" s="19"/>
+      <c r="B19" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" s="7"/>
+      <c r="E19" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="33" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="20">
-      <c r="B20" s="24"/>
-[...7 lines deleted...]
-      <c r="H20" s="19"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="22" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="21">
-      <c r="B21" s="24"/>
-[...9 lines deleted...]
-      <c r="H21" s="19"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D21" s="7"/>
+      <c r="E21" s="34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="22" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="22">
-      <c r="B22" s="24"/>
-[...7 lines deleted...]
-      <c r="H22" s="19"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="22" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="23">
-      <c r="B23" s="24"/>
-[...9 lines deleted...]
-      <c r="H23" s="19"/>
+      <c r="B23" s="23"/>
+      <c r="C23" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="D23" s="7"/>
+      <c r="E23" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" s="2"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="22" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="24">
-      <c r="B24" s="24"/>
-[...7 lines deleted...]
-      <c r="H24" s="19"/>
+      <c r="B24" s="23"/>
+      <c r="C24" s="9"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="F24" s="2"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="25">
-      <c r="B25" s="24"/>
-[...9 lines deleted...]
-      <c r="H25" s="19"/>
+      <c r="B25" s="23"/>
+      <c r="C25" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="7"/>
+      <c r="E25" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" s="2"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="22" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="26">
-      <c r="B26" s="24"/>
-[...7 lines deleted...]
-      <c r="H26" s="19"/>
+      <c r="B26" s="23"/>
+      <c r="C26" s="9"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="22" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="27">
-      <c r="B27" s="21" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="B27" s="23"/>
+      <c r="C27" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" s="7"/>
+      <c r="E27" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="F27" s="2"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="22" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="28">
-      <c r="B28" s="24"/>
-[...7 lines deleted...]
-      <c r="H28" s="19"/>
+      <c r="B28" s="23"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="F28" s="2"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="22"/>
     </row>
     <row r="29">
-      <c r="B29" s="24"/>
-[...9 lines deleted...]
-      <c r="H29" s="19"/>
+      <c r="B29" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D29" s="7"/>
+      <c r="E29" s="35" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="2"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="22" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="30">
-      <c r="B30" s="24"/>
-[...7 lines deleted...]
-      <c r="H30" s="19"/>
+      <c r="B30" s="23"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" s="2"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="22" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="31">
-      <c r="B31" s="24"/>
-[...9 lines deleted...]
-      <c r="H31" s="19"/>
+      <c r="B31" s="23"/>
+      <c r="C31" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="7"/>
+      <c r="E31" s="34" t="s">
+        <v>49</v>
+      </c>
+      <c r="F31" s="2"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="22" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="32">
-      <c r="B32" s="24"/>
-[...7 lines deleted...]
-      <c r="H32" s="19"/>
+      <c r="B32" s="23"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" s="2"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="22" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="33">
-      <c r="B33" s="24"/>
-[...9 lines deleted...]
-      <c r="H33" s="19"/>
+      <c r="B33" s="23"/>
+      <c r="C33" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D33" s="7"/>
+      <c r="E33" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="22" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="34">
-      <c r="B34" s="14"/>
-[...7 lines deleted...]
-      <c r="H34" s="19"/>
+      <c r="B34" s="23"/>
+      <c r="C34" s="9"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="F34" s="2"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="22" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="35">
-      <c r="B35" s="26"/>
-[...5 lines deleted...]
-      <c r="H35" s="27"/>
+      <c r="B35" s="23"/>
+      <c r="C35" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D35" s="7"/>
+      <c r="E35" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F35" s="2"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="22" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="36">
-      <c r="B36" s="26"/>
-[...5 lines deleted...]
-      <c r="H36" s="27"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="9"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="F36" s="2"/>
+      <c r="G36" s="3"/>
+      <c r="H36" s="22" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="B37" s="36"/>
+      <c r="C37" s="37"/>
+      <c r="D37" s="37"/>
+      <c r="E37" s="37"/>
+      <c r="F37" s="37"/>
+      <c r="G37" s="37"/>
+      <c r="H37" s="37"/>
+    </row>
+    <row r="38">
+      <c r="B38" s="36"/>
+      <c r="C38" s="37"/>
+      <c r="D38" s="37"/>
+      <c r="E38" s="37"/>
+      <c r="F38" s="37"/>
+      <c r="G38" s="37"/>
+      <c r="H38" s="37"/>
     </row>
   </sheetData>
-  <mergeCells count="59">
+  <mergeCells count="58">
     <mergeCell ref="C25:D26"/>
     <mergeCell ref="C27:D28"/>
-    <mergeCell ref="C15:D15"/>
-[...2 lines deleted...]
-    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="B29:B36"/>
+    <mergeCell ref="C29:D30"/>
+    <mergeCell ref="C31:D32"/>
+    <mergeCell ref="C33:D34"/>
+    <mergeCell ref="C35:D36"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="C13:D14"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:D16"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="B19:B28"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="B5:H6"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="C7:D8"/>
+    <mergeCell ref="E7:G8"/>
+    <mergeCell ref="H7:H8"/>
+    <mergeCell ref="I7:I8"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="C9:D10"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="C11:D12"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="C17:D18"/>
     <mergeCell ref="C19:D20"/>
+    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="E14:G14"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="E16:G16"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="E19:G19"/>
     <mergeCell ref="C21:D22"/>
     <mergeCell ref="C23:D24"/>
+    <mergeCell ref="E20:G20"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="E26:G26"/>
+  </mergeCells>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+  <sheetPr>
+    <tabColor rgb="FF00FF00"/>
+    <outlinePr summaryBelow="0" summaryRight="0"/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
+  <cols>
+    <col customWidth="1" min="2" max="2" width="28.38"/>
+    <col customWidth="1" min="8" max="8" width="52.0"/>
+  </cols>
+  <sheetData>
+    <row r="3">
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2"/>
+      <c r="D3" s="3"/>
+      <c r="H3" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="B5" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
+      <c r="K5" s="8"/>
+    </row>
+    <row r="6">
+      <c r="B6" s="9"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+    </row>
+    <row r="7">
+      <c r="B7" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" s="7"/>
+      <c r="E7" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="I7" s="15"/>
+      <c r="J7" s="16"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="17"/>
+    </row>
+    <row r="8">
+      <c r="B8" s="18"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="18"/>
+      <c r="L8" s="17"/>
+    </row>
+    <row r="9">
+      <c r="B9" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" s="7"/>
+      <c r="E9" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" s="2"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="22" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="B10" s="23"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" s="2"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="23"/>
+      <c r="C11" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" s="7"/>
+      <c r="E11" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" s="2"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="38" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="23"/>
+      <c r="C12" s="9"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" s="2"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="22" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="B13" s="23"/>
+      <c r="C13" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" s="7"/>
+      <c r="E13" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="22" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="B14" s="23"/>
+      <c r="C14" s="9"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="25" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" s="2"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="22" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="23"/>
+      <c r="C15" s="24" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" s="7"/>
+      <c r="E15" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" s="2"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="22" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="23"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="25" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" s="2"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="27"/>
+    </row>
+    <row r="17">
+      <c r="B17" s="23"/>
+      <c r="C17" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D17" s="7"/>
+      <c r="E17" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="F17" s="2"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="39" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="B18" s="23"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="21" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" s="2"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="39" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="24"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="25"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="22"/>
+    </row>
+    <row r="20">
+      <c r="B20" s="23"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="26"/>
+      <c r="F20" s="10"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="22"/>
+    </row>
+    <row r="21">
+      <c r="B21" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="24"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="25"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="22"/>
+    </row>
+    <row r="22">
+      <c r="B22" s="18"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="25"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="27"/>
+    </row>
+    <row r="23">
+      <c r="B23" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="30"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="40"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="27"/>
+    </row>
+    <row r="24">
+      <c r="B24" s="18"/>
+      <c r="C24" s="9"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="40"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="27"/>
+    </row>
+    <row r="25">
+      <c r="B25" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C25" s="30"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="40"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="27"/>
+    </row>
+    <row r="26">
+      <c r="B26" s="18"/>
+      <c r="C26" s="9"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="27"/>
+    </row>
+    <row r="27">
+      <c r="B27" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C27" s="24" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" s="7"/>
+      <c r="E27" s="41" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" s="2"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="22"/>
+    </row>
+    <row r="28">
+      <c r="B28" s="23"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="41" t="s">
+        <v>95</v>
+      </c>
+      <c r="F28" s="2"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="22"/>
+    </row>
+    <row r="29">
+      <c r="B29" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C29" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D29" s="7"/>
+      <c r="E29" s="42" t="s">
+        <v>97</v>
+      </c>
+      <c r="F29" s="2"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="B30" s="23"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="F30" s="2"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="43" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="23"/>
+      <c r="C31" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="7"/>
+      <c r="E31" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" s="44"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="23"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="F32" s="2"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="B33" s="23"/>
+      <c r="C33" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D33" s="7"/>
+      <c r="E33" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="22" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="B34" s="23"/>
+      <c r="C34" s="9"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="F34" s="2"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="22" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="B35" s="23"/>
+      <c r="C35" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D35" s="7"/>
+      <c r="E35" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F35" s="2"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="22"/>
+    </row>
+    <row r="36">
+      <c r="B36" s="18"/>
+      <c r="C36" s="9"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="41" t="s">
+        <v>95</v>
+      </c>
+      <c r="F36" s="2"/>
+      <c r="G36" s="3"/>
+      <c r="H36" s="22"/>
+    </row>
+    <row r="37">
+      <c r="B37" s="36"/>
+      <c r="C37" s="37"/>
+      <c r="D37" s="37"/>
+      <c r="E37" s="37"/>
+      <c r="F37" s="37"/>
+      <c r="G37" s="37"/>
+      <c r="H37" s="37"/>
+    </row>
+    <row r="38">
+      <c r="B38" s="36"/>
+      <c r="C38" s="37"/>
+      <c r="D38" s="37"/>
+      <c r="E38" s="37"/>
+      <c r="F38" s="37"/>
+      <c r="G38" s="37"/>
+      <c r="H38" s="37"/>
+    </row>
+  </sheetData>
+  <mergeCells count="57">
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="B5:H6"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="E7:G8"/>
+    <mergeCell ref="H7:H8"/>
+    <mergeCell ref="I7:I8"/>
+    <mergeCell ref="B9:B18"/>
+    <mergeCell ref="C17:D18"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="C19:D20"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="E20:G20"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="C21:D22"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="C23:D24"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="C31:D32"/>
+    <mergeCell ref="C33:D34"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="C25:D26"/>
+    <mergeCell ref="B27:B28"/>
+    <mergeCell ref="C27:D28"/>
+    <mergeCell ref="B29:B36"/>
+    <mergeCell ref="C29:D30"/>
+    <mergeCell ref="C35:D36"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="E28:G28"/>
     <mergeCell ref="E29:G29"/>
     <mergeCell ref="E30:G30"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="C7:D8"/>
+    <mergeCell ref="C9:D10"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="C11:D12"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="C13:D14"/>
+    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="E14:G14"/>
+    <mergeCell ref="C15:D16"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="E16:G16"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="E26:G26"/>
+  </mergeCells>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+  <sheetPr>
+    <tabColor rgb="FF00FF00"/>
+    <outlinePr summaryBelow="0" summaryRight="0"/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
+  <cols>
+    <col customWidth="1" min="8" max="8" width="52.0"/>
+  </cols>
+  <sheetData>
+    <row r="3">
+      <c r="H3" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="B5" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
+      <c r="K5" s="8"/>
+    </row>
+    <row r="6">
+      <c r="B6" s="9"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+    </row>
+    <row r="7">
+      <c r="B7" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" s="7"/>
+      <c r="E7" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="I7" s="15"/>
+      <c r="J7" s="16"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="17"/>
+    </row>
+    <row r="8">
+      <c r="B8" s="18"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="18"/>
+      <c r="L8" s="17"/>
+    </row>
+    <row r="9">
+      <c r="B9" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" s="46"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="40"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="27"/>
+    </row>
+    <row r="10">
+      <c r="B10" s="18"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="40"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="27"/>
+    </row>
+    <row r="11">
+      <c r="B11" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C11" s="46"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="40"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="27"/>
+    </row>
+    <row r="12">
+      <c r="B12" s="18"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="40"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="27"/>
+    </row>
+    <row r="13">
+      <c r="B13" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" s="7"/>
+      <c r="E13" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="22" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="B14" s="18"/>
+      <c r="C14" s="9"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="48" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" s="2"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="49" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="50">
+        <v>45638.0</v>
+      </c>
+      <c r="C15" s="46"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="40"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="27"/>
+    </row>
+    <row r="16">
+      <c r="B16" s="18"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="40"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="27"/>
+    </row>
+    <row r="17">
+      <c r="B17" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" s="46"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="40"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="27"/>
+    </row>
+    <row r="18">
+      <c r="B18" s="18"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="40"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="27"/>
+    </row>
+    <row r="19">
+      <c r="B19" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" s="7"/>
+      <c r="E19" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="22" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="23"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="25" t="s">
+        <v>122</v>
+      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="22" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="B21" s="23"/>
+      <c r="C21" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" s="7"/>
+      <c r="E21" s="21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="22" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="B22" s="23"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="51" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="B23" s="23"/>
+      <c r="C23" s="52" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" s="7"/>
+      <c r="E23" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F23" s="2"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="B24" s="23"/>
+      <c r="C24" s="9"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="F24" s="2"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="22" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="B25" s="23"/>
+      <c r="C25" s="52" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" s="7"/>
+      <c r="E25" s="34" t="s">
+        <v>132</v>
+      </c>
+      <c r="F25" s="2"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="53" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="B26" s="23"/>
+      <c r="C26" s="9"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="25" t="s">
+        <v>134</v>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="B27" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C27" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="D27" s="7"/>
+      <c r="E27" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F27" s="2"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="23"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="F28" s="2"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="B29" s="23"/>
+      <c r="C29" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D29" s="7"/>
+      <c r="E29" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" s="2"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="B30" s="23"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="F30" s="2"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="23"/>
+      <c r="C31" s="24" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" s="7"/>
+      <c r="E31" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="F31" s="2"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="23"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="F32" s="2"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="B33" s="23"/>
+      <c r="C33" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D33" s="7"/>
+      <c r="E33" s="21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="B34" s="18"/>
+      <c r="C34" s="9"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="41" t="s">
+        <v>154</v>
+      </c>
+      <c r="F34" s="2"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="B35" s="36"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="37"/>
+      <c r="E35" s="37"/>
+      <c r="F35" s="37"/>
+      <c r="G35" s="37"/>
+      <c r="H35" s="37"/>
+    </row>
+    <row r="36">
+      <c r="B36" s="36"/>
+      <c r="C36" s="37"/>
+      <c r="D36" s="37"/>
+      <c r="E36" s="37"/>
+      <c r="F36" s="37"/>
+      <c r="G36" s="37"/>
+      <c r="H36" s="37"/>
+    </row>
+  </sheetData>
+  <mergeCells count="58">
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="E31:G31"/>
     <mergeCell ref="E23:G23"/>
     <mergeCell ref="E24:G24"/>
     <mergeCell ref="E25:G25"/>
     <mergeCell ref="E26:G26"/>
     <mergeCell ref="E27:G27"/>
     <mergeCell ref="E28:G28"/>
-    <mergeCell ref="C29:D30"/>
+    <mergeCell ref="E29:G29"/>
     <mergeCell ref="B5:H6"/>
     <mergeCell ref="C7:D8"/>
     <mergeCell ref="E7:G8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="I7:I8"/>
     <mergeCell ref="J7:J8"/>
     <mergeCell ref="K7:K8"/>
-    <mergeCell ref="C12:D12"/>
-[...5 lines deleted...]
-    <mergeCell ref="B27:B34"/>
     <mergeCell ref="B7:B8"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="B11:B12"/>
     <mergeCell ref="C11:D11"/>
-    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="E12:G12"/>
     <mergeCell ref="E13:G13"/>
     <mergeCell ref="E14:G14"/>
     <mergeCell ref="E15:G15"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="B19:B26"/>
+    <mergeCell ref="B27:B34"/>
+    <mergeCell ref="C19:D20"/>
+    <mergeCell ref="C21:D22"/>
+    <mergeCell ref="C23:D24"/>
+    <mergeCell ref="C25:D26"/>
+    <mergeCell ref="C27:D28"/>
+    <mergeCell ref="C29:D30"/>
+    <mergeCell ref="C31:D32"/>
+    <mergeCell ref="C33:D34"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="C13:D14"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="E34:G34"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="E17:G17"/>
     <mergeCell ref="E18:G18"/>
     <mergeCell ref="E19:G19"/>
     <mergeCell ref="E20:G20"/>
     <mergeCell ref="E21:G21"/>
     <mergeCell ref="E22:G22"/>
-    <mergeCell ref="C31:D32"/>
-[...4 lines deleted...]
-    <mergeCell ref="E34:G34"/>
   </mergeCells>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>