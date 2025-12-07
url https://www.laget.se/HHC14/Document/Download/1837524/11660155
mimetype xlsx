--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://advania-my.sharepoint.com/personal/caroline_osterberg_advania_se/Documents/Caroline/Caroline/Hockey/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1228" documentId="8_{7A67791B-5BA6-4973-ABFB-AB7025F93B62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8B86C040-2DD3-4CC8-8EE6-09B8EAF8F3BE}"/>
+  <xr:revisionPtr revIDLastSave="1245" documentId="8_{7A67791B-5BA6-4973-ABFB-AB7025F93B62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E6861222-7E91-46FF-BFA4-E796BD4704DC}"/>
   <bookViews>
-    <workbookView xWindow="3468" yWindow="1608" windowWidth="20316" windowHeight="12756" xr2:uid="{0D29B967-0CDE-4FE0-9650-9DD510E31462}"/>
+    <workbookView xWindow="3765" yWindow="3990" windowWidth="28800" windowHeight="15285" xr2:uid="{0D29B967-0CDE-4FE0-9650-9DD510E31462}"/>
   </bookViews>
   <sheets>
     <sheet name="Bemanningsschema" sheetId="1" r:id="rId1"/>
     <sheet name="Truppen" sheetId="3" r:id="rId2"/>
     <sheet name="Ersättare" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="86">
   <si>
     <t>Ludvig Bjerner</t>
   </si>
   <si>
     <t>Elias Asplund</t>
   </si>
   <si>
     <t>August Andrén</t>
   </si>
   <si>
     <t>Collin Andreasson</t>
   </si>
   <si>
     <t>Viggo Arvidsson</t>
   </si>
   <si>
     <t>Wille Eriksson</t>
   </si>
   <si>
     <t>kl. 9-11</t>
   </si>
   <si>
     <t>kl. 11-13</t>
   </si>
   <si>
@@ -422,50 +422,56 @@
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>070-2574132</t>
     </r>
   </si>
   <si>
     <r>
       <t>Emilia Jennvik </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>070-3333073</t>
     </r>
+  </si>
+  <si>
+    <t>Onsdag (match 19-21.20)</t>
+  </si>
+  <si>
+    <t>17.30-21.30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1140,54 +1146,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hammarohockey.com/Page/368865" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5428E93C-0D1C-4FB0-B61D-222EAE6CF8D7}">
-  <dimension ref="A2:M68"/>
+  <dimension ref="A2:M71"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A12" workbookViewId="0">
-      <selection activeCell="J12" sqref="J12"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.5703125" customWidth="1"/>
     <col min="2" max="2" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18" customWidth="1"/>
     <col min="12" max="12" width="15.5703125" customWidth="1"/>
     <col min="13" max="13" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>75</v>
       </c>
@@ -1368,358 +1374,382 @@
       </c>
       <c r="K26" s="7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
         <v>19</v>
       </c>
       <c r="C27" t="s">
         <v>14</v>
       </c>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="K28" s="8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B29" s="4" t="s">
+        <v>85</v>
+      </c>
       <c r="K29" s="8"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>63</v>
-[...13 lines deleted...]
-      <c r="F30" s="6"/>
+        <v>84</v>
+      </c>
+      <c r="B30" t="s">
+        <v>5</v>
+      </c>
+      <c r="K30" s="8"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A31" s="12">
+        <v>45994</v>
+      </c>
+      <c r="B31" t="s">
+        <v>17</v>
+      </c>
+      <c r="K31" s="8"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K32" s="8"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="6"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="12">
         <v>45997</v>
       </c>
-      <c r="B31" t="s">
+      <c r="B34" t="s">
         <v>13</v>
       </c>
-      <c r="C31" t="s">
+      <c r="C34" t="s">
         <v>37</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D34" t="s">
         <v>66</v>
       </c>
-      <c r="E31" t="s">
+      <c r="E34" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B32" t="s">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="2"/>
+      <c r="B35" t="s">
         <v>2</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C35" t="s">
         <v>65</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D35" t="s">
         <v>67</v>
       </c>
-      <c r="E32" t="s">
+      <c r="E35" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="B35" s="3" t="s">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="2"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="2"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="2"/>
+      <c r="B38" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C35" s="4" t="s">
+      <c r="C38" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="D35" s="4" t="s">
+      <c r="D38" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="E35" s="4" t="s">
+      <c r="E38" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="G35" s="6"/>
-[...2 lines deleted...]
-      <c r="A36" s="2" t="s">
+      <c r="G38" s="6"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B36" t="s">
+      <c r="B39" t="s">
         <v>22</v>
       </c>
-      <c r="C36" t="s">
+      <c r="C39" t="s">
         <v>20</v>
       </c>
-      <c r="D36" t="s">
+      <c r="D39" t="s">
         <v>70</v>
       </c>
-      <c r="E36" t="s">
+      <c r="E39" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A37" s="12">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="12">
         <v>45998</v>
       </c>
-      <c r="B37" t="s">
+      <c r="B40" t="s">
         <v>0</v>
       </c>
-      <c r="C37" t="s">
+      <c r="C40" t="s">
         <v>69</v>
       </c>
-      <c r="D37" t="s">
+      <c r="D40" t="s">
         <v>71</v>
       </c>
-      <c r="E37" t="s">
+      <c r="E40" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="A40" s="2" t="s">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="12"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="2"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="A42" s="2" t="s">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="2"/>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="B45" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C42" s="4" t="s">
+      <c r="C45" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="D42" s="4" t="s">
+      <c r="D45" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="E42" s="4" t="s">
+      <c r="E45" s="4" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A43" s="12">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="12">
         <v>45674</v>
       </c>
-      <c r="B43" t="s">
+      <c r="B46" t="s">
         <v>19</v>
       </c>
-      <c r="C43" t="s">
+      <c r="C46" t="s">
         <v>74</v>
       </c>
-      <c r="D43" t="s">
+      <c r="D46" t="s">
         <v>17</v>
       </c>
-      <c r="E43" t="s">
+      <c r="E46" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B44" t="s">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="2"/>
+      <c r="B47" t="s">
         <v>14</v>
       </c>
-      <c r="C44" t="s">
+      <c r="C47" t="s">
         <v>4</v>
       </c>
-      <c r="D44" t="s">
+      <c r="D47" t="s">
         <v>5</v>
       </c>
-      <c r="E44" t="s">
+      <c r="E47" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="A47" s="2" t="s">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="2"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="F49" s="6"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="B50" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C47" s="4" t="s">
+      <c r="C50" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="D47" s="4" t="s">
+      <c r="D50" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="E47" s="4" t="s">
+      <c r="E50" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="K47" s="7"/>
-[...2 lines deleted...]
-      <c r="A48" s="12">
+      <c r="K50" s="7"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="12">
         <v>45675</v>
       </c>
-      <c r="B48" t="s">
+      <c r="B51" t="s">
         <v>37</v>
       </c>
-      <c r="C48" t="s">
+      <c r="C51" t="s">
         <v>66</v>
       </c>
-      <c r="D48" t="s">
+      <c r="D51" t="s">
         <v>23</v>
       </c>
-      <c r="E48" t="s">
+      <c r="E51" t="s">
         <v>22</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="K51" s="7"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A52" s="2"/>
+      <c r="B52" t="s">
+        <v>65</v>
+      </c>
+      <c r="C52" t="s">
+        <v>67</v>
+      </c>
+      <c r="D52" t="s">
+        <v>68</v>
+      </c>
+      <c r="E52" t="s">
+        <v>0</v>
+      </c>
+      <c r="F52" s="2"/>
+      <c r="K52" s="8"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="K53" s="8"/>
+      <c r="K53" s="7"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A54" s="2"/>
+      <c r="B54" s="5"/>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6"/>
+      <c r="E54" s="6"/>
+      <c r="F54" s="6"/>
       <c r="K54" s="7"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B55" s="5"/>
-[...4 lines deleted...]
-      <c r="K55" s="7"/>
+      <c r="A55" s="2"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K56" s="8"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
-      <c r="K57" s="8"/>
+      <c r="K57" s="7"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B58" s="5"/>
       <c r="C58" s="6"/>
       <c r="D58" s="6"/>
       <c r="E58" s="6"/>
       <c r="F58" s="6"/>
       <c r="K58" s="7"/>
     </row>
-    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A67" s="2"/>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="2"/>
+      <c r="K60" s="8"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B61" s="5"/>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6"/>
+      <c r="F61" s="6"/>
+      <c r="K61" s="7"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="2"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="2"/>
     </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B69" s="5"/>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6"/>
+      <c r="E69" s="6"/>
+      <c r="F69" s="6"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" s="2"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" s="2"/>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="K30:K46">
-    <sortCondition ref="K30:K46"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="K33:K49">
+    <sortCondition ref="K33:K49"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="M16" r:id="rId1" display="https://www.hammarohockey.com/Page/368865" xr:uid="{0B3D9310-3170-441E-9ACE-780EE10357CA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AE1CF6F-FDEA-44DE-9F62-C52A78693DD6}">
   <dimension ref="B3:C24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F25" sqref="F25"/>
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
         <v>2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
@@ -1848,59 +1878,59 @@
       <c r="C20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>74</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
         <v>5</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F69E92C8-E0F1-4E65-BC4C-DF0A6F912CF0}">
   <dimension ref="A2:A25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>44</v>
       </c>
     </row>