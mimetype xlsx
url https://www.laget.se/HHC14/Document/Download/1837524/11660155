--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://advania-my.sharepoint.com/personal/caroline_osterberg_advania_se/Documents/Caroline/Caroline/Hockey/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1245" documentId="8_{7A67791B-5BA6-4973-ABFB-AB7025F93B62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E6861222-7E91-46FF-BFA4-E796BD4704DC}"/>
+  <xr:revisionPtr revIDLastSave="1271" documentId="8_{7A67791B-5BA6-4973-ABFB-AB7025F93B62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{34C8D581-612E-428F-B1B4-7608092E2206}"/>
   <bookViews>
-    <workbookView xWindow="3765" yWindow="3990" windowWidth="28800" windowHeight="15285" xr2:uid="{0D29B967-0CDE-4FE0-9650-9DD510E31462}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="27288" windowHeight="17544" xr2:uid="{0D29B967-0CDE-4FE0-9650-9DD510E31462}"/>
   </bookViews>
   <sheets>
     <sheet name="Bemanningsschema" sheetId="1" r:id="rId1"/>
     <sheet name="Truppen" sheetId="3" r:id="rId2"/>
     <sheet name="Ersättare" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="89">
   <si>
     <t>Ludvig Bjerner</t>
   </si>
   <si>
     <t>Elias Asplund</t>
   </si>
   <si>
     <t>August Andrén</t>
   </si>
   <si>
     <t>Collin Andreasson</t>
   </si>
   <si>
     <t>Viggo Arvidsson</t>
   </si>
   <si>
     <t>Wille Eriksson</t>
   </si>
   <si>
     <t>kl. 9-11</t>
   </si>
   <si>
     <t>kl. 11-13</t>
   </si>
   <si>
@@ -428,50 +428,59 @@
         <family val="2"/>
       </rPr>
       <t>070-2574132</t>
     </r>
   </si>
   <si>
     <r>
       <t>Emilia Jennvik </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>070-3333073</t>
     </r>
   </si>
   <si>
     <t>Onsdag (match 19-21.20)</t>
   </si>
   <si>
     <t>17.30-21.30</t>
+  </si>
+  <si>
+    <t>Onsdag (match U15)</t>
+  </si>
+  <si>
+    <t>kl. 18.00-21.30</t>
+  </si>
+  <si>
+    <t>kl 18.15-21.30 (J18 match)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -510,73 +519,79 @@
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="16" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="16" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="16" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1146,900 +1161,933 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hammarohockey.com/Page/368865" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5428E93C-0D1C-4FB0-B61D-222EAE6CF8D7}">
-  <dimension ref="A2:M71"/>
+  <dimension ref="A2:M75"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G12" sqref="G12"/>
+    <sheetView tabSelected="1" topLeftCell="A9" workbookViewId="0">
+      <selection activeCell="F35" sqref="F35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="25.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="27.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.5546875" customWidth="1"/>
+    <col min="2" max="2" width="34.109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="36.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="27.6640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="13.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18" customWidth="1"/>
-    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="12" max="12" width="15.5546875" customWidth="1"/>
     <col min="13" max="13" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" ht="18" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="5" spans="1:13" ht="52.15" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:13" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="52.2" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="9" spans="1:13" ht="56.4" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="10" spans="1:13" ht="56.4" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="11" spans="1:13" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
     </row>
-    <row r="12" spans="1:13" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:13" ht="12.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="13" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:13" hidden="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="8"/>
       <c r="M13" s="9"/>
     </row>
-    <row r="14" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:13" hidden="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
       <c r="K14" s="8"/>
       <c r="M14" s="9"/>
     </row>
-    <row r="15" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:13" hidden="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="10" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="11"/>
       <c r="K15" s="8"/>
       <c r="M15" s="9"/>
     </row>
-    <row r="16" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:13" hidden="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>27</v>
       </c>
       <c r="M16" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="17" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
       <c r="B17" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="18" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
       <c r="B18" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="19" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
       <c r="K19" s="8" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="20" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
       <c r="B20" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>10</v>
       </c>
       <c r="K20" s="7" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="21" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B21" t="s">
         <v>41</v>
       </c>
       <c r="C21" t="s">
         <v>2</v>
       </c>
       <c r="D21" t="s">
         <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>5</v>
       </c>
       <c r="F21" t="s">
         <v>37</v>
       </c>
       <c r="K21" s="7" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="22" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
       <c r="B22" t="s">
         <v>3</v>
       </c>
       <c r="C22" t="s">
         <v>4</v>
       </c>
       <c r="D22" t="s">
         <v>0</v>
       </c>
       <c r="E22" t="s">
         <v>13</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
       <c r="K23" s="8" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="24" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="K24" s="7" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="25" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
       <c r="B25" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="K25" s="7" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="26" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" t="s">
         <v>21</v>
       </c>
       <c r="D26" t="s">
         <v>22</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="K26" s="7" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="27" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="B27" t="s">
         <v>19</v>
       </c>
       <c r="C27" t="s">
         <v>14</v>
       </c>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="28" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="K28" s="8" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B29" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K29" s="8"/>
     </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B30" t="s">
         <v>5</v>
       </c>
       <c r="K30" s="8"/>
     </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A31" s="12">
         <v>45994</v>
       </c>
       <c r="B31" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="8"/>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="K32" s="8"/>
     </row>
-    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>52</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="6"/>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A34" s="12">
         <v>45997</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
         <v>37</v>
       </c>
       <c r="D34" t="s">
         <v>66</v>
       </c>
       <c r="E34" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
       <c r="B35" t="s">
         <v>2</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35" t="s">
         <v>67</v>
       </c>
       <c r="E35" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A36" s="2"/>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
       <c r="B38" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>55</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G38" s="6"/>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B39" t="s">
         <v>22</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>70</v>
       </c>
       <c r="E39" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="12">
         <v>45998</v>
       </c>
       <c r="B40" t="s">
         <v>0</v>
       </c>
       <c r="C40" t="s">
         <v>69</v>
       </c>
       <c r="D40" t="s">
         <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A41" s="12"/>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A42" s="2"/>
     </row>
-    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
-    </row>
-    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B44" s="13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B45" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A46" s="12">
+        <v>46370</v>
+      </c>
+      <c r="B46" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A47" s="2"/>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A48" s="2"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A49" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="B49" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C45" s="4" t="s">
+      <c r="C49" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="D45" s="4" t="s">
+      <c r="D49" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="E45" s="4" t="s">
+      <c r="E49" s="4" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A46" s="12">
+    <row r="50" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A50" s="12">
         <v>45674</v>
       </c>
-      <c r="B46" t="s">
+      <c r="B50" t="s">
         <v>19</v>
       </c>
-      <c r="C46" t="s">
+      <c r="C50" t="s">
         <v>74</v>
       </c>
-      <c r="D46" t="s">
+      <c r="D50" t="s">
         <v>17</v>
       </c>
-      <c r="E46" t="s">
+      <c r="E50" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B47" t="s">
+    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A51" s="2"/>
+      <c r="B51" t="s">
         <v>14</v>
       </c>
-      <c r="C47" t="s">
+      <c r="C51" t="s">
         <v>4</v>
       </c>
-      <c r="D47" t="s">
+      <c r="D51" t="s">
         <v>5</v>
       </c>
-      <c r="E47" t="s">
+      <c r="E51" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="A50" s="2" t="s">
+    <row r="52" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A52" s="2"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="F53" s="6"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A54" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="B54" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C50" s="4" t="s">
+      <c r="C54" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="D50" s="4" t="s">
+      <c r="D54" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="E50" s="4" t="s">
+      <c r="E54" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="K50" s="7"/>
-[...2 lines deleted...]
-      <c r="A51" s="12">
+      <c r="F54" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="K54" s="7"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A55" s="12">
         <v>45675</v>
       </c>
-      <c r="B51" t="s">
+      <c r="B55" t="s">
         <v>37</v>
       </c>
-      <c r="C51" t="s">
+      <c r="C55" t="s">
         <v>66</v>
       </c>
-      <c r="D51" t="s">
+      <c r="D55" t="s">
         <v>23</v>
       </c>
-      <c r="E51" t="s">
+      <c r="E55" t="s">
         <v>22</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B52" t="s">
+      <c r="F55" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A56" s="2"/>
+      <c r="B56" t="s">
         <v>65</v>
       </c>
-      <c r="C52" t="s">
+      <c r="C56" t="s">
         <v>67</v>
       </c>
-      <c r="D52" t="s">
+      <c r="D56" t="s">
         <v>68</v>
       </c>
-      <c r="E52" t="s">
+      <c r="E56" t="s">
         <v>0</v>
       </c>
-      <c r="F52" s="2"/>
-[...16 lines deleted...]
-    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="F56" t="s">
+        <v>72</v>
+      </c>
       <c r="K56" s="8"/>
     </row>
-    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A57" s="2"/>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.3">
       <c r="K57" s="7"/>
     </row>
-    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B58" s="5"/>
       <c r="C58" s="6"/>
       <c r="D58" s="6"/>
       <c r="E58" s="6"/>
       <c r="F58" s="6"/>
       <c r="K58" s="7"/>
     </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A60" s="2"/>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A59" s="2"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
       <c r="K60" s="8"/>
     </row>
-    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="F61" s="6"/>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A61" s="2"/>
       <c r="K61" s="7"/>
     </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A71" s="2"/>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="B62" s="5"/>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6"/>
+      <c r="E62" s="6"/>
+      <c r="F62" s="6"/>
+      <c r="K62" s="7"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A64" s="2"/>
+      <c r="K64" s="8"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="B65" s="5"/>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6"/>
+      <c r="E65" s="6"/>
+      <c r="F65" s="6"/>
+      <c r="K65" s="7"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A66" s="2"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A72" s="2"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="B73" s="5"/>
+      <c r="C73" s="6"/>
+      <c r="D73" s="6"/>
+      <c r="E73" s="6"/>
+      <c r="F73" s="6"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A74" s="2"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A75" s="2"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="K33:K49">
-    <sortCondition ref="K33:K49"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="K33:K53">
+    <sortCondition ref="K33:K53"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="M16" r:id="rId1" display="https://www.hammarohockey.com/Page/368865" xr:uid="{0B3D9310-3170-441E-9ACE-780EE10357CA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AE1CF6F-FDEA-44DE-9F62-C52A78693DD6}">
   <dimension ref="B3:C24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C23" sqref="C23"/>
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B4" t="s">
         <v>2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B5" t="s">
         <v>37</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B6" t="s">
         <v>65</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
     </row>
-    <row r="7" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
     </row>
-    <row r="9" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
     </row>
-    <row r="10" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
     </row>
-    <row r="11" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B12" t="s">
         <v>0</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
     </row>
-    <row r="13" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:3" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:3" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:3" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:3" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B18" t="s">
         <v>73</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
     </row>
-    <row r="21" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B21" t="s">
         <v>74</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23">
         <v>2</v>
       </c>
     </row>
-    <row r="24" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B24" t="s">
         <v>5</v>
       </c>
       <c r="C24">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F69E92C8-E0F1-4E65-BC4C-DF0A6F912CF0}">
   <dimension ref="A2:A25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A2" s="8" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A11" s="8" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A16" s="7" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17" s="7" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18" s="7" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" s="7" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A24" s="7"/>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f19e1f18-975f-4467-8967-eb98acd961ab}" enabled="1" method="Privileged" siteId="{70d22a8d-923a-445e-82d4-32329da21746}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>