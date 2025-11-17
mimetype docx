--- v0 (2025-10-24)
+++ v1 (2025-11-17)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0023012B" w:rsidRDefault="005C7A36" w:rsidP="005C7A36">
+    <w:p w14:paraId="64D495D7" w14:textId="77777777" w:rsidR="0023012B" w:rsidRDefault="005C7A36" w:rsidP="005C7A36">
       <w:pPr>
         <w:pStyle w:val="Rubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Dalacupen</w:t>
       </w:r>
       <w:r w:rsidR="00703D57">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D7706C" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Borlänge Badmintonhall.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443FBD" w:rsidRPr="0004283D" w:rsidRDefault="00443FBD" w:rsidP="00B50130">
+    <w:p w14:paraId="4A854DEB" w14:textId="77777777" w:rsidR="00443FBD" w:rsidRPr="0004283D" w:rsidRDefault="00443FBD" w:rsidP="00B50130">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Lite info från arrangören:</w:t>
       </w:r>
       <w:r w:rsidR="00726670" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -88,77 +88,77 @@
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Syftet är a</w:t>
       </w:r>
       <w:r w:rsidR="005C2A8E" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">tt ordna grupper med jämnstarka </w:t>
       </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>spelare. Spelstyrkan är det avgörande så vi blandar tjejer och killar av alla åldrar. Det som avgör startplats i uppropslistan är klubbarnas bedömning och resultat i tidigare omgångar. Ju fler sammandrag man deltar i desto bättre och rättvis blir startlistan. Resultat i varje deltävling utgör grund till justering av inbördes placering i startordning inför nästa omgång.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00077646" w:rsidRPr="0004283D" w:rsidRDefault="00443FBD" w:rsidP="00077646">
+    <w:p w14:paraId="770B1107" w14:textId="376D99A4" w:rsidR="00077646" w:rsidRPr="0004283D" w:rsidRDefault="00443FBD" w:rsidP="00077646">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Hur går det till</w:t>
+        <w:t xml:space="preserve">Hur går det </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>?:</w:t>
+        <w:t>till?:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA5F69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">När du kommit in i hallen och tagit av ytterskor så ska en ledare pricka av dig innan du rusar in. </w:t>
       </w:r>
       <w:r w:rsidR="00DA5F69" w:rsidRPr="00877546">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -175,89 +175,91 @@
       </w:r>
       <w:r w:rsidR="00DA5F69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> sammanställer vi vika som har kommit och gör i ordning spelschema . Detta kan ta lite tid, </w:t>
       </w:r>
       <w:r w:rsidR="007A062C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ca halv tio</w:t>
       </w:r>
       <w:r w:rsidR="00DA5F69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> brukar vi ropa ut första matchen. Alla matcher </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F616A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>fårt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA5F69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ett nummer vilket är utskrivet på spelschemat</w:t>
+      </w:r>
       <w:r w:rsidR="00DA264E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>har</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ett nummer vilket är utskrivet på spelschemat</w:t>
+        <w:t xml:space="preserve"> som sätts upp i </w:t>
+      </w:r>
+      <w:r w:rsidR="007A062C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>entrén</w:t>
       </w:r>
       <w:r w:rsidR="00DA264E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> som sätts upp i </w:t>
-[...15 lines deleted...]
-        <w:t>, detta gör att man under dagens lopp, vet ungefär när det är dags för match</w:t>
+        <w:t>, detta gör att man under dagens lopp vet ungefär när det är dags för match</w:t>
       </w:r>
       <w:r w:rsidR="00DA5F69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00043CEE" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00C717F2" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">atcherna </w:t>
       </w:r>
@@ -682,51 +684,51 @@
       <w:r w:rsidR="00077646" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> och 16, sluttiden beror på hur många deltagare det är. Det finns omklädningsrum i hallen </w:t>
       </w:r>
       <w:r w:rsidR="003738A5" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>samt kios</w:t>
       </w:r>
       <w:r w:rsidR="00005CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">k/cafeteria/sportshop. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="00F661A6" w:rsidP="006D6AE1">
+    <w:p w14:paraId="7E991F84" w14:textId="77777777" w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="00F661A6" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="009D4A9D" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -775,105 +777,105 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00E8536F" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> om badminton är nytt för dig</w:t>
       </w:r>
       <w:r w:rsidR="009D4A9D" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0084423B" w:rsidRPr="0004283D" w:rsidRDefault="0084423B" w:rsidP="006D6AE1">
+    <w:p w14:paraId="535B1366" w14:textId="77777777" w:rsidR="0084423B" w:rsidRPr="0004283D" w:rsidRDefault="0084423B" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Hälsa på motståndaren när du kommer till den uppropade planen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443FBD" w:rsidRPr="0004283D" w:rsidRDefault="0084423B" w:rsidP="006D6AE1">
+    <w:p w14:paraId="6804010D" w14:textId="77777777" w:rsidR="00443FBD" w:rsidRPr="0004283D" w:rsidRDefault="0084423B" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Gå</w:t>
       </w:r>
       <w:r w:rsidR="009D4A9D" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> inte på en plan som någon annan spelar på. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C25FC" w:rsidRPr="0004283D" w:rsidRDefault="004F603A" w:rsidP="006D6AE1">
+    <w:p w14:paraId="7CA9371F" w14:textId="77777777" w:rsidR="009C25FC" w:rsidRPr="0004283D" w:rsidRDefault="004F603A" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Varje spelare dö</w:t>
       </w:r>
       <w:r w:rsidR="009D4A9D" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -932,98 +934,98 @@
       <w:r w:rsidR="00812659" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Är du osäker så spelar ni om den bollen.</w:t>
       </w:r>
       <w:r w:rsidR="0084423B" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Om korken på bollen träffar linjen så är den inne.</w:t>
       </w:r>
       <w:r w:rsidR="00812659" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C25FC" w:rsidRPr="0004283D" w:rsidRDefault="00812659" w:rsidP="006D6AE1">
+    <w:p w14:paraId="02B49395" w14:textId="77777777" w:rsidR="009C25FC" w:rsidRPr="0004283D" w:rsidRDefault="00812659" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Var sportslig, tänk på att du representerar klubben</w:t>
       </w:r>
       <w:r w:rsidR="00E5218C" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E5218C" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">att fuska är helt förbjudet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C25FC" w:rsidRPr="00005CC5" w:rsidRDefault="00812659" w:rsidP="00005CC5">
+    <w:p w14:paraId="648E5D38" w14:textId="77777777" w:rsidR="009C25FC" w:rsidRPr="00005CC5" w:rsidRDefault="00812659" w:rsidP="00005CC5">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Innan du servar </w:t>
       </w:r>
       <w:r w:rsidR="00E5218C" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1031,69 +1033,51 @@
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="004F603A" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>olla alltid att motståndaren står</w:t>
       </w:r>
       <w:r w:rsidR="00E5218C" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> i rätt ruta </w:t>
       </w:r>
       <w:r w:rsidR="0084423B" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> på linjerna) </w:t>
+        <w:t xml:space="preserve">(ej på linjerna) </w:t>
       </w:r>
       <w:r w:rsidR="00E5218C" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">och är beredd. </w:t>
       </w:r>
       <w:r w:rsidR="00CF43F4" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Råkar </w:t>
       </w:r>
       <w:r w:rsidR="006D6AE1" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
@@ -1108,51 +1092,51 @@
       <w:r w:rsidR="00E8536F" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska </w:t>
       </w:r>
       <w:r w:rsidR="00005CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ni avbryta så får du slå serven på nytt.</w:t>
       </w:r>
       <w:r w:rsidR="00E8536F" w:rsidRPr="00005CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="00E8536F" w:rsidP="006D6AE1">
+    <w:p w14:paraId="449B1FFD" w14:textId="77777777" w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="00E8536F" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Undvik </w:t>
       </w:r>
       <w:r w:rsidR="00143C62" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1179,51 +1163,51 @@
       <w:r w:rsidR="00F35483" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> uppfattar</w:t>
       </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> det så.</w:t>
       </w:r>
       <w:r w:rsidR="00143C62" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="006D6AE1" w:rsidP="006D6AE1">
+    <w:p w14:paraId="0E26F3F2" w14:textId="77777777" w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="006D6AE1" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Om du förlorar en boll genom att missa eller slå bollen i nät så ska inte motståndaren behöva gå fram till nätet</w:t>
       </w:r>
       <w:r w:rsidR="005C2A8E" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1234,51 +1218,51 @@
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> hämta bollen. Du som missat ska kasta över </w:t>
       </w:r>
       <w:r w:rsidR="0025696F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">bollen till </w:t>
       </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">den till den som ska serva.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443FBD" w:rsidRPr="0004283D" w:rsidRDefault="00143C62" w:rsidP="006D6AE1">
+    <w:p w14:paraId="076945E3" w14:textId="77777777" w:rsidR="00443FBD" w:rsidRPr="0004283D" w:rsidRDefault="00143C62" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter avslutad match tackar man </w:t>
       </w:r>
       <w:r w:rsidRPr="007A062C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1322,98 +1306,106 @@
       <w:r w:rsidR="007A062C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> åt er</w:t>
       </w:r>
       <w:r w:rsidR="005C2A8E" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006D6AE1" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="006D6AE1" w:rsidP="006D6AE1">
+    <w:p w14:paraId="6CAAC711" w14:textId="77777777" w:rsidR="006D6AE1" w:rsidRPr="0004283D" w:rsidRDefault="006D6AE1" w:rsidP="006D6AE1">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF0DDE" w:rsidRPr="0004283D" w:rsidRDefault="006D6AE1" w:rsidP="00443FBD">
+    <w:p w14:paraId="6EA3BA74" w14:textId="2F7EE90A" w:rsidR="00FF0DDE" w:rsidRPr="0004283D" w:rsidRDefault="006D6AE1" w:rsidP="00443FBD">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Lite r</w:t>
       </w:r>
       <w:r w:rsidR="00143C62" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>egler:</w:t>
       </w:r>
       <w:r w:rsidR="00143C62" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Man lottar om första serven genom att slå upp bollen i luften och se mot vilken sida den pekar</w:t>
       </w:r>
+      <w:r w:rsidR="000F616A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mest åt</w:t>
+      </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00143C62" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>resterande</w:t>
       </w:r>
       <w:r w:rsidR="00143C62" w:rsidRPr="0004283D">
@@ -1627,78 +1619,76 @@
       </w:r>
       <w:r w:rsidR="009C25FC" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F661A6" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Exempel: S</w:t>
       </w:r>
       <w:r w:rsidR="009C25FC" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00F661A6" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">rvar du i nät </w:t>
       </w:r>
       <w:r w:rsidR="009C25FC" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>så får din motståndare poäng.</w:t>
       </w:r>
       <w:r w:rsidR="00726670" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E7134" w:rsidRPr="0004283D" w:rsidRDefault="00077646" w:rsidP="00443FBD">
+    <w:p w14:paraId="1A34E7E8" w14:textId="77777777" w:rsidR="006E7134" w:rsidRPr="0004283D" w:rsidRDefault="00077646" w:rsidP="00443FBD">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Linjer:</w:t>
       </w:r>
       <w:r w:rsidR="00726670" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1723,183 +1713,191 @@
       <w:r w:rsidR="006E7134" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>endast</w:t>
       </w:r>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> singelmatcher, där av även singellinjer. Banan är lång (bakre linje) och smal (inre sidlinje)</w:t>
       </w:r>
       <w:r w:rsidR="00D64563" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E7134" w:rsidRPr="0004283D" w:rsidRDefault="006E7134" w:rsidP="00443FBD">
+    <w:p w14:paraId="7AB17B2E" w14:textId="77777777" w:rsidR="006E7134" w:rsidRPr="0004283D" w:rsidRDefault="006E7134" w:rsidP="00443FBD">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Välkomna att höra av er till mig om ni undrar över något. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00181D28" w:rsidRPr="0004283D" w:rsidRDefault="00181D28" w:rsidP="00443FBD">
+    <w:p w14:paraId="05CF93FE" w14:textId="77777777" w:rsidR="00181D28" w:rsidRPr="0004283D" w:rsidRDefault="00181D28" w:rsidP="00443FBD">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E7134" w:rsidRPr="0004283D" w:rsidRDefault="00181D28" w:rsidP="00443FBD">
+    <w:p w14:paraId="076D298E" w14:textId="7D8227D9" w:rsidR="006E7134" w:rsidRPr="0004283D" w:rsidRDefault="00181D28" w:rsidP="00443FBD">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Hälsningar </w:t>
       </w:r>
       <w:r w:rsidR="006E7134" w:rsidRPr="0004283D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anders Hörnström </w:t>
       </w:r>
-      <w:r w:rsidR="00516E30" w:rsidRPr="0004283D">
-[...5 lines deleted...]
-        <w:t>0700844851</w:t>
+      <w:r w:rsidR="000F616A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0722011141</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E762E" w:rsidRPr="0004283D" w:rsidRDefault="002E762E">
+    <w:p w14:paraId="01DFDB7F" w14:textId="77777777" w:rsidR="002E762E" w:rsidRPr="0004283D" w:rsidRDefault="002E762E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E762E" w:rsidRPr="0004283D" w:rsidSect="006E7134">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="765D1853"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD1239F2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1968,51 +1966,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CB91118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="943AE6E6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="72"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2081,351 +2079,596 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1696273208">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="21979629">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="web"/>
-  <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="190"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0MzKxtDQxMDA0MzUwNjdT0lEKTi0uzszPAykwrgUAMMf4MiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006D6392"/>
     <w:rsid w:val="00005CC5"/>
     <w:rsid w:val="0004283D"/>
     <w:rsid w:val="00043CEE"/>
     <w:rsid w:val="00046F50"/>
     <w:rsid w:val="000566F9"/>
     <w:rsid w:val="00074D5A"/>
     <w:rsid w:val="00077646"/>
+    <w:rsid w:val="00094E5D"/>
     <w:rsid w:val="000A24DB"/>
     <w:rsid w:val="000D3FD7"/>
+    <w:rsid w:val="000F616A"/>
     <w:rsid w:val="00143C62"/>
     <w:rsid w:val="00162596"/>
     <w:rsid w:val="00181D28"/>
     <w:rsid w:val="001D00FD"/>
     <w:rsid w:val="002112BA"/>
     <w:rsid w:val="0023012B"/>
     <w:rsid w:val="0025696F"/>
     <w:rsid w:val="002E0058"/>
     <w:rsid w:val="002E762E"/>
     <w:rsid w:val="0031540D"/>
     <w:rsid w:val="00317DBE"/>
     <w:rsid w:val="003738A5"/>
     <w:rsid w:val="0041541B"/>
     <w:rsid w:val="00443FBD"/>
     <w:rsid w:val="004D7E43"/>
     <w:rsid w:val="004F603A"/>
     <w:rsid w:val="00516E30"/>
     <w:rsid w:val="00524CB9"/>
     <w:rsid w:val="005369C4"/>
     <w:rsid w:val="00570C18"/>
     <w:rsid w:val="005745BB"/>
     <w:rsid w:val="005C2A8E"/>
     <w:rsid w:val="005C7A36"/>
     <w:rsid w:val="0061255C"/>
+    <w:rsid w:val="0064439C"/>
     <w:rsid w:val="00697401"/>
     <w:rsid w:val="006A295A"/>
     <w:rsid w:val="006D6392"/>
     <w:rsid w:val="006D6AE1"/>
     <w:rsid w:val="006E7134"/>
     <w:rsid w:val="00703D57"/>
     <w:rsid w:val="00726670"/>
     <w:rsid w:val="007A062C"/>
     <w:rsid w:val="007D25A0"/>
     <w:rsid w:val="00812659"/>
     <w:rsid w:val="0084423B"/>
     <w:rsid w:val="00847CCE"/>
     <w:rsid w:val="00877546"/>
     <w:rsid w:val="0096144E"/>
     <w:rsid w:val="009C25FC"/>
     <w:rsid w:val="009D4A9D"/>
     <w:rsid w:val="00AA5841"/>
     <w:rsid w:val="00B50130"/>
     <w:rsid w:val="00B777F8"/>
     <w:rsid w:val="00C334F5"/>
     <w:rsid w:val="00C717F2"/>
     <w:rsid w:val="00C76E81"/>
     <w:rsid w:val="00C86859"/>
     <w:rsid w:val="00CF43F4"/>
     <w:rsid w:val="00D477AD"/>
     <w:rsid w:val="00D64563"/>
     <w:rsid w:val="00D746E4"/>
     <w:rsid w:val="00D7706C"/>
     <w:rsid w:val="00DA264E"/>
     <w:rsid w:val="00DA5F69"/>
     <w:rsid w:val="00DD2BF1"/>
     <w:rsid w:val="00DE3BA4"/>
     <w:rsid w:val="00E5218C"/>
     <w:rsid w:val="00E55931"/>
     <w:rsid w:val="00E63976"/>
     <w:rsid w:val="00E64A2A"/>
     <w:rsid w:val="00E8536F"/>
     <w:rsid w:val="00EF60B9"/>
     <w:rsid w:val="00F35483"/>
     <w:rsid w:val="00F661A6"/>
     <w:rsid w:val="00FF0DDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="345F768A"/>
+  <w15:docId w15:val="{860618C5-B339-4241-AC4A-C381271F1CCC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002E762E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D6392"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -2462,51 +2705,51 @@
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="005C7A36"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="634260980">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="708527987">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -2803,66 +3046,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>607</Words>
-  <Characters>3222</Characters>
+  <Words>609</Words>
+  <Characters>3228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3822</CharactersWithSpaces>
+  <CharactersWithSpaces>3830</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>A</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>