--- v0 (2025-10-22)
+++ v1 (2025-11-12)
@@ -159,771 +159,845 @@
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="539D0553" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+    <w:p w14:paraId="539D0553" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F5C64"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7685FC79" w14:textId="14B8A7DB" w:rsidR="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7685FC79" w14:textId="5CD90C8C" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F5C64"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F5C64"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Medlemsavgifter 202</w:t>
       </w:r>
-      <w:r w:rsidR="00265CB2">
+      <w:r w:rsidR="007B6D91">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F5C64"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="304F73F1" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304F73F1" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F5C64"/>
-          <w:sz w:val="20"/>
-[...39 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D339968" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Hel </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>familj  600</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005A150D">
-[...44 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>-  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Med familj menas att familjemedlemmar bor på samma adress)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F90F08B" w14:textId="16551C00" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Senior      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>400:-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">  (födda 200</w:t>
       </w:r>
-      <w:r w:rsidR="00265CB2">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007B6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och tidigare)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4668BC18" w14:textId="431CEE36" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...33 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4668BC18" w14:textId="1681DDD4" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Ungdom   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>300:-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">  (födda 200</w:t>
       </w:r>
-      <w:r w:rsidR="00265CB2">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007B6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> och senare)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B04B604" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...33 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3B04B604" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Supporter </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>200:-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3EC7945D" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...73 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3EC7945D" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70371D52" w14:textId="77777777" w:rsidR="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Medlemsavgiften är en obligatorisk avgift i alla föreningar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0993969F" w14:textId="0D6CD265" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fotbollsförbundet kräver att </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>alla som representerar föreningen är medlemmar.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A150D">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alltså både spelare, ledare, styrelse mm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E05F546" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...63 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="7E05F546" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459F8261" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Som medlem ingår grundförsäkring genom Riksidrottsförbundet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13599823" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...33 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="13599823" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Som medlem påverkar du även föreningens framtid, ju fler medlemmar vi är, desto starkare blir vi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2E2278" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...33 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="6F2E2278" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Alla pengar går till fotbollsverksamheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57ED58CB" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
-[...29 lines deleted...]
-    <w:p w14:paraId="47743FAF" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+    <w:p w14:paraId="57ED58CB" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47743FAF" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
-          <w:lang w:eastAsia="sv-SE"/>
-[...5 lines deleted...]
-          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Om ni inte fått någon faktura med medlemsavgiften i er inkorg, titta i skräpposten, den kan hamna där.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BBF18B" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+    <w:p w14:paraId="51BBF18B" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
-          <w:lang w:eastAsia="sv-SE"/>
-[...5 lines deleted...]
-          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005618B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Meddela eventuella ändringar till </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="005A150D">
+        <w:r w:rsidRPr="005618B6">
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="36"/>
+            <w:szCs w:val="36"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
           <w:t>grumsfotboll@telia.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="322E3A96" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005A150D" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+    <w:p w14:paraId="322E3A96" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5736423F" w14:textId="77777777" w:rsidR="006E0EEF" w:rsidRDefault="006E0EEF"/>
     <w:sectPr w:rsidR="006E0EEF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -947,54 +1021,60 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A150D"/>
     <w:rsid w:val="00265CB2"/>
+    <w:rsid w:val="00395C73"/>
     <w:rsid w:val="00537949"/>
+    <w:rsid w:val="005618B6"/>
     <w:rsid w:val="005A150D"/>
+    <w:rsid w:val="006D6423"/>
     <w:rsid w:val="006E0EEF"/>
+    <w:rsid w:val="00793090"/>
+    <w:rsid w:val="007B6D91"/>
     <w:rsid w:val="00841207"/>
+    <w:rsid w:val="00BC4FA3"/>
     <w:rsid w:val="00D91AF0"/>
     <w:rsid w:val="00F67A7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1430,50 +1510,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="817187559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grumsfotboll@telia.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1763,29 +1844,30 @@
   <Words>126</Words>
   <Characters>674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Grums Fotboll</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>