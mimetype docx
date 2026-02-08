--- v1 (2025-11-12)
+++ v2 (2026-02-08)
@@ -316,678 +316,577 @@
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hel </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Hel familj  600:-  (Med familj menas att familjemedlemmar bor på samma adress)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F90F08B" w14:textId="16551C00" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>familj  600</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Senior      400:-  (födda 200</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> och tidigare)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4668BC18" w14:textId="1681DDD4" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>-  (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Ungdom   300:-  (födda 200</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Med familj menas att familjemedlemmar bor på samma adress)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F90F08B" w14:textId="16551C00" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+        <w:t xml:space="preserve"> och senare)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B04B604" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Senior      </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Supporter 200:-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC7945D" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70371D52" w14:textId="77777777" w:rsidR="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>400:-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Medlemsavgiften är en obligatorisk avgift i alla föreningar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0993969F" w14:textId="0D6CD265" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (födda 200</w:t>
-[...9 lines deleted...]
-        <w:t>7</w:t>
+        <w:t xml:space="preserve">Fotbollsförbundet kräver att </w:t>
       </w:r>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="sv-SE"/>
-[...32 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>alla som representerar föreningen är medlemmar.</w:t>
+      </w:r>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ungdom   </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> Alltså både spelare, ledare, styrelse mm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E05F546" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459F8261" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>300:-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Som medlem ingår grundförsäkring genom Riksidrottsförbundet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13599823" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (födda 200</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t>Som medlem påverkar du även föreningens framtid, ju fler medlemmar vi är, desto starkare blir vi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2E2278" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och senare)</w:t>
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:t>Alla pengar går till fotbollsverksamheten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57ED58CB" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47743FAF" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Supporter </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Om ni inte fått någon faktura med medlemsavgiften i er inkorg, titta i skräpposten, den kan hamna där.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BBF18B" w14:textId="213CE955" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4F5C64"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005618B6">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4F5C64"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>200:-</w:t>
-[...354 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Meddela eventuella ändringar till </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="005618B6">
+        <w:r w:rsidR="000A6935" w:rsidRPr="007A0362">
           <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Helvetica" w:eastAsia="Calibri" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:sz w:val="36"/>
             <w:szCs w:val="36"/>
-            <w:u w:val="single"/>
             <w:lang w:eastAsia="sv-SE"/>
           </w:rPr>
-          <w:t>grumsfotboll@telia.com</w:t>
+          <w:t>kansli@grumsfotboll.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="322E3A96" w14:textId="77777777" w:rsidR="005A150D" w:rsidRPr="005618B6" w:rsidRDefault="005A150D" w:rsidP="005A150D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5736423F" w14:textId="77777777" w:rsidR="006E0EEF" w:rsidRDefault="006E0EEF"/>
     <w:sectPr w:rsidR="006E0EEF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -1006,77 +905,81 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A150D"/>
+    <w:rsid w:val="000A6935"/>
+    <w:rsid w:val="001B3FBD"/>
     <w:rsid w:val="00265CB2"/>
     <w:rsid w:val="00395C73"/>
+    <w:rsid w:val="004B7816"/>
     <w:rsid w:val="00537949"/>
     <w:rsid w:val="005618B6"/>
     <w:rsid w:val="005A150D"/>
     <w:rsid w:val="006D6423"/>
     <w:rsid w:val="006E0EEF"/>
     <w:rsid w:val="00793090"/>
     <w:rsid w:val="007B6D91"/>
     <w:rsid w:val="00841207"/>
     <w:rsid w:val="00BC4FA3"/>
     <w:rsid w:val="00D91AF0"/>
     <w:rsid w:val="00F67A7A"/>
+    <w:rsid w:val="00F940F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="08D636A2"/>
@@ -1489,78 +1392,101 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlnk">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F940F5"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F940F5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="817187559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grumsfotboll@telia.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kansli@grumsfotboll.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1819,55 +1745,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>126</Words>
-  <Characters>674</Characters>
+  <Words>101</Words>
+  <Characters>631</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>799</CharactersWithSpaces>
+  <CharactersWithSpaces>731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Grums Fotboll</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>