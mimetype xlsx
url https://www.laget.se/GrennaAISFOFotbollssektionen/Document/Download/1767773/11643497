--- v0 (2025-11-05)
+++ v1 (2025-11-26)
@@ -1,86 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/68a2a9dd6a8f1359/Skrivbord/Vaktmästare/Ribbahallen/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="417" documentId="8_{8D035809-4EA3-4FC9-8FFB-FD8A33709C7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ADF4EEC7-D722-469A-A5BB-B14AF2609E2E}"/>
+  <xr:revisionPtr revIDLastSave="425" documentId="8_{8D035809-4EA3-4FC9-8FFB-FD8A33709C7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6A92C7A8-4F69-41DF-9355-60592A1A988E}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="A-hallen" sheetId="1" r:id="rId1"/>
     <sheet name="B-hallen" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="78">
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
     <t>Fredag</t>
   </si>
   <si>
     <t>Lördag</t>
   </si>
   <si>
     <t>Söndag</t>
   </si>
   <si>
@@ -295,61 +296,67 @@
   <si>
     <t>GAIS FB
 F10-12</t>
   </si>
   <si>
     <t>GAIS FB
 VETERAN</t>
   </si>
   <si>
     <t>GAIS GY
 BARN -21</t>
   </si>
   <si>
     <t>GAIS GY
 BARN -19</t>
   </si>
   <si>
     <t>GAIS FB
 P12-13</t>
   </si>
   <si>
     <t>GAIS GY
 VUXEN ZUMBA</t>
   </si>
   <si>
-    <t xml:space="preserve">GAIS IB
-[...3 lines deleted...]
-  <si>
     <t>GAIS FB
 P14-15</t>
   </si>
   <si>
     <t>GAIS FB
 Seniorer</t>
+  </si>
+  <si>
+    <t>GAIS FB
+F16</t>
+  </si>
+  <si>
+    <t>17.00-17.30</t>
+  </si>
+  <si>
+    <t>GAIS IB
+Innebandyskola</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Roboto"/>
@@ -1533,51 +1540,51 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="183">
+  <cellXfs count="185">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1759,345 +1766,355 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="74" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="75" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="76" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="77" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="79" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="80" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="81" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="86" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="88" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...65 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="68" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="60" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="58" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="65" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...26 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="9" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="65" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="58" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="65" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="66" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...55 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="68" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="69" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2333,862 +2350,862 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I29"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F35" sqref="F35"/>
+    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="9" width="24.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="9" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="9" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="27"/>
-      <c r="G2" s="175"/>
+      <c r="G2" s="90"/>
       <c r="H2" s="10"/>
       <c r="I2" s="22" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="28"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="29"/>
-      <c r="G3" s="176"/>
+      <c r="G3" s="91"/>
       <c r="H3" s="11"/>
-      <c r="I3" s="180" t="s">
+      <c r="I3" s="94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="28"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="29"/>
-      <c r="G4" s="177" t="s">
+      <c r="G4" s="97" t="s">
         <v>49</v>
       </c>
-      <c r="H4" s="98" t="s">
+      <c r="H4" s="95" t="s">
         <v>49</v>
       </c>
       <c r="I4" s="15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="28"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="29"/>
-      <c r="G5" s="177"/>
-      <c r="H5" s="98"/>
+      <c r="G5" s="97"/>
+      <c r="H5" s="95"/>
       <c r="I5" s="16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="28"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="29"/>
-      <c r="G6" s="177"/>
-      <c r="H6" s="98"/>
+      <c r="G6" s="97"/>
+      <c r="H6" s="95"/>
       <c r="I6" s="16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="28"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="29"/>
-      <c r="G7" s="177"/>
-      <c r="H7" s="98"/>
+      <c r="G7" s="97"/>
+      <c r="H7" s="95"/>
       <c r="I7" s="16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="30"/>
-      <c r="C8" s="89" t="s">
+      <c r="C8" s="105" t="s">
         <v>36</v>
       </c>
-      <c r="D8" s="90"/>
-      <c r="E8" s="91"/>
+      <c r="D8" s="106"/>
+      <c r="E8" s="107"/>
       <c r="F8" s="29"/>
-      <c r="G8" s="177"/>
-      <c r="H8" s="98"/>
+      <c r="G8" s="97"/>
+      <c r="H8" s="95"/>
       <c r="I8" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="28"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="29"/>
-      <c r="G9" s="177"/>
-      <c r="H9" s="98"/>
+      <c r="G9" s="97"/>
+      <c r="H9" s="95"/>
       <c r="I9" s="16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="28"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="29"/>
-      <c r="G10" s="177"/>
-      <c r="H10" s="98"/>
+      <c r="G10" s="97"/>
+      <c r="H10" s="95"/>
       <c r="I10" s="16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="28"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="29"/>
-      <c r="G11" s="177"/>
-      <c r="H11" s="98"/>
+      <c r="G11" s="97"/>
+      <c r="H11" s="95"/>
       <c r="I11" s="16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="29"/>
-      <c r="G12" s="177"/>
-      <c r="H12" s="98"/>
+      <c r="G12" s="97"/>
+      <c r="H12" s="95"/>
       <c r="I12" s="16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="28"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="29"/>
-      <c r="G13" s="177"/>
-      <c r="H13" s="98"/>
+      <c r="G13" s="97"/>
+      <c r="H13" s="95"/>
       <c r="I13" s="16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="31"/>
       <c r="C14" s="32"/>
       <c r="D14" s="32"/>
       <c r="E14" s="32"/>
       <c r="F14" s="5"/>
-      <c r="G14" s="177"/>
-      <c r="H14" s="98"/>
+      <c r="G14" s="97"/>
+      <c r="H14" s="95"/>
       <c r="I14" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="32"/>
       <c r="D15" s="32"/>
       <c r="E15" s="32"/>
       <c r="F15" s="5"/>
-      <c r="G15" s="177"/>
-      <c r="H15" s="98"/>
+      <c r="G15" s="97"/>
+      <c r="H15" s="95"/>
       <c r="I15" s="16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="23" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="31"/>
       <c r="C16" s="32"/>
       <c r="D16" s="33"/>
       <c r="E16" s="32"/>
       <c r="F16" s="5"/>
-      <c r="G16" s="177"/>
-      <c r="H16" s="98"/>
+      <c r="G16" s="97"/>
+      <c r="H16" s="95"/>
       <c r="I16" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="34"/>
       <c r="C17" s="35"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="37"/>
-      <c r="G17" s="177"/>
-      <c r="H17" s="98"/>
+      <c r="G17" s="97"/>
+      <c r="H17" s="95"/>
       <c r="I17" s="16" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="20" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="10"/>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
-      <c r="G18" s="177"/>
-      <c r="H18" s="98"/>
+      <c r="G18" s="97"/>
+      <c r="H18" s="95"/>
       <c r="I18" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="20" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="11"/>
-      <c r="C19" s="96" t="s">
+      <c r="C19" s="110" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
-      <c r="G19" s="177"/>
-      <c r="H19" s="98"/>
+      <c r="G19" s="97"/>
+      <c r="H19" s="95"/>
       <c r="I19" s="16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="92" t="s">
+      <c r="B20" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="C20" s="97"/>
-      <c r="D20" s="92" t="s">
+      <c r="C20" s="111"/>
+      <c r="D20" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="E20" s="94" t="s">
+      <c r="E20" s="108" t="s">
         <v>44</v>
       </c>
-      <c r="F20" s="92" t="s">
+      <c r="F20" s="98" t="s">
         <v>50</v>
       </c>
-      <c r="G20" s="177"/>
-      <c r="H20" s="98"/>
+      <c r="G20" s="97"/>
+      <c r="H20" s="95"/>
       <c r="I20" s="16" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="B21" s="93"/>
-      <c r="C21" s="96" t="s">
+      <c r="B21" s="99"/>
+      <c r="C21" s="110" t="s">
         <v>43</v>
       </c>
-      <c r="D21" s="93"/>
-[...2 lines deleted...]
-      <c r="G21" s="177"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="109"/>
+      <c r="F21" s="99"/>
+      <c r="G21" s="97"/>
       <c r="H21" s="100" t="s">
         <v>51</v>
       </c>
       <c r="I21" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="20" t="s">
         <v>28</v>
       </c>
-      <c r="B22" s="92" t="s">
+      <c r="B22" s="98" t="s">
         <v>39</v>
       </c>
-      <c r="C22" s="97"/>
-[...3 lines deleted...]
-      <c r="G22" s="176"/>
+      <c r="C22" s="111"/>
+      <c r="D22" s="99"/>
+      <c r="E22" s="109"/>
+      <c r="F22" s="99"/>
+      <c r="G22" s="91"/>
       <c r="H22" s="101"/>
       <c r="I22" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="B23" s="93"/>
-      <c r="C23" s="94" t="s">
+      <c r="B23" s="99"/>
+      <c r="C23" s="108" t="s">
         <v>44</v>
       </c>
-      <c r="D23" s="94" t="s">
+      <c r="D23" s="108" t="s">
         <v>40</v>
       </c>
-      <c r="E23" s="92" t="s">
+      <c r="E23" s="98" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="11"/>
-      <c r="G23" s="178"/>
+      <c r="G23" s="92"/>
       <c r="H23" s="102"/>
       <c r="I23" s="16" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="B24" s="94" t="s">
+      <c r="B24" s="108" t="s">
         <v>40</v>
       </c>
-      <c r="C24" s="95"/>
-[...2 lines deleted...]
-      <c r="F24" s="98" t="s">
+      <c r="C24" s="109"/>
+      <c r="D24" s="109"/>
+      <c r="E24" s="99"/>
+      <c r="F24" s="95" t="s">
         <v>49</v>
       </c>
-      <c r="G24" s="174"/>
-[...1 lines deleted...]
-        <v>75</v>
+      <c r="G24" s="89"/>
+      <c r="H24" s="103" t="s">
+        <v>74</v>
       </c>
       <c r="I24" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="B25" s="95"/>
-[...1 lines deleted...]
-      <c r="D25" s="94" t="s">
+      <c r="B25" s="109"/>
+      <c r="C25" s="109"/>
+      <c r="D25" s="108" t="s">
         <v>41</v>
       </c>
-      <c r="E25" s="93"/>
-      <c r="F25" s="98"/>
+      <c r="E25" s="99"/>
+      <c r="F25" s="95"/>
       <c r="G25" s="31"/>
-      <c r="H25" s="182"/>
+      <c r="H25" s="104"/>
       <c r="I25" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="B26" s="94" t="s">
+      <c r="B26" s="108" t="s">
         <v>41</v>
       </c>
-      <c r="C26" s="92" t="s">
+      <c r="C26" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="D26" s="95"/>
-      <c r="E26" s="92" t="s">
+      <c r="D26" s="109"/>
+      <c r="E26" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="F26" s="98"/>
+      <c r="F26" s="95"/>
       <c r="G26" s="31"/>
-      <c r="H26" s="182"/>
+      <c r="H26" s="104"/>
       <c r="I26" s="16" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="95"/>
-[...3 lines deleted...]
-      <c r="F27" s="98"/>
+      <c r="B27" s="109"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="109"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="95"/>
       <c r="G27" s="31"/>
       <c r="H27" s="11"/>
       <c r="I27" s="16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="20" t="s">
         <v>34</v>
       </c>
-      <c r="B28" s="95"/>
-      <c r="C28" s="93"/>
+      <c r="B28" s="109"/>
+      <c r="C28" s="99"/>
       <c r="D28" s="11"/>
-      <c r="E28" s="93"/>
-      <c r="F28" s="98"/>
+      <c r="E28" s="99"/>
+      <c r="F28" s="95"/>
       <c r="G28" s="31"/>
       <c r="H28" s="11"/>
       <c r="I28" s="16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="21" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="12"/>
       <c r="C29" s="12"/>
       <c r="D29" s="12"/>
       <c r="E29" s="12"/>
-      <c r="F29" s="99"/>
-      <c r="G29" s="179"/>
+      <c r="F29" s="96"/>
+      <c r="G29" s="93"/>
       <c r="H29" s="12"/>
       <c r="I29" s="14" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="F24:F29"/>
-[...4 lines deleted...]
-    <mergeCell ref="H24:H26"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="B24:B25"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="C19:C20"/>
     <mergeCell ref="C21:C22"/>
     <mergeCell ref="C23:C25"/>
     <mergeCell ref="C26:C28"/>
     <mergeCell ref="D20:D22"/>
     <mergeCell ref="D23:D24"/>
     <mergeCell ref="D25:D27"/>
     <mergeCell ref="E20:E22"/>
     <mergeCell ref="E23:E25"/>
     <mergeCell ref="E26:E28"/>
+    <mergeCell ref="F24:F29"/>
+    <mergeCell ref="G4:G21"/>
+    <mergeCell ref="F20:F22"/>
+    <mergeCell ref="H4:H20"/>
+    <mergeCell ref="H21:H23"/>
+    <mergeCell ref="H24:H26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4494D9DE-C97A-43A7-ABBB-6ABEE108256F}">
   <sheetPr>
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P29"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N18" sqref="N18:O20"/>
+    <sheetView topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="T8" sqref="T8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11" bestFit="1" customWidth="1"/>
     <col min="2" max="15" width="12.7109375" customWidth="1"/>
     <col min="16" max="16" width="11" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="162" t="s">
+      <c r="B1" s="112" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="163"/>
-      <c r="D1" s="162" t="s">
+      <c r="C1" s="113"/>
+      <c r="D1" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="163"/>
-      <c r="F1" s="162" t="s">
+      <c r="E1" s="113"/>
+      <c r="F1" s="112" t="s">
         <v>3</v>
       </c>
-      <c r="G1" s="163"/>
-      <c r="H1" s="162" t="s">
+      <c r="G1" s="113"/>
+      <c r="H1" s="112" t="s">
         <v>4</v>
       </c>
-      <c r="I1" s="163"/>
-      <c r="J1" s="162" t="s">
+      <c r="I1" s="113"/>
+      <c r="J1" s="112" t="s">
         <v>5</v>
       </c>
-      <c r="K1" s="163"/>
-      <c r="L1" s="162" t="s">
+      <c r="K1" s="113"/>
+      <c r="L1" s="112" t="s">
         <v>6</v>
       </c>
-      <c r="M1" s="163"/>
-      <c r="N1" s="162" t="s">
+      <c r="M1" s="113"/>
+      <c r="N1" s="112" t="s">
         <v>7</v>
       </c>
-      <c r="O1" s="163"/>
+      <c r="O1" s="113"/>
       <c r="P1" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="40" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="44"/>
       <c r="C2" s="45"/>
       <c r="D2" s="45"/>
       <c r="E2" s="45"/>
       <c r="F2" s="45"/>
       <c r="G2" s="45"/>
       <c r="H2" s="45"/>
       <c r="I2" s="45"/>
       <c r="J2" s="46"/>
       <c r="K2" s="47"/>
       <c r="L2" s="41"/>
       <c r="M2" s="18"/>
       <c r="N2" s="75"/>
       <c r="O2" s="18"/>
       <c r="P2" s="13" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="48"/>
       <c r="C3" s="49"/>
       <c r="D3" s="49"/>
       <c r="E3" s="49"/>
       <c r="F3" s="49"/>
       <c r="G3" s="49"/>
       <c r="H3" s="49"/>
       <c r="I3" s="49"/>
       <c r="J3" s="50"/>
       <c r="K3" s="51"/>
-      <c r="L3" s="103" t="s">
+      <c r="L3" s="159" t="s">
         <v>68</v>
       </c>
-      <c r="M3" s="109"/>
+      <c r="M3" s="165"/>
       <c r="N3" s="76"/>
       <c r="O3" s="17"/>
       <c r="P3" s="14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="48"/>
       <c r="C4" s="49"/>
       <c r="D4" s="49"/>
       <c r="E4" s="49"/>
       <c r="F4" s="49"/>
       <c r="G4" s="49"/>
       <c r="H4" s="49"/>
       <c r="I4" s="49"/>
       <c r="J4" s="50"/>
       <c r="K4" s="51"/>
-      <c r="L4" s="105"/>
-[...1 lines deleted...]
-      <c r="N4" s="118" t="s">
+      <c r="L4" s="161"/>
+      <c r="M4" s="166"/>
+      <c r="N4" s="170" t="s">
         <v>69</v>
       </c>
-      <c r="O4" s="152" t="s">
+      <c r="O4" s="117" t="s">
         <v>70</v>
       </c>
       <c r="P4" s="15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="48"/>
       <c r="C5" s="49"/>
       <c r="D5" s="49"/>
       <c r="E5" s="49"/>
       <c r="F5" s="49"/>
       <c r="G5" s="49"/>
       <c r="H5" s="49"/>
       <c r="I5" s="49"/>
       <c r="J5" s="50"/>
       <c r="K5" s="51"/>
-      <c r="L5" s="107"/>
-[...2 lines deleted...]
-      <c r="O5" s="167"/>
+      <c r="L5" s="163"/>
+      <c r="M5" s="167"/>
+      <c r="N5" s="171"/>
+      <c r="O5" s="118"/>
       <c r="P5" s="16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="48"/>
       <c r="C6" s="49"/>
       <c r="D6" s="49"/>
       <c r="E6" s="49"/>
       <c r="F6" s="49"/>
       <c r="G6" s="49"/>
       <c r="H6" s="49"/>
       <c r="I6" s="49"/>
       <c r="J6" s="50"/>
       <c r="K6" s="51"/>
-      <c r="L6" s="112" t="s">
+      <c r="L6" s="144" t="s">
         <v>60</v>
       </c>
-      <c r="M6" s="113"/>
-[...3 lines deleted...]
-      <c r="O6" s="169"/>
+      <c r="M6" s="145"/>
+      <c r="N6" s="119" t="s">
+        <v>77</v>
+      </c>
+      <c r="O6" s="120"/>
       <c r="P6" s="16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="48"/>
       <c r="C7" s="52"/>
       <c r="D7" s="52"/>
       <c r="E7" s="52"/>
       <c r="F7" s="52"/>
       <c r="G7" s="52"/>
       <c r="H7" s="52"/>
       <c r="I7" s="52"/>
       <c r="J7" s="53"/>
       <c r="K7" s="51"/>
-      <c r="L7" s="114"/>
-[...2 lines deleted...]
-      <c r="O7" s="171"/>
+      <c r="L7" s="146"/>
+      <c r="M7" s="147"/>
+      <c r="N7" s="121"/>
+      <c r="O7" s="122"/>
       <c r="P7" s="16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="54"/>
-      <c r="C8" s="164" t="s">
+      <c r="C8" s="114" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="165"/>
-[...5 lines deleted...]
-      <c r="J8" s="166"/>
+      <c r="D8" s="115"/>
+      <c r="E8" s="115"/>
+      <c r="F8" s="115"/>
+      <c r="G8" s="115"/>
+      <c r="H8" s="115"/>
+      <c r="I8" s="115"/>
+      <c r="J8" s="116"/>
       <c r="K8" s="55"/>
-      <c r="L8" s="114"/>
-[...2 lines deleted...]
-      <c r="O8" s="173"/>
+      <c r="L8" s="146"/>
+      <c r="M8" s="147"/>
+      <c r="N8" s="123"/>
+      <c r="O8" s="124"/>
       <c r="P8" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="48"/>
       <c r="C9" s="56"/>
       <c r="D9" s="56"/>
       <c r="E9" s="56"/>
       <c r="F9" s="56"/>
       <c r="G9" s="56"/>
       <c r="H9" s="56"/>
       <c r="I9" s="56"/>
       <c r="J9" s="57"/>
       <c r="K9" s="51"/>
-      <c r="L9" s="114"/>
-[...1 lines deleted...]
-      <c r="N9" s="120" t="s">
+      <c r="L9" s="146"/>
+      <c r="M9" s="147"/>
+      <c r="N9" s="172" t="s">
         <v>52</v>
       </c>
-      <c r="O9" s="121"/>
+      <c r="O9" s="139"/>
       <c r="P9" s="16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="48"/>
       <c r="C10" s="49"/>
       <c r="D10" s="49"/>
       <c r="E10" s="49"/>
       <c r="F10" s="49"/>
       <c r="G10" s="49"/>
       <c r="H10" s="49"/>
       <c r="I10" s="49"/>
       <c r="J10" s="50"/>
       <c r="K10" s="51"/>
-      <c r="L10" s="114"/>
-[...2 lines deleted...]
-      <c r="O10" s="123"/>
+      <c r="L10" s="146"/>
+      <c r="M10" s="147"/>
+      <c r="N10" s="173"/>
+      <c r="O10" s="143"/>
       <c r="P10" s="16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="48"/>
       <c r="C11" s="49"/>
       <c r="D11" s="49"/>
       <c r="E11" s="49"/>
       <c r="F11" s="49"/>
       <c r="G11" s="49"/>
       <c r="H11" s="49"/>
       <c r="I11" s="49"/>
       <c r="J11" s="50"/>
       <c r="K11" s="51"/>
-      <c r="L11" s="116"/>
-      <c r="M11" s="117"/>
+      <c r="L11" s="168"/>
+      <c r="M11" s="169"/>
       <c r="N11" s="76"/>
       <c r="O11" s="17"/>
       <c r="P11" s="16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="48"/>
       <c r="C12" s="49"/>
       <c r="D12" s="49"/>
       <c r="E12" s="49"/>
       <c r="F12" s="49"/>
       <c r="G12" s="49"/>
       <c r="H12" s="49"/>
       <c r="I12" s="49"/>
       <c r="J12" s="50"/>
       <c r="K12" s="50"/>
       <c r="L12" s="82"/>
       <c r="M12" s="82"/>
       <c r="N12" s="76"/>
       <c r="O12" s="17"/>
       <c r="P12" s="16" t="s">
@@ -3233,443 +3250,446 @@
       <c r="K14" s="79"/>
       <c r="L14" s="86"/>
       <c r="M14" s="87"/>
       <c r="N14" s="76"/>
       <c r="O14" s="17"/>
       <c r="P14" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="54"/>
       <c r="C15" s="50"/>
       <c r="D15" s="58"/>
       <c r="E15" s="58"/>
       <c r="F15" s="58"/>
       <c r="G15" s="58"/>
       <c r="H15" s="58"/>
       <c r="I15" s="58"/>
       <c r="J15" s="58"/>
       <c r="K15" s="79"/>
       <c r="L15" s="87"/>
       <c r="M15" s="87"/>
-      <c r="N15" s="127" t="s">
-[...2 lines deleted...]
-      <c r="O15" s="128"/>
+      <c r="N15" s="177" t="s">
+        <v>73</v>
+      </c>
+      <c r="O15" s="178"/>
       <c r="P15" s="16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="54"/>
       <c r="C16" s="50"/>
       <c r="D16" s="58"/>
       <c r="E16" s="58"/>
       <c r="F16" s="58"/>
       <c r="G16" s="59"/>
       <c r="H16" s="59"/>
       <c r="I16" s="58"/>
       <c r="J16" s="58"/>
       <c r="K16" s="79"/>
       <c r="L16" s="84"/>
       <c r="M16" s="84"/>
-      <c r="N16" s="129"/>
-      <c r="O16" s="130"/>
+      <c r="N16" s="179"/>
+      <c r="O16" s="180"/>
       <c r="P16" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="60"/>
       <c r="C17" s="61"/>
       <c r="D17" s="62"/>
       <c r="E17" s="63"/>
       <c r="F17" s="63"/>
       <c r="G17" s="62"/>
       <c r="H17" s="62"/>
       <c r="I17" s="62"/>
       <c r="J17" s="64"/>
       <c r="K17" s="80"/>
       <c r="L17" s="84"/>
       <c r="M17" s="84"/>
-      <c r="N17" s="131"/>
-      <c r="O17" s="132"/>
+      <c r="N17" s="181"/>
+      <c r="O17" s="182"/>
       <c r="P17" s="16" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="68"/>
       <c r="C18" s="17"/>
-      <c r="D18" s="41"/>
-      <c r="E18" s="17"/>
+      <c r="D18" s="183" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" s="184"/>
       <c r="F18" s="41"/>
       <c r="G18" s="17"/>
       <c r="H18" s="41"/>
       <c r="I18" s="17"/>
       <c r="J18" s="41"/>
       <c r="L18" s="84"/>
       <c r="M18" s="84"/>
-      <c r="N18" s="124" t="s">
+      <c r="N18" s="174" t="s">
         <v>71</v>
       </c>
-      <c r="O18" s="109"/>
+      <c r="O18" s="165"/>
       <c r="P18" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="69"/>
       <c r="C19" s="17"/>
-      <c r="D19" s="42"/>
-      <c r="E19" s="17"/>
+      <c r="D19" s="163"/>
+      <c r="E19" s="167"/>
       <c r="F19" s="42"/>
       <c r="G19" s="17"/>
       <c r="H19" s="42"/>
       <c r="I19" s="17"/>
       <c r="J19" s="42"/>
       <c r="L19" s="84"/>
       <c r="M19" s="84"/>
-      <c r="N19" s="106"/>
-      <c r="O19" s="110"/>
+      <c r="N19" s="162"/>
+      <c r="O19" s="166"/>
       <c r="P19" s="16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="135" t="s">
+      <c r="B20" s="125" t="s">
         <v>52</v>
       </c>
-      <c r="C20" s="157"/>
-      <c r="D20" s="139" t="s">
+      <c r="C20" s="126"/>
+      <c r="D20" s="133" t="s">
         <v>55</v>
       </c>
-      <c r="E20" s="152" t="s">
+      <c r="E20" s="117" t="s">
         <v>56</v>
       </c>
-      <c r="F20" s="112" t="s">
+      <c r="F20" s="144" t="s">
         <v>60</v>
       </c>
-      <c r="G20" s="113"/>
-      <c r="H20" s="139" t="s">
+      <c r="G20" s="145"/>
+      <c r="H20" s="133" t="s">
         <v>62</v>
       </c>
-      <c r="I20" s="133" t="s">
+      <c r="I20" s="131" t="s">
         <v>63</v>
       </c>
-      <c r="J20" s="103" t="s">
+      <c r="J20" s="159" t="s">
         <v>67</v>
       </c>
-      <c r="K20" s="104"/>
+      <c r="K20" s="160"/>
       <c r="L20" s="84"/>
       <c r="M20" s="84"/>
-      <c r="N20" s="108"/>
-      <c r="O20" s="111"/>
+      <c r="N20" s="164"/>
+      <c r="O20" s="167"/>
       <c r="P20" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="B21" s="158"/>
-[...8 lines deleted...]
-      <c r="K21" s="106"/>
+      <c r="B21" s="127"/>
+      <c r="C21" s="128"/>
+      <c r="D21" s="134"/>
+      <c r="E21" s="135"/>
+      <c r="F21" s="146"/>
+      <c r="G21" s="147"/>
+      <c r="H21" s="134"/>
+      <c r="I21" s="132"/>
+      <c r="J21" s="161"/>
+      <c r="K21" s="162"/>
       <c r="L21" s="84"/>
       <c r="M21" s="84"/>
       <c r="N21" s="77"/>
       <c r="O21" s="74"/>
       <c r="P21" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B22" s="135" t="s">
+      <c r="B22" s="125" t="s">
         <v>53</v>
       </c>
-      <c r="C22" s="157"/>
-      <c r="D22" s="154" t="s">
+      <c r="C22" s="126"/>
+      <c r="D22" s="136" t="s">
         <v>57</v>
       </c>
-      <c r="E22" s="155"/>
-[...2 lines deleted...]
-      <c r="H22" s="142" t="s">
+      <c r="E22" s="137"/>
+      <c r="F22" s="146"/>
+      <c r="G22" s="147"/>
+      <c r="H22" s="149" t="s">
         <v>64</v>
       </c>
-      <c r="I22" s="143"/>
-[...1 lines deleted...]
-      <c r="K22" s="108"/>
+      <c r="I22" s="150"/>
+      <c r="J22" s="163"/>
+      <c r="K22" s="164"/>
       <c r="L22" s="84"/>
       <c r="M22" s="84"/>
-      <c r="N22" s="125" t="s">
+      <c r="N22" s="175" t="s">
         <v>72</v>
       </c>
-      <c r="O22" s="113"/>
+      <c r="O22" s="145"/>
       <c r="P22" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="B23" s="160"/>
-[...1 lines deleted...]
-      <c r="D23" s="156" t="s">
+      <c r="B23" s="129"/>
+      <c r="C23" s="130"/>
+      <c r="D23" s="138" t="s">
         <v>58</v>
       </c>
-      <c r="E23" s="133" t="s">
+      <c r="E23" s="131" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="72"/>
-      <c r="G23" s="133" t="s">
+      <c r="G23" s="131" t="s">
         <v>59</v>
       </c>
-      <c r="H23" s="144"/>
-      <c r="I23" s="145"/>
+      <c r="H23" s="151"/>
+      <c r="I23" s="152"/>
       <c r="J23" s="42"/>
       <c r="L23" s="85"/>
       <c r="M23" s="85"/>
-      <c r="N23" s="126"/>
-      <c r="O23" s="117"/>
+      <c r="N23" s="176"/>
+      <c r="O23" s="169"/>
       <c r="P23" s="16" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="B24" s="135" t="s">
+      <c r="B24" s="125" t="s">
         <v>46</v>
       </c>
-      <c r="C24" s="157"/>
-[...1 lines deleted...]
-      <c r="E24" s="141"/>
+      <c r="C24" s="126"/>
+      <c r="D24" s="134"/>
+      <c r="E24" s="132"/>
       <c r="F24" s="73"/>
-      <c r="G24" s="134"/>
-      <c r="H24" s="142" t="s">
+      <c r="G24" s="148"/>
+      <c r="H24" s="149" t="s">
         <v>65</v>
       </c>
-      <c r="I24" s="143"/>
+      <c r="I24" s="150"/>
       <c r="J24" s="42"/>
       <c r="K24" s="17"/>
       <c r="L24" s="81"/>
       <c r="M24" s="88"/>
       <c r="N24" s="76"/>
       <c r="O24" s="17"/>
       <c r="P24" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="B25" s="158"/>
-[...1 lines deleted...]
-      <c r="D25" s="135" t="s">
+      <c r="B25" s="127"/>
+      <c r="C25" s="128"/>
+      <c r="D25" s="125" t="s">
         <v>47</v>
       </c>
-      <c r="E25" s="121"/>
-      <c r="F25" s="135" t="s">
+      <c r="E25" s="139"/>
+      <c r="F25" s="125" t="s">
         <v>38</v>
       </c>
-      <c r="G25" s="121"/>
-[...1 lines deleted...]
-      <c r="I25" s="145"/>
+      <c r="G25" s="139"/>
+      <c r="H25" s="151"/>
+      <c r="I25" s="152"/>
       <c r="J25" s="42"/>
       <c r="K25" s="17"/>
       <c r="L25" s="65"/>
       <c r="M25" s="55"/>
       <c r="N25" s="76"/>
       <c r="O25" s="17"/>
       <c r="P25" s="16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="71"/>
-      <c r="C26" s="133" t="s">
+      <c r="C26" s="131" t="s">
         <v>54</v>
       </c>
-      <c r="D26" s="136"/>
-[...3 lines deleted...]
-      <c r="H26" s="146" t="s">
+      <c r="D26" s="140"/>
+      <c r="E26" s="141"/>
+      <c r="F26" s="140"/>
+      <c r="G26" s="141"/>
+      <c r="H26" s="153" t="s">
         <v>66</v>
       </c>
-      <c r="I26" s="147"/>
+      <c r="I26" s="154"/>
       <c r="J26" s="42"/>
       <c r="K26" s="17"/>
       <c r="L26" s="65"/>
       <c r="M26" s="55"/>
       <c r="N26" s="76"/>
       <c r="O26" s="17"/>
       <c r="P26" s="16" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="69"/>
-      <c r="C27" s="141"/>
-[...5 lines deleted...]
-      <c r="I27" s="149"/>
+      <c r="C27" s="132"/>
+      <c r="D27" s="142"/>
+      <c r="E27" s="143"/>
+      <c r="F27" s="142"/>
+      <c r="G27" s="143"/>
+      <c r="H27" s="155"/>
+      <c r="I27" s="156"/>
       <c r="J27" s="42"/>
       <c r="K27" s="17"/>
       <c r="L27" s="65"/>
       <c r="M27" s="55"/>
       <c r="N27" s="76"/>
       <c r="O27" s="17"/>
       <c r="P27" s="16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="69"/>
       <c r="C28" s="17"/>
       <c r="D28" s="42"/>
       <c r="E28" s="17"/>
       <c r="F28" s="42"/>
       <c r="G28" s="17"/>
-      <c r="H28" s="150"/>
-      <c r="I28" s="151"/>
+      <c r="H28" s="157"/>
+      <c r="I28" s="158"/>
       <c r="J28" s="42"/>
       <c r="K28" s="17"/>
       <c r="L28" s="65"/>
       <c r="M28" s="55"/>
       <c r="N28" s="76"/>
       <c r="O28" s="17"/>
       <c r="P28" s="16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="70"/>
       <c r="C29" s="19"/>
       <c r="D29" s="43"/>
       <c r="E29" s="19"/>
       <c r="F29" s="43"/>
       <c r="G29" s="19"/>
       <c r="H29" s="43"/>
       <c r="I29" s="19"/>
       <c r="J29" s="43"/>
       <c r="K29" s="19"/>
       <c r="L29" s="66"/>
       <c r="M29" s="67"/>
       <c r="N29" s="78"/>
       <c r="O29" s="19"/>
       <c r="P29" s="14" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="36">
+  <mergeCells count="37">
+    <mergeCell ref="D18:E19"/>
+    <mergeCell ref="J20:K22"/>
+    <mergeCell ref="L3:M5"/>
+    <mergeCell ref="L6:M11"/>
+    <mergeCell ref="N4:N5"/>
+    <mergeCell ref="N9:O10"/>
+    <mergeCell ref="N18:O20"/>
+    <mergeCell ref="N22:O23"/>
+    <mergeCell ref="N15:O17"/>
+    <mergeCell ref="F20:G22"/>
+    <mergeCell ref="G23:G24"/>
+    <mergeCell ref="F25:G27"/>
+    <mergeCell ref="H20:H21"/>
+    <mergeCell ref="I20:I21"/>
+    <mergeCell ref="H22:I23"/>
+    <mergeCell ref="H24:I25"/>
+    <mergeCell ref="H26:I28"/>
+    <mergeCell ref="E20:E21"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="D23:D24"/>
+    <mergeCell ref="E23:E24"/>
+    <mergeCell ref="D25:E27"/>
+    <mergeCell ref="B20:C21"/>
+    <mergeCell ref="B22:C23"/>
+    <mergeCell ref="B24:C25"/>
+    <mergeCell ref="C26:C27"/>
+    <mergeCell ref="D20:D21"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="L1:M1"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="C8:J8"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="O4:O5"/>
     <mergeCell ref="N6:O8"/>
-    <mergeCell ref="B20:C21"/>
-[...24 lines deleted...]
-    <mergeCell ref="N15:O17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>A-hallen</vt:lpstr>
       <vt:lpstr>B-hallen</vt:lpstr>