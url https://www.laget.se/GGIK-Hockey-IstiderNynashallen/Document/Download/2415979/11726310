--- v0 (2025-12-16)
+++ v1 (2026-01-05)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\linda\Desktop\Istider\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://perssoninvest-my.sharepoint.com/personal/anders_carlsson_valbotra_se/Documents/Desktop/Hockey/2025/Vecka/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B92EA70E-5D7F-4F13-8921-FC11F73839E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{8F862A28-2975-403F-B93A-FC6C9351B2E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DDB83E6A-F3B1-4084-B172-AAB2DA9323E1}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0E81F090-3B76-4F7B-8D6E-ACA3ED612B36}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0E81F090-3B76-4F7B-8D6E-ACA3ED612B36}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="72">
   <si>
     <t>Nynäshallen Vecka 51</t>
   </si>
   <si>
     <t>Alla återbud och ändringar meddelas till:</t>
   </si>
   <si>
     <t>Anders Carlsson</t>
   </si>
   <si>
     <t>070-9916840</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>16.00-16.50</t>
   </si>
   <si>
     <t>16.50-17.40</t>
   </si>
   <si>
     <t>17.50-18.50</t>
   </si>
   <si>
@@ -160,83 +160,71 @@
   <si>
     <t>Fredag</t>
   </si>
   <si>
     <t>GGIK U-13</t>
   </si>
   <si>
     <t>GGIK U-12</t>
   </si>
   <si>
     <t>Lördag</t>
   </si>
   <si>
     <t>09.00-09.50</t>
   </si>
   <si>
     <t>09.50-10.45</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>13.00-14.10</t>
   </si>
   <si>
-    <t>14.20-14.40</t>
-[...4 lines deleted...]
-  <si>
     <t>17.30-19.00</t>
   </si>
   <si>
     <t>GGIK</t>
   </si>
   <si>
     <t>Match U-12</t>
   </si>
   <si>
-    <t>Match J-20</t>
-[...1 lines deleted...]
-  <si>
     <t>GGIK U-10</t>
   </si>
   <si>
     <t>Hockeyskola 1</t>
   </si>
   <si>
     <t>Hockeyskola 2</t>
   </si>
   <si>
     <t>GGIK-Strömsbro</t>
   </si>
   <si>
-    <t>GGIK-Skutskär</t>
-[...1 lines deleted...]
-  <si>
     <t>Söndag</t>
   </si>
   <si>
     <t>9.00-10.00</t>
   </si>
   <si>
     <t>10.15-11.15</t>
   </si>
   <si>
     <t>11.30-12.45</t>
   </si>
   <si>
     <t>13.00</t>
   </si>
   <si>
     <t>16.50-17.45</t>
   </si>
   <si>
     <t>18.00-19.00</t>
   </si>
   <si>
     <t>GGIK U-10/</t>
   </si>
   <si>
     <t>Hockeyskolan</t>
@@ -254,122 +242,112 @@
     <t>Utan P o K</t>
   </si>
   <si>
     <t>13.30-15.30</t>
   </si>
   <si>
     <t>9.00-11.00</t>
   </si>
   <si>
     <t>Match U-15</t>
   </si>
   <si>
     <t>Sätra/GGIK-Skutskär</t>
   </si>
   <si>
     <t>Sätra/GGIK U-13/12</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
     <t>19.00-19.20</t>
   </si>
   <si>
     <t>21.10-22.10</t>
+  </si>
+  <si>
+    <t>14.20-16.00</t>
+  </si>
+  <si>
+    <t>16.10-17.20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-41D]dd/mmm;@"/>
     <numFmt numFmtId="165" formatCode="[$-F400]h:mm:ss\ AM/PM"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
-      <b/>
-[...14 lines deleted...]
-      <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
@@ -402,51 +380,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="55">
+  <borders count="54">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
@@ -853,63 +831,50 @@
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF00B0F0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF00B0F0"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF00B0F0"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
@@ -1040,352 +1005,355 @@
       <top style="medium">
         <color theme="7"/>
       </top>
       <bottom style="medium">
         <color theme="7"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="112">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="47" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="50" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="9" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...130 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
@@ -1684,1054 +1652,1051 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D5FD04A-7284-4BDE-81A5-F4A4C86C20EA}">
   <dimension ref="A1:X31"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="V5" sqref="V5:W5"/>
+    <sheetView tabSelected="1" topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="T19" sqref="T19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:23" ht="34.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.25">
       <c r="H2" t="s">
         <v>2</v>
       </c>
       <c r="J2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="4" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="41" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="43"/>
+      <c r="B4" s="48" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" s="49"/>
+      <c r="D4" s="50"/>
       <c r="E4" s="4"/>
-      <c r="F4" s="61" t="s">
+      <c r="F4" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="G4" s="62"/>
-      <c r="H4" s="62" t="s">
+      <c r="G4" s="47"/>
+      <c r="H4" s="47" t="s">
         <v>6</v>
       </c>
-      <c r="I4" s="62"/>
-      <c r="J4" s="62" t="s">
+      <c r="I4" s="47"/>
+      <c r="J4" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="K4" s="62"/>
-      <c r="L4" s="62" t="s">
+      <c r="K4" s="47"/>
+      <c r="L4" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="M4" s="62"/>
-      <c r="N4" s="62" t="s">
+      <c r="M4" s="47"/>
+      <c r="N4" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="O4" s="62"/>
-      <c r="P4" s="62" t="s">
+      <c r="O4" s="47"/>
+      <c r="P4" s="47" t="s">
         <v>10</v>
       </c>
       <c r="Q4" s="63"/>
-      <c r="S4" s="48" t="s">
+      <c r="S4" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="T4" s="49"/>
-[...3 lines deleted...]
-      <c r="W4" s="49"/>
+      <c r="T4" s="56"/>
+      <c r="V4" s="55" t="s">
+        <v>69</v>
+      </c>
+      <c r="W4" s="56"/>
     </row>
     <row r="5" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="5">
         <v>46006</v>
       </c>
-      <c r="B5" s="44" t="s">
-[...4 lines deleted...]
-        <v>64</v>
+      <c r="B5" s="51" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" s="52"/>
+      <c r="D5" s="26" t="s">
+        <v>60</v>
       </c>
       <c r="E5" s="7"/>
-      <c r="F5" s="50" t="s">
+      <c r="F5" s="57" t="s">
         <v>11</v>
       </c>
-      <c r="G5" s="51"/>
-      <c r="H5" s="52" t="s">
+      <c r="G5" s="58"/>
+      <c r="H5" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="I5" s="51"/>
-      <c r="J5" s="52" t="s">
+      <c r="I5" s="58"/>
+      <c r="J5" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="K5" s="53"/>
-      <c r="L5" s="54" t="s">
+      <c r="K5" s="60"/>
+      <c r="L5" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="M5" s="55"/>
-      <c r="N5" s="56" t="s">
+      <c r="M5" s="62"/>
+      <c r="N5" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="57"/>
-      <c r="P5" s="58" t="s">
+      <c r="O5" s="44"/>
+      <c r="P5" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="59"/>
-      <c r="S5" s="58" t="s">
+      <c r="Q5" s="45"/>
+      <c r="S5" s="41" t="s">
         <v>15</v>
       </c>
-      <c r="T5" s="60"/>
-      <c r="V5" s="58" t="s">
+      <c r="T5" s="42"/>
+      <c r="V5" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="W5" s="60"/>
+      <c r="W5" s="42"/>
     </row>
     <row r="6" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="8"/>
       <c r="E6" s="7"/>
-      <c r="F6" s="72" t="s">
+      <c r="F6" s="66" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="73"/>
-[...10 lines deleted...]
-      <c r="S6" s="70" t="s">
+      <c r="G6" s="67"/>
+      <c r="H6" s="68"/>
+      <c r="I6" s="68"/>
+      <c r="J6" s="31"/>
+      <c r="K6" s="31"/>
+      <c r="L6" s="31"/>
+      <c r="M6" s="31"/>
+      <c r="N6" s="31"/>
+      <c r="O6" s="31"/>
+      <c r="P6" s="31"/>
+      <c r="Q6" s="35"/>
+      <c r="S6" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="T6" s="71"/>
-      <c r="V6" s="70" t="s">
+      <c r="T6" s="65"/>
+      <c r="V6" s="64" t="s">
         <v>19</v>
       </c>
-      <c r="W6" s="71"/>
+      <c r="W6" s="65"/>
     </row>
     <row r="7" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="9"/>
       <c r="B7" s="10"/>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="10"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
       <c r="I7" s="11"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
       <c r="M7" s="11"/>
       <c r="N7" s="11"/>
       <c r="O7" s="11"/>
       <c r="P7" s="11"/>
       <c r="Q7" s="12"/>
     </row>
     <row r="8" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="41" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="43"/>
+      <c r="B8" s="48" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" s="49"/>
+      <c r="D8" s="50"/>
       <c r="E8" s="4"/>
-      <c r="F8" s="61" t="s">
+      <c r="F8" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="G8" s="62"/>
-      <c r="H8" s="62" t="s">
+      <c r="G8" s="47"/>
+      <c r="H8" s="47" t="s">
         <v>6</v>
       </c>
-      <c r="I8" s="62"/>
-      <c r="J8" s="62" t="s">
+      <c r="I8" s="47"/>
+      <c r="J8" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="K8" s="62"/>
-[...10 lines deleted...]
-      <c r="S8" s="48" t="s">
+      <c r="K8" s="47"/>
+      <c r="L8" s="69" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" s="70"/>
+      <c r="N8" s="70" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" s="70"/>
+      <c r="P8" s="70"/>
+      <c r="Q8" s="71"/>
+      <c r="S8" s="55" t="s">
         <v>22</v>
       </c>
-      <c r="T8" s="49"/>
+      <c r="T8" s="56"/>
     </row>
     <row r="9" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5">
         <v>46007</v>
       </c>
-      <c r="B9" s="44" t="s">
-[...4 lines deleted...]
-        <v>64</v>
+      <c r="B9" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="52"/>
+      <c r="D9" s="26" t="s">
+        <v>60</v>
       </c>
       <c r="E9" s="7"/>
-      <c r="F9" s="64" t="s">
+      <c r="F9" s="36" t="s">
         <v>23</v>
       </c>
-      <c r="G9" s="65"/>
-[...4 lines deleted...]
-      <c r="J9" s="58" t="s">
+      <c r="G9" s="37"/>
+      <c r="H9" s="76" t="s">
+        <v>66</v>
+      </c>
+      <c r="I9" s="77"/>
+      <c r="J9" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="K9" s="60"/>
-      <c r="L9" s="34" t="s">
+      <c r="K9" s="42"/>
+      <c r="L9" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="M9" s="35"/>
-      <c r="N9" s="36" t="s">
+      <c r="M9" s="33"/>
+      <c r="N9" s="73" t="s">
         <v>25</v>
       </c>
-      <c r="O9" s="37"/>
-[...2 lines deleted...]
-      <c r="S9" s="68" t="s">
+      <c r="O9" s="74"/>
+      <c r="P9" s="74"/>
+      <c r="Q9" s="75"/>
+      <c r="S9" s="38" t="s">
         <v>26</v>
       </c>
-      <c r="T9" s="69"/>
+      <c r="T9" s="39"/>
     </row>
     <row r="10" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="8"/>
-      <c r="B10" s="46" t="s">
-[...4 lines deleted...]
-        <v>65</v>
+      <c r="B10" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" s="54"/>
+      <c r="D10" s="27" t="s">
+        <v>61</v>
       </c>
       <c r="E10" s="7"/>
-      <c r="F10" s="72" t="s">
+      <c r="F10" s="66" t="s">
         <v>17</v>
       </c>
-      <c r="G10" s="73"/>
-[...4 lines deleted...]
-      <c r="L10" s="39" t="s">
+      <c r="G10" s="67"/>
+      <c r="H10" s="68"/>
+      <c r="I10" s="68"/>
+      <c r="J10" s="31"/>
+      <c r="K10" s="31"/>
+      <c r="L10" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="M10" s="35"/>
-[...4 lines deleted...]
-      <c r="S10" s="70" t="s">
+      <c r="M10" s="33"/>
+      <c r="N10" s="33"/>
+      <c r="O10" s="33"/>
+      <c r="P10" s="33"/>
+      <c r="Q10" s="84"/>
+      <c r="S10" s="64" t="s">
         <v>19</v>
       </c>
-      <c r="T10" s="71"/>
+      <c r="T10" s="65"/>
     </row>
     <row r="11" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="9"/>
       <c r="B11" s="10"/>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="10"/>
       <c r="G11" s="11"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
       <c r="L11" s="14"/>
       <c r="M11" s="15"/>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
-      <c r="Q11" s="27"/>
+      <c r="Q11" s="25"/>
     </row>
     <row r="12" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="41" t="s">
-[...3 lines deleted...]
-      <c r="D12" s="43"/>
+      <c r="B12" s="48" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" s="49"/>
+      <c r="D12" s="50"/>
       <c r="E12" s="4"/>
-      <c r="F12" s="61" t="s">
+      <c r="F12" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="G12" s="62"/>
-      <c r="H12" s="62" t="s">
+      <c r="G12" s="47"/>
+      <c r="H12" s="47" t="s">
         <v>6</v>
       </c>
-      <c r="I12" s="62"/>
-      <c r="J12" s="62" t="s">
+      <c r="I12" s="47"/>
+      <c r="J12" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="K12" s="62"/>
-      <c r="L12" s="31" t="s">
+      <c r="K12" s="47"/>
+      <c r="L12" s="69" t="s">
         <v>21</v>
       </c>
-      <c r="M12" s="32"/>
-[...2 lines deleted...]
-      <c r="P12" s="62" t="s">
+      <c r="M12" s="70"/>
+      <c r="N12" s="70"/>
+      <c r="O12" s="78"/>
+      <c r="P12" s="47" t="s">
         <v>10</v>
       </c>
       <c r="Q12" s="63"/>
     </row>
     <row r="13" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="5">
         <v>46008</v>
       </c>
-      <c r="B13" s="44" t="s">
-[...4 lines deleted...]
-        <v>65</v>
+      <c r="B13" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="52"/>
+      <c r="D13" s="27" t="s">
+        <v>61</v>
       </c>
       <c r="E13" s="7"/>
-      <c r="F13" s="50" t="s">
+      <c r="F13" s="57" t="s">
         <v>11</v>
       </c>
-      <c r="G13" s="51"/>
-      <c r="H13" s="52" t="s">
+      <c r="G13" s="58"/>
+      <c r="H13" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="I13" s="53"/>
-      <c r="J13" s="54" t="s">
+      <c r="I13" s="60"/>
+      <c r="J13" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="K13" s="55"/>
-      <c r="L13" s="77" t="s">
+      <c r="K13" s="62"/>
+      <c r="L13" s="79" t="s">
         <v>29</v>
       </c>
-      <c r="M13" s="78"/>
-[...5 lines deleted...]
-      <c r="Q13" s="59"/>
+      <c r="M13" s="80"/>
+      <c r="N13" s="80"/>
+      <c r="O13" s="81"/>
+      <c r="P13" s="82"/>
+      <c r="Q13" s="83"/>
     </row>
     <row r="14" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5"/>
-      <c r="B14" s="46" t="s">
-[...4 lines deleted...]
-        <v>64</v>
+      <c r="B14" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="54"/>
+      <c r="D14" s="26" t="s">
+        <v>60</v>
       </c>
       <c r="E14" s="7"/>
-      <c r="F14" s="80" t="s">
+      <c r="F14" s="28" t="s">
         <v>17</v>
       </c>
-      <c r="G14" s="81"/>
-[...4 lines deleted...]
-      <c r="L14" s="39" t="s">
+      <c r="G14" s="29"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="31"/>
+      <c r="K14" s="31"/>
+      <c r="L14" s="32" t="s">
         <v>30</v>
       </c>
-      <c r="M14" s="35"/>
-[...3 lines deleted...]
-      <c r="Q14" s="75"/>
+      <c r="M14" s="33"/>
+      <c r="N14" s="33"/>
+      <c r="O14" s="34"/>
+      <c r="P14" s="31"/>
+      <c r="Q14" s="35"/>
     </row>
     <row r="15" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="16"/>
       <c r="B15" s="10"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="10"/>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
       <c r="K15" s="11"/>
       <c r="L15" s="17"/>
       <c r="M15" s="11"/>
       <c r="N15" s="11"/>
       <c r="O15" s="18"/>
       <c r="P15" s="11"/>
       <c r="Q15" s="12"/>
     </row>
     <row r="16" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B16" s="41" t="s">
-[...3 lines deleted...]
-      <c r="D16" s="43"/>
+      <c r="B16" s="48" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" s="49"/>
+      <c r="D16" s="50"/>
       <c r="E16" s="4"/>
-      <c r="F16" s="61" t="s">
+      <c r="F16" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="G16" s="62"/>
-      <c r="H16" s="62" t="s">
+      <c r="G16" s="47"/>
+      <c r="H16" s="47" t="s">
         <v>6</v>
       </c>
-      <c r="I16" s="62"/>
-      <c r="J16" s="62" t="s">
+      <c r="I16" s="47"/>
+      <c r="J16" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="K16" s="62"/>
-      <c r="L16" s="62" t="s">
+      <c r="K16" s="47"/>
+      <c r="L16" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="M16" s="62"/>
-      <c r="N16" s="62" t="s">
+      <c r="M16" s="47"/>
+      <c r="N16" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="O16" s="62"/>
-      <c r="P16" s="62" t="s">
+      <c r="O16" s="47"/>
+      <c r="P16" s="47" t="s">
         <v>10</v>
       </c>
       <c r="Q16" s="63"/>
     </row>
     <row r="17" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5">
         <v>46009</v>
       </c>
-      <c r="B17" s="44" t="s">
-[...4 lines deleted...]
-        <v>64</v>
+      <c r="B17" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="52"/>
+      <c r="D17" s="26" t="s">
+        <v>60</v>
       </c>
       <c r="E17" s="7"/>
-      <c r="F17" s="64" t="s">
+      <c r="F17" s="36" t="s">
         <v>32</v>
       </c>
-      <c r="G17" s="65"/>
-      <c r="H17" s="68" t="s">
+      <c r="G17" s="37"/>
+      <c r="H17" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="I17" s="69"/>
-      <c r="J17" s="84" t="s">
+      <c r="I17" s="39"/>
+      <c r="J17" s="40" t="s">
         <v>12</v>
       </c>
-      <c r="K17" s="68"/>
-      <c r="L17" s="58" t="s">
+      <c r="K17" s="38"/>
+      <c r="L17" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="M17" s="60"/>
-      <c r="N17" s="56" t="s">
+      <c r="M17" s="42"/>
+      <c r="N17" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="O17" s="57"/>
-[...3 lines deleted...]
-      <c r="Q17" s="59"/>
+      <c r="O17" s="44"/>
+      <c r="P17" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q17" s="45"/>
     </row>
     <row r="18" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="19"/>
-      <c r="B18" s="46" t="s">
-[...4 lines deleted...]
-        <v>65</v>
+      <c r="B18" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="54"/>
+      <c r="D18" s="27" t="s">
+        <v>61</v>
       </c>
       <c r="E18" s="7"/>
-      <c r="F18" s="72" t="s">
+      <c r="F18" s="66" t="s">
         <v>17</v>
       </c>
-      <c r="G18" s="73"/>
-[...7 lines deleted...]
-      <c r="O18" s="30"/>
+      <c r="G18" s="67"/>
+      <c r="H18" s="68"/>
+      <c r="I18" s="68"/>
+      <c r="J18" s="31"/>
+      <c r="K18" s="31"/>
+      <c r="L18" s="31"/>
+      <c r="M18" s="31"/>
+      <c r="N18" s="31"/>
+      <c r="O18" s="31"/>
       <c r="P18" s="87" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="Q18" s="88"/>
     </row>
     <row r="19" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="16"/>
       <c r="B19" s="10"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="10"/>
       <c r="G19" s="11"/>
       <c r="H19" s="11"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
       <c r="O19" s="11"/>
       <c r="P19" s="11"/>
       <c r="Q19" s="12"/>
     </row>
     <row r="20" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="41" t="s">
-[...3 lines deleted...]
-      <c r="D20" s="43"/>
+      <c r="B20" s="48" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="49"/>
+      <c r="D20" s="50"/>
       <c r="E20" s="4"/>
-      <c r="F20" s="61" t="s">
+      <c r="F20" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="G20" s="62"/>
-      <c r="H20" s="62" t="s">
+      <c r="G20" s="47"/>
+      <c r="H20" s="47" t="s">
         <v>6</v>
       </c>
-      <c r="I20" s="62"/>
-      <c r="J20" s="62" t="s">
+      <c r="I20" s="47"/>
+      <c r="J20" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="K20" s="62"/>
-      <c r="L20" s="62" t="s">
+      <c r="K20" s="47"/>
+      <c r="L20" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="M20" s="62"/>
-      <c r="N20" s="62" t="s">
+      <c r="M20" s="47"/>
+      <c r="N20" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="O20" s="62"/>
-      <c r="P20" s="62" t="s">
+      <c r="O20" s="47"/>
+      <c r="P20" s="47" t="s">
         <v>10</v>
       </c>
       <c r="Q20" s="63"/>
     </row>
     <row r="21" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5">
         <v>46010</v>
       </c>
-      <c r="B21" s="44" t="s">
-[...4 lines deleted...]
-        <v>64</v>
+      <c r="B21" s="51" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="52"/>
+      <c r="D21" s="26" t="s">
+        <v>60</v>
       </c>
       <c r="E21" s="7"/>
       <c r="F21" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="G21" s="68"/>
-      <c r="H21" s="84" t="s">
+      <c r="G21" s="38"/>
+      <c r="H21" s="40" t="s">
         <v>35</v>
       </c>
       <c r="I21" s="86"/>
-      <c r="J21" s="58" t="s">
+      <c r="J21" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="K21" s="60"/>
-      <c r="L21" s="58" t="s">
+      <c r="K21" s="42"/>
+      <c r="L21" s="41" t="s">
         <v>15</v>
       </c>
-      <c r="M21" s="60"/>
-      <c r="N21" s="58" t="s">
+      <c r="M21" s="42"/>
+      <c r="N21" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="O21" s="60"/>
-[...1 lines deleted...]
-      <c r="Q21" s="75"/>
+      <c r="O21" s="42"/>
+      <c r="P21" s="31"/>
+      <c r="Q21" s="35"/>
     </row>
     <row r="22" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A22" s="19"/>
       <c r="B22" s="6"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
-      <c r="F22" s="72" t="s">
+      <c r="F22" s="66" t="s">
         <v>17</v>
       </c>
-      <c r="G22" s="73"/>
-[...9 lines deleted...]
-      <c r="Q22" s="75"/>
+      <c r="G22" s="67"/>
+      <c r="H22" s="68"/>
+      <c r="I22" s="68"/>
+      <c r="J22" s="31"/>
+      <c r="K22" s="31"/>
+      <c r="L22" s="31"/>
+      <c r="M22" s="31"/>
+      <c r="N22" s="31"/>
+      <c r="O22" s="31"/>
+      <c r="P22" s="31"/>
+      <c r="Q22" s="35"/>
     </row>
     <row r="23" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="16"/>
       <c r="B23" s="10"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="10"/>
       <c r="G23" s="11"/>
       <c r="H23" s="11"/>
       <c r="I23" s="11"/>
       <c r="J23" s="11"/>
       <c r="K23" s="11"/>
       <c r="L23" s="11"/>
       <c r="M23" s="11"/>
       <c r="N23" s="11"/>
       <c r="O23" s="11"/>
       <c r="P23" s="11"/>
       <c r="Q23" s="12"/>
     </row>
     <row r="24" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="B24" s="61" t="s">
+      <c r="B24" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="C24" s="62"/>
+      <c r="C24" s="47"/>
       <c r="D24" s="90" t="s">
         <v>39</v>
       </c>
-      <c r="E24" s="62"/>
-      <c r="F24" s="94" t="s">
+      <c r="E24" s="47"/>
+      <c r="F24" s="93" t="s">
         <v>40</v>
       </c>
-      <c r="G24" s="32"/>
-[...1 lines deleted...]
-      <c r="I24" s="32"/>
+      <c r="G24" s="70"/>
+      <c r="H24" s="70"/>
+      <c r="I24" s="70"/>
       <c r="J24" s="90" t="s">
         <v>41</v>
       </c>
-      <c r="K24" s="95"/>
-      <c r="L24" s="21" t="s">
+      <c r="K24" s="94"/>
+      <c r="L24" s="90" t="s">
+        <v>70</v>
+      </c>
+      <c r="M24" s="94"/>
+      <c r="N24" s="90" t="s">
+        <v>71</v>
+      </c>
+      <c r="O24" s="94"/>
+      <c r="P24" s="90" t="s">
         <v>42</v>
       </c>
-      <c r="M24" s="32" t="s">
+      <c r="Q24" s="63"/>
+      <c r="X24" s="21"/>
+    </row>
+    <row r="25" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="22">
+        <v>46011</v>
+      </c>
+      <c r="B25" s="36" t="s">
         <v>43</v>
       </c>
-      <c r="N24" s="32"/>
-[...1 lines deleted...]
-      <c r="P24" s="90" t="s">
+      <c r="C25" s="37"/>
+      <c r="D25" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" s="37"/>
+      <c r="F25" s="91" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G25" s="92"/>
       <c r="H25" s="92"/>
       <c r="I25" s="92"/>
-      <c r="J25" s="58" t="s">
+      <c r="J25" s="41" t="s">
         <v>15</v>
       </c>
-      <c r="K25" s="60"/>
-[...3 lines deleted...]
-      <c r="M25" s="78" t="s">
+      <c r="K25" s="42"/>
+      <c r="L25" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="M25" s="42"/>
+      <c r="N25" s="110"/>
+      <c r="O25" s="111"/>
+      <c r="P25" s="41" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q25" s="45"/>
+    </row>
+    <row r="26" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="23"/>
+      <c r="B26" s="97" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="98"/>
+      <c r="D26" s="99" t="s">
         <v>47</v>
       </c>
-      <c r="N25" s="78"/>
-[...1 lines deleted...]
-      <c r="P25" s="58" t="s">
+      <c r="E26" s="98"/>
+      <c r="F26" s="100" t="s">
         <v>48</v>
       </c>
-      <c r="Q25" s="59"/>
-[...16 lines deleted...]
-      <c r="I26" s="35"/>
+      <c r="G26" s="33"/>
+      <c r="H26" s="33"/>
+      <c r="I26" s="33"/>
       <c r="J26" s="89"/>
-      <c r="K26" s="102"/>
-[...5 lines deleted...]
-      <c r="O26" s="40"/>
+      <c r="K26" s="101"/>
+      <c r="L26" s="89"/>
+      <c r="M26" s="101"/>
+      <c r="N26" s="89"/>
+      <c r="O26" s="101"/>
       <c r="P26" s="89"/>
-      <c r="Q26" s="75"/>
+      <c r="Q26" s="35"/>
     </row>
     <row r="27" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="26"/>
-      <c r="B27" s="96" t="s">
+      <c r="A27" s="24"/>
+      <c r="B27" s="95" t="s">
         <v>17</v>
       </c>
-      <c r="C27" s="97"/>
-[...1 lines deleted...]
-      <c r="E27" s="97"/>
+      <c r="C27" s="96"/>
+      <c r="D27" s="96"/>
+      <c r="E27" s="96"/>
       <c r="F27" s="10"/>
       <c r="G27" s="11"/>
       <c r="H27" s="17"/>
       <c r="I27" s="11"/>
       <c r="J27" s="17"/>
       <c r="K27" s="18"/>
-      <c r="L27" s="14"/>
-[...2 lines deleted...]
-      <c r="O27" s="27"/>
+      <c r="L27" s="17"/>
+      <c r="M27" s="18"/>
+      <c r="N27" s="17"/>
+      <c r="O27" s="18"/>
       <c r="P27" s="17"/>
       <c r="Q27" s="12"/>
     </row>
     <row r="28" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="C28" s="47"/>
+      <c r="D28" s="90" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" s="47"/>
+      <c r="F28" s="46" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" s="47"/>
+      <c r="H28" s="69" t="s">
         <v>53</v>
       </c>
-      <c r="B28" s="61" t="s">
+      <c r="I28" s="70"/>
+      <c r="J28" s="70"/>
+      <c r="K28" s="70"/>
+      <c r="L28" s="102" t="s">
+        <v>5</v>
+      </c>
+      <c r="M28" s="103"/>
+      <c r="N28" s="102" t="s">
         <v>54</v>
       </c>
-      <c r="C28" s="62"/>
-      <c r="D28" s="90" t="s">
+      <c r="O28" s="103"/>
+      <c r="P28" s="90" t="s">
         <v>55</v>
-      </c>
-[...20 lines deleted...]
-        <v>59</v>
       </c>
       <c r="Q28" s="63"/>
     </row>
     <row r="29" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="5">
         <v>46012</v>
       </c>
-      <c r="B29" s="64" t="s">
+      <c r="B29" s="36" t="s">
         <v>36</v>
       </c>
-      <c r="C29" s="60"/>
-      <c r="D29" s="58" t="s">
+      <c r="C29" s="42"/>
+      <c r="D29" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="E29" s="65"/>
-      <c r="F29" s="105" t="s">
+      <c r="E29" s="37"/>
+      <c r="F29" s="104" t="s">
         <v>13</v>
       </c>
-      <c r="G29" s="57"/>
-[...1 lines deleted...]
-        <v>68</v>
+      <c r="G29" s="44"/>
+      <c r="H29" s="79" t="s">
+        <v>64</v>
       </c>
       <c r="I29" s="92"/>
       <c r="J29" s="92"/>
       <c r="K29" s="92"/>
-      <c r="L29" s="58" t="s">
-[...10 lines deleted...]
-      <c r="Q29" s="59"/>
+      <c r="L29" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="M29" s="42"/>
+      <c r="N29" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="O29" s="42"/>
+      <c r="P29" s="41" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q29" s="45"/>
     </row>
     <row r="30" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="19"/>
-      <c r="B30" s="108"/>
-      <c r="C30" s="30"/>
+      <c r="B30" s="107"/>
+      <c r="C30" s="31"/>
       <c r="D30" s="89"/>
-      <c r="E30" s="30"/>
-[...19 lines deleted...]
-      <c r="Q30" s="59"/>
+      <c r="E30" s="31"/>
+      <c r="F30" s="107"/>
+      <c r="G30" s="31"/>
+      <c r="H30" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="33"/>
+      <c r="J30" s="33"/>
+      <c r="K30" s="33"/>
+      <c r="L30" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="M30" s="109"/>
+      <c r="N30" s="108" t="s">
+        <v>47</v>
+      </c>
+      <c r="O30" s="109"/>
+      <c r="P30" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q30" s="45"/>
     </row>
     <row r="31" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="16"/>
       <c r="B31" s="10"/>
       <c r="C31" s="11"/>
       <c r="D31" s="17"/>
       <c r="E31" s="11"/>
       <c r="F31" s="10"/>
       <c r="G31" s="11"/>
       <c r="H31" s="17"/>
       <c r="I31" s="11"/>
       <c r="J31" s="17"/>
       <c r="K31" s="11"/>
       <c r="L31" s="17"/>
-      <c r="M31" s="106" t="s">
+      <c r="M31" s="105" t="s">
         <v>17</v>
       </c>
-      <c r="N31" s="107"/>
+      <c r="N31" s="106"/>
       <c r="O31" s="11"/>
       <c r="P31" s="17"/>
       <c r="Q31" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="141">
+  <mergeCells count="144">
     <mergeCell ref="P28:Q28"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="D29:E29"/>
     <mergeCell ref="F29:G29"/>
     <mergeCell ref="L29:M29"/>
     <mergeCell ref="N29:O29"/>
     <mergeCell ref="H28:K28"/>
     <mergeCell ref="M31:N31"/>
     <mergeCell ref="P29:Q29"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="F30:G30"/>
     <mergeCell ref="L30:M30"/>
     <mergeCell ref="N30:O30"/>
     <mergeCell ref="P30:Q30"/>
     <mergeCell ref="H29:K29"/>
     <mergeCell ref="H30:K30"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="F28:G28"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="F26:I26"/>
     <mergeCell ref="J26:K26"/>
-    <mergeCell ref="L26:O26"/>
     <mergeCell ref="L28:M28"/>
     <mergeCell ref="N28:O28"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
     <mergeCell ref="P26:Q26"/>
     <mergeCell ref="P24:Q24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="F25:I25"/>
     <mergeCell ref="J25:K25"/>
-    <mergeCell ref="M25:O25"/>
     <mergeCell ref="P25:Q25"/>
     <mergeCell ref="F22:I22"/>
     <mergeCell ref="J22:K22"/>
     <mergeCell ref="L22:M22"/>
     <mergeCell ref="N22:O22"/>
     <mergeCell ref="P22:Q22"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="D24:E24"/>
     <mergeCell ref="F24:I24"/>
     <mergeCell ref="J24:K24"/>
-    <mergeCell ref="M24:O24"/>
-[...4 lines deleted...]
-    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="N25:O25"/>
     <mergeCell ref="P20:Q20"/>
     <mergeCell ref="F21:G21"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="J21:K21"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="N21:O21"/>
     <mergeCell ref="P21:Q21"/>
     <mergeCell ref="F18:I18"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="L18:M18"/>
     <mergeCell ref="N18:O18"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="F20:G20"/>
     <mergeCell ref="H20:I20"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="N20:O20"/>
     <mergeCell ref="S10:T10"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="L12:O12"/>
     <mergeCell ref="P12:Q12"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="L13:O13"/>
     <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:Q10"/>
+    <mergeCell ref="F10:I10"/>
     <mergeCell ref="S9:T9"/>
     <mergeCell ref="V6:W6"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="F6:I6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="N6:O6"/>
     <mergeCell ref="P6:Q6"/>
     <mergeCell ref="S6:T6"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:Q8"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:Q9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="V4:W4"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="S5:T5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="N4:O4"/>
     <mergeCell ref="P4:Q4"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
-    <mergeCell ref="J10:K10"/>
-[...4 lines deleted...]
-    <mergeCell ref="L10:Q10"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B18:C18"/>
-    <mergeCell ref="F9:G9"/>
-[...2 lines deleted...]
-    <mergeCell ref="F10:I10"/>
     <mergeCell ref="F14:I14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="L14:O14"/>
     <mergeCell ref="P14:Q14"/>
     <mergeCell ref="F17:G17"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="N17:O17"/>
     <mergeCell ref="P17:Q17"/>
     <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="P16:Q16"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>