--- v0 (2025-10-22)
+++ v1 (2025-12-03)
@@ -3,144 +3,144 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavle-my.sharepoint.com/personal/malin_2_andersson_gavle_se/Documents/Skrivbordet/Brynäs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="213" documentId="8_{AEC97185-8541-420B-B999-457A0F94B666}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1A2D38AD-2E22-498B-BB7D-201FD2165AC8}"/>
+  <xr:revisionPtr revIDLastSave="360" documentId="8_{AEC97185-8541-420B-B999-457A0F94B666}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2D16B0B5-98AE-4774-A3EF-F4CB2D65BFBC}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arbetsschema" sheetId="1" r:id="rId1"/>
     <sheet name="Antal arbetspass" sheetId="2" r:id="rId2"/>
     <sheet name="Telefonlista" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId7" roundtripDataChecksum="GMgG/oUrupL0mMa6pnKhCenpQldYotdrO5KbV674A2k="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C18" i="2" l="1"/>
   <c r="B18" i="2"/>
-  <c r="D18" i="2" s="1"/>
   <c r="C17" i="2"/>
   <c r="B17" i="2"/>
-  <c r="D17" i="2" s="1"/>
+  <c r="C16" i="2"/>
+  <c r="B16" i="2"/>
+  <c r="C13" i="2"/>
+  <c r="B13" i="2"/>
+  <c r="C12" i="2"/>
+  <c r="B12" i="2"/>
+  <c r="C15" i="2"/>
+  <c r="B15" i="2"/>
   <c r="C14" i="2"/>
   <c r="B14" i="2"/>
-  <c r="C13" i="2"/>
-[...6 lines deleted...]
-  <c r="B12" i="2"/>
   <c r="C11" i="2"/>
   <c r="B11" i="2"/>
   <c r="C10" i="2"/>
   <c r="B10" i="2"/>
   <c r="C9" i="2"/>
   <c r="B9" i="2"/>
   <c r="C8" i="2"/>
   <c r="B8" i="2"/>
   <c r="C7" i="2"/>
   <c r="B7" i="2"/>
   <c r="C6" i="2"/>
   <c r="B6" i="2"/>
   <c r="C5" i="2"/>
   <c r="B5" i="2"/>
   <c r="C4" i="2"/>
   <c r="B4" i="2"/>
   <c r="C3" i="2"/>
   <c r="B3" i="2"/>
   <c r="C2" i="2"/>
   <c r="B2" i="2"/>
-  <c r="D13" i="2" l="1"/>
-  <c r="D14" i="2"/>
+  <c r="D18" i="2" l="1"/>
+  <c r="D16" i="2"/>
+  <c r="D17" i="2"/>
+  <c r="D12" i="2"/>
+  <c r="D13" i="2"/>
   <c r="D5" i="2"/>
-  <c r="D11" i="2"/>
   <c r="D3" i="2"/>
   <c r="D9" i="2"/>
   <c r="D7" i="2"/>
-  <c r="D15" i="2"/>
+  <c r="D14" i="2"/>
   <c r="D4" i="2"/>
   <c r="D10" i="2"/>
   <c r="D2" i="2"/>
   <c r="D8" i="2"/>
-  <c r="D16" i="2"/>
+  <c r="D15" i="2"/>
   <c r="D6" i="2"/>
-  <c r="D12" i="2"/>
+  <c r="D11" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="455" uniqueCount="184">
   <si>
     <t>Veckodag</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Serie</t>
   </si>
   <si>
     <t>Hemma</t>
   </si>
   <si>
     <t>Borta</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t xml:space="preserve">Kioskbemanning 2 timmar innan matchstart. </t>
   </si>
   <si>
     <t>BÖRJAR med 5050. Person A övergår till kiosken i 1:a paus.</t>
   </si>
   <si>
@@ -582,185 +582,225 @@
   <si>
     <t>0722328682</t>
   </si>
   <si>
     <t>Christian Strömqvist</t>
   </si>
   <si>
     <t>0768083633</t>
   </si>
   <si>
     <t>Martina Norrå</t>
   </si>
   <si>
     <t>0738774997</t>
   </si>
   <si>
     <t>Jenny Norrå</t>
   </si>
   <si>
     <t>0707531805</t>
   </si>
   <si>
     <t>Mathias Norrå</t>
   </si>
   <si>
-    <t>Ledare</t>
-[...1 lines deleted...]
-  <si>
     <t>Noelle Marklund Khazaien</t>
   </si>
   <si>
     <t>Sara Khazaien</t>
   </si>
   <si>
     <t>0709555409</t>
   </si>
   <si>
     <t>Jimmy Marklund</t>
   </si>
   <si>
-    <t>Heylie Madicken Ersgård Blystad</t>
-[...13 lines deleted...]
-  <si>
     <t>Tuva Johansson</t>
   </si>
   <si>
     <t>Josefin Johansson</t>
   </si>
   <si>
     <t>0705242170</t>
   </si>
   <si>
     <t>Marcus Johansson</t>
   </si>
   <si>
     <t>0736260991</t>
   </si>
   <si>
     <t>Saga Gradin</t>
   </si>
   <si>
     <t>Andreas Gradin</t>
   </si>
   <si>
     <t>0706813244</t>
   </si>
   <si>
     <t>Ebba Svärd</t>
   </si>
   <si>
-    <t>Tove svärd</t>
-[...1 lines deleted...]
-  <si>
     <t>0704401263</t>
   </si>
   <si>
-    <t>Ella-Louise Gustafsson</t>
-[...16 lines deleted...]
-  <si>
     <t>0709555417</t>
   </si>
   <si>
     <t>Isabelle Wahlberg</t>
   </si>
   <si>
     <t>0705791639</t>
   </si>
   <si>
     <t>Anette Bergkvist</t>
   </si>
   <si>
     <t>Erik Wahlberg</t>
   </si>
   <si>
     <t>0768375804</t>
   </si>
   <si>
     <t>Freya</t>
   </si>
   <si>
     <t>Isabelle</t>
   </si>
   <si>
     <t>Missat 1</t>
   </si>
   <si>
     <t>Freya Rajabizadeh</t>
   </si>
   <si>
     <t>Amin Rajabizadeh</t>
   </si>
   <si>
     <t>0760706257</t>
   </si>
   <si>
     <t>Aline</t>
   </si>
   <si>
     <t>Svea</t>
+  </si>
+  <si>
+    <t>11-11-2025</t>
+  </si>
+  <si>
+    <t>SC Bern</t>
+  </si>
+  <si>
+    <t>Entrehall höger</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Patrik Svärd</t>
+  </si>
+  <si>
+    <t>0707549156</t>
+  </si>
+  <si>
+    <t>Svea Vest</t>
+  </si>
+  <si>
+    <t>Alexandra Kyngäs</t>
+  </si>
+  <si>
+    <t>Sebastian Kyngäs</t>
+  </si>
+  <si>
+    <t>0706554600</t>
+  </si>
+  <si>
+    <t>Elin Larsson</t>
+  </si>
+  <si>
+    <t>0702978698</t>
+  </si>
+  <si>
+    <t>Henrik Vest</t>
+  </si>
+  <si>
+    <t>0730563580</t>
+  </si>
+  <si>
+    <t>Aline Isberg</t>
+  </si>
+  <si>
+    <t>Emma Isberg</t>
+  </si>
+  <si>
+    <t>Mattias Isberg</t>
+  </si>
+  <si>
+    <t>0704627817</t>
+  </si>
+  <si>
+    <t>0703010662</t>
+  </si>
+  <si>
+    <t>Tove Svärd</t>
+  </si>
+  <si>
+    <t>Materialare</t>
+  </si>
+  <si>
+    <t>2-12-2025</t>
+  </si>
+  <si>
+    <t>Kalpa Kuopio</t>
+  </si>
+  <si>
+    <t>19.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/yyyy"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
@@ -794,50 +834,56 @@
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF212529"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor rgb="FF92D050"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor rgb="FFFFC000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
@@ -1322,369 +1368,414 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="138">
+  <cellXfs count="160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="2" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="1" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="2" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="2" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="11" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="2" fillId="9" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="9" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="8" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" quotePrefix="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="13" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...51 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFFFFF99"/>
+      <color rgb="FFFFFFCC"/>
+      <color rgb="FFFFFF66"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
@@ -1858,3888 +1949,4010 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Y1000"/>
+  <dimension ref="A1:Y1002"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="P6" workbookViewId="0">
-      <selection activeCell="R7" sqref="R7:S7"/>
+    <sheetView tabSelected="1" topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="O22" sqref="O22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.6328125" customWidth="1"/>
     <col min="3" max="3" width="15.453125" customWidth="1"/>
     <col min="4" max="5" width="8.6328125" customWidth="1"/>
     <col min="6" max="6" width="14.90625" customWidth="1"/>
     <col min="7" max="8" width="8.6328125" customWidth="1"/>
     <col min="9" max="9" width="11.90625" customWidth="1"/>
     <col min="10" max="10" width="9.6328125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="9.453125" customWidth="1"/>
     <col min="12" max="12" width="1.90625" customWidth="1"/>
     <col min="13" max="13" width="27.90625" customWidth="1"/>
     <col min="14" max="14" width="9.6328125" customWidth="1"/>
     <col min="15" max="15" width="8.6328125" customWidth="1"/>
-    <col min="16" max="16" width="12" style="126" customWidth="1"/>
+    <col min="16" max="16" width="12" style="92" customWidth="1"/>
     <col min="17" max="17" width="8.6328125" customWidth="1"/>
     <col min="18" max="18" width="25.90625" customWidth="1"/>
     <col min="19" max="19" width="26.90625" customWidth="1"/>
     <col min="20" max="20" width="8.6328125" customWidth="1"/>
     <col min="21" max="21" width="14.08984375" customWidth="1"/>
     <col min="22" max="22" width="34.90625" customWidth="1"/>
     <col min="23" max="25" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="14.25" customHeight="1"/>
     <row r="2" spans="1:22" ht="14.25" customHeight="1" thickBot="1"/>
     <row r="3" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="110" t="s">
+      <c r="H3" s="116" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="111"/>
-[...3 lines deleted...]
-      <c r="M3" s="113" t="s">
+      <c r="I3" s="117"/>
+      <c r="J3" s="117"/>
+      <c r="K3" s="117"/>
+      <c r="L3" s="118"/>
+      <c r="M3" s="119" t="s">
         <v>7</v>
       </c>
-      <c r="N3" s="114"/>
-[...1 lines deleted...]
-      <c r="P3" s="115"/>
+      <c r="N3" s="120"/>
+      <c r="O3" s="120"/>
+      <c r="P3" s="121"/>
     </row>
     <row r="4" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
       <c r="B4" s="3"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="6"/>
       <c r="M4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>11</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="P4" s="127"/>
+      <c r="P4" s="93"/>
     </row>
     <row r="5" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B5" s="62" t="s">
+      <c r="B5" s="60" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="63">
+      <c r="C5" s="61">
         <v>45904</v>
       </c>
-      <c r="D5" s="63" t="s">
+      <c r="D5" s="61" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="E5" s="62" t="s">
         <v>16</v>
       </c>
-      <c r="F5" s="65" t="s">
+      <c r="F5" s="63" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="66">
+      <c r="G5" s="64">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H5" s="67">
+      <c r="H5" s="65">
         <v>9</v>
       </c>
-      <c r="I5" s="68" t="s">
+      <c r="I5" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="J5" s="68" t="s">
+      <c r="J5" s="66" t="s">
         <v>19</v>
       </c>
-      <c r="K5" s="68" t="s">
+      <c r="K5" s="66" t="s">
         <v>20</v>
       </c>
-      <c r="L5" s="68">
+      <c r="L5" s="66">
         <v>3</v>
       </c>
-      <c r="M5" s="69" t="s">
+      <c r="M5" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="N5" s="70" t="s">
+      <c r="N5" s="68" t="s">
         <v>22</v>
       </c>
-      <c r="O5" s="71"/>
-      <c r="P5" s="128"/>
+      <c r="O5" s="69"/>
+      <c r="P5" s="94"/>
       <c r="S5" s="11"/>
     </row>
     <row r="6" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B6" s="62" t="s">
+      <c r="B6" s="60" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="63">
+      <c r="C6" s="61">
         <v>45906</v>
       </c>
-      <c r="D6" s="63" t="s">
+      <c r="D6" s="61" t="s">
         <v>15</v>
       </c>
-      <c r="E6" s="64" t="s">
+      <c r="E6" s="62" t="s">
         <v>16</v>
       </c>
-      <c r="F6" s="65" t="s">
+      <c r="F6" s="63" t="s">
         <v>24</v>
       </c>
-      <c r="G6" s="72">
+      <c r="G6" s="70">
         <v>0.66666666666666663</v>
       </c>
-      <c r="H6" s="73">
+      <c r="H6" s="71">
         <v>9</v>
       </c>
-      <c r="I6" s="73" t="s">
+      <c r="I6" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="J6" s="74" t="s">
+      <c r="J6" s="72" t="s">
         <v>26</v>
       </c>
-      <c r="K6" s="74" t="s">
+      <c r="K6" s="72" t="s">
         <v>20</v>
       </c>
-      <c r="L6" s="74">
+      <c r="L6" s="72">
         <v>3</v>
       </c>
-      <c r="M6" s="75" t="s">
+      <c r="M6" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="N6" s="76" t="s">
+      <c r="N6" s="74" t="s">
         <v>28</v>
       </c>
-      <c r="O6" s="77"/>
-[...1 lines deleted...]
-      <c r="R6" s="116" t="s">
+      <c r="O6" s="75"/>
+      <c r="P6" s="95"/>
+      <c r="R6" s="122" t="s">
         <v>29</v>
       </c>
-      <c r="S6" s="104"/>
-      <c r="U6" s="109" t="s">
+      <c r="S6" s="123"/>
+      <c r="U6" s="124" t="s">
         <v>30</v>
       </c>
-      <c r="V6" s="104"/>
+      <c r="V6" s="123"/>
     </row>
     <row r="7" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B7" s="62" t="s">
+      <c r="B7" s="60" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="63">
+      <c r="C7" s="61">
         <v>45913</v>
       </c>
-      <c r="D7" s="63" t="s">
+      <c r="D7" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E7" s="64" t="s">
+      <c r="E7" s="62" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="65" t="s">
+      <c r="F7" s="63" t="s">
         <v>32</v>
       </c>
-      <c r="G7" s="72">
+      <c r="G7" s="70">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H7" s="78">
+      <c r="H7" s="76">
         <v>9</v>
       </c>
-      <c r="I7" s="73" t="s">
+      <c r="I7" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="J7" s="79" t="s">
+      <c r="J7" s="77" t="s">
         <v>34</v>
       </c>
-      <c r="K7" s="78" t="s">
+      <c r="K7" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L7" s="78">
+      <c r="L7" s="76">
         <v>3</v>
       </c>
-      <c r="M7" s="80" t="s">
+      <c r="M7" s="78" t="s">
         <v>35</v>
       </c>
-      <c r="N7" s="76" t="s">
+      <c r="N7" s="74" t="s">
         <v>33</v>
       </c>
-      <c r="O7" s="81"/>
-[...1 lines deleted...]
-      <c r="R7" s="117" t="s">
+      <c r="O7" s="79"/>
+      <c r="P7" s="96"/>
+      <c r="R7" s="125" t="s">
         <v>36</v>
       </c>
-      <c r="S7" s="98"/>
-      <c r="U7" s="101" t="s">
+      <c r="S7" s="126"/>
+      <c r="U7" s="127" t="s">
         <v>37</v>
       </c>
-      <c r="V7" s="95"/>
+      <c r="V7" s="128"/>
     </row>
     <row r="8" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B8" s="118" t="s">
+      <c r="B8" s="86" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="63">
+      <c r="C8" s="61">
         <v>45916</v>
       </c>
-      <c r="D8" s="63" t="s">
+      <c r="D8" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E8" s="63" t="s">
+      <c r="E8" s="61" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="63" t="s">
+      <c r="F8" s="61" t="s">
         <v>39</v>
       </c>
-      <c r="G8" s="82">
+      <c r="G8" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H8" s="78">
+      <c r="H8" s="76">
         <v>9</v>
       </c>
-      <c r="I8" s="73" t="s">
+      <c r="I8" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="J8" s="79" t="s">
+      <c r="J8" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="K8" s="78" t="s">
+      <c r="K8" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L8" s="78">
+      <c r="L8" s="76">
         <v>3</v>
       </c>
-      <c r="M8" s="80" t="s">
+      <c r="M8" s="78" t="s">
         <v>40</v>
       </c>
-      <c r="N8" s="76" t="s">
+      <c r="N8" s="74" t="s">
         <v>18</v>
       </c>
-      <c r="O8" s="83"/>
-      <c r="P8" s="131" t="s">
+      <c r="O8" s="81"/>
+      <c r="P8" s="97" t="s">
         <v>42</v>
       </c>
-      <c r="R8" s="108"/>
-[...1 lines deleted...]
-      <c r="U8" s="101" t="s">
+      <c r="R8" s="129"/>
+      <c r="S8" s="130"/>
+      <c r="U8" s="127" t="s">
         <v>43</v>
       </c>
-      <c r="V8" s="95"/>
+      <c r="V8" s="128"/>
     </row>
     <row r="9" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B9" s="118" t="s">
+      <c r="B9" s="86" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="63">
+      <c r="C9" s="61">
         <v>45920</v>
       </c>
-      <c r="D9" s="63" t="s">
+      <c r="D9" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E9" s="63" t="s">
+      <c r="E9" s="61" t="s">
         <v>16</v>
       </c>
-      <c r="F9" s="63" t="s">
+      <c r="F9" s="61" t="s">
         <v>44</v>
       </c>
-      <c r="G9" s="82">
+      <c r="G9" s="80">
         <v>0.75</v>
       </c>
-      <c r="H9" s="78">
+      <c r="H9" s="76">
         <v>9</v>
       </c>
-      <c r="I9" s="73" t="s">
+      <c r="I9" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="J9" s="79" t="s">
+      <c r="J9" s="77" t="s">
         <v>26</v>
       </c>
-      <c r="K9" s="78" t="s">
+      <c r="K9" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L9" s="78">
+      <c r="L9" s="76">
         <v>3</v>
       </c>
-      <c r="M9" s="80" t="s">
+      <c r="M9" s="78" t="s">
         <v>45</v>
       </c>
-      <c r="N9" s="76" t="s">
+      <c r="N9" s="74" t="s">
         <v>28</v>
       </c>
-      <c r="O9" s="83"/>
-      <c r="P9" s="132"/>
+      <c r="O9" s="81"/>
+      <c r="P9" s="98"/>
       <c r="S9" s="11"/>
-      <c r="U9" s="105"/>
-      <c r="V9" s="95"/>
+      <c r="U9" s="131"/>
+      <c r="V9" s="128"/>
     </row>
     <row r="10" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B10" s="118" t="s">
+      <c r="B10" s="86" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="119">
+      <c r="C10" s="87">
         <v>45932</v>
       </c>
-      <c r="D10" s="119" t="s">
+      <c r="D10" s="87" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="120" t="s">
+      <c r="E10" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F10" s="121" t="s">
+      <c r="F10" s="89" t="s">
         <v>46</v>
       </c>
-      <c r="G10" s="82">
+      <c r="G10" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H10" s="78">
+      <c r="H10" s="76">
         <v>9</v>
       </c>
-      <c r="I10" s="122" t="s">
+      <c r="I10" s="141" t="s">
         <v>34</v>
       </c>
-      <c r="J10" s="123"/>
-      <c r="K10" s="78" t="s">
+      <c r="J10" s="142"/>
+      <c r="K10" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="78">
+      <c r="L10" s="76">
         <v>3</v>
       </c>
-      <c r="M10" s="124" t="s">
+      <c r="M10" s="90" t="s">
         <v>47</v>
       </c>
-      <c r="N10" s="125" t="s">
+      <c r="N10" s="91" t="s">
         <v>77</v>
       </c>
-      <c r="O10" s="83"/>
-[...1 lines deleted...]
-      <c r="R10" s="109" t="s">
+      <c r="O10" s="81"/>
+      <c r="P10" s="98"/>
+      <c r="R10" s="124" t="s">
         <v>48</v>
       </c>
-      <c r="S10" s="104"/>
-      <c r="U10" s="101" t="s">
+      <c r="S10" s="123"/>
+      <c r="U10" s="127" t="s">
         <v>49</v>
       </c>
-      <c r="V10" s="95"/>
+      <c r="V10" s="128"/>
     </row>
     <row r="11" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B11" s="118" t="s">
+      <c r="B11" s="86" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="119">
+      <c r="C11" s="87">
         <v>45937</v>
       </c>
-      <c r="D11" s="119" t="s">
+      <c r="D11" s="87" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="120" t="s">
+      <c r="E11" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F11" s="121" t="s">
+      <c r="F11" s="89" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="82">
+      <c r="G11" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H11" s="78">
+      <c r="H11" s="76">
         <v>9</v>
       </c>
-      <c r="I11" s="122" t="s">
+      <c r="I11" s="141" t="s">
         <v>18</v>
       </c>
-      <c r="J11" s="123"/>
-      <c r="K11" s="78" t="s">
+      <c r="J11" s="142"/>
+      <c r="K11" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L11" s="78">
+      <c r="L11" s="76">
         <v>3</v>
       </c>
-      <c r="M11" s="69" t="s">
+      <c r="M11" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="N11" s="76" t="s">
+      <c r="N11" s="74" t="s">
         <v>22</v>
       </c>
-      <c r="O11" s="83"/>
-[...1 lines deleted...]
-      <c r="R11" s="99" t="s">
+      <c r="O11" s="81"/>
+      <c r="P11" s="98"/>
+      <c r="R11" s="132" t="s">
         <v>51</v>
       </c>
-      <c r="S11" s="98"/>
+      <c r="S11" s="126"/>
       <c r="U11" s="16"/>
       <c r="V11" s="23"/>
     </row>
     <row r="12" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B12" s="118" t="s">
+      <c r="B12" s="86" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="119">
+      <c r="C12" s="87">
         <v>45939</v>
       </c>
-      <c r="D12" s="63" t="s">
+      <c r="D12" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="120" t="s">
+      <c r="E12" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F12" s="121" t="s">
+      <c r="F12" s="89" t="s">
         <v>52</v>
       </c>
-      <c r="G12" s="82">
+      <c r="G12" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H12" s="78">
+      <c r="H12" s="76">
         <v>9</v>
       </c>
-      <c r="I12" s="137" t="s">
+      <c r="I12" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="J12" s="123"/>
-      <c r="K12" s="78" t="s">
+      <c r="J12" s="142"/>
+      <c r="K12" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L12" s="78">
+      <c r="L12" s="76">
         <v>3</v>
       </c>
-      <c r="M12" s="75" t="s">
+      <c r="M12" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="N12" s="125" t="s">
+      <c r="N12" s="91" t="s">
         <v>19</v>
       </c>
-      <c r="O12" s="83"/>
-[...3 lines deleted...]
-      <c r="U12" s="101" t="s">
+      <c r="O12" s="81"/>
+      <c r="P12" s="98"/>
+      <c r="R12" s="133"/>
+      <c r="S12" s="130"/>
+      <c r="U12" s="127" t="s">
         <v>53</v>
       </c>
-      <c r="V12" s="95"/>
+      <c r="V12" s="128"/>
     </row>
     <row r="13" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B13" s="17" t="s">
+      <c r="B13" s="86" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="18">
+      <c r="C13" s="87">
         <v>45941</v>
       </c>
-      <c r="D13" s="9" t="s">
+      <c r="D13" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E13" s="19" t="s">
+      <c r="E13" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F13" s="20" t="s">
+      <c r="F13" s="89" t="s">
         <v>54</v>
       </c>
-      <c r="G13" s="21">
+      <c r="G13" s="80">
         <v>0.75</v>
       </c>
-      <c r="H13" s="14">
+      <c r="H13" s="76">
         <v>9</v>
       </c>
-      <c r="I13" s="92" t="s">
+      <c r="I13" s="143" t="s">
         <v>26</v>
       </c>
-      <c r="J13" s="89"/>
-      <c r="K13" s="14" t="s">
+      <c r="J13" s="142"/>
+      <c r="K13" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L13" s="14">
+      <c r="L13" s="76">
         <v>3</v>
       </c>
-      <c r="M13" s="15" t="s">
+      <c r="M13" s="78" t="s">
         <v>35</v>
       </c>
-      <c r="N13" s="13" t="s">
+      <c r="N13" s="74" t="s">
         <v>41</v>
       </c>
-      <c r="O13" s="22"/>
-[...1 lines deleted...]
-      <c r="U13" s="101" t="s">
+      <c r="O13" s="81"/>
+      <c r="P13" s="97"/>
+      <c r="U13" s="127" t="s">
         <v>55</v>
       </c>
-      <c r="V13" s="95"/>
+      <c r="V13" s="128"/>
     </row>
     <row r="14" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B14" s="17" t="s">
+      <c r="B14" s="86" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="18">
+      <c r="C14" s="87">
         <v>45946</v>
       </c>
-      <c r="D14" s="9" t="s">
+      <c r="D14" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E14" s="19" t="s">
+      <c r="E14" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F14" s="20" t="s">
+      <c r="F14" s="89" t="s">
         <v>56</v>
       </c>
-      <c r="G14" s="21">
+      <c r="G14" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H14" s="14">
+      <c r="H14" s="76">
         <v>9</v>
       </c>
-      <c r="I14" s="92" t="s">
-[...3 lines deleted...]
-      <c r="K14" s="14" t="s">
+      <c r="I14" s="143" t="s">
+        <v>152</v>
+      </c>
+      <c r="J14" s="142"/>
+      <c r="K14" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L14" s="14">
+      <c r="L14" s="76">
         <v>3</v>
       </c>
-      <c r="M14" s="15" t="s">
+      <c r="M14" s="78" t="s">
         <v>40</v>
       </c>
-      <c r="N14" s="51" t="s">
+      <c r="N14" s="91" t="s">
         <v>33</v>
       </c>
-      <c r="O14" s="22"/>
-[...2 lines deleted...]
-      <c r="V14" s="95"/>
+      <c r="O14" s="81"/>
+      <c r="P14" s="98"/>
+      <c r="U14" s="131"/>
+      <c r="V14" s="128"/>
     </row>
     <row r="15" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B15" s="17" t="s">
+      <c r="B15" s="86" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="18">
+      <c r="C15" s="87">
         <v>45955</v>
       </c>
-      <c r="D15" s="9" t="s">
+      <c r="D15" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E15" s="19" t="s">
+      <c r="E15" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F15" s="20" t="s">
+      <c r="F15" s="89" t="s">
         <v>58</v>
       </c>
-      <c r="G15" s="21">
+      <c r="G15" s="80">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H15" s="14">
+      <c r="H15" s="76">
         <v>9</v>
       </c>
-      <c r="I15" s="88" t="s">
+      <c r="I15" s="141" t="s">
         <v>25</v>
       </c>
-      <c r="J15" s="89"/>
-      <c r="K15" s="14" t="s">
+      <c r="J15" s="142"/>
+      <c r="K15" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L15" s="14">
+      <c r="L15" s="76">
         <v>3</v>
       </c>
-      <c r="M15" s="50" t="s">
+      <c r="M15" s="90" t="s">
         <v>45</v>
       </c>
-      <c r="N15" s="13" t="s">
+      <c r="N15" s="74" t="s">
         <v>28</v>
       </c>
-      <c r="O15" s="22"/>
-[...1 lines deleted...]
-      <c r="U15" s="101" t="s">
+      <c r="O15" s="81"/>
+      <c r="P15" s="98"/>
+      <c r="U15" s="127" t="s">
         <v>59</v>
       </c>
-      <c r="V15" s="95"/>
+      <c r="V15" s="128"/>
     </row>
     <row r="16" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B16" s="17" t="s">
+      <c r="B16" s="86" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="87" t="s">
+        <v>160</v>
+      </c>
+      <c r="D16" s="61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="88" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="89" t="s">
+        <v>161</v>
+      </c>
+      <c r="G16" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="H16" s="76">
+        <v>9</v>
+      </c>
+      <c r="I16" s="143" t="s">
+        <v>153</v>
+      </c>
+      <c r="J16" s="142"/>
+      <c r="K16" s="76" t="s">
+        <v>20</v>
+      </c>
+      <c r="L16" s="76">
+        <v>3</v>
+      </c>
+      <c r="M16" s="90" t="s">
+        <v>162</v>
+      </c>
+      <c r="N16" s="74" t="s">
+        <v>41</v>
+      </c>
+      <c r="O16" s="81"/>
+      <c r="P16" s="98"/>
+      <c r="U16" s="16"/>
+      <c r="V16" s="101"/>
+    </row>
+    <row r="17" spans="2:25" ht="14.25" customHeight="1">
+      <c r="B17" s="86" t="s">
         <v>14</v>
       </c>
-      <c r="C16" s="18">
+      <c r="C17" s="87">
         <v>45974</v>
       </c>
-      <c r="D16" s="9" t="s">
+      <c r="D17" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E16" s="19" t="s">
+      <c r="E17" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F16" s="20" t="s">
+      <c r="F17" s="89" t="s">
         <v>60</v>
       </c>
-      <c r="G16" s="21">
+      <c r="G17" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H16" s="14">
+      <c r="H17" s="76">
         <v>9</v>
       </c>
-      <c r="I16" s="88" t="s">
+      <c r="I17" s="141" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="142"/>
+      <c r="K17" s="76" t="s">
+        <v>20</v>
+      </c>
+      <c r="L17" s="76">
+        <v>3</v>
+      </c>
+      <c r="M17" s="78" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" s="74" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" s="81"/>
+      <c r="P17" s="98"/>
+      <c r="U17" s="127" t="s">
+        <v>61</v>
+      </c>
+      <c r="V17" s="128"/>
+    </row>
+    <row r="18" spans="2:25" ht="14.25" customHeight="1">
+      <c r="B18" s="86" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="87">
+        <v>45981</v>
+      </c>
+      <c r="D18" s="61" t="s">
+        <v>31</v>
+      </c>
+      <c r="E18" s="88" t="s">
+        <v>16</v>
+      </c>
+      <c r="F18" s="89" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="H18" s="76">
+        <v>9</v>
+      </c>
+      <c r="I18" s="141" t="s">
         <v>33</v>
       </c>
-      <c r="J16" s="89"/>
-      <c r="K16" s="14" t="s">
+      <c r="J18" s="142"/>
+      <c r="K18" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L16" s="14">
+      <c r="L18" s="76">
         <v>3</v>
       </c>
-      <c r="M16" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D17" s="9" t="s">
+      <c r="M18" s="67" t="s">
+        <v>21</v>
+      </c>
+      <c r="N18" s="91" t="s">
+        <v>18</v>
+      </c>
+      <c r="O18" s="81"/>
+      <c r="P18" s="98"/>
+      <c r="U18" s="137"/>
+      <c r="V18" s="128"/>
+    </row>
+    <row r="19" spans="2:25" ht="14.25" customHeight="1">
+      <c r="B19" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="87">
+        <v>45983</v>
+      </c>
+      <c r="D19" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="E17" s="19" t="s">
+      <c r="E19" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="F17" s="20" t="s">
-[...5 lines deleted...]
-      <c r="H17" s="14">
+      <c r="F19" s="89" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" s="80">
+        <v>0.75</v>
+      </c>
+      <c r="H19" s="76">
         <v>9</v>
       </c>
-      <c r="I17" s="88" t="s">
-[...3 lines deleted...]
-      <c r="K17" s="14" t="s">
+      <c r="I19" s="143" t="s">
+        <v>77</v>
+      </c>
+      <c r="J19" s="144"/>
+      <c r="K19" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="L17" s="14">
+      <c r="L19" s="76">
         <v>3</v>
       </c>
-      <c r="M17" s="10" t="s">
-[...32 lines deleted...]
-      <c r="I18" s="88" t="s">
+      <c r="M19" s="73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N19" s="91" t="s">
         <v>28</v>
       </c>
-      <c r="J18" s="89"/>
-[...14 lines deleted...]
-      <c r="U18" s="101" t="s">
+      <c r="O19" s="81"/>
+      <c r="P19" s="97"/>
+      <c r="U19" s="127" t="s">
         <v>63</v>
       </c>
-      <c r="V18" s="95"/>
-[...46 lines deleted...]
-    <row r="20" spans="2:25" ht="14.25" customHeight="1">
+      <c r="V19" s="128"/>
+    </row>
+    <row r="20" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
       <c r="B20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="18">
-        <v>46011</v>
+        <v>45990</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="20" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G20" s="21">
         <v>0.63541666666666663</v>
       </c>
       <c r="H20" s="14">
         <v>9</v>
       </c>
-      <c r="I20" s="90" t="s">
-[...2 lines deleted...]
-      <c r="J20" s="91"/>
+      <c r="I20" s="145" t="s">
+        <v>18</v>
+      </c>
+      <c r="J20" s="146"/>
       <c r="K20" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="14">
         <v>3</v>
       </c>
       <c r="M20" s="15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N20" s="13" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="O20" s="22"/>
-      <c r="P20" s="132"/>
-[...1 lines deleted...]
-    <row r="21" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
+      <c r="P20" s="98"/>
+      <c r="U20" s="138" t="s">
+        <v>65</v>
+      </c>
+      <c r="V20" s="126"/>
+    </row>
+    <row r="21" spans="2:25" ht="14.25" customHeight="1">
       <c r="B21" s="17" t="s">
-        <v>68</v>
-[...7 lines deleted...]
-      <c r="E21" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="C21" s="154" t="s">
+        <v>181</v>
+      </c>
+      <c r="D21" s="155" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="156" t="s">
         <v>16</v>
       </c>
-      <c r="F21" s="20" t="s">
-[...3 lines deleted...]
-        <v>0.75</v>
+      <c r="F21" s="157" t="s">
+        <v>182</v>
+      </c>
+      <c r="G21" s="158" t="s">
+        <v>183</v>
       </c>
       <c r="H21" s="14">
         <v>9</v>
       </c>
-      <c r="I21" s="88" t="s">
-[...3 lines deleted...]
-      <c r="K21" s="14" t="s">
+      <c r="I21" s="149" t="s">
+        <v>163</v>
+      </c>
+      <c r="J21" s="153"/>
+      <c r="K21" s="159" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="14">
         <v>3</v>
       </c>
       <c r="M21" s="15" t="s">
         <v>45</v>
       </c>
       <c r="N21" s="13" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="O21" s="22"/>
-      <c r="P21" s="132"/>
+      <c r="P21" s="98"/>
+      <c r="U21" s="151"/>
+      <c r="V21" s="152"/>
     </row>
     <row r="22" spans="2:25" ht="14.25" customHeight="1">
       <c r="B22" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="18">
-        <v>46025</v>
+        <v>46011</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E22" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="20" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="G22" s="21">
-        <v>0.75</v>
+        <v>0.63541666666666663</v>
       </c>
       <c r="H22" s="14">
         <v>9</v>
       </c>
-      <c r="I22" s="88" t="s">
-[...2 lines deleted...]
-      <c r="J22" s="89"/>
+      <c r="I22" s="147" t="s">
+        <v>33</v>
+      </c>
+      <c r="J22" s="148"/>
       <c r="K22" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="14">
         <v>3</v>
       </c>
       <c r="M22" s="15" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="N22" s="13" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="O22" s="22"/>
-      <c r="P22" s="132"/>
-[...13 lines deleted...]
-    <row r="23" spans="2:25" ht="14.25" customHeight="1">
+      <c r="P22" s="98"/>
+    </row>
+    <row r="23" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
       <c r="B23" s="17" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="C23" s="18">
-        <v>46028</v>
+        <v>46019</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="20" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G23" s="21">
         <v>0.75</v>
       </c>
       <c r="H23" s="14">
         <v>9</v>
       </c>
-      <c r="I23" s="92" t="s">
-[...2 lines deleted...]
-      <c r="J23" s="89"/>
+      <c r="I23" s="145" t="s">
+        <v>19</v>
+      </c>
+      <c r="J23" s="146"/>
       <c r="K23" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="14">
         <v>3</v>
       </c>
-      <c r="M23" s="10" t="s">
-        <v>21</v>
+      <c r="M23" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="N23" s="13" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="O23" s="22"/>
-      <c r="P23" s="131"/>
-[...11 lines deleted...]
-      <c r="Y23" s="95"/>
+      <c r="P23" s="98"/>
     </row>
     <row r="24" spans="2:25" ht="14.25" customHeight="1">
       <c r="B24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="18">
-        <v>46032</v>
+        <v>46025</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="20" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="G24" s="21">
-        <v>0.63541666666666663</v>
+        <v>0.75</v>
       </c>
       <c r="H24" s="14">
         <v>9</v>
       </c>
-      <c r="I24" s="88"/>
-      <c r="J24" s="89"/>
+      <c r="I24" s="149" t="s">
+        <v>153</v>
+      </c>
+      <c r="J24" s="146"/>
       <c r="K24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="14">
         <v>3</v>
       </c>
-      <c r="M24" s="12" t="s">
-[...3 lines deleted...]
-        <v>84</v>
+      <c r="M24" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="N24" s="13" t="s">
+        <v>34</v>
       </c>
       <c r="O24" s="22"/>
-      <c r="P24" s="132"/>
-[...11 lines deleted...]
-      <c r="Y24" s="95"/>
+      <c r="P24" s="98"/>
+      <c r="R24" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="S24" s="134" t="s">
+        <v>70</v>
+      </c>
+      <c r="T24" s="135"/>
+      <c r="U24" s="135"/>
+      <c r="V24" s="135"/>
+      <c r="W24" s="135"/>
+      <c r="X24" s="135"/>
+      <c r="Y24" s="123"/>
     </row>
     <row r="25" spans="2:25" ht="14.25" customHeight="1">
       <c r="B25" s="17" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="C25" s="18">
-        <v>46044</v>
+        <v>46028</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E25" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F25" s="27" t="s">
-        <v>74</v>
+      <c r="F25" s="20" t="s">
+        <v>32</v>
       </c>
       <c r="G25" s="21">
-        <v>0.79166666666666663</v>
+        <v>0.75</v>
       </c>
       <c r="H25" s="14">
         <v>9</v>
       </c>
-      <c r="I25" s="88"/>
-      <c r="J25" s="89"/>
+      <c r="I25" s="149" t="s">
+        <v>33</v>
+      </c>
+      <c r="J25" s="146"/>
       <c r="K25" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="14">
         <v>3</v>
       </c>
-      <c r="M25" s="15" t="s">
-[...2 lines deleted...]
-      <c r="N25" s="13"/>
+      <c r="M25" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="N25" s="13" t="s">
+        <v>84</v>
+      </c>
       <c r="O25" s="22"/>
-      <c r="P25" s="132"/>
+      <c r="P25" s="97"/>
       <c r="R25" s="25" t="s">
-        <v>75</v>
-[...9 lines deleted...]
-      <c r="Y25" s="95"/>
+        <v>21</v>
+      </c>
+      <c r="S25" s="136" t="s">
+        <v>71</v>
+      </c>
+      <c r="T25" s="130"/>
+      <c r="U25" s="130"/>
+      <c r="V25" s="130"/>
+      <c r="W25" s="130"/>
+      <c r="X25" s="130"/>
+      <c r="Y25" s="128"/>
     </row>
     <row r="26" spans="2:25" ht="14.25" customHeight="1">
       <c r="B26" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="18">
-        <v>46053</v>
+        <v>46032</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E26" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F26" s="27" t="s">
-        <v>52</v>
+      <c r="F26" s="20" t="s">
+        <v>54</v>
       </c>
       <c r="G26" s="21">
         <v>0.63541666666666663</v>
       </c>
       <c r="H26" s="14">
         <v>9</v>
       </c>
-      <c r="I26" s="88"/>
-      <c r="J26" s="89"/>
+      <c r="I26" s="149" t="s">
+        <v>152</v>
+      </c>
+      <c r="J26" s="146"/>
       <c r="K26" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="14">
         <v>3</v>
       </c>
-      <c r="M26" s="15" t="s">
-[...2 lines deleted...]
-      <c r="N26" s="13"/>
+      <c r="M26" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="N26" s="50" t="s">
+        <v>159</v>
+      </c>
       <c r="O26" s="22"/>
-      <c r="P26" s="132"/>
+      <c r="P26" s="98"/>
       <c r="R26" s="25" t="s">
-        <v>78</v>
-[...9 lines deleted...]
-      <c r="Y26" s="95"/>
+        <v>72</v>
+      </c>
+      <c r="S26" s="136" t="s">
+        <v>73</v>
+      </c>
+      <c r="T26" s="130"/>
+      <c r="U26" s="130"/>
+      <c r="V26" s="130"/>
+      <c r="W26" s="130"/>
+      <c r="X26" s="130"/>
+      <c r="Y26" s="128"/>
     </row>
     <row r="27" spans="2:25" ht="14.25" customHeight="1">
       <c r="B27" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="18">
-        <v>46058</v>
+        <v>46044</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="27" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="G27" s="21">
         <v>0.79166666666666663</v>
       </c>
       <c r="H27" s="14">
         <v>9</v>
       </c>
-      <c r="I27" s="88"/>
-      <c r="J27" s="89"/>
+      <c r="I27" s="145" t="s">
+        <v>158</v>
+      </c>
+      <c r="J27" s="146"/>
       <c r="K27" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="14">
         <v>3</v>
       </c>
       <c r="M27" s="15" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="N27" s="13"/>
+        <v>35</v>
+      </c>
+      <c r="N27" s="13" t="s">
+        <v>163</v>
+      </c>
       <c r="O27" s="22"/>
-      <c r="P27" s="131"/>
-[...7 lines deleted...]
-      <c r="Y27" s="28"/>
+      <c r="P27" s="98"/>
+      <c r="R27" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="S27" s="136" t="s">
+        <v>76</v>
+      </c>
+      <c r="T27" s="130"/>
+      <c r="U27" s="130"/>
+      <c r="V27" s="130"/>
+      <c r="W27" s="130"/>
+      <c r="X27" s="130"/>
+      <c r="Y27" s="128"/>
     </row>
     <row r="28" spans="2:25" ht="14.25" customHeight="1">
       <c r="B28" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="18">
-        <v>46060</v>
+        <v>46053</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="27" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G28" s="21">
-        <v>0.75</v>
+        <v>0.63541666666666663</v>
       </c>
       <c r="H28" s="14">
         <v>9</v>
       </c>
-      <c r="I28" s="88"/>
-      <c r="J28" s="89"/>
+      <c r="I28" s="145" t="s">
+        <v>152</v>
+      </c>
+      <c r="J28" s="146"/>
       <c r="K28" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="14">
         <v>3</v>
       </c>
       <c r="M28" s="15" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="N28" s="13"/>
+        <v>40</v>
+      </c>
+      <c r="N28" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="O28" s="22"/>
-      <c r="P28" s="132"/>
+      <c r="P28" s="98"/>
       <c r="R28" s="25" t="s">
-        <v>80</v>
-[...11 lines deleted...]
-    <row r="29" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
+        <v>78</v>
+      </c>
+      <c r="S28" s="136" t="s">
+        <v>79</v>
+      </c>
+      <c r="T28" s="130"/>
+      <c r="U28" s="130"/>
+      <c r="V28" s="130"/>
+      <c r="W28" s="130"/>
+      <c r="X28" s="130"/>
+      <c r="Y28" s="128"/>
+    </row>
+    <row r="29" spans="2:25" ht="14.25" customHeight="1">
       <c r="B29" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="18">
-        <v>46072</v>
+        <v>46058</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="27" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="G29" s="21">
         <v>0.79166666666666663</v>
       </c>
       <c r="H29" s="14">
         <v>9</v>
       </c>
-      <c r="I29" s="88"/>
-      <c r="J29" s="89"/>
+      <c r="I29" s="145" t="s">
+        <v>159</v>
+      </c>
+      <c r="J29" s="146"/>
       <c r="K29" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="14">
         <v>3</v>
       </c>
-      <c r="M29" s="10" t="s">
-[...2 lines deleted...]
-      <c r="N29" s="13"/>
+      <c r="M29" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N29" s="13" t="s">
+        <v>25</v>
+      </c>
       <c r="O29" s="22"/>
-      <c r="P29" s="132"/>
-[...11 lines deleted...]
-      <c r="Y29" s="98"/>
+      <c r="P29" s="97"/>
+      <c r="R29" s="25"/>
+      <c r="S29" s="26"/>
+      <c r="T29" s="26"/>
+      <c r="U29" s="26"/>
+      <c r="V29" s="26"/>
+      <c r="W29" s="26"/>
+      <c r="X29" s="26"/>
+      <c r="Y29" s="28"/>
     </row>
     <row r="30" spans="2:25" ht="14.25" customHeight="1">
       <c r="B30" s="17" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C30" s="18">
-        <v>46079</v>
+        <v>46060</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F30" s="20" t="s">
-        <v>62</v>
+      <c r="F30" s="27" t="s">
+        <v>58</v>
       </c>
       <c r="G30" s="21">
-        <v>0.79166666666666663</v>
+        <v>0.75</v>
       </c>
       <c r="H30" s="14">
         <v>9</v>
       </c>
-      <c r="I30" s="88"/>
-      <c r="J30" s="89"/>
+      <c r="I30" s="145" t="s">
+        <v>152</v>
+      </c>
+      <c r="J30" s="146"/>
       <c r="K30" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="14">
         <v>3</v>
       </c>
-      <c r="M30" s="12" t="s">
-[...2 lines deleted...]
-      <c r="N30" s="13"/>
+      <c r="M30" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="N30" s="13" t="s">
+        <v>159</v>
+      </c>
       <c r="O30" s="22"/>
-      <c r="P30" s="132"/>
-[...1 lines deleted...]
-    <row r="31" spans="2:25" ht="14.25" customHeight="1">
+      <c r="P30" s="98"/>
+      <c r="R30" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="S30" s="136" t="s">
+        <v>81</v>
+      </c>
+      <c r="T30" s="130"/>
+      <c r="U30" s="130"/>
+      <c r="V30" s="130"/>
+      <c r="W30" s="130"/>
+      <c r="X30" s="130"/>
+      <c r="Y30" s="128"/>
+    </row>
+    <row r="31" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
       <c r="B31" s="17" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C31" s="18">
-        <v>46081</v>
+        <v>46072</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E31" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F31" s="20" t="s">
-        <v>66</v>
+      <c r="F31" s="27" t="s">
+        <v>74</v>
       </c>
       <c r="G31" s="21">
-        <v>0.63541666666666663</v>
+        <v>0.79166666666666663</v>
       </c>
       <c r="H31" s="14">
         <v>9</v>
       </c>
-      <c r="I31" s="88"/>
-      <c r="J31" s="89"/>
+      <c r="I31" s="145" t="s">
+        <v>158</v>
+      </c>
+      <c r="J31" s="146"/>
       <c r="K31" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="14">
         <v>3</v>
       </c>
-      <c r="M31" s="15" t="s">
-[...2 lines deleted...]
-      <c r="N31" s="13"/>
+      <c r="M31" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="N31" s="13" t="s">
+        <v>67</v>
+      </c>
       <c r="O31" s="22"/>
-      <c r="P31" s="132"/>
+      <c r="P31" s="98"/>
+      <c r="R31" s="29" t="s">
+        <v>82</v>
+      </c>
+      <c r="S31" s="139" t="s">
+        <v>83</v>
+      </c>
+      <c r="T31" s="140"/>
+      <c r="U31" s="140"/>
+      <c r="V31" s="140"/>
+      <c r="W31" s="140"/>
+      <c r="X31" s="140"/>
+      <c r="Y31" s="126"/>
     </row>
     <row r="32" spans="2:25" ht="14.25" customHeight="1">
       <c r="B32" s="17" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="C32" s="18">
-        <v>46091</v>
+        <v>46079</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="20" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G32" s="21">
         <v>0.79166666666666663</v>
       </c>
       <c r="H32" s="14">
         <v>9</v>
       </c>
-      <c r="I32" s="88"/>
-      <c r="J32" s="89"/>
+      <c r="I32" s="145" t="s">
+        <v>163</v>
+      </c>
+      <c r="J32" s="146"/>
       <c r="K32" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="14">
         <v>3</v>
       </c>
-      <c r="M32" s="15" t="s">
-[...2 lines deleted...]
-      <c r="N32" s="13"/>
+      <c r="M32" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="N32" s="13" t="s">
+        <v>158</v>
+      </c>
       <c r="O32" s="22"/>
-      <c r="P32" s="132"/>
+      <c r="P32" s="98"/>
     </row>
     <row r="33" spans="2:16" ht="14.25" customHeight="1">
       <c r="B33" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C33" s="18">
-        <v>46095</v>
+        <v>46081</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="20" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G33" s="21">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H33" s="30">
+      <c r="H33" s="14">
         <v>9</v>
       </c>
-      <c r="I33" s="136"/>
-      <c r="J33" s="89"/>
+      <c r="I33" s="145" t="s">
+        <v>159</v>
+      </c>
+      <c r="J33" s="146"/>
       <c r="K33" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="14">
         <v>3</v>
       </c>
       <c r="M33" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N33" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="98"/>
+    </row>
+    <row r="34" spans="2:16" ht="14.25" customHeight="1">
+      <c r="B34" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="18">
+        <v>46091</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E34" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="F34" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" s="21">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="H34" s="14">
+        <v>9</v>
+      </c>
+      <c r="I34" s="145" t="s">
+        <v>158</v>
+      </c>
+      <c r="J34" s="146"/>
+      <c r="K34" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="14">
+        <v>3</v>
+      </c>
+      <c r="M34" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N34" s="13" t="s">
+        <v>163</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="98"/>
+    </row>
+    <row r="35" spans="2:16" ht="14.25" customHeight="1">
+      <c r="B35" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35" s="18">
+        <v>46095</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E35" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="F35" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="G35" s="21">
+        <v>0.63541666666666663</v>
+      </c>
+      <c r="H35" s="30">
+        <v>9</v>
+      </c>
+      <c r="I35" s="150" t="s">
+        <v>163</v>
+      </c>
+      <c r="J35" s="146"/>
+      <c r="K35" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="L35" s="14">
+        <v>3</v>
+      </c>
+      <c r="M35" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="N33" s="13"/>
-[...11 lines deleted...]
-      <c r="P35" s="134"/>
+      <c r="N35" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="97"/>
     </row>
     <row r="36" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P36" s="134"/>
+      <c r="H36" s="31"/>
+      <c r="I36" s="97"/>
+      <c r="J36" s="31"/>
+      <c r="P36"/>
     </row>
     <row r="37" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P37" s="134"/>
+      <c r="I37" s="100"/>
+      <c r="P37"/>
     </row>
     <row r="38" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P38" s="134"/>
+      <c r="P38"/>
     </row>
     <row r="39" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P39" s="134"/>
+      <c r="P39"/>
     </row>
     <row r="40" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P40" s="134"/>
+      <c r="P40"/>
     </row>
     <row r="41" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P41" s="134"/>
+      <c r="P41"/>
     </row>
     <row r="42" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P42" s="134"/>
+      <c r="P42"/>
     </row>
     <row r="43" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P43" s="134"/>
+      <c r="P43"/>
     </row>
     <row r="44" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P44" s="134"/>
+      <c r="P44"/>
     </row>
     <row r="45" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P45" s="134"/>
+      <c r="P45"/>
     </row>
     <row r="46" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P46" s="134"/>
+      <c r="P46"/>
     </row>
     <row r="47" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P47" s="134"/>
+      <c r="P47"/>
     </row>
     <row r="48" spans="2:16" ht="14.25" customHeight="1">
-      <c r="P48" s="134"/>
+      <c r="P48"/>
     </row>
     <row r="49" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P49" s="134"/>
+      <c r="P49"/>
     </row>
     <row r="50" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P50" s="134"/>
+      <c r="P50"/>
     </row>
     <row r="51" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P51" s="134"/>
+      <c r="P51"/>
     </row>
     <row r="52" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P52" s="134"/>
+      <c r="P52"/>
     </row>
     <row r="53" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P53" s="134"/>
+      <c r="P53"/>
     </row>
     <row r="54" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P54" s="134"/>
+      <c r="P54"/>
     </row>
     <row r="55" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P55" s="134"/>
+      <c r="P55"/>
     </row>
     <row r="56" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P56" s="134"/>
+      <c r="P56"/>
     </row>
     <row r="57" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P57" s="134"/>
+      <c r="P57"/>
     </row>
     <row r="58" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P58" s="134"/>
+      <c r="P58"/>
     </row>
     <row r="59" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P59" s="134"/>
+      <c r="P59"/>
     </row>
     <row r="60" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P60" s="134"/>
+      <c r="P60"/>
     </row>
     <row r="61" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P61" s="134"/>
+      <c r="P61"/>
     </row>
     <row r="62" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P62" s="134"/>
+      <c r="P62"/>
     </row>
     <row r="63" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P63" s="134"/>
+      <c r="P63"/>
     </row>
     <row r="64" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P64" s="134"/>
+      <c r="P64"/>
     </row>
     <row r="65" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P65" s="134"/>
+      <c r="P65"/>
     </row>
     <row r="66" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P66" s="134"/>
+      <c r="P66"/>
     </row>
     <row r="67" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P67" s="134"/>
+      <c r="P67"/>
     </row>
     <row r="68" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P68" s="134"/>
+      <c r="P68"/>
     </row>
     <row r="69" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P69" s="134"/>
+      <c r="P69"/>
     </row>
     <row r="70" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P70" s="134"/>
+      <c r="P70"/>
     </row>
     <row r="71" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P71" s="134"/>
+      <c r="P71"/>
     </row>
     <row r="72" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P72" s="134"/>
+      <c r="P72"/>
     </row>
     <row r="73" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P73" s="134"/>
+      <c r="P73"/>
     </row>
     <row r="74" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P74" s="134"/>
+      <c r="P74"/>
     </row>
     <row r="75" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P75" s="134"/>
+      <c r="P75"/>
     </row>
     <row r="76" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P76" s="134"/>
+      <c r="P76"/>
     </row>
     <row r="77" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P77" s="134"/>
+      <c r="P77"/>
     </row>
     <row r="78" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P78" s="134"/>
+      <c r="P78"/>
     </row>
     <row r="79" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P79" s="134"/>
+      <c r="P79"/>
     </row>
     <row r="80" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P80" s="134"/>
+      <c r="P80"/>
     </row>
     <row r="81" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P81" s="134"/>
+      <c r="P81"/>
     </row>
     <row r="82" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P82" s="134"/>
+      <c r="P82"/>
     </row>
     <row r="83" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P83" s="134"/>
+      <c r="P83"/>
     </row>
     <row r="84" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P84" s="134"/>
+      <c r="P84"/>
     </row>
     <row r="85" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P85" s="134"/>
+      <c r="P85"/>
     </row>
     <row r="86" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P86" s="134"/>
+      <c r="P86"/>
     </row>
     <row r="87" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P87" s="134"/>
+      <c r="P87"/>
     </row>
     <row r="88" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P88" s="134"/>
+      <c r="P88"/>
     </row>
     <row r="89" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P89" s="134"/>
+      <c r="P89"/>
     </row>
     <row r="90" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P90" s="134"/>
+      <c r="P90"/>
     </row>
     <row r="91" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P91" s="134"/>
+      <c r="P91"/>
     </row>
     <row r="92" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P92" s="134"/>
+      <c r="P92"/>
     </row>
     <row r="93" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P93" s="134"/>
+      <c r="P93"/>
     </row>
     <row r="94" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P94" s="134"/>
+      <c r="P94"/>
     </row>
     <row r="95" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P95" s="134"/>
+      <c r="P95"/>
     </row>
     <row r="96" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P96" s="134"/>
+      <c r="P96"/>
     </row>
     <row r="97" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P97" s="134"/>
+      <c r="P97"/>
     </row>
     <row r="98" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P98" s="134"/>
+      <c r="P98"/>
     </row>
     <row r="99" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P99" s="134"/>
+      <c r="P99"/>
     </row>
     <row r="100" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P100" s="134"/>
+      <c r="P100"/>
     </row>
     <row r="101" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P101" s="134"/>
+      <c r="P101"/>
     </row>
     <row r="102" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P102" s="134"/>
+      <c r="P102"/>
     </row>
     <row r="103" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P103" s="134"/>
+      <c r="P103"/>
     </row>
     <row r="104" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P104" s="134"/>
+      <c r="P104"/>
     </row>
     <row r="105" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P105" s="134"/>
+      <c r="P105"/>
     </row>
     <row r="106" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P106" s="134"/>
+      <c r="P106"/>
     </row>
     <row r="107" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P107" s="134"/>
+      <c r="P107"/>
     </row>
     <row r="108" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P108" s="134"/>
+      <c r="P108"/>
     </row>
     <row r="109" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P109" s="134"/>
+      <c r="P109"/>
     </row>
     <row r="110" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P110" s="134"/>
+      <c r="P110"/>
     </row>
     <row r="111" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P111" s="134"/>
+      <c r="P111"/>
     </row>
     <row r="112" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P112" s="134"/>
+      <c r="P112"/>
     </row>
     <row r="113" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P113" s="134"/>
+      <c r="P113"/>
     </row>
     <row r="114" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P114" s="134"/>
+      <c r="P114"/>
     </row>
     <row r="115" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P115" s="134"/>
+      <c r="P115"/>
     </row>
     <row r="116" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P116" s="134"/>
+      <c r="P116"/>
     </row>
     <row r="117" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P117" s="134"/>
+      <c r="P117"/>
     </row>
     <row r="118" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P118" s="134"/>
+      <c r="P118"/>
     </row>
     <row r="119" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P119" s="134"/>
+      <c r="P119"/>
     </row>
     <row r="120" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P120" s="134"/>
+      <c r="P120"/>
     </row>
     <row r="121" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P121" s="134"/>
+      <c r="P121"/>
     </row>
     <row r="122" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P122" s="134"/>
+      <c r="P122"/>
     </row>
     <row r="123" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P123" s="134"/>
+      <c r="P123"/>
     </row>
     <row r="124" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P124" s="134"/>
+      <c r="P124"/>
     </row>
     <row r="125" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P125" s="134"/>
+      <c r="P125"/>
     </row>
     <row r="126" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P126" s="134"/>
+      <c r="P126"/>
     </row>
     <row r="127" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P127" s="134"/>
+      <c r="P127"/>
     </row>
     <row r="128" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P128" s="134"/>
+      <c r="P128"/>
     </row>
     <row r="129" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P129" s="134"/>
+      <c r="P129"/>
     </row>
     <row r="130" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P130" s="134"/>
+      <c r="P130"/>
     </row>
     <row r="131" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P131" s="134"/>
+      <c r="P131"/>
     </row>
     <row r="132" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P132" s="134"/>
+      <c r="P132"/>
     </row>
     <row r="133" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P133" s="134"/>
+      <c r="P133"/>
     </row>
     <row r="134" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P134" s="134"/>
+      <c r="P134"/>
     </row>
     <row r="135" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P135" s="134"/>
+      <c r="P135"/>
     </row>
     <row r="136" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P136" s="134"/>
+      <c r="P136"/>
     </row>
     <row r="137" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P137" s="134"/>
+      <c r="P137"/>
     </row>
     <row r="138" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P138" s="134"/>
+      <c r="P138"/>
     </row>
     <row r="139" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P139" s="134"/>
+      <c r="P139"/>
     </row>
     <row r="140" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P140" s="134"/>
+      <c r="P140"/>
     </row>
     <row r="141" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P141" s="134"/>
+      <c r="P141"/>
     </row>
     <row r="142" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P142" s="134"/>
+      <c r="P142"/>
     </row>
     <row r="143" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P143" s="134"/>
+      <c r="P143"/>
     </row>
     <row r="144" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P144" s="134"/>
+      <c r="P144"/>
     </row>
     <row r="145" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P145" s="134"/>
+      <c r="P145"/>
     </row>
     <row r="146" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P146" s="134"/>
+      <c r="P146"/>
     </row>
     <row r="147" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P147" s="134"/>
+      <c r="P147"/>
     </row>
     <row r="148" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P148" s="134"/>
+      <c r="P148"/>
     </row>
     <row r="149" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P149" s="134"/>
+      <c r="P149"/>
     </row>
     <row r="150" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P150" s="134"/>
+      <c r="P150"/>
     </row>
     <row r="151" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P151" s="134"/>
+      <c r="P151"/>
     </row>
     <row r="152" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P152" s="134"/>
+      <c r="P152"/>
     </row>
     <row r="153" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P153" s="134"/>
+      <c r="P153"/>
     </row>
     <row r="154" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P154" s="134"/>
+      <c r="P154"/>
     </row>
     <row r="155" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P155" s="134"/>
+      <c r="P155"/>
     </row>
     <row r="156" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P156" s="134"/>
+      <c r="P156"/>
     </row>
     <row r="157" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P157" s="134"/>
+      <c r="P157"/>
     </row>
     <row r="158" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P158" s="134"/>
+      <c r="P158"/>
     </row>
     <row r="159" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P159" s="134"/>
+      <c r="P159"/>
     </row>
     <row r="160" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P160" s="134"/>
+      <c r="P160"/>
     </row>
     <row r="161" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P161" s="134"/>
+      <c r="P161"/>
     </row>
     <row r="162" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P162" s="134"/>
+      <c r="P162"/>
     </row>
     <row r="163" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P163" s="134"/>
+      <c r="P163"/>
     </row>
     <row r="164" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P164" s="134"/>
+      <c r="P164"/>
     </row>
     <row r="165" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P165" s="134"/>
+      <c r="P165"/>
     </row>
     <row r="166" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P166" s="134"/>
+      <c r="P166"/>
     </row>
     <row r="167" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P167" s="134"/>
+      <c r="P167"/>
     </row>
     <row r="168" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P168" s="134"/>
+      <c r="P168"/>
     </row>
     <row r="169" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P169" s="134"/>
+      <c r="P169"/>
     </row>
     <row r="170" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P170" s="134"/>
+      <c r="P170"/>
     </row>
     <row r="171" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P171" s="134"/>
+      <c r="P171"/>
     </row>
     <row r="172" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P172" s="134"/>
+      <c r="P172"/>
     </row>
     <row r="173" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P173" s="134"/>
+      <c r="P173"/>
     </row>
     <row r="174" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P174" s="134"/>
+      <c r="P174"/>
     </row>
     <row r="175" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P175" s="134"/>
+      <c r="P175"/>
     </row>
     <row r="176" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P176" s="134"/>
+      <c r="P176"/>
     </row>
     <row r="177" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P177" s="134"/>
+      <c r="P177"/>
     </row>
     <row r="178" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P178" s="134"/>
+      <c r="P178"/>
     </row>
     <row r="179" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P179" s="134"/>
+      <c r="P179"/>
     </row>
     <row r="180" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P180" s="134"/>
+      <c r="P180"/>
     </row>
     <row r="181" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P181" s="134"/>
+      <c r="P181"/>
     </row>
     <row r="182" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P182" s="134"/>
+      <c r="P182"/>
     </row>
     <row r="183" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P183" s="134"/>
+      <c r="P183"/>
     </row>
     <row r="184" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P184" s="134"/>
+      <c r="P184"/>
     </row>
     <row r="185" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P185" s="134"/>
+      <c r="P185"/>
     </row>
     <row r="186" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P186" s="134"/>
+      <c r="P186"/>
     </row>
     <row r="187" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P187" s="134"/>
+      <c r="P187"/>
     </row>
     <row r="188" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P188" s="134"/>
+      <c r="P188"/>
     </row>
     <row r="189" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P189" s="134"/>
+      <c r="P189"/>
     </row>
     <row r="190" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P190" s="134"/>
+      <c r="P190"/>
     </row>
     <row r="191" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P191" s="134"/>
+      <c r="P191"/>
     </row>
     <row r="192" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P192" s="134"/>
+      <c r="P192"/>
     </row>
     <row r="193" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P193" s="134"/>
+      <c r="P193"/>
     </row>
     <row r="194" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P194" s="134"/>
+      <c r="P194"/>
     </row>
     <row r="195" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P195" s="134"/>
+      <c r="P195"/>
     </row>
     <row r="196" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P196" s="134"/>
+      <c r="P196"/>
     </row>
     <row r="197" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P197" s="134"/>
+      <c r="P197"/>
     </row>
     <row r="198" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P198" s="134"/>
+      <c r="P198"/>
     </row>
     <row r="199" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P199" s="134"/>
+      <c r="P199"/>
     </row>
     <row r="200" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P200" s="134"/>
+      <c r="P200"/>
     </row>
     <row r="201" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P201" s="134"/>
+      <c r="P201"/>
     </row>
     <row r="202" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P202" s="134"/>
+      <c r="P202"/>
     </row>
     <row r="203" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P203" s="134"/>
+      <c r="P203"/>
     </row>
     <row r="204" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P204" s="134"/>
+      <c r="P204"/>
     </row>
     <row r="205" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P205" s="134"/>
+      <c r="P205"/>
     </row>
     <row r="206" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P206" s="134"/>
+      <c r="P206"/>
     </row>
     <row r="207" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P207" s="134"/>
+      <c r="P207"/>
     </row>
     <row r="208" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P208" s="134"/>
+      <c r="P208"/>
     </row>
     <row r="209" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P209" s="134"/>
+      <c r="P209"/>
     </row>
     <row r="210" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P210" s="134"/>
+      <c r="P210"/>
     </row>
     <row r="211" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P211" s="134"/>
+      <c r="P211"/>
     </row>
     <row r="212" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P212" s="134"/>
+      <c r="P212"/>
     </row>
     <row r="213" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P213" s="134"/>
+      <c r="P213"/>
     </row>
     <row r="214" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P214" s="134"/>
+      <c r="P214"/>
     </row>
     <row r="215" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P215" s="134"/>
+      <c r="P215"/>
     </row>
     <row r="216" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P216" s="134"/>
+      <c r="P216"/>
     </row>
     <row r="217" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P217" s="134"/>
+      <c r="P217"/>
     </row>
     <row r="218" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P218" s="134"/>
+      <c r="P218"/>
     </row>
     <row r="219" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P219" s="134"/>
+      <c r="P219"/>
     </row>
     <row r="220" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P220" s="134"/>
+      <c r="P220"/>
     </row>
     <row r="221" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P221" s="134"/>
+      <c r="P221"/>
     </row>
     <row r="222" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P222" s="134"/>
+      <c r="P222"/>
     </row>
     <row r="223" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P223" s="134"/>
+      <c r="P223"/>
     </row>
     <row r="224" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P224" s="134"/>
+      <c r="P224"/>
     </row>
     <row r="225" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P225" s="134"/>
+      <c r="P225"/>
     </row>
     <row r="226" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P226" s="134"/>
+      <c r="P226"/>
     </row>
     <row r="227" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P227" s="134"/>
+      <c r="P227"/>
     </row>
     <row r="228" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P228" s="134"/>
+      <c r="P228"/>
     </row>
     <row r="229" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P229" s="134"/>
+      <c r="P229"/>
     </row>
     <row r="230" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P230" s="134"/>
+      <c r="P230"/>
     </row>
     <row r="231" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P231" s="134"/>
+      <c r="P231"/>
     </row>
     <row r="232" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P232" s="134"/>
+      <c r="P232"/>
     </row>
     <row r="233" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P233" s="134"/>
+      <c r="P233"/>
     </row>
     <row r="234" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P234" s="134"/>
+      <c r="P234"/>
     </row>
     <row r="235" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P235" s="134"/>
+      <c r="P235"/>
     </row>
     <row r="236" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P236" s="134"/>
+      <c r="P236"/>
     </row>
     <row r="237" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P237" s="134"/>
+      <c r="P237"/>
     </row>
     <row r="238" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P238" s="134"/>
+      <c r="P238"/>
     </row>
     <row r="239" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P239" s="134"/>
+      <c r="P239"/>
     </row>
     <row r="240" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P240" s="134"/>
+      <c r="P240"/>
     </row>
     <row r="241" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P241" s="134"/>
+      <c r="P241"/>
     </row>
     <row r="242" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P242" s="134"/>
+      <c r="P242"/>
     </row>
     <row r="243" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P243" s="134"/>
+      <c r="P243"/>
     </row>
     <row r="244" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P244" s="134"/>
+      <c r="P244"/>
     </row>
     <row r="245" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P245" s="134"/>
+      <c r="P245"/>
     </row>
     <row r="246" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P246" s="134"/>
+      <c r="P246"/>
     </row>
     <row r="247" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P247" s="134"/>
+      <c r="P247"/>
     </row>
     <row r="248" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P248" s="134"/>
+      <c r="P248"/>
     </row>
     <row r="249" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P249" s="134"/>
+      <c r="P249"/>
     </row>
     <row r="250" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P250" s="134"/>
+      <c r="P250"/>
     </row>
     <row r="251" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P251" s="134"/>
+      <c r="P251"/>
     </row>
     <row r="252" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P252" s="134"/>
+      <c r="P252"/>
     </row>
     <row r="253" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P253" s="134"/>
+      <c r="P253"/>
     </row>
     <row r="254" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P254" s="134"/>
+      <c r="P254"/>
     </row>
     <row r="255" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P255" s="134"/>
+      <c r="P255"/>
     </row>
     <row r="256" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P256" s="134"/>
+      <c r="P256"/>
     </row>
     <row r="257" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P257" s="134"/>
+      <c r="P257"/>
     </row>
     <row r="258" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P258" s="134"/>
+      <c r="P258"/>
     </row>
     <row r="259" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P259" s="134"/>
+      <c r="P259"/>
     </row>
     <row r="260" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P260" s="134"/>
+      <c r="P260"/>
     </row>
     <row r="261" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P261" s="134"/>
+      <c r="P261"/>
     </row>
     <row r="262" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P262" s="134"/>
+      <c r="P262"/>
     </row>
     <row r="263" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P263" s="134"/>
+      <c r="P263"/>
     </row>
     <row r="264" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P264" s="134"/>
+      <c r="P264"/>
     </row>
     <row r="265" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P265" s="134"/>
+      <c r="P265"/>
     </row>
     <row r="266" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P266" s="134"/>
+      <c r="P266"/>
     </row>
     <row r="267" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P267" s="134"/>
+      <c r="P267"/>
     </row>
     <row r="268" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P268" s="134"/>
+      <c r="P268"/>
     </row>
     <row r="269" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P269" s="134"/>
+      <c r="P269"/>
     </row>
     <row r="270" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P270" s="134"/>
+      <c r="P270"/>
     </row>
     <row r="271" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P271" s="134"/>
+      <c r="P271"/>
     </row>
     <row r="272" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P272" s="134"/>
+      <c r="P272"/>
     </row>
     <row r="273" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P273" s="134"/>
+      <c r="P273"/>
     </row>
     <row r="274" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P274" s="134"/>
+      <c r="P274"/>
     </row>
     <row r="275" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P275" s="134"/>
+      <c r="P275"/>
     </row>
     <row r="276" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P276" s="134"/>
+      <c r="P276"/>
     </row>
     <row r="277" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P277" s="134"/>
+      <c r="P277"/>
     </row>
     <row r="278" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P278" s="134"/>
+      <c r="P278"/>
     </row>
     <row r="279" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P279" s="134"/>
+      <c r="P279"/>
     </row>
     <row r="280" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P280" s="134"/>
+      <c r="P280"/>
     </row>
     <row r="281" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P281" s="134"/>
+      <c r="P281"/>
     </row>
     <row r="282" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P282" s="134"/>
+      <c r="P282"/>
     </row>
     <row r="283" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P283" s="134"/>
+      <c r="P283"/>
     </row>
     <row r="284" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P284" s="134"/>
+      <c r="P284"/>
     </row>
     <row r="285" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P285" s="134"/>
+      <c r="P285"/>
     </row>
     <row r="286" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P286" s="134"/>
+      <c r="P286"/>
     </row>
     <row r="287" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P287" s="134"/>
+      <c r="P287"/>
     </row>
     <row r="288" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P288" s="134"/>
+      <c r="P288"/>
     </row>
     <row r="289" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P289" s="134"/>
+      <c r="P289"/>
     </row>
     <row r="290" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P290" s="134"/>
+      <c r="P290"/>
     </row>
     <row r="291" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P291" s="134"/>
+      <c r="P291"/>
     </row>
     <row r="292" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P292" s="134"/>
+      <c r="P292"/>
     </row>
     <row r="293" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P293" s="134"/>
+      <c r="P293"/>
     </row>
     <row r="294" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P294" s="134"/>
+      <c r="P294"/>
     </row>
     <row r="295" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P295" s="134"/>
+      <c r="P295"/>
     </row>
     <row r="296" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P296" s="134"/>
+      <c r="P296"/>
     </row>
     <row r="297" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P297" s="134"/>
+      <c r="P297"/>
     </row>
     <row r="298" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P298" s="134"/>
+      <c r="P298"/>
     </row>
     <row r="299" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P299" s="134"/>
+      <c r="P299"/>
     </row>
     <row r="300" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P300" s="134"/>
+      <c r="P300"/>
     </row>
     <row r="301" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P301" s="134"/>
+      <c r="P301"/>
     </row>
     <row r="302" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P302" s="134"/>
+      <c r="P302"/>
     </row>
     <row r="303" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P303" s="134"/>
+      <c r="P303"/>
     </row>
     <row r="304" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P304" s="134"/>
+      <c r="P304"/>
     </row>
     <row r="305" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P305" s="134"/>
+      <c r="P305"/>
     </row>
     <row r="306" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P306" s="134"/>
+      <c r="P306"/>
     </row>
     <row r="307" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P307" s="134"/>
+      <c r="P307"/>
     </row>
     <row r="308" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P308" s="134"/>
+      <c r="P308"/>
     </row>
     <row r="309" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P309" s="134"/>
+      <c r="P309"/>
     </row>
     <row r="310" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P310" s="134"/>
+      <c r="P310"/>
     </row>
     <row r="311" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P311" s="134"/>
+      <c r="P311"/>
     </row>
     <row r="312" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P312" s="134"/>
+      <c r="P312"/>
     </row>
     <row r="313" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P313" s="134"/>
+      <c r="P313"/>
     </row>
     <row r="314" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P314" s="134"/>
+      <c r="P314"/>
     </row>
     <row r="315" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P315" s="134"/>
+      <c r="P315"/>
     </row>
     <row r="316" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P316" s="134"/>
+      <c r="P316"/>
     </row>
     <row r="317" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P317" s="134"/>
+      <c r="P317"/>
     </row>
     <row r="318" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P318" s="134"/>
+      <c r="P318"/>
     </row>
     <row r="319" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P319" s="134"/>
+      <c r="P319"/>
     </row>
     <row r="320" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P320" s="134"/>
+      <c r="P320"/>
     </row>
     <row r="321" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P321" s="134"/>
+      <c r="P321"/>
     </row>
     <row r="322" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P322" s="134"/>
+      <c r="P322"/>
     </row>
     <row r="323" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P323" s="134"/>
+      <c r="P323"/>
     </row>
     <row r="324" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P324" s="134"/>
+      <c r="P324"/>
     </row>
     <row r="325" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P325" s="134"/>
+      <c r="P325"/>
     </row>
     <row r="326" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P326" s="134"/>
+      <c r="P326"/>
     </row>
     <row r="327" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P327" s="134"/>
+      <c r="P327"/>
     </row>
     <row r="328" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P328" s="134"/>
+      <c r="P328"/>
     </row>
     <row r="329" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P329" s="134"/>
+      <c r="P329"/>
     </row>
     <row r="330" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P330" s="134"/>
+      <c r="P330"/>
     </row>
     <row r="331" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P331" s="134"/>
+      <c r="P331"/>
     </row>
     <row r="332" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P332" s="134"/>
+      <c r="P332"/>
     </row>
     <row r="333" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P333" s="134"/>
+      <c r="P333"/>
     </row>
     <row r="334" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P334" s="134"/>
+      <c r="P334"/>
     </row>
     <row r="335" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P335" s="134"/>
+      <c r="P335"/>
     </row>
     <row r="336" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P336" s="134"/>
+      <c r="P336"/>
     </row>
     <row r="337" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P337" s="134"/>
+      <c r="P337"/>
     </row>
     <row r="338" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P338" s="134"/>
+      <c r="P338"/>
     </row>
     <row r="339" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P339" s="134"/>
+      <c r="P339"/>
     </row>
     <row r="340" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P340" s="134"/>
+      <c r="P340"/>
     </row>
     <row r="341" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P341" s="134"/>
+      <c r="P341"/>
     </row>
     <row r="342" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P342" s="134"/>
+      <c r="P342"/>
     </row>
     <row r="343" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P343" s="134"/>
+      <c r="P343"/>
     </row>
     <row r="344" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P344" s="134"/>
+      <c r="P344"/>
     </row>
     <row r="345" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P345" s="134"/>
+      <c r="P345"/>
     </row>
     <row r="346" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P346" s="134"/>
+      <c r="P346"/>
     </row>
     <row r="347" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P347" s="134"/>
+      <c r="P347"/>
     </row>
     <row r="348" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P348" s="134"/>
+      <c r="P348"/>
     </row>
     <row r="349" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P349" s="134"/>
+      <c r="P349"/>
     </row>
     <row r="350" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P350" s="134"/>
+      <c r="P350"/>
     </row>
     <row r="351" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P351" s="134"/>
+      <c r="P351"/>
     </row>
     <row r="352" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P352" s="134"/>
+      <c r="P352"/>
     </row>
     <row r="353" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P353" s="134"/>
+      <c r="P353"/>
     </row>
     <row r="354" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P354" s="134"/>
+      <c r="P354"/>
     </row>
     <row r="355" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P355" s="134"/>
+      <c r="P355"/>
     </row>
     <row r="356" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P356" s="134"/>
+      <c r="P356"/>
     </row>
     <row r="357" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P357" s="134"/>
+      <c r="P357"/>
     </row>
     <row r="358" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P358" s="134"/>
+      <c r="P358"/>
     </row>
     <row r="359" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P359" s="134"/>
+      <c r="P359"/>
     </row>
     <row r="360" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P360" s="134"/>
+      <c r="P360"/>
     </row>
     <row r="361" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P361" s="134"/>
+      <c r="P361"/>
     </row>
     <row r="362" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P362" s="134"/>
+      <c r="P362"/>
     </row>
     <row r="363" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P363" s="134"/>
+      <c r="P363"/>
     </row>
     <row r="364" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P364" s="134"/>
+      <c r="P364"/>
     </row>
     <row r="365" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P365" s="134"/>
+      <c r="P365"/>
     </row>
     <row r="366" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P366" s="134"/>
+      <c r="P366"/>
     </row>
     <row r="367" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P367" s="134"/>
+      <c r="P367"/>
     </row>
     <row r="368" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P368" s="134"/>
+      <c r="P368"/>
     </row>
     <row r="369" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P369" s="134"/>
+      <c r="P369"/>
     </row>
     <row r="370" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P370" s="134"/>
+      <c r="P370"/>
     </row>
     <row r="371" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P371" s="134"/>
+      <c r="P371"/>
     </row>
     <row r="372" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P372" s="134"/>
+      <c r="P372"/>
     </row>
     <row r="373" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P373" s="134"/>
+      <c r="P373"/>
     </row>
     <row r="374" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P374" s="134"/>
+      <c r="P374"/>
     </row>
     <row r="375" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P375" s="134"/>
+      <c r="P375"/>
     </row>
     <row r="376" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P376" s="134"/>
+      <c r="P376"/>
     </row>
     <row r="377" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P377" s="134"/>
+      <c r="P377"/>
     </row>
     <row r="378" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P378" s="134"/>
+      <c r="P378"/>
     </row>
     <row r="379" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P379" s="134"/>
+      <c r="P379"/>
     </row>
     <row r="380" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P380" s="134"/>
+      <c r="P380"/>
     </row>
     <row r="381" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P381" s="134"/>
+      <c r="P381"/>
     </row>
     <row r="382" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P382" s="134"/>
+      <c r="P382"/>
     </row>
     <row r="383" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P383" s="134"/>
+      <c r="P383"/>
     </row>
     <row r="384" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P384" s="134"/>
+      <c r="P384"/>
     </row>
     <row r="385" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P385" s="134"/>
+      <c r="P385"/>
     </row>
     <row r="386" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P386" s="134"/>
+      <c r="P386"/>
     </row>
     <row r="387" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P387" s="134"/>
+      <c r="P387"/>
     </row>
     <row r="388" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P388" s="134"/>
+      <c r="P388"/>
     </row>
     <row r="389" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P389" s="134"/>
+      <c r="P389"/>
     </row>
     <row r="390" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P390" s="134"/>
+      <c r="P390"/>
     </row>
     <row r="391" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P391" s="134"/>
+      <c r="P391"/>
     </row>
     <row r="392" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P392" s="134"/>
+      <c r="P392"/>
     </row>
     <row r="393" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P393" s="134"/>
+      <c r="P393"/>
     </row>
     <row r="394" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P394" s="134"/>
+      <c r="P394"/>
     </row>
     <row r="395" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P395" s="134"/>
+      <c r="P395"/>
     </row>
     <row r="396" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P396" s="134"/>
+      <c r="P396"/>
     </row>
     <row r="397" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P397" s="134"/>
+      <c r="P397"/>
     </row>
     <row r="398" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P398" s="134"/>
+      <c r="P398"/>
     </row>
     <row r="399" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P399" s="134"/>
+      <c r="P399"/>
     </row>
     <row r="400" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P400" s="134"/>
+      <c r="P400"/>
     </row>
     <row r="401" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P401" s="134"/>
+      <c r="P401"/>
     </row>
     <row r="402" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P402" s="134"/>
+      <c r="P402"/>
     </row>
     <row r="403" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P403" s="134"/>
+      <c r="P403"/>
     </row>
     <row r="404" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P404" s="134"/>
+      <c r="P404"/>
     </row>
     <row r="405" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P405" s="134"/>
+      <c r="P405"/>
     </row>
     <row r="406" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P406" s="134"/>
+      <c r="P406"/>
     </row>
     <row r="407" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P407" s="134"/>
+      <c r="P407"/>
     </row>
     <row r="408" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P408" s="134"/>
+      <c r="P408"/>
     </row>
     <row r="409" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P409" s="134"/>
+      <c r="P409"/>
     </row>
     <row r="410" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P410" s="134"/>
+      <c r="P410"/>
     </row>
     <row r="411" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P411" s="134"/>
+      <c r="P411"/>
     </row>
     <row r="412" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P412" s="134"/>
+      <c r="P412"/>
     </row>
     <row r="413" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P413" s="134"/>
+      <c r="P413"/>
     </row>
     <row r="414" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P414" s="134"/>
+      <c r="P414"/>
     </row>
     <row r="415" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P415" s="134"/>
+      <c r="P415"/>
     </row>
     <row r="416" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P416" s="134"/>
+      <c r="P416"/>
     </row>
     <row r="417" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P417" s="134"/>
+      <c r="P417"/>
     </row>
     <row r="418" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P418" s="134"/>
+      <c r="P418"/>
     </row>
     <row r="419" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P419" s="134"/>
+      <c r="P419"/>
     </row>
     <row r="420" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P420" s="134"/>
+      <c r="P420"/>
     </row>
     <row r="421" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P421" s="134"/>
+      <c r="P421"/>
     </row>
     <row r="422" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P422" s="134"/>
+      <c r="P422"/>
     </row>
     <row r="423" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P423" s="134"/>
+      <c r="P423"/>
     </row>
     <row r="424" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P424" s="134"/>
+      <c r="P424"/>
     </row>
     <row r="425" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P425" s="134"/>
+      <c r="P425"/>
     </row>
     <row r="426" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P426" s="134"/>
+      <c r="P426"/>
     </row>
     <row r="427" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P427" s="134"/>
+      <c r="P427"/>
     </row>
     <row r="428" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P428" s="134"/>
+      <c r="P428"/>
     </row>
     <row r="429" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P429" s="134"/>
+      <c r="P429"/>
     </row>
     <row r="430" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P430" s="134"/>
+      <c r="P430"/>
     </row>
     <row r="431" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P431" s="134"/>
+      <c r="P431"/>
     </row>
     <row r="432" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P432" s="134"/>
+      <c r="P432"/>
     </row>
     <row r="433" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P433" s="134"/>
+      <c r="P433"/>
     </row>
     <row r="434" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P434" s="134"/>
+      <c r="P434"/>
     </row>
     <row r="435" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P435" s="134"/>
+      <c r="P435"/>
     </row>
     <row r="436" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P436" s="134"/>
+      <c r="P436"/>
     </row>
     <row r="437" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P437" s="134"/>
+      <c r="P437"/>
     </row>
     <row r="438" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P438" s="134"/>
+      <c r="P438"/>
     </row>
     <row r="439" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P439" s="134"/>
+      <c r="P439"/>
     </row>
     <row r="440" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P440" s="134"/>
+      <c r="P440"/>
     </row>
     <row r="441" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P441" s="134"/>
+      <c r="P441"/>
     </row>
     <row r="442" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P442" s="134"/>
+      <c r="P442"/>
     </row>
     <row r="443" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P443" s="134"/>
+      <c r="P443"/>
     </row>
     <row r="444" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P444" s="134"/>
+      <c r="P444"/>
     </row>
     <row r="445" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P445" s="134"/>
+      <c r="P445"/>
     </row>
     <row r="446" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P446" s="134"/>
+      <c r="P446"/>
     </row>
     <row r="447" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P447" s="134"/>
+      <c r="P447"/>
     </row>
     <row r="448" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P448" s="134"/>
+      <c r="P448"/>
     </row>
     <row r="449" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P449" s="134"/>
+      <c r="P449"/>
     </row>
     <row r="450" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P450" s="134"/>
+      <c r="P450"/>
     </row>
     <row r="451" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P451" s="134"/>
+      <c r="P451"/>
     </row>
     <row r="452" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P452" s="134"/>
+      <c r="P452"/>
     </row>
     <row r="453" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P453" s="134"/>
+      <c r="P453"/>
     </row>
     <row r="454" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P454" s="134"/>
+      <c r="P454"/>
     </row>
     <row r="455" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P455" s="134"/>
+      <c r="P455"/>
     </row>
     <row r="456" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P456" s="134"/>
+      <c r="P456"/>
     </row>
     <row r="457" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P457" s="134"/>
+      <c r="P457"/>
     </row>
     <row r="458" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P458" s="134"/>
+      <c r="P458"/>
     </row>
     <row r="459" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P459" s="134"/>
+      <c r="P459"/>
     </row>
     <row r="460" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P460" s="134"/>
+      <c r="P460"/>
     </row>
     <row r="461" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P461" s="134"/>
+      <c r="P461"/>
     </row>
     <row r="462" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P462" s="134"/>
+      <c r="P462"/>
     </row>
     <row r="463" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P463" s="134"/>
+      <c r="P463"/>
     </row>
     <row r="464" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P464" s="134"/>
+      <c r="P464"/>
     </row>
     <row r="465" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P465" s="134"/>
+      <c r="P465"/>
     </row>
     <row r="466" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P466" s="134"/>
+      <c r="P466"/>
     </row>
     <row r="467" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P467" s="134"/>
+      <c r="P467"/>
     </row>
     <row r="468" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P468" s="134"/>
+      <c r="P468"/>
     </row>
     <row r="469" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P469" s="134"/>
+      <c r="P469"/>
     </row>
     <row r="470" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P470" s="134"/>
+      <c r="P470"/>
     </row>
     <row r="471" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P471" s="134"/>
+      <c r="P471"/>
     </row>
     <row r="472" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P472" s="134"/>
+      <c r="P472"/>
     </row>
     <row r="473" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P473" s="134"/>
+      <c r="P473"/>
     </row>
     <row r="474" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P474" s="134"/>
+      <c r="P474"/>
     </row>
     <row r="475" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P475" s="134"/>
+      <c r="P475"/>
     </row>
     <row r="476" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P476" s="134"/>
+      <c r="P476"/>
     </row>
     <row r="477" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P477" s="134"/>
+      <c r="P477"/>
     </row>
     <row r="478" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P478" s="134"/>
+      <c r="P478"/>
     </row>
     <row r="479" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P479" s="134"/>
+      <c r="P479"/>
     </row>
     <row r="480" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P480" s="134"/>
+      <c r="P480"/>
     </row>
     <row r="481" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P481" s="134"/>
+      <c r="P481"/>
     </row>
     <row r="482" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P482" s="134"/>
+      <c r="P482"/>
     </row>
     <row r="483" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P483" s="134"/>
+      <c r="P483"/>
     </row>
     <row r="484" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P484" s="134"/>
+      <c r="P484"/>
     </row>
     <row r="485" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P485" s="134"/>
+      <c r="P485"/>
     </row>
     <row r="486" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P486" s="134"/>
+      <c r="P486"/>
     </row>
     <row r="487" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P487" s="134"/>
+      <c r="P487"/>
     </row>
     <row r="488" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P488" s="134"/>
+      <c r="P488"/>
     </row>
     <row r="489" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P489" s="134"/>
+      <c r="P489"/>
     </row>
     <row r="490" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P490" s="134"/>
+      <c r="P490"/>
     </row>
     <row r="491" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P491" s="134"/>
+      <c r="P491"/>
     </row>
     <row r="492" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P492" s="134"/>
+      <c r="P492"/>
     </row>
     <row r="493" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P493" s="134"/>
+      <c r="P493"/>
     </row>
     <row r="494" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P494" s="134"/>
+      <c r="P494"/>
     </row>
     <row r="495" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P495" s="134"/>
+      <c r="P495"/>
     </row>
     <row r="496" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P496" s="134"/>
+      <c r="P496"/>
     </row>
     <row r="497" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P497" s="134"/>
+      <c r="P497"/>
     </row>
     <row r="498" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P498" s="134"/>
+      <c r="P498"/>
     </row>
     <row r="499" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P499" s="134"/>
+      <c r="P499"/>
     </row>
     <row r="500" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P500" s="134"/>
+      <c r="P500"/>
     </row>
     <row r="501" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P501" s="134"/>
+      <c r="P501"/>
     </row>
     <row r="502" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P502" s="134"/>
+      <c r="P502"/>
     </row>
     <row r="503" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P503" s="134"/>
+      <c r="P503"/>
     </row>
     <row r="504" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P504" s="134"/>
+      <c r="P504"/>
     </row>
     <row r="505" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P505" s="134"/>
+      <c r="P505"/>
     </row>
     <row r="506" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P506" s="134"/>
+      <c r="P506"/>
     </row>
     <row r="507" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P507" s="134"/>
+      <c r="P507"/>
     </row>
     <row r="508" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P508" s="134"/>
+      <c r="P508"/>
     </row>
     <row r="509" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P509" s="134"/>
+      <c r="P509"/>
     </row>
     <row r="510" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P510" s="134"/>
+      <c r="P510"/>
     </row>
     <row r="511" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P511" s="134"/>
+      <c r="P511"/>
     </row>
     <row r="512" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P512" s="134"/>
+      <c r="P512"/>
     </row>
     <row r="513" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P513" s="134"/>
+      <c r="P513"/>
     </row>
     <row r="514" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P514" s="134"/>
+      <c r="P514"/>
     </row>
     <row r="515" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P515" s="134"/>
+      <c r="P515"/>
     </row>
     <row r="516" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P516" s="134"/>
+      <c r="P516"/>
     </row>
     <row r="517" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P517" s="134"/>
+      <c r="P517"/>
     </row>
     <row r="518" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P518" s="134"/>
+      <c r="P518"/>
     </row>
     <row r="519" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P519" s="134"/>
+      <c r="P519"/>
     </row>
     <row r="520" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P520" s="134"/>
+      <c r="P520"/>
     </row>
     <row r="521" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P521" s="134"/>
+      <c r="P521"/>
     </row>
     <row r="522" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P522" s="134"/>
+      <c r="P522"/>
     </row>
     <row r="523" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P523" s="134"/>
+      <c r="P523"/>
     </row>
     <row r="524" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P524" s="134"/>
+      <c r="P524"/>
     </row>
     <row r="525" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P525" s="134"/>
+      <c r="P525"/>
     </row>
     <row r="526" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P526" s="134"/>
+      <c r="P526"/>
     </row>
     <row r="527" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P527" s="134"/>
+      <c r="P527"/>
     </row>
     <row r="528" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P528" s="134"/>
+      <c r="P528"/>
     </row>
     <row r="529" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P529" s="134"/>
+      <c r="P529"/>
     </row>
     <row r="530" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P530" s="134"/>
+      <c r="P530"/>
     </row>
     <row r="531" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P531" s="134"/>
+      <c r="P531"/>
     </row>
     <row r="532" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P532" s="134"/>
+      <c r="P532"/>
     </row>
     <row r="533" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P533" s="134"/>
+      <c r="P533"/>
     </row>
     <row r="534" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P534" s="134"/>
+      <c r="P534"/>
     </row>
     <row r="535" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P535" s="134"/>
+      <c r="P535"/>
     </row>
     <row r="536" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P536" s="134"/>
+      <c r="P536"/>
     </row>
     <row r="537" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P537" s="134"/>
+      <c r="P537"/>
     </row>
     <row r="538" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P538" s="134"/>
+      <c r="P538"/>
     </row>
     <row r="539" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P539" s="134"/>
+      <c r="P539"/>
     </row>
     <row r="540" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P540" s="134"/>
+      <c r="P540"/>
     </row>
     <row r="541" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P541" s="134"/>
+      <c r="P541"/>
     </row>
     <row r="542" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P542" s="134"/>
+      <c r="P542"/>
     </row>
     <row r="543" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P543" s="134"/>
+      <c r="P543"/>
     </row>
     <row r="544" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P544" s="134"/>
+      <c r="P544"/>
     </row>
     <row r="545" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P545" s="134"/>
+      <c r="P545"/>
     </row>
     <row r="546" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P546" s="134"/>
+      <c r="P546"/>
     </row>
     <row r="547" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P547" s="134"/>
+      <c r="P547"/>
     </row>
     <row r="548" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P548" s="134"/>
+      <c r="P548"/>
     </row>
     <row r="549" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P549" s="134"/>
+      <c r="P549"/>
     </row>
     <row r="550" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P550" s="134"/>
+      <c r="P550"/>
     </row>
     <row r="551" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P551" s="134"/>
+      <c r="P551"/>
     </row>
     <row r="552" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P552" s="134"/>
+      <c r="P552"/>
     </row>
     <row r="553" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P553" s="134"/>
+      <c r="P553"/>
     </row>
     <row r="554" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P554" s="134"/>
+      <c r="P554"/>
     </row>
     <row r="555" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P555" s="134"/>
+      <c r="P555"/>
     </row>
     <row r="556" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P556" s="134"/>
+      <c r="P556"/>
     </row>
     <row r="557" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P557" s="134"/>
+      <c r="P557"/>
     </row>
     <row r="558" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P558" s="134"/>
+      <c r="P558"/>
     </row>
     <row r="559" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P559" s="134"/>
+      <c r="P559"/>
     </row>
     <row r="560" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P560" s="134"/>
+      <c r="P560"/>
     </row>
     <row r="561" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P561" s="134"/>
+      <c r="P561"/>
     </row>
     <row r="562" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P562" s="134"/>
+      <c r="P562"/>
     </row>
     <row r="563" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P563" s="134"/>
+      <c r="P563"/>
     </row>
     <row r="564" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P564" s="134"/>
+      <c r="P564"/>
     </row>
     <row r="565" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P565" s="134"/>
+      <c r="P565"/>
     </row>
     <row r="566" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P566" s="134"/>
+      <c r="P566"/>
     </row>
     <row r="567" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P567" s="134"/>
+      <c r="P567"/>
     </row>
     <row r="568" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P568" s="134"/>
+      <c r="P568"/>
     </row>
     <row r="569" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P569" s="134"/>
+      <c r="P569"/>
     </row>
     <row r="570" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P570" s="134"/>
+      <c r="P570"/>
     </row>
     <row r="571" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P571" s="134"/>
+      <c r="P571"/>
     </row>
     <row r="572" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P572" s="134"/>
+      <c r="P572"/>
     </row>
     <row r="573" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P573" s="134"/>
+      <c r="P573"/>
     </row>
     <row r="574" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P574" s="134"/>
+      <c r="P574"/>
     </row>
     <row r="575" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P575" s="134"/>
+      <c r="P575"/>
     </row>
     <row r="576" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P576" s="134"/>
+      <c r="P576"/>
     </row>
     <row r="577" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P577" s="134"/>
+      <c r="P577"/>
     </row>
     <row r="578" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P578" s="134"/>
+      <c r="P578"/>
     </row>
     <row r="579" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P579" s="134"/>
+      <c r="P579"/>
     </row>
     <row r="580" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P580" s="134"/>
+      <c r="P580"/>
     </row>
     <row r="581" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P581" s="134"/>
+      <c r="P581"/>
     </row>
     <row r="582" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P582" s="134"/>
+      <c r="P582"/>
     </row>
     <row r="583" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P583" s="134"/>
+      <c r="P583"/>
     </row>
     <row r="584" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P584" s="134"/>
+      <c r="P584"/>
     </row>
     <row r="585" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P585" s="134"/>
+      <c r="P585"/>
     </row>
     <row r="586" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P586" s="134"/>
+      <c r="P586"/>
     </row>
     <row r="587" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P587" s="134"/>
+      <c r="P587"/>
     </row>
     <row r="588" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P588" s="134"/>
+      <c r="P588"/>
     </row>
     <row r="589" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P589" s="134"/>
+      <c r="P589"/>
     </row>
     <row r="590" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P590" s="134"/>
+      <c r="P590"/>
     </row>
     <row r="591" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P591" s="134"/>
+      <c r="P591"/>
     </row>
     <row r="592" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P592" s="134"/>
+      <c r="P592"/>
     </row>
     <row r="593" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P593" s="134"/>
+      <c r="P593"/>
     </row>
     <row r="594" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P594" s="134"/>
+      <c r="P594"/>
     </row>
     <row r="595" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P595" s="134"/>
+      <c r="P595"/>
     </row>
     <row r="596" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P596" s="134"/>
+      <c r="P596"/>
     </row>
     <row r="597" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P597" s="134"/>
+      <c r="P597"/>
     </row>
     <row r="598" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P598" s="134"/>
+      <c r="P598"/>
     </row>
     <row r="599" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P599" s="134"/>
+      <c r="P599"/>
     </row>
     <row r="600" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P600" s="134"/>
+      <c r="P600"/>
     </row>
     <row r="601" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P601" s="134"/>
+      <c r="P601"/>
     </row>
     <row r="602" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P602" s="134"/>
+      <c r="P602"/>
     </row>
     <row r="603" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P603" s="134"/>
+      <c r="P603"/>
     </row>
     <row r="604" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P604" s="134"/>
+      <c r="P604"/>
     </row>
     <row r="605" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P605" s="134"/>
+      <c r="P605"/>
     </row>
     <row r="606" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P606" s="134"/>
+      <c r="P606"/>
     </row>
     <row r="607" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P607" s="134"/>
+      <c r="P607"/>
     </row>
     <row r="608" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P608" s="134"/>
+      <c r="P608"/>
     </row>
     <row r="609" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P609" s="134"/>
+      <c r="P609"/>
     </row>
     <row r="610" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P610" s="134"/>
+      <c r="P610"/>
     </row>
     <row r="611" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P611" s="134"/>
+      <c r="P611"/>
     </row>
     <row r="612" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P612" s="134"/>
+      <c r="P612"/>
     </row>
     <row r="613" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P613" s="134"/>
+      <c r="P613"/>
     </row>
     <row r="614" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P614" s="134"/>
+      <c r="P614"/>
     </row>
     <row r="615" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P615" s="134"/>
+      <c r="P615"/>
     </row>
     <row r="616" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P616" s="134"/>
+      <c r="P616"/>
     </row>
     <row r="617" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P617" s="134"/>
+      <c r="P617"/>
     </row>
     <row r="618" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P618" s="134"/>
+      <c r="P618"/>
     </row>
     <row r="619" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P619" s="134"/>
+      <c r="P619"/>
     </row>
     <row r="620" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P620" s="134"/>
+      <c r="P620"/>
     </row>
     <row r="621" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P621" s="134"/>
+      <c r="P621"/>
     </row>
     <row r="622" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P622" s="134"/>
+      <c r="P622"/>
     </row>
     <row r="623" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P623" s="134"/>
+      <c r="P623"/>
     </row>
     <row r="624" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P624" s="134"/>
+      <c r="P624"/>
     </row>
     <row r="625" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P625" s="134"/>
+      <c r="P625"/>
     </row>
     <row r="626" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P626" s="134"/>
+      <c r="P626"/>
     </row>
     <row r="627" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P627" s="134"/>
+      <c r="P627"/>
     </row>
     <row r="628" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P628" s="134"/>
+      <c r="P628"/>
     </row>
     <row r="629" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P629" s="134"/>
+      <c r="P629"/>
     </row>
     <row r="630" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P630" s="134"/>
+      <c r="P630"/>
     </row>
     <row r="631" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P631" s="134"/>
+      <c r="P631"/>
     </row>
     <row r="632" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P632" s="134"/>
+      <c r="P632"/>
     </row>
     <row r="633" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P633" s="134"/>
+      <c r="P633"/>
     </row>
     <row r="634" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P634" s="134"/>
+      <c r="P634"/>
     </row>
     <row r="635" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P635" s="134"/>
+      <c r="P635"/>
     </row>
     <row r="636" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P636" s="134"/>
+      <c r="P636"/>
     </row>
     <row r="637" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P637" s="134"/>
+      <c r="P637"/>
     </row>
     <row r="638" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P638" s="134"/>
+      <c r="P638"/>
     </row>
     <row r="639" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P639" s="134"/>
+      <c r="P639"/>
     </row>
     <row r="640" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P640" s="134"/>
+      <c r="P640"/>
     </row>
     <row r="641" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P641" s="134"/>
+      <c r="P641"/>
     </row>
     <row r="642" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P642" s="134"/>
+      <c r="P642"/>
     </row>
     <row r="643" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P643" s="134"/>
+      <c r="P643"/>
     </row>
     <row r="644" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P644" s="134"/>
+      <c r="P644"/>
     </row>
     <row r="645" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P645" s="134"/>
+      <c r="P645"/>
     </row>
     <row r="646" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P646" s="134"/>
+      <c r="P646"/>
     </row>
     <row r="647" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P647" s="134"/>
+      <c r="P647"/>
     </row>
     <row r="648" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P648" s="134"/>
+      <c r="P648"/>
     </row>
     <row r="649" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P649" s="134"/>
+      <c r="P649"/>
     </row>
     <row r="650" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P650" s="134"/>
+      <c r="P650"/>
     </row>
     <row r="651" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P651" s="134"/>
+      <c r="P651"/>
     </row>
     <row r="652" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P652" s="134"/>
+      <c r="P652"/>
     </row>
     <row r="653" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P653" s="134"/>
+      <c r="P653"/>
     </row>
     <row r="654" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P654" s="134"/>
+      <c r="P654"/>
     </row>
     <row r="655" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P655" s="134"/>
+      <c r="P655"/>
     </row>
     <row r="656" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P656" s="134"/>
+      <c r="P656"/>
     </row>
     <row r="657" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P657" s="134"/>
+      <c r="P657"/>
     </row>
     <row r="658" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P658" s="134"/>
+      <c r="P658"/>
     </row>
     <row r="659" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P659" s="134"/>
+      <c r="P659"/>
     </row>
     <row r="660" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P660" s="134"/>
+      <c r="P660"/>
     </row>
     <row r="661" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P661" s="134"/>
+      <c r="P661"/>
     </row>
     <row r="662" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P662" s="134"/>
+      <c r="P662"/>
     </row>
     <row r="663" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P663" s="134"/>
+      <c r="P663"/>
     </row>
     <row r="664" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P664" s="134"/>
+      <c r="P664"/>
     </row>
     <row r="665" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P665" s="134"/>
+      <c r="P665"/>
     </row>
     <row r="666" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P666" s="134"/>
+      <c r="P666"/>
     </row>
     <row r="667" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P667" s="134"/>
+      <c r="P667"/>
     </row>
     <row r="668" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P668" s="134"/>
+      <c r="P668"/>
     </row>
     <row r="669" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P669" s="134"/>
+      <c r="P669"/>
     </row>
     <row r="670" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P670" s="134"/>
+      <c r="P670"/>
     </row>
     <row r="671" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P671" s="134"/>
+      <c r="P671"/>
     </row>
     <row r="672" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P672" s="134"/>
+      <c r="P672"/>
     </row>
     <row r="673" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P673" s="134"/>
+      <c r="P673"/>
     </row>
     <row r="674" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P674" s="134"/>
+      <c r="P674"/>
     </row>
     <row r="675" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P675" s="134"/>
+      <c r="P675"/>
     </row>
     <row r="676" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P676" s="134"/>
+      <c r="P676"/>
     </row>
     <row r="677" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P677" s="134"/>
+      <c r="P677"/>
     </row>
     <row r="678" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P678" s="134"/>
+      <c r="P678"/>
     </row>
     <row r="679" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P679" s="134"/>
+      <c r="P679"/>
     </row>
     <row r="680" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P680" s="134"/>
+      <c r="P680"/>
     </row>
     <row r="681" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P681" s="134"/>
+      <c r="P681"/>
     </row>
     <row r="682" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P682" s="134"/>
+      <c r="P682"/>
     </row>
     <row r="683" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P683" s="134"/>
+      <c r="P683"/>
     </row>
     <row r="684" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P684" s="134"/>
+      <c r="P684"/>
     </row>
     <row r="685" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P685" s="134"/>
+      <c r="P685"/>
     </row>
     <row r="686" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P686" s="134"/>
+      <c r="P686"/>
     </row>
     <row r="687" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P687" s="134"/>
+      <c r="P687"/>
     </row>
     <row r="688" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P688" s="134"/>
+      <c r="P688"/>
     </row>
     <row r="689" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P689" s="134"/>
+      <c r="P689"/>
     </row>
     <row r="690" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P690" s="134"/>
+      <c r="P690"/>
     </row>
     <row r="691" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P691" s="134"/>
+      <c r="P691"/>
     </row>
     <row r="692" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P692" s="134"/>
+      <c r="P692"/>
     </row>
     <row r="693" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P693" s="134"/>
+      <c r="P693"/>
     </row>
     <row r="694" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P694" s="134"/>
+      <c r="P694"/>
     </row>
     <row r="695" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P695" s="134"/>
+      <c r="P695"/>
     </row>
     <row r="696" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P696" s="134"/>
+      <c r="P696"/>
     </row>
     <row r="697" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P697" s="134"/>
+      <c r="P697"/>
     </row>
     <row r="698" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P698" s="134"/>
+      <c r="P698"/>
     </row>
     <row r="699" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P699" s="134"/>
+      <c r="P699"/>
     </row>
     <row r="700" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P700" s="134"/>
+      <c r="P700"/>
     </row>
     <row r="701" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P701" s="134"/>
+      <c r="P701"/>
     </row>
     <row r="702" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P702" s="134"/>
+      <c r="P702"/>
     </row>
     <row r="703" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P703" s="134"/>
+      <c r="P703"/>
     </row>
     <row r="704" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P704" s="134"/>
+      <c r="P704"/>
     </row>
     <row r="705" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P705" s="134"/>
+      <c r="P705"/>
     </row>
     <row r="706" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P706" s="134"/>
+      <c r="P706"/>
     </row>
     <row r="707" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P707" s="134"/>
+      <c r="P707"/>
     </row>
     <row r="708" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P708" s="134"/>
+      <c r="P708"/>
     </row>
     <row r="709" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P709" s="134"/>
+      <c r="P709"/>
     </row>
     <row r="710" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P710" s="134"/>
+      <c r="P710"/>
     </row>
     <row r="711" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P711" s="134"/>
+      <c r="P711"/>
     </row>
     <row r="712" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P712" s="134"/>
+      <c r="P712"/>
     </row>
     <row r="713" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P713" s="134"/>
+      <c r="P713"/>
     </row>
     <row r="714" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P714" s="134"/>
+      <c r="P714"/>
     </row>
     <row r="715" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P715" s="134"/>
+      <c r="P715"/>
     </row>
     <row r="716" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P716" s="134"/>
+      <c r="P716"/>
     </row>
     <row r="717" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P717" s="134"/>
+      <c r="P717"/>
     </row>
     <row r="718" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P718" s="134"/>
+      <c r="P718"/>
     </row>
     <row r="719" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P719" s="134"/>
+      <c r="P719"/>
     </row>
     <row r="720" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P720" s="134"/>
+      <c r="P720"/>
     </row>
     <row r="721" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P721" s="134"/>
+      <c r="P721"/>
     </row>
     <row r="722" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P722" s="134"/>
+      <c r="P722"/>
     </row>
     <row r="723" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P723" s="134"/>
+      <c r="P723"/>
     </row>
     <row r="724" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P724" s="134"/>
+      <c r="P724"/>
     </row>
     <row r="725" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P725" s="134"/>
+      <c r="P725"/>
     </row>
     <row r="726" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P726" s="134"/>
+      <c r="P726"/>
     </row>
     <row r="727" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P727" s="134"/>
+      <c r="P727"/>
     </row>
     <row r="728" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P728" s="134"/>
+      <c r="P728"/>
     </row>
     <row r="729" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P729" s="134"/>
+      <c r="P729"/>
     </row>
     <row r="730" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P730" s="134"/>
+      <c r="P730"/>
     </row>
     <row r="731" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P731" s="134"/>
+      <c r="P731"/>
     </row>
     <row r="732" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P732" s="134"/>
+      <c r="P732"/>
     </row>
     <row r="733" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P733" s="134"/>
+      <c r="P733"/>
     </row>
     <row r="734" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P734" s="134"/>
+      <c r="P734"/>
     </row>
     <row r="735" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P735" s="134"/>
+      <c r="P735"/>
     </row>
     <row r="736" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P736" s="134"/>
+      <c r="P736"/>
     </row>
     <row r="737" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P737" s="134"/>
+      <c r="P737"/>
     </row>
     <row r="738" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P738" s="134"/>
+      <c r="P738"/>
     </row>
     <row r="739" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P739" s="134"/>
+      <c r="P739"/>
     </row>
     <row r="740" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P740" s="134"/>
+      <c r="P740"/>
     </row>
     <row r="741" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P741" s="134"/>
+      <c r="P741"/>
     </row>
     <row r="742" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P742" s="134"/>
+      <c r="P742"/>
     </row>
     <row r="743" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P743" s="134"/>
+      <c r="P743"/>
     </row>
     <row r="744" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P744" s="134"/>
+      <c r="P744"/>
     </row>
     <row r="745" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P745" s="134"/>
+      <c r="P745"/>
     </row>
     <row r="746" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P746" s="134"/>
+      <c r="P746"/>
     </row>
     <row r="747" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P747" s="134"/>
+      <c r="P747"/>
     </row>
     <row r="748" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P748" s="134"/>
+      <c r="P748"/>
     </row>
     <row r="749" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P749" s="134"/>
+      <c r="P749"/>
     </row>
     <row r="750" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P750" s="134"/>
+      <c r="P750"/>
     </row>
     <row r="751" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P751" s="134"/>
+      <c r="P751"/>
     </row>
     <row r="752" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P752" s="134"/>
+      <c r="P752"/>
     </row>
     <row r="753" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P753" s="134"/>
+      <c r="P753"/>
     </row>
     <row r="754" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P754" s="134"/>
+      <c r="P754"/>
     </row>
     <row r="755" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P755" s="134"/>
+      <c r="P755"/>
     </row>
     <row r="756" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P756" s="134"/>
+      <c r="P756"/>
     </row>
     <row r="757" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P757" s="134"/>
+      <c r="P757"/>
     </row>
     <row r="758" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P758" s="134"/>
+      <c r="P758"/>
     </row>
     <row r="759" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P759" s="134"/>
+      <c r="P759"/>
     </row>
     <row r="760" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P760" s="134"/>
+      <c r="P760"/>
     </row>
     <row r="761" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P761" s="134"/>
+      <c r="P761"/>
     </row>
     <row r="762" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P762" s="134"/>
+      <c r="P762"/>
     </row>
     <row r="763" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P763" s="134"/>
+      <c r="P763"/>
     </row>
     <row r="764" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P764" s="134"/>
+      <c r="P764"/>
     </row>
     <row r="765" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P765" s="134"/>
+      <c r="P765"/>
     </row>
     <row r="766" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P766" s="134"/>
+      <c r="P766"/>
     </row>
     <row r="767" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P767" s="134"/>
+      <c r="P767"/>
     </row>
     <row r="768" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P768" s="134"/>
+      <c r="P768"/>
     </row>
     <row r="769" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P769" s="134"/>
+      <c r="P769"/>
     </row>
     <row r="770" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P770" s="134"/>
+      <c r="P770"/>
     </row>
     <row r="771" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P771" s="134"/>
+      <c r="P771"/>
     </row>
     <row r="772" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P772" s="134"/>
+      <c r="P772"/>
     </row>
     <row r="773" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P773" s="134"/>
+      <c r="P773"/>
     </row>
     <row r="774" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P774" s="134"/>
+      <c r="P774"/>
     </row>
     <row r="775" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P775" s="134"/>
+      <c r="P775"/>
     </row>
     <row r="776" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P776" s="134"/>
+      <c r="P776"/>
     </row>
     <row r="777" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P777" s="134"/>
+      <c r="P777"/>
     </row>
     <row r="778" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P778" s="134"/>
+      <c r="P778"/>
     </row>
     <row r="779" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P779" s="134"/>
+      <c r="P779"/>
     </row>
     <row r="780" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P780" s="134"/>
+      <c r="P780"/>
     </row>
     <row r="781" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P781" s="134"/>
+      <c r="P781"/>
     </row>
     <row r="782" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P782" s="134"/>
+      <c r="P782"/>
     </row>
     <row r="783" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P783" s="134"/>
+      <c r="P783"/>
     </row>
     <row r="784" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P784" s="134"/>
+      <c r="P784"/>
     </row>
     <row r="785" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P785" s="134"/>
+      <c r="P785"/>
     </row>
     <row r="786" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P786" s="134"/>
+      <c r="P786"/>
     </row>
     <row r="787" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P787" s="134"/>
+      <c r="P787"/>
     </row>
     <row r="788" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P788" s="134"/>
+      <c r="P788"/>
     </row>
     <row r="789" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P789" s="134"/>
+      <c r="P789"/>
     </row>
     <row r="790" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P790" s="134"/>
+      <c r="P790"/>
     </row>
     <row r="791" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P791" s="134"/>
+      <c r="P791"/>
     </row>
     <row r="792" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P792" s="134"/>
+      <c r="P792"/>
     </row>
     <row r="793" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P793" s="134"/>
+      <c r="P793"/>
     </row>
     <row r="794" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P794" s="134"/>
+      <c r="P794"/>
     </row>
     <row r="795" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P795" s="134"/>
+      <c r="P795"/>
     </row>
     <row r="796" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P796" s="134"/>
+      <c r="P796"/>
     </row>
     <row r="797" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P797" s="134"/>
+      <c r="P797"/>
     </row>
     <row r="798" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P798" s="134"/>
+      <c r="P798"/>
     </row>
     <row r="799" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P799" s="134"/>
+      <c r="P799"/>
     </row>
     <row r="800" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P800" s="134"/>
+      <c r="P800"/>
     </row>
     <row r="801" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P801" s="134"/>
+      <c r="P801"/>
     </row>
     <row r="802" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P802" s="134"/>
+      <c r="P802"/>
     </row>
     <row r="803" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P803" s="134"/>
+      <c r="P803"/>
     </row>
     <row r="804" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P804" s="134"/>
+      <c r="P804"/>
     </row>
     <row r="805" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P805" s="134"/>
+      <c r="P805"/>
     </row>
     <row r="806" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P806" s="134"/>
+      <c r="P806"/>
     </row>
     <row r="807" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P807" s="134"/>
+      <c r="P807"/>
     </row>
     <row r="808" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P808" s="134"/>
+      <c r="P808"/>
     </row>
     <row r="809" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P809" s="134"/>
+      <c r="P809"/>
     </row>
     <row r="810" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P810" s="134"/>
+      <c r="P810"/>
     </row>
     <row r="811" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P811" s="134"/>
+      <c r="P811"/>
     </row>
     <row r="812" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P812" s="134"/>
+      <c r="P812"/>
     </row>
     <row r="813" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P813" s="134"/>
+      <c r="P813"/>
     </row>
     <row r="814" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P814" s="134"/>
+      <c r="P814"/>
     </row>
     <row r="815" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P815" s="134"/>
+      <c r="P815"/>
     </row>
     <row r="816" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P816" s="134"/>
+      <c r="P816"/>
     </row>
     <row r="817" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P817" s="134"/>
+      <c r="P817"/>
     </row>
     <row r="818" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P818" s="134"/>
+      <c r="P818"/>
     </row>
     <row r="819" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P819" s="134"/>
+      <c r="P819"/>
     </row>
     <row r="820" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P820" s="134"/>
+      <c r="P820"/>
     </row>
     <row r="821" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P821" s="134"/>
+      <c r="P821"/>
     </row>
     <row r="822" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P822" s="134"/>
+      <c r="P822"/>
     </row>
     <row r="823" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P823" s="134"/>
+      <c r="P823"/>
     </row>
     <row r="824" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P824" s="134"/>
+      <c r="P824"/>
     </row>
     <row r="825" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P825" s="134"/>
+      <c r="P825"/>
     </row>
     <row r="826" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P826" s="134"/>
+      <c r="P826"/>
     </row>
     <row r="827" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P827" s="134"/>
+      <c r="P827"/>
     </row>
     <row r="828" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P828" s="134"/>
+      <c r="P828"/>
     </row>
     <row r="829" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P829" s="134"/>
+      <c r="P829"/>
     </row>
     <row r="830" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P830" s="134"/>
+      <c r="P830"/>
     </row>
     <row r="831" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P831" s="134"/>
+      <c r="P831"/>
     </row>
     <row r="832" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P832" s="134"/>
+      <c r="P832"/>
     </row>
     <row r="833" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P833" s="134"/>
+      <c r="P833"/>
     </row>
     <row r="834" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P834" s="134"/>
+      <c r="P834"/>
     </row>
     <row r="835" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P835" s="134"/>
+      <c r="P835"/>
     </row>
     <row r="836" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P836" s="133"/>
-[...2 lines deleted...]
-    <row r="838" spans="16:16" ht="14.25" customHeight="1"/>
+      <c r="P836"/>
+    </row>
+    <row r="837" spans="16:16" ht="14.25" customHeight="1">
+      <c r="P837"/>
+    </row>
+    <row r="838" spans="16:16" ht="14.25" customHeight="1">
+      <c r="P838" s="99"/>
+    </row>
     <row r="839" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="840" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="841" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="842" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="843" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="844" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="845" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="846" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="847" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="848" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="849" ht="14.25" customHeight="1"/>
     <row r="850" ht="14.25" customHeight="1"/>
     <row r="851" ht="14.25" customHeight="1"/>
     <row r="852" ht="14.25" customHeight="1"/>
     <row r="853" ht="14.25" customHeight="1"/>
     <row r="854" ht="14.25" customHeight="1"/>
     <row r="855" ht="14.25" customHeight="1"/>
     <row r="856" ht="14.25" customHeight="1"/>
     <row r="857" ht="14.25" customHeight="1"/>
     <row r="858" ht="14.25" customHeight="1"/>
     <row r="859" ht="14.25" customHeight="1"/>
     <row r="860" ht="14.25" customHeight="1"/>
     <row r="861" ht="14.25" customHeight="1"/>
     <row r="862" ht="14.25" customHeight="1"/>
     <row r="863" ht="14.25" customHeight="1"/>
@@ -5858,502 +6071,501 @@
     <row r="976" ht="14.25" customHeight="1"/>
     <row r="977" ht="14.25" customHeight="1"/>
     <row r="978" ht="14.25" customHeight="1"/>
     <row r="979" ht="14.25" customHeight="1"/>
     <row r="980" ht="14.25" customHeight="1"/>
     <row r="981" ht="14.25" customHeight="1"/>
     <row r="982" ht="14.25" customHeight="1"/>
     <row r="983" ht="14.25" customHeight="1"/>
     <row r="984" ht="14.25" customHeight="1"/>
     <row r="985" ht="14.25" customHeight="1"/>
     <row r="986" ht="14.25" customHeight="1"/>
     <row r="987" ht="14.25" customHeight="1"/>
     <row r="988" ht="14.25" customHeight="1"/>
     <row r="989" ht="14.25" customHeight="1"/>
     <row r="990" ht="14.25" customHeight="1"/>
     <row r="991" ht="14.25" customHeight="1"/>
     <row r="992" ht="14.25" customHeight="1"/>
     <row r="993" ht="14.25" customHeight="1"/>
     <row r="994" ht="14.25" customHeight="1"/>
     <row r="995" ht="14.25" customHeight="1"/>
     <row r="996" ht="14.25" customHeight="1"/>
     <row r="997" ht="14.25" customHeight="1"/>
     <row r="998" ht="14.25" customHeight="1"/>
     <row r="999" ht="14.25" customHeight="1"/>
     <row r="1000" ht="14.25" customHeight="1"/>
+    <row r="1001" ht="14.25" customHeight="1"/>
+    <row r="1002" ht="14.25" customHeight="1"/>
   </sheetData>
-  <mergeCells count="52">
+  <mergeCells count="54">
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="I27:J27"/>
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="I29:J29"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="I31:J31"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="I25:J25"/>
+    <mergeCell ref="I26:J26"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="I18:J18"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="I20:J20"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="I10:J10"/>
+    <mergeCell ref="I11:J11"/>
+    <mergeCell ref="I12:J12"/>
+    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="S26:Y26"/>
+    <mergeCell ref="S27:Y27"/>
+    <mergeCell ref="S28:Y28"/>
+    <mergeCell ref="S30:Y30"/>
+    <mergeCell ref="S31:Y31"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="U12:V12"/>
+    <mergeCell ref="S24:Y24"/>
+    <mergeCell ref="S25:Y25"/>
+    <mergeCell ref="U13:V13"/>
+    <mergeCell ref="U14:V14"/>
+    <mergeCell ref="U15:V15"/>
+    <mergeCell ref="U17:V17"/>
+    <mergeCell ref="U18:V18"/>
+    <mergeCell ref="U19:V19"/>
+    <mergeCell ref="U20:V20"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="U8:V8"/>
+    <mergeCell ref="U9:V9"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="U10:V10"/>
     <mergeCell ref="H3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="R6:S6"/>
     <mergeCell ref="U6:V6"/>
     <mergeCell ref="R7:S7"/>
     <mergeCell ref="U7:V7"/>
-    <mergeCell ref="R8:S8"/>
-[...44 lines deleted...]
-    <mergeCell ref="I29:J29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="E17" sqref="E17"/>
+      <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="2" max="2" width="5.453125" customWidth="1"/>
     <col min="3" max="3" width="5.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="B1" s="32" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="32" t="s">
         <v>85</v>
       </c>
       <c r="D1" s="32" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="33" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A2)</f>
         <v>3</v>
       </c>
       <c r="C2" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A2)</f>
         <v>2</v>
       </c>
       <c r="D2" s="33">
-        <f t="shared" ref="D2:D16" si="0">SUM(B2:C2)</f>
+        <f t="shared" ref="D2:D15" si="0">SUM(B2:C2)</f>
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="33" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A3)</f>
         <v>3</v>
       </c>
       <c r="C3" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" s="33">
         <f t="shared" si="0"/>
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="33" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A4)</f>
         <v>3</v>
       </c>
       <c r="C4" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A4)</f>
         <v>2</v>
       </c>
       <c r="D4" s="33">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="33" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A5)</f>
         <v>4</v>
       </c>
       <c r="C5" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A5)</f>
         <v>1</v>
       </c>
       <c r="D5" s="33">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="33" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A6)</f>
         <v>0</v>
       </c>
       <c r="C6" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A6)</f>
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D6" s="33">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="33" t="s">
         <v>57</v>
       </c>
       <c r="B7" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A7)</f>
         <v>0</v>
       </c>
       <c r="C7" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A7)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D7" s="33">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F7" s="33"/>
       <c r="G7" s="33"/>
       <c r="H7" s="33"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="33" t="s">
         <v>67</v>
       </c>
       <c r="B8" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A8)</f>
         <v>0</v>
       </c>
       <c r="C8" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A8)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D8" s="33">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="33" t="s">
         <v>77</v>
       </c>
       <c r="B9" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A9)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C9" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A9)</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D9" s="33">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="33" t="s">
         <v>84</v>
       </c>
       <c r="B10" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A10)</f>
         <v>0</v>
       </c>
       <c r="C10" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A10)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D10" s="33">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="33" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="B11" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A11)</f>
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C11" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A11)</f>
         <v>1</v>
       </c>
       <c r="D11" s="33">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:8">
-      <c r="A12" s="33" t="s">
-        <v>34</v>
+      <c r="A12" t="s">
+        <v>152</v>
       </c>
       <c r="B12" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A12)</f>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C12" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A12)</f>
         <v>1</v>
       </c>
       <c r="D12" s="33">
-        <f t="shared" si="0"/>
-        <v>3</v>
+        <f t="shared" ref="D12:D13" si="1">SUM(B12:C12)</f>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="B13" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A13)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C13" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A13)</f>
         <v>1</v>
       </c>
       <c r="D13" s="33">
-        <f t="shared" ref="D13:D14" si="1">SUM(B13:C13)</f>
-        <v>2</v>
+        <f t="shared" si="1"/>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:8">
-      <c r="A14" t="s">
-        <v>166</v>
+      <c r="A14" s="33" t="s">
+        <v>22</v>
       </c>
       <c r="B14" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A14)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C14" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A14)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D14" s="33">
-        <f t="shared" si="1"/>
-        <v>0</v>
+        <f t="shared" si="0"/>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="33" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B15" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A15)</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C15" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A15)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D15" s="33">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="33" t="s">
-        <v>28</v>
+        <v>158</v>
       </c>
       <c r="B16" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A16)</f>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C16" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A16)</f>
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D16" s="33">
-        <f t="shared" si="0"/>
-        <v>5</v>
+        <f t="shared" ref="D16:D17" si="2">SUM(B16:C16)</f>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="33" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="B17" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A17)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C17" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A17)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D17" s="33">
-        <f t="shared" ref="D17:D18" si="2">SUM(B17:C17)</f>
-        <v>0</v>
+        <f t="shared" si="2"/>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18" s="33" t="s">
-        <v>172</v>
+      <c r="A18" t="s">
+        <v>163</v>
       </c>
       <c r="B18" s="33">
         <f>COUNTIF(Arbetsschema!I:J,A18)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C18" s="33">
         <f>COUNTIF(Arbetsschema!N:O,A18)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D18" s="33">
-        <f t="shared" si="2"/>
-        <v>0</v>
+        <f t="shared" ref="D18" si="3">SUM(B18:C18)</f>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
     </row>
     <row r="20" spans="1:4">
       <c r="B20" s="33"/>
       <c r="C20" s="33"/>
       <c r="D20" s="33"/>
     </row>
     <row r="21" spans="1:4">
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
     </row>
     <row r="22" spans="1:4">
       <c r="B22" s="33"/>
       <c r="C22" s="33"/>
       <c r="D22" s="33"/>
     </row>
     <row r="23" spans="1:4">
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
-      <c r="D23" s="33"/>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" s="33"/>
       <c r="C24" s="33"/>
+      <c r="D24" s="33"/>
     </row>
     <row r="25" spans="1:4">
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
     </row>
     <row r="26" spans="1:4">
       <c r="B26" s="33"/>
       <c r="C26" s="33"/>
       <c r="D26" s="33"/>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" s="33"/>
       <c r="C28" s="33"/>
       <c r="D28" s="33"/>
     </row>
     <row r="29" spans="1:4">
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
-      <c r="D29" s="33"/>
-[...3 lines deleted...]
-      <c r="C30" s="33"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B1:E1000"/>
+  <dimension ref="B1:E992"/>
   <sheetViews>
-    <sheetView topLeftCell="A36" workbookViewId="0">
-      <selection activeCell="H48" sqref="H48"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J34" sqref="J34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.6328125" customWidth="1"/>
     <col min="2" max="2" width="27.08984375" customWidth="1"/>
     <col min="3" max="4" width="8.6328125" customWidth="1"/>
     <col min="5" max="5" width="12.90625" customWidth="1"/>
     <col min="6" max="26" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="2" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="3" spans="2:5" ht="14.25" customHeight="1">
       <c r="B3" s="34" t="s">
         <v>87</v>
       </c>
       <c r="C3" s="35" t="s">
         <v>88</v>
       </c>
       <c r="D3" s="35"/>
       <c r="E3" s="36" t="s">
         <v>89</v>
       </c>
     </row>
@@ -6478,52 +6690,52 @@
       </c>
       <c r="C14" s="45" t="s">
         <v>93</v>
       </c>
       <c r="D14" s="45"/>
       <c r="E14" s="49" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="14.25" customHeight="1">
       <c r="B15" s="41" t="s">
         <v>112</v>
       </c>
       <c r="C15" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D15" s="42"/>
       <c r="E15" s="43" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="14.25" customHeight="1">
       <c r="B16" s="37" t="s">
         <v>113</v>
       </c>
-      <c r="C16" s="38" t="s">
-        <v>93</v>
+      <c r="C16" s="103" t="s">
+        <v>118</v>
       </c>
       <c r="E16" s="39" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="14.25" customHeight="1">
       <c r="B17" s="44" t="s">
         <v>115</v>
       </c>
       <c r="C17" s="45" t="s">
         <v>93</v>
       </c>
       <c r="D17" s="45"/>
       <c r="E17" s="49" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="14.25" customHeight="1">
       <c r="B18" s="41" t="s">
         <v>116</v>
       </c>
       <c r="C18" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D18" s="42"/>
@@ -6594,320 +6806,321 @@
         <v>127</v>
       </c>
       <c r="C24" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D24" s="42"/>
       <c r="E24" s="43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="14.25" customHeight="1">
       <c r="B25" s="37" t="s">
         <v>129</v>
       </c>
       <c r="C25" s="38" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="39" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="14.25" customHeight="1">
       <c r="B26" s="44" t="s">
         <v>131</v>
       </c>
-      <c r="C26" s="45" t="s">
-        <v>132</v>
+      <c r="C26" s="114" t="s">
+        <v>180</v>
       </c>
       <c r="D26" s="45"/>
       <c r="E26" s="46" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="14.25" customHeight="1">
       <c r="B27" s="41" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C27" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D27" s="42"/>
       <c r="E27" s="43"/>
     </row>
     <row r="28" spans="2:5" ht="14.25" customHeight="1">
       <c r="B28" s="37" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C28" s="33" t="s">
         <v>93</v>
       </c>
       <c r="E28" s="40" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="29" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B29" s="44" t="s">
         <v>135</v>
-      </c>
-[...3 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C29" s="45" t="s">
         <v>93</v>
       </c>
       <c r="D29" s="45"/>
       <c r="E29" s="46" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="14.25" customHeight="1">
       <c r="B30" s="41" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C30" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D30" s="42"/>
       <c r="E30" s="43"/>
     </row>
     <row r="31" spans="2:5" ht="14.25" customHeight="1">
       <c r="B31" s="37" t="s">
+        <v>137</v>
+      </c>
+      <c r="C31" s="38" t="s">
+        <v>93</v>
+      </c>
+      <c r="E31" s="40" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="14.25" customHeight="1">
       <c r="B32" s="44" t="s">
+        <v>139</v>
+      </c>
+      <c r="C32" s="114" t="s">
+        <v>118</v>
+      </c>
+      <c r="D32" s="45"/>
+      <c r="E32" s="46" t="s">
         <v>140</v>
-      </c>
-[...5 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="14.25" customHeight="1">
       <c r="B33" s="41" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C33" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D33" s="42"/>
       <c r="E33" s="43"/>
     </row>
     <row r="34" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B34" s="37" t="s">
+      <c r="B34" s="44" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="114" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="45"/>
+      <c r="E34" s="46" t="s">
         <v>143</v>
       </c>
-      <c r="C34" s="38" t="s">
+    </row>
+    <row r="35" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B35" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="42" t="s">
+        <v>91</v>
+      </c>
+      <c r="D35" s="42"/>
+      <c r="E35" s="43"/>
+    </row>
+    <row r="36" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B36" s="102" t="s">
+        <v>164</v>
+      </c>
+      <c r="C36" s="103" t="s">
         <v>93</v>
       </c>
-      <c r="E34" s="40" t="s">
-[...27 lines deleted...]
-        <v>148</v>
+      <c r="D36" s="38"/>
+      <c r="E36" s="105" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="37" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B37" s="115" t="s">
+        <v>179</v>
       </c>
       <c r="C37" s="45" t="s">
         <v>93</v>
       </c>
       <c r="D37" s="45"/>
-      <c r="E37" s="46" t="s">
+      <c r="E37" s="104" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="38" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B38" s="51" t="s">
+        <v>147</v>
+      </c>
+      <c r="C38" s="52" t="s">
+        <v>91</v>
+      </c>
+      <c r="D38" s="53"/>
+      <c r="E38" s="54"/>
+    </row>
+    <row r="39" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B39" s="55" t="s">
         <v>149</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B38" s="41" t="s">
+      <c r="C39" s="38" t="s">
+        <v>93</v>
+      </c>
+      <c r="E39" s="56" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="40" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B40" s="57" t="s">
         <v>150</v>
       </c>
-      <c r="C38" s="42" t="s">
+      <c r="C40" s="85" t="s">
+        <v>180</v>
+      </c>
+      <c r="D40" s="58"/>
+      <c r="E40" s="59" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="41" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B41" s="82" t="s">
+        <v>155</v>
+      </c>
+      <c r="C41" s="83" t="s">
         <v>91</v>
       </c>
-      <c r="D38" s="42"/>
-[...6 lines deleted...]
-      <c r="C39" s="45" t="s">
+      <c r="D41" s="53"/>
+      <c r="E41" s="54"/>
+    </row>
+    <row r="42" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B42" s="84" t="s">
+        <v>156</v>
+      </c>
+      <c r="C42" s="85" t="s">
         <v>93</v>
       </c>
-      <c r="D39" s="45"/>
-[...8 lines deleted...]
-      <c r="C40" s="42" t="s">
+      <c r="D42" s="58"/>
+      <c r="E42" s="59" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="43" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B43" s="82" t="s">
+        <v>174</v>
+      </c>
+      <c r="C43" s="83" t="s">
         <v>91</v>
       </c>
-      <c r="D40" s="42"/>
-[...6 lines deleted...]
-      <c r="C41" s="33" t="s">
+      <c r="D43" s="53"/>
+      <c r="E43" s="54"/>
+    </row>
+    <row r="44" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B44" s="111" t="s">
+        <v>175</v>
+      </c>
+      <c r="C44" s="103" t="s">
         <v>93</v>
       </c>
-      <c r="E41" s="40" t="s">
-[...7 lines deleted...]
-      <c r="C42" s="45" t="s">
+      <c r="E44" s="113" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="45" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B45" s="108" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="85" t="s">
         <v>93</v>
       </c>
-      <c r="D42" s="45"/>
-[...8 lines deleted...]
-      <c r="C43" s="42" t="s">
+      <c r="D45" s="58"/>
+      <c r="E45" s="110" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="46" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B46" s="106" t="s">
+        <v>166</v>
+      </c>
+      <c r="C46" s="107" t="s">
         <v>91</v>
       </c>
-      <c r="D43" s="42"/>
-[...17 lines deleted...]
-      <c r="C45" s="38" t="s">
+      <c r="D46" s="53"/>
+      <c r="E46" s="54"/>
+    </row>
+    <row r="47" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B47" s="111" t="s">
+        <v>170</v>
+      </c>
+      <c r="C47" s="112" t="s">
         <v>93</v>
       </c>
-      <c r="D45" s="38"/>
-[...8 lines deleted...]
-      <c r="C46" s="53" t="s">
+      <c r="E47" s="113" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="48" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B48" s="108" t="s">
+        <v>172</v>
+      </c>
+      <c r="C48" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="D48" s="58"/>
+      <c r="E48" s="110" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="49" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B49" s="106" t="s">
+        <v>167</v>
+      </c>
+      <c r="C49" s="107" t="s">
         <v>91</v>
       </c>
-      <c r="D46" s="54"/>
-[...6 lines deleted...]
-      <c r="C47" s="38" t="s">
+      <c r="D49" s="53"/>
+      <c r="E49" s="54"/>
+    </row>
+    <row r="50" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B50" s="108" t="s">
+        <v>168</v>
+      </c>
+      <c r="C50" s="109" t="s">
         <v>93</v>
       </c>
-      <c r="E47" s="57" t="s">
-[...26 lines deleted...]
-      <c r="B50" s="86" t="s">
+      <c r="D50" s="58"/>
+      <c r="E50" s="110" t="s">
         <v>169</v>
-      </c>
-[...5 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="52" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="53" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="54" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="55" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="56" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="57" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="58" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="59" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="60" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="61" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="62" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="63" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="64" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="65" ht="14.25" customHeight="1"/>
     <row r="66" ht="14.25" customHeight="1"/>
     <row r="67" ht="14.25" customHeight="1"/>
     <row r="68" ht="14.25" customHeight="1"/>
     <row r="69" ht="14.25" customHeight="1"/>
     <row r="70" ht="14.25" customHeight="1"/>
     <row r="71" ht="14.25" customHeight="1"/>
     <row r="72" ht="14.25" customHeight="1"/>
     <row r="73" ht="14.25" customHeight="1"/>
@@ -7808,58 +8021,50 @@
     <row r="968" ht="14.25" customHeight="1"/>
     <row r="969" ht="14.25" customHeight="1"/>
     <row r="970" ht="14.25" customHeight="1"/>
     <row r="971" ht="14.25" customHeight="1"/>
     <row r="972" ht="14.25" customHeight="1"/>
     <row r="973" ht="14.25" customHeight="1"/>
     <row r="974" ht="14.25" customHeight="1"/>
     <row r="975" ht="14.25" customHeight="1"/>
     <row r="976" ht="14.25" customHeight="1"/>
     <row r="977" ht="14.25" customHeight="1"/>
     <row r="978" ht="14.25" customHeight="1"/>
     <row r="979" ht="14.25" customHeight="1"/>
     <row r="980" ht="14.25" customHeight="1"/>
     <row r="981" ht="14.25" customHeight="1"/>
     <row r="982" ht="14.25" customHeight="1"/>
     <row r="983" ht="14.25" customHeight="1"/>
     <row r="984" ht="14.25" customHeight="1"/>
     <row r="985" ht="14.25" customHeight="1"/>
     <row r="986" ht="14.25" customHeight="1"/>
     <row r="987" ht="14.25" customHeight="1"/>
     <row r="988" ht="14.25" customHeight="1"/>
     <row r="989" ht="14.25" customHeight="1"/>
     <row r="990" ht="14.25" customHeight="1"/>
     <row r="991" ht="14.25" customHeight="1"/>
     <row r="992" ht="14.25" customHeight="1"/>
-    <row r="993" ht="14.25" customHeight="1"/>
-[...6 lines deleted...]
-    <row r="1000" ht="14.25" customHeight="1"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{60b37e60-f0b3-4466-b894-128ac99e40b8}" enabled="1" method="Standard" siteId="{f3015282-1dac-43e2-b2f3-7ed3707b2522}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>