--- v1 (2025-12-03)
+++ v2 (2026-01-26)
@@ -3,144 +3,141 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavle-my.sharepoint.com/personal/malin_2_andersson_gavle_se/Documents/Skrivbordet/Brynäs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="360" documentId="8_{AEC97185-8541-420B-B999-457A0F94B666}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2D16B0B5-98AE-4774-A3EF-F4CB2D65BFBC}"/>
+  <xr:revisionPtr revIDLastSave="422" documentId="8_{AEC97185-8541-420B-B999-457A0F94B666}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D6D2EA0D-B7AD-4047-8A25-05C7F06C77C4}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arbetsschema" sheetId="1" r:id="rId1"/>
     <sheet name="Antal arbetspass" sheetId="2" r:id="rId2"/>
     <sheet name="Telefonlista" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId7" roundtripDataChecksum="GMgG/oUrupL0mMa6pnKhCenpQldYotdrO5KbV674A2k="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C18" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="C17" i="2"/>
+  <c r="C17" i="2" l="1"/>
   <c r="B17" i="2"/>
   <c r="C16" i="2"/>
   <c r="B16" i="2"/>
   <c r="C13" i="2"/>
   <c r="B13" i="2"/>
   <c r="C12" i="2"/>
   <c r="B12" i="2"/>
   <c r="C15" i="2"/>
   <c r="B15" i="2"/>
   <c r="C14" i="2"/>
   <c r="B14" i="2"/>
   <c r="C11" i="2"/>
   <c r="B11" i="2"/>
   <c r="C10" i="2"/>
   <c r="B10" i="2"/>
   <c r="C9" i="2"/>
   <c r="B9" i="2"/>
   <c r="C8" i="2"/>
   <c r="B8" i="2"/>
   <c r="C7" i="2"/>
   <c r="B7" i="2"/>
   <c r="C6" i="2"/>
   <c r="B6" i="2"/>
   <c r="C5" i="2"/>
   <c r="B5" i="2"/>
   <c r="C4" i="2"/>
   <c r="B4" i="2"/>
   <c r="C3" i="2"/>
   <c r="B3" i="2"/>
   <c r="C2" i="2"/>
   <c r="B2" i="2"/>
-  <c r="D18" i="2" l="1"/>
+  <c r="D17" i="2" l="1"/>
   <c r="D16" i="2"/>
-  <c r="D17" i="2"/>
   <c r="D12" i="2"/>
   <c r="D13" i="2"/>
   <c r="D5" i="2"/>
   <c r="D3" i="2"/>
   <c r="D9" i="2"/>
   <c r="D7" i="2"/>
   <c r="D14" i="2"/>
   <c r="D4" i="2"/>
   <c r="D10" i="2"/>
   <c r="D2" i="2"/>
   <c r="D8" i="2"/>
   <c r="D15" i="2"/>
   <c r="D6" i="2"/>
   <c r="D11" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="455" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="178">
   <si>
     <t>Veckodag</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Serie</t>
   </si>
   <si>
     <t>Hemma</t>
   </si>
   <si>
     <t>Borta</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t xml:space="preserve">Kioskbemanning 2 timmar innan matchstart. </t>
   </si>
   <si>
     <t>BÖRJAR med 5050. Person A övergår till kiosken i 1:a paus.</t>
   </si>
   <si>
@@ -648,152 +645,141 @@
   <si>
     <t>0709555417</t>
   </si>
   <si>
     <t>Isabelle Wahlberg</t>
   </si>
   <si>
     <t>0705791639</t>
   </si>
   <si>
     <t>Anette Bergkvist</t>
   </si>
   <si>
     <t>Erik Wahlberg</t>
   </si>
   <si>
     <t>0768375804</t>
   </si>
   <si>
     <t>Freya</t>
   </si>
   <si>
     <t>Isabelle</t>
   </si>
   <si>
-    <t>Missat 1</t>
-[...13 lines deleted...]
-  <si>
     <t>Svea</t>
   </si>
   <si>
     <t>11-11-2025</t>
   </si>
   <si>
     <t>SC Bern</t>
   </si>
   <si>
     <t>Entrehall höger</t>
   </si>
   <si>
     <t>Alexandra</t>
   </si>
   <si>
     <t>Patrik Svärd</t>
   </si>
   <si>
     <t>0707549156</t>
   </si>
   <si>
     <t>Svea Vest</t>
   </si>
   <si>
     <t>Alexandra Kyngäs</t>
   </si>
   <si>
     <t>Sebastian Kyngäs</t>
   </si>
   <si>
     <t>0706554600</t>
   </si>
   <si>
     <t>Elin Larsson</t>
   </si>
   <si>
     <t>0702978698</t>
   </si>
   <si>
     <t>Henrik Vest</t>
   </si>
   <si>
     <t>0730563580</t>
   </si>
   <si>
-    <t>Aline Isberg</t>
-[...13 lines deleted...]
-  <si>
     <t>Tove Svärd</t>
   </si>
   <si>
     <t>Materialare</t>
   </si>
   <si>
     <t>2-12-2025</t>
   </si>
   <si>
     <t>Kalpa Kuopio</t>
   </si>
   <si>
     <t>19.00</t>
+  </si>
+  <si>
+    <t>Missat 1, sen 1</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>13-1-2026</t>
+  </si>
+  <si>
+    <t>Nova</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/yyyy"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -842,50 +828,58 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF212529"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor rgb="FF92D050"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor rgb="FFFFC000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FFFF0000"/>
       </patternFill>
@@ -917,51 +911,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor rgb="FFD9F2D0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor rgb="FFFF5050"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="40">
+  <borders count="39">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1157,63 +1151,50 @@
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -1345,424 +1326,439 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="160">
+  <cellXfs count="165">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="3" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="2" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="3" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="3" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="11" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="20" fontId="3" fillId="9" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="9" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="8" fillId="8" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="14" fillId="9" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="14" fillId="9" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
-[...197 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1947,1610 +1943,1655 @@
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Y1002"/>
+  <dimension ref="A1:Y1003"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="O22" sqref="O22"/>
+    <sheetView tabSelected="1" topLeftCell="A27" workbookViewId="0">
+      <selection activeCell="I42" sqref="I42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.6328125" customWidth="1"/>
     <col min="3" max="3" width="15.453125" customWidth="1"/>
     <col min="4" max="5" width="8.6328125" customWidth="1"/>
     <col min="6" max="6" width="14.90625" customWidth="1"/>
     <col min="7" max="8" width="8.6328125" customWidth="1"/>
     <col min="9" max="9" width="11.90625" customWidth="1"/>
     <col min="10" max="10" width="9.6328125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="9.453125" customWidth="1"/>
     <col min="12" max="12" width="1.90625" customWidth="1"/>
     <col min="13" max="13" width="27.90625" customWidth="1"/>
     <col min="14" max="14" width="9.6328125" customWidth="1"/>
     <col min="15" max="15" width="8.6328125" customWidth="1"/>
-    <col min="16" max="16" width="12" style="92" customWidth="1"/>
+    <col min="16" max="16" width="12" style="87" customWidth="1"/>
     <col min="17" max="17" width="8.6328125" customWidth="1"/>
     <col min="18" max="18" width="25.90625" customWidth="1"/>
     <col min="19" max="19" width="26.90625" customWidth="1"/>
     <col min="20" max="20" width="8.6328125" customWidth="1"/>
     <col min="21" max="21" width="14.08984375" customWidth="1"/>
     <col min="22" max="22" width="34.90625" customWidth="1"/>
     <col min="23" max="25" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="14.25" customHeight="1"/>
     <row r="2" spans="1:22" ht="14.25" customHeight="1" thickBot="1"/>
     <row r="3" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="116" t="s">
+      <c r="H3" s="118" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="117"/>
-[...3 lines deleted...]
-      <c r="M3" s="119" t="s">
+      <c r="I3" s="119"/>
+      <c r="J3" s="119"/>
+      <c r="K3" s="119"/>
+      <c r="L3" s="120"/>
+      <c r="M3" s="121" t="s">
         <v>7</v>
       </c>
-      <c r="N3" s="120"/>
-[...1 lines deleted...]
-      <c r="P3" s="121"/>
+      <c r="N3" s="122"/>
+      <c r="O3" s="122"/>
+      <c r="P3" s="123"/>
     </row>
     <row r="4" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
       <c r="B4" s="3"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="6"/>
       <c r="M4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>11</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="P4" s="93"/>
+      <c r="P4" s="88"/>
     </row>
     <row r="5" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B5" s="60" t="s">
+      <c r="B5" s="58" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="61">
+      <c r="C5" s="59">
         <v>45904</v>
       </c>
-      <c r="D5" s="61" t="s">
+      <c r="D5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="62" t="s">
+      <c r="E5" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="F5" s="63" t="s">
+      <c r="F5" s="61" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="64">
+      <c r="G5" s="62">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H5" s="65">
+      <c r="H5" s="63">
         <v>9</v>
       </c>
-      <c r="I5" s="66" t="s">
+      <c r="I5" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="J5" s="66" t="s">
+      <c r="J5" s="64" t="s">
         <v>19</v>
       </c>
-      <c r="K5" s="66" t="s">
+      <c r="K5" s="64" t="s">
         <v>20</v>
       </c>
-      <c r="L5" s="66">
+      <c r="L5" s="64">
         <v>3</v>
       </c>
-      <c r="M5" s="67" t="s">
+      <c r="M5" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="N5" s="68" t="s">
+      <c r="N5" s="66" t="s">
         <v>22</v>
       </c>
-      <c r="O5" s="69"/>
-      <c r="P5" s="94"/>
+      <c r="O5" s="67"/>
+      <c r="P5" s="89"/>
       <c r="S5" s="11"/>
     </row>
     <row r="6" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B6" s="60" t="s">
+      <c r="B6" s="58" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="61">
+      <c r="C6" s="59">
         <v>45906</v>
       </c>
-      <c r="D6" s="61" t="s">
+      <c r="D6" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="E6" s="62" t="s">
+      <c r="E6" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="F6" s="63" t="s">
+      <c r="F6" s="61" t="s">
         <v>24</v>
       </c>
-      <c r="G6" s="70">
+      <c r="G6" s="68">
         <v>0.66666666666666663</v>
       </c>
-      <c r="H6" s="71">
+      <c r="H6" s="69">
         <v>9</v>
       </c>
-      <c r="I6" s="71" t="s">
+      <c r="I6" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="J6" s="72" t="s">
+      <c r="J6" s="70" t="s">
         <v>26</v>
       </c>
-      <c r="K6" s="72" t="s">
+      <c r="K6" s="70" t="s">
         <v>20</v>
       </c>
-      <c r="L6" s="72">
+      <c r="L6" s="70">
         <v>3</v>
       </c>
-      <c r="M6" s="73" t="s">
+      <c r="M6" s="71" t="s">
         <v>27</v>
       </c>
-      <c r="N6" s="74" t="s">
+      <c r="N6" s="72" t="s">
         <v>28</v>
       </c>
-      <c r="O6" s="75"/>
-[...1 lines deleted...]
-      <c r="R6" s="122" t="s">
+      <c r="O6" s="73"/>
+      <c r="P6" s="90"/>
+      <c r="R6" s="124" t="s">
         <v>29</v>
       </c>
-      <c r="S6" s="123"/>
-      <c r="U6" s="124" t="s">
+      <c r="S6" s="125"/>
+      <c r="U6" s="126" t="s">
         <v>30</v>
       </c>
-      <c r="V6" s="123"/>
+      <c r="V6" s="125"/>
     </row>
     <row r="7" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B7" s="60" t="s">
+      <c r="B7" s="58" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="61">
+      <c r="C7" s="59">
         <v>45913</v>
       </c>
-      <c r="D7" s="61" t="s">
+      <c r="D7" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E7" s="62" t="s">
+      <c r="E7" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="63" t="s">
+      <c r="F7" s="61" t="s">
         <v>32</v>
       </c>
-      <c r="G7" s="70">
+      <c r="G7" s="68">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H7" s="76">
+      <c r="H7" s="74">
         <v>9</v>
       </c>
-      <c r="I7" s="71" t="s">
+      <c r="I7" s="69" t="s">
         <v>19</v>
       </c>
-      <c r="J7" s="77" t="s">
+      <c r="J7" s="75" t="s">
         <v>34</v>
       </c>
-      <c r="K7" s="76" t="s">
+      <c r="K7" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L7" s="76">
+      <c r="L7" s="74">
         <v>3</v>
       </c>
-      <c r="M7" s="78" t="s">
+      <c r="M7" s="76" t="s">
         <v>35</v>
       </c>
-      <c r="N7" s="74" t="s">
+      <c r="N7" s="72" t="s">
         <v>33</v>
       </c>
-      <c r="O7" s="79"/>
-[...1 lines deleted...]
-      <c r="R7" s="125" t="s">
+      <c r="O7" s="77"/>
+      <c r="P7" s="91"/>
+      <c r="R7" s="127" t="s">
         <v>36</v>
       </c>
-      <c r="S7" s="126"/>
-      <c r="U7" s="127" t="s">
+      <c r="S7" s="128"/>
+      <c r="U7" s="129" t="s">
         <v>37</v>
       </c>
-      <c r="V7" s="128"/>
+      <c r="V7" s="130"/>
     </row>
     <row r="8" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B8" s="86" t="s">
+      <c r="B8" s="81" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="61">
+      <c r="C8" s="59">
         <v>45916</v>
       </c>
-      <c r="D8" s="61" t="s">
+      <c r="D8" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E8" s="61" t="s">
+      <c r="E8" s="59" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="61" t="s">
+      <c r="F8" s="59" t="s">
         <v>39</v>
       </c>
-      <c r="G8" s="80">
+      <c r="G8" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H8" s="76">
+      <c r="H8" s="74">
         <v>9</v>
       </c>
-      <c r="I8" s="71" t="s">
+      <c r="I8" s="69" t="s">
         <v>19</v>
       </c>
-      <c r="J8" s="77" t="s">
+      <c r="J8" s="75" t="s">
         <v>22</v>
       </c>
-      <c r="K8" s="76" t="s">
+      <c r="K8" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L8" s="76">
+      <c r="L8" s="74">
         <v>3</v>
       </c>
-      <c r="M8" s="78" t="s">
+      <c r="M8" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="N8" s="74" t="s">
+      <c r="N8" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="O8" s="81"/>
-      <c r="P8" s="97" t="s">
+      <c r="O8" s="79"/>
+      <c r="P8" s="92" t="s">
         <v>42</v>
       </c>
-      <c r="R8" s="129"/>
-[...1 lines deleted...]
-      <c r="U8" s="127" t="s">
+      <c r="R8" s="131"/>
+      <c r="S8" s="132"/>
+      <c r="U8" s="129" t="s">
         <v>43</v>
       </c>
-      <c r="V8" s="128"/>
+      <c r="V8" s="130"/>
     </row>
     <row r="9" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B9" s="86" t="s">
+      <c r="B9" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="61">
+      <c r="C9" s="59">
         <v>45920</v>
       </c>
-      <c r="D9" s="61" t="s">
+      <c r="D9" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E9" s="61" t="s">
+      <c r="E9" s="59" t="s">
         <v>16</v>
       </c>
-      <c r="F9" s="61" t="s">
+      <c r="F9" s="59" t="s">
         <v>44</v>
       </c>
-      <c r="G9" s="80">
+      <c r="G9" s="78">
         <v>0.75</v>
       </c>
-      <c r="H9" s="76">
+      <c r="H9" s="74">
         <v>9</v>
       </c>
-      <c r="I9" s="71" t="s">
+      <c r="I9" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="J9" s="77" t="s">
+      <c r="J9" s="75" t="s">
         <v>26</v>
       </c>
-      <c r="K9" s="76" t="s">
+      <c r="K9" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L9" s="76">
+      <c r="L9" s="74">
         <v>3</v>
       </c>
-      <c r="M9" s="78" t="s">
+      <c r="M9" s="76" t="s">
         <v>45</v>
       </c>
-      <c r="N9" s="74" t="s">
+      <c r="N9" s="72" t="s">
         <v>28</v>
       </c>
-      <c r="O9" s="81"/>
-      <c r="P9" s="98"/>
+      <c r="O9" s="79"/>
+      <c r="P9" s="93"/>
       <c r="S9" s="11"/>
-      <c r="U9" s="131"/>
-      <c r="V9" s="128"/>
+      <c r="U9" s="133"/>
+      <c r="V9" s="130"/>
     </row>
     <row r="10" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B10" s="86" t="s">
+      <c r="B10" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="87">
+      <c r="C10" s="82">
         <v>45932</v>
       </c>
-      <c r="D10" s="87" t="s">
+      <c r="D10" s="82" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="88" t="s">
+      <c r="E10" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F10" s="89" t="s">
+      <c r="F10" s="84" t="s">
         <v>46</v>
       </c>
-      <c r="G10" s="80">
+      <c r="G10" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H10" s="76">
+      <c r="H10" s="74">
         <v>9</v>
       </c>
-      <c r="I10" s="141" t="s">
+      <c r="I10" s="143" t="s">
         <v>34</v>
       </c>
-      <c r="J10" s="142"/>
-      <c r="K10" s="76" t="s">
+      <c r="J10" s="144"/>
+      <c r="K10" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="76">
+      <c r="L10" s="74">
         <v>3</v>
       </c>
-      <c r="M10" s="90" t="s">
+      <c r="M10" s="85" t="s">
         <v>47</v>
       </c>
-      <c r="N10" s="91" t="s">
+      <c r="N10" s="86" t="s">
         <v>77</v>
       </c>
-      <c r="O10" s="81"/>
-[...1 lines deleted...]
-      <c r="R10" s="124" t="s">
+      <c r="O10" s="79"/>
+      <c r="P10" s="93"/>
+      <c r="R10" s="126" t="s">
         <v>48</v>
       </c>
-      <c r="S10" s="123"/>
-      <c r="U10" s="127" t="s">
+      <c r="S10" s="125"/>
+      <c r="U10" s="129" t="s">
         <v>49</v>
       </c>
-      <c r="V10" s="128"/>
+      <c r="V10" s="130"/>
     </row>
     <row r="11" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B11" s="86" t="s">
+      <c r="B11" s="81" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="87">
+      <c r="C11" s="82">
         <v>45937</v>
       </c>
-      <c r="D11" s="87" t="s">
+      <c r="D11" s="82" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="88" t="s">
+      <c r="E11" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F11" s="89" t="s">
+      <c r="F11" s="84" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="80">
+      <c r="G11" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H11" s="76">
+      <c r="H11" s="74">
         <v>9</v>
       </c>
-      <c r="I11" s="141" t="s">
+      <c r="I11" s="143" t="s">
         <v>18</v>
       </c>
-      <c r="J11" s="142"/>
-      <c r="K11" s="76" t="s">
+      <c r="J11" s="144"/>
+      <c r="K11" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L11" s="76">
+      <c r="L11" s="74">
         <v>3</v>
       </c>
-      <c r="M11" s="67" t="s">
+      <c r="M11" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="N11" s="74" t="s">
+      <c r="N11" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="O11" s="81"/>
-[...1 lines deleted...]
-      <c r="R11" s="132" t="s">
+      <c r="O11" s="79"/>
+      <c r="P11" s="93"/>
+      <c r="R11" s="134" t="s">
         <v>51</v>
       </c>
-      <c r="S11" s="126"/>
+      <c r="S11" s="128"/>
       <c r="U11" s="16"/>
       <c r="V11" s="23"/>
     </row>
     <row r="12" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B12" s="86" t="s">
+      <c r="B12" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="87">
+      <c r="C12" s="82">
         <v>45939</v>
       </c>
-      <c r="D12" s="61" t="s">
+      <c r="D12" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="88" t="s">
+      <c r="E12" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F12" s="89" t="s">
+      <c r="F12" s="84" t="s">
         <v>52</v>
       </c>
-      <c r="G12" s="80">
+      <c r="G12" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H12" s="76">
+      <c r="H12" s="74">
         <v>9</v>
       </c>
-      <c r="I12" s="143" t="s">
+      <c r="I12" s="145" t="s">
         <v>28</v>
       </c>
-      <c r="J12" s="142"/>
-      <c r="K12" s="76" t="s">
+      <c r="J12" s="144"/>
+      <c r="K12" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L12" s="76">
+      <c r="L12" s="74">
         <v>3</v>
       </c>
-      <c r="M12" s="73" t="s">
+      <c r="M12" s="71" t="s">
         <v>27</v>
       </c>
-      <c r="N12" s="91" t="s">
+      <c r="N12" s="86" t="s">
         <v>19</v>
       </c>
-      <c r="O12" s="81"/>
-[...3 lines deleted...]
-      <c r="U12" s="127" t="s">
+      <c r="O12" s="79"/>
+      <c r="P12" s="93"/>
+      <c r="R12" s="135"/>
+      <c r="S12" s="132"/>
+      <c r="U12" s="129" t="s">
         <v>53</v>
       </c>
-      <c r="V12" s="128"/>
+      <c r="V12" s="130"/>
     </row>
     <row r="13" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B13" s="86" t="s">
+      <c r="B13" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="87">
+      <c r="C13" s="82">
         <v>45941</v>
       </c>
-      <c r="D13" s="61" t="s">
+      <c r="D13" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E13" s="88" t="s">
+      <c r="E13" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F13" s="89" t="s">
+      <c r="F13" s="84" t="s">
         <v>54</v>
       </c>
-      <c r="G13" s="80">
+      <c r="G13" s="78">
         <v>0.75</v>
       </c>
-      <c r="H13" s="76">
+      <c r="H13" s="74">
         <v>9</v>
       </c>
-      <c r="I13" s="143" t="s">
+      <c r="I13" s="145" t="s">
         <v>26</v>
       </c>
-      <c r="J13" s="142"/>
-      <c r="K13" s="76" t="s">
+      <c r="J13" s="144"/>
+      <c r="K13" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L13" s="76">
+      <c r="L13" s="74">
         <v>3</v>
       </c>
-      <c r="M13" s="78" t="s">
+      <c r="M13" s="76" t="s">
         <v>35</v>
       </c>
-      <c r="N13" s="74" t="s">
+      <c r="N13" s="72" t="s">
         <v>41</v>
       </c>
-      <c r="O13" s="81"/>
-[...1 lines deleted...]
-      <c r="U13" s="127" t="s">
+      <c r="O13" s="79"/>
+      <c r="P13" s="92"/>
+      <c r="U13" s="129" t="s">
         <v>55</v>
       </c>
-      <c r="V13" s="128"/>
+      <c r="V13" s="130"/>
     </row>
     <row r="14" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B14" s="86" t="s">
+      <c r="B14" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="87">
+      <c r="C14" s="82">
         <v>45946</v>
       </c>
-      <c r="D14" s="61" t="s">
+      <c r="D14" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E14" s="88" t="s">
+      <c r="E14" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F14" s="89" t="s">
+      <c r="F14" s="84" t="s">
         <v>56</v>
       </c>
-      <c r="G14" s="80">
+      <c r="G14" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H14" s="76">
+      <c r="H14" s="74">
         <v>9</v>
       </c>
-      <c r="I14" s="143" t="s">
+      <c r="I14" s="145" t="s">
         <v>152</v>
       </c>
-      <c r="J14" s="142"/>
-      <c r="K14" s="76" t="s">
+      <c r="J14" s="144"/>
+      <c r="K14" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L14" s="76">
+      <c r="L14" s="74">
         <v>3</v>
       </c>
-      <c r="M14" s="78" t="s">
+      <c r="M14" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="N14" s="91" t="s">
+      <c r="N14" s="86" t="s">
         <v>33</v>
       </c>
-      <c r="O14" s="81"/>
-[...2 lines deleted...]
-      <c r="V14" s="128"/>
+      <c r="O14" s="79"/>
+      <c r="P14" s="93"/>
+      <c r="U14" s="133"/>
+      <c r="V14" s="130"/>
     </row>
     <row r="15" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B15" s="86" t="s">
+      <c r="B15" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="87">
+      <c r="C15" s="82">
         <v>45955</v>
       </c>
-      <c r="D15" s="61" t="s">
+      <c r="D15" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E15" s="88" t="s">
+      <c r="E15" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F15" s="89" t="s">
+      <c r="F15" s="84" t="s">
         <v>58</v>
       </c>
-      <c r="G15" s="80">
+      <c r="G15" s="78">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H15" s="76">
+      <c r="H15" s="74">
         <v>9</v>
       </c>
-      <c r="I15" s="141" t="s">
+      <c r="I15" s="143" t="s">
         <v>25</v>
       </c>
-      <c r="J15" s="142"/>
-      <c r="K15" s="76" t="s">
+      <c r="J15" s="144"/>
+      <c r="K15" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L15" s="76">
+      <c r="L15" s="74">
         <v>3</v>
       </c>
-      <c r="M15" s="90" t="s">
+      <c r="M15" s="85" t="s">
         <v>45</v>
       </c>
-      <c r="N15" s="74" t="s">
+      <c r="N15" s="72" t="s">
         <v>28</v>
       </c>
-      <c r="O15" s="81"/>
-[...1 lines deleted...]
-      <c r="U15" s="127" t="s">
+      <c r="O15" s="79"/>
+      <c r="P15" s="93"/>
+      <c r="U15" s="129" t="s">
         <v>59</v>
       </c>
-      <c r="V15" s="128"/>
+      <c r="V15" s="130"/>
     </row>
     <row r="16" spans="1:22" ht="14.25" customHeight="1">
-      <c r="B16" s="86" t="s">
+      <c r="B16" s="81" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="87" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="61" t="s">
+      <c r="C16" s="82" t="s">
+        <v>155</v>
+      </c>
+      <c r="D16" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="E16" s="88" t="s">
+      <c r="E16" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F16" s="89" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="80">
+      <c r="F16" s="84" t="s">
+        <v>156</v>
+      </c>
+      <c r="G16" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H16" s="76">
+      <c r="H16" s="74">
         <v>9</v>
       </c>
-      <c r="I16" s="143" t="s">
+      <c r="I16" s="145" t="s">
         <v>153</v>
       </c>
-      <c r="J16" s="142"/>
-      <c r="K16" s="76" t="s">
+      <c r="J16" s="144"/>
+      <c r="K16" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L16" s="76">
+      <c r="L16" s="74">
         <v>3</v>
       </c>
-      <c r="M16" s="90" t="s">
-[...2 lines deleted...]
-      <c r="N16" s="74" t="s">
+      <c r="M16" s="85" t="s">
+        <v>157</v>
+      </c>
+      <c r="N16" s="72" t="s">
         <v>41</v>
       </c>
-      <c r="O16" s="81"/>
-      <c r="P16" s="98"/>
+      <c r="O16" s="79"/>
+      <c r="P16" s="93"/>
       <c r="U16" s="16"/>
-      <c r="V16" s="101"/>
+      <c r="V16" s="95"/>
     </row>
     <row r="17" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B17" s="86" t="s">
+      <c r="B17" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="C17" s="87">
+      <c r="C17" s="82">
         <v>45974</v>
       </c>
-      <c r="D17" s="61" t="s">
+      <c r="D17" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E17" s="88" t="s">
+      <c r="E17" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F17" s="89" t="s">
+      <c r="F17" s="84" t="s">
         <v>60</v>
       </c>
-      <c r="G17" s="80">
+      <c r="G17" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H17" s="76">
+      <c r="H17" s="74">
         <v>9</v>
       </c>
-      <c r="I17" s="141" t="s">
+      <c r="I17" s="143" t="s">
         <v>22</v>
       </c>
-      <c r="J17" s="142"/>
-      <c r="K17" s="76" t="s">
+      <c r="J17" s="144"/>
+      <c r="K17" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L17" s="76">
+      <c r="L17" s="74">
         <v>3</v>
       </c>
-      <c r="M17" s="78" t="s">
+      <c r="M17" s="76" t="s">
         <v>47</v>
       </c>
-      <c r="N17" s="74" t="s">
+      <c r="N17" s="72" t="s">
         <v>25</v>
       </c>
-      <c r="O17" s="81"/>
-[...1 lines deleted...]
-      <c r="U17" s="127" t="s">
+      <c r="O17" s="79"/>
+      <c r="P17" s="93"/>
+      <c r="U17" s="129" t="s">
         <v>61</v>
       </c>
-      <c r="V17" s="128"/>
+      <c r="V17" s="130"/>
     </row>
     <row r="18" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B18" s="86" t="s">
+      <c r="B18" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="C18" s="87">
+      <c r="C18" s="82">
         <v>45981</v>
       </c>
-      <c r="D18" s="61" t="s">
+      <c r="D18" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E18" s="88" t="s">
+      <c r="E18" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F18" s="89" t="s">
+      <c r="F18" s="84" t="s">
         <v>46</v>
       </c>
-      <c r="G18" s="80">
+      <c r="G18" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H18" s="76">
+      <c r="H18" s="74">
         <v>9</v>
       </c>
-      <c r="I18" s="141" t="s">
+      <c r="I18" s="143" t="s">
         <v>33</v>
       </c>
-      <c r="J18" s="142"/>
-      <c r="K18" s="76" t="s">
+      <c r="J18" s="144"/>
+      <c r="K18" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L18" s="76">
+      <c r="L18" s="74">
         <v>3</v>
       </c>
-      <c r="M18" s="67" t="s">
+      <c r="M18" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="N18" s="91" t="s">
+      <c r="N18" s="86" t="s">
         <v>18</v>
       </c>
-      <c r="O18" s="81"/>
-[...2 lines deleted...]
-      <c r="V18" s="128"/>
+      <c r="O18" s="79"/>
+      <c r="P18" s="93"/>
+      <c r="U18" s="139"/>
+      <c r="V18" s="130"/>
     </row>
     <row r="19" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B19" s="86" t="s">
+      <c r="B19" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="87">
+      <c r="C19" s="82">
         <v>45983</v>
       </c>
-      <c r="D19" s="61" t="s">
+      <c r="D19" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E19" s="88" t="s">
+      <c r="E19" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F19" s="89" t="s">
+      <c r="F19" s="84" t="s">
         <v>62</v>
       </c>
-      <c r="G19" s="80">
+      <c r="G19" s="78">
         <v>0.75</v>
       </c>
-      <c r="H19" s="76">
+      <c r="H19" s="74">
         <v>9</v>
       </c>
-      <c r="I19" s="143" t="s">
+      <c r="I19" s="145" t="s">
         <v>77</v>
       </c>
-      <c r="J19" s="144"/>
-      <c r="K19" s="76" t="s">
+      <c r="J19" s="146"/>
+      <c r="K19" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L19" s="76">
+      <c r="L19" s="74">
         <v>3</v>
       </c>
-      <c r="M19" s="73" t="s">
+      <c r="M19" s="71" t="s">
         <v>27</v>
       </c>
-      <c r="N19" s="91" t="s">
+      <c r="N19" s="86" t="s">
         <v>28</v>
       </c>
-      <c r="O19" s="81"/>
-[...1 lines deleted...]
-      <c r="U19" s="127" t="s">
+      <c r="O19" s="79"/>
+      <c r="P19" s="92"/>
+      <c r="U19" s="129" t="s">
         <v>63</v>
       </c>
-      <c r="V19" s="128"/>
+      <c r="V19" s="130"/>
     </row>
     <row r="20" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B20" s="17" t="s">
+      <c r="B20" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="18">
+      <c r="C20" s="82">
         <v>45990</v>
       </c>
-      <c r="D20" s="9" t="s">
+      <c r="D20" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E20" s="19" t="s">
+      <c r="E20" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F20" s="20" t="s">
+      <c r="F20" s="84" t="s">
         <v>64</v>
       </c>
-      <c r="G20" s="21">
+      <c r="G20" s="78">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H20" s="14">
+      <c r="H20" s="74">
         <v>9</v>
       </c>
-      <c r="I20" s="145" t="s">
+      <c r="I20" s="143" t="s">
         <v>18</v>
       </c>
-      <c r="J20" s="146"/>
-      <c r="K20" s="14" t="s">
+      <c r="J20" s="144"/>
+      <c r="K20" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L20" s="14">
+      <c r="L20" s="74">
         <v>3</v>
       </c>
-      <c r="M20" s="15" t="s">
+      <c r="M20" s="76" t="s">
         <v>35</v>
       </c>
-      <c r="N20" s="13" t="s">
-[...4 lines deleted...]
-      <c r="U20" s="138" t="s">
+      <c r="N20" s="72" t="s">
+        <v>175</v>
+      </c>
+      <c r="O20" s="79"/>
+      <c r="P20" s="93"/>
+      <c r="U20" s="140" t="s">
         <v>65</v>
       </c>
-      <c r="V20" s="126"/>
+      <c r="V20" s="128"/>
     </row>
     <row r="21" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B21" s="17" t="s">
+      <c r="B21" s="81" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="154" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="155" t="s">
+      <c r="C21" s="112" t="s">
+        <v>171</v>
+      </c>
+      <c r="D21" s="113" t="s">
         <v>15</v>
       </c>
-      <c r="E21" s="156" t="s">
+      <c r="E21" s="114" t="s">
         <v>16</v>
       </c>
-      <c r="F21" s="157" t="s">
-[...5 lines deleted...]
-      <c r="H21" s="14">
+      <c r="F21" s="115" t="s">
+        <v>172</v>
+      </c>
+      <c r="G21" s="116" t="s">
+        <v>173</v>
+      </c>
+      <c r="H21" s="74">
         <v>9</v>
       </c>
-      <c r="I21" s="149" t="s">
-[...3 lines deleted...]
-      <c r="K21" s="159" t="s">
+      <c r="I21" s="145" t="s">
+        <v>158</v>
+      </c>
+      <c r="J21" s="147"/>
+      <c r="K21" s="117" t="s">
         <v>20</v>
       </c>
-      <c r="L21" s="14">
+      <c r="L21" s="74">
         <v>3</v>
       </c>
-      <c r="M21" s="15" t="s">
+      <c r="M21" s="76" t="s">
         <v>45</v>
       </c>
-      <c r="N21" s="13" t="s">
+      <c r="N21" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="O21" s="22"/>
-[...2 lines deleted...]
-      <c r="V21" s="152"/>
+      <c r="O21" s="79"/>
+      <c r="P21" s="93"/>
+      <c r="U21" s="110"/>
+      <c r="V21" s="111"/>
     </row>
     <row r="22" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B22" s="17" t="s">
+      <c r="B22" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C22" s="18">
+      <c r="C22" s="82">
         <v>46011</v>
       </c>
-      <c r="D22" s="9" t="s">
+      <c r="D22" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E22" s="19" t="s">
+      <c r="E22" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F22" s="20" t="s">
+      <c r="F22" s="84" t="s">
         <v>66</v>
       </c>
-      <c r="G22" s="21">
+      <c r="G22" s="78">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H22" s="14">
+      <c r="H22" s="74">
         <v>9</v>
       </c>
-      <c r="I22" s="147" t="s">
+      <c r="I22" s="151" t="s">
         <v>33</v>
       </c>
-      <c r="J22" s="148"/>
-      <c r="K22" s="14" t="s">
+      <c r="J22" s="152"/>
+      <c r="K22" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L22" s="14">
+      <c r="L22" s="74">
         <v>3</v>
       </c>
-      <c r="M22" s="15" t="s">
+      <c r="M22" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="N22" s="13" t="s">
+      <c r="N22" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="O22" s="22"/>
-      <c r="P22" s="98"/>
+      <c r="O22" s="79"/>
+      <c r="P22" s="93"/>
     </row>
     <row r="23" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B23" s="17" t="s">
+      <c r="B23" s="81" t="s">
         <v>68</v>
       </c>
-      <c r="C23" s="18">
+      <c r="C23" s="82">
         <v>46019</v>
       </c>
-      <c r="D23" s="9" t="s">
+      <c r="D23" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E23" s="19" t="s">
+      <c r="E23" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F23" s="20" t="s">
+      <c r="F23" s="84" t="s">
         <v>44</v>
       </c>
-      <c r="G23" s="21">
+      <c r="G23" s="78">
         <v>0.75</v>
       </c>
-      <c r="H23" s="14">
+      <c r="H23" s="74">
         <v>9</v>
       </c>
-      <c r="I23" s="145" t="s">
+      <c r="I23" s="143" t="s">
         <v>19</v>
       </c>
-      <c r="J23" s="146"/>
-      <c r="K23" s="14" t="s">
+      <c r="J23" s="144"/>
+      <c r="K23" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L23" s="14">
+      <c r="L23" s="74">
         <v>3</v>
       </c>
-      <c r="M23" s="15" t="s">
+      <c r="M23" s="76" t="s">
         <v>45</v>
       </c>
-      <c r="N23" s="13" t="s">
+      <c r="N23" s="72" t="s">
         <v>67</v>
       </c>
-      <c r="O23" s="22"/>
-      <c r="P23" s="98"/>
+      <c r="O23" s="79"/>
+      <c r="P23" s="93"/>
     </row>
     <row r="24" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B24" s="17" t="s">
+      <c r="B24" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C24" s="18">
+      <c r="C24" s="82">
         <v>46025</v>
       </c>
-      <c r="D24" s="9" t="s">
+      <c r="D24" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E24" s="19" t="s">
+      <c r="E24" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F24" s="20" t="s">
+      <c r="F24" s="84" t="s">
         <v>39</v>
       </c>
-      <c r="G24" s="21">
+      <c r="G24" s="78">
         <v>0.75</v>
       </c>
-      <c r="H24" s="14">
+      <c r="H24" s="74">
         <v>9</v>
       </c>
-      <c r="I24" s="149" t="s">
+      <c r="I24" s="145" t="s">
         <v>153</v>
       </c>
-      <c r="J24" s="146"/>
-      <c r="K24" s="14" t="s">
+      <c r="J24" s="144"/>
+      <c r="K24" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L24" s="14">
+      <c r="L24" s="74">
         <v>3</v>
       </c>
-      <c r="M24" s="15" t="s">
+      <c r="M24" s="76" t="s">
         <v>47</v>
       </c>
-      <c r="N24" s="13" t="s">
+      <c r="N24" s="72" t="s">
         <v>34</v>
       </c>
-      <c r="O24" s="22"/>
-      <c r="P24" s="98"/>
+      <c r="O24" s="79"/>
+      <c r="P24" s="93"/>
       <c r="R24" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="S24" s="134" t="s">
+      <c r="S24" s="136" t="s">
         <v>70</v>
       </c>
-      <c r="T24" s="135"/>
-[...4 lines deleted...]
-      <c r="Y24" s="123"/>
+      <c r="T24" s="137"/>
+      <c r="U24" s="137"/>
+      <c r="V24" s="137"/>
+      <c r="W24" s="137"/>
+      <c r="X24" s="137"/>
+      <c r="Y24" s="125"/>
     </row>
     <row r="25" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B25" s="17" t="s">
+      <c r="B25" s="81" t="s">
         <v>38</v>
       </c>
-      <c r="C25" s="18">
+      <c r="C25" s="82">
         <v>46028</v>
       </c>
-      <c r="D25" s="9" t="s">
+      <c r="D25" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E25" s="19" t="s">
+      <c r="E25" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F25" s="20" t="s">
+      <c r="F25" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="G25" s="21">
+      <c r="G25" s="78">
         <v>0.75</v>
       </c>
-      <c r="H25" s="14">
+      <c r="H25" s="74">
         <v>9</v>
       </c>
-      <c r="I25" s="149" t="s">
+      <c r="I25" s="145" t="s">
         <v>33</v>
       </c>
-      <c r="J25" s="146"/>
-      <c r="K25" s="14" t="s">
+      <c r="J25" s="144"/>
+      <c r="K25" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L25" s="14">
+      <c r="L25" s="74">
         <v>3</v>
       </c>
-      <c r="M25" s="10" t="s">
+      <c r="M25" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="N25" s="13" t="s">
+      <c r="N25" s="72" t="s">
         <v>84</v>
       </c>
-      <c r="O25" s="22"/>
-      <c r="P25" s="97"/>
+      <c r="O25" s="79"/>
+      <c r="P25" s="92"/>
       <c r="R25" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="S25" s="136" t="s">
+      <c r="S25" s="138" t="s">
         <v>71</v>
       </c>
-      <c r="T25" s="130"/>
-[...4 lines deleted...]
-      <c r="Y25" s="128"/>
+      <c r="T25" s="132"/>
+      <c r="U25" s="132"/>
+      <c r="V25" s="132"/>
+      <c r="W25" s="132"/>
+      <c r="X25" s="132"/>
+      <c r="Y25" s="130"/>
     </row>
     <row r="26" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B26" s="17" t="s">
+      <c r="B26" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C26" s="18">
+      <c r="C26" s="82">
         <v>46032</v>
       </c>
-      <c r="D26" s="9" t="s">
+      <c r="D26" s="59" t="s">
         <v>31</v>
       </c>
-      <c r="E26" s="19" t="s">
+      <c r="E26" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F26" s="20" t="s">
+      <c r="F26" s="84" t="s">
         <v>54</v>
       </c>
-      <c r="G26" s="21">
+      <c r="G26" s="78">
         <v>0.63541666666666663</v>
       </c>
-      <c r="H26" s="14">
+      <c r="H26" s="74">
         <v>9</v>
       </c>
-      <c r="I26" s="149" t="s">
+      <c r="I26" s="145" t="s">
         <v>152</v>
       </c>
-      <c r="J26" s="146"/>
-      <c r="K26" s="14" t="s">
+      <c r="J26" s="144"/>
+      <c r="K26" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="14">
+      <c r="L26" s="74">
         <v>3</v>
       </c>
-      <c r="M26" s="12" t="s">
+      <c r="M26" s="71" t="s">
         <v>27</v>
       </c>
-      <c r="N26" s="50" t="s">
-[...3 lines deleted...]
-      <c r="P26" s="98"/>
+      <c r="N26" s="86" t="s">
+        <v>154</v>
+      </c>
+      <c r="O26" s="79"/>
+      <c r="P26" s="93"/>
       <c r="R26" s="25" t="s">
         <v>72</v>
       </c>
-      <c r="S26" s="136" t="s">
+      <c r="S26" s="138" t="s">
         <v>73</v>
       </c>
-      <c r="T26" s="130"/>
-[...4 lines deleted...]
-      <c r="Y26" s="128"/>
+      <c r="T26" s="132"/>
+      <c r="U26" s="132"/>
+      <c r="V26" s="132"/>
+      <c r="W26" s="132"/>
+      <c r="X26" s="132"/>
+      <c r="Y26" s="130"/>
     </row>
     <row r="27" spans="2:25" ht="14.25" customHeight="1">
-      <c r="B27" s="17" t="s">
-[...8 lines deleted...]
-      <c r="E27" s="19" t="s">
+      <c r="B27" s="81" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" s="82" t="s">
+        <v>176</v>
+      </c>
+      <c r="D27" s="59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="F27" s="27" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="21">
+      <c r="F27" s="84" t="s">
+        <v>66</v>
+      </c>
+      <c r="G27" s="78">
         <v>0.79166666666666663</v>
       </c>
-      <c r="H27" s="14">
+      <c r="H27" s="74">
         <v>9</v>
       </c>
       <c r="I27" s="145" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-      <c r="K27" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="J27" s="153"/>
+      <c r="K27" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="L27" s="14">
+      <c r="L27" s="74">
         <v>3</v>
       </c>
-      <c r="M27" s="15" t="s">
-[...18 lines deleted...]
-      <c r="Y27" s="128"/>
+      <c r="M27" s="76" t="s">
+        <v>45</v>
+      </c>
+      <c r="N27" s="86" t="s">
+        <v>57</v>
+      </c>
+      <c r="O27" s="79"/>
+      <c r="P27" s="93"/>
+      <c r="R27" s="25"/>
+      <c r="S27" s="26"/>
+      <c r="Y27" s="95"/>
     </row>
     <row r="28" spans="2:25" ht="14.25" customHeight="1">
       <c r="B28" s="17" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C28" s="18">
-        <v>46053</v>
+        <v>46044</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="27" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G28" s="21">
-        <v>0.63541666666666663</v>
+        <v>0.79166666666666663</v>
       </c>
       <c r="H28" s="14">
         <v>9</v>
       </c>
-      <c r="I28" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J28" s="146"/>
+      <c r="I28" s="148" t="s">
+        <v>33</v>
+      </c>
+      <c r="J28" s="149"/>
       <c r="K28" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="14">
         <v>3</v>
       </c>
       <c r="M28" s="15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N28" s="13" t="s">
-        <v>41</v>
+        <v>158</v>
       </c>
       <c r="O28" s="22"/>
-      <c r="P28" s="98"/>
+      <c r="P28" s="93"/>
       <c r="R28" s="25" t="s">
-        <v>78</v>
-[...9 lines deleted...]
-      <c r="Y28" s="128"/>
+        <v>75</v>
+      </c>
+      <c r="S28" s="138" t="s">
+        <v>76</v>
+      </c>
+      <c r="T28" s="132"/>
+      <c r="U28" s="132"/>
+      <c r="V28" s="132"/>
+      <c r="W28" s="132"/>
+      <c r="X28" s="132"/>
+      <c r="Y28" s="130"/>
     </row>
     <row r="29" spans="2:25" ht="14.25" customHeight="1">
       <c r="B29" s="17" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C29" s="18">
-        <v>46058</v>
+        <v>46053</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="27" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G29" s="21">
-        <v>0.79166666666666663</v>
+        <v>0.63541666666666663</v>
       </c>
       <c r="H29" s="14">
         <v>9</v>
       </c>
-      <c r="I29" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J29" s="146"/>
+      <c r="I29" s="148" t="s">
+        <v>22</v>
+      </c>
+      <c r="J29" s="149"/>
       <c r="K29" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="14">
         <v>3</v>
       </c>
       <c r="M29" s="15" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="N29" s="13" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="O29" s="22"/>
-      <c r="P29" s="97"/>
-[...7 lines deleted...]
-      <c r="Y29" s="28"/>
+      <c r="P29" s="93"/>
+      <c r="R29" s="25" t="s">
+        <v>78</v>
+      </c>
+      <c r="S29" s="138" t="s">
+        <v>79</v>
+      </c>
+      <c r="T29" s="132"/>
+      <c r="U29" s="132"/>
+      <c r="V29" s="132"/>
+      <c r="W29" s="132"/>
+      <c r="X29" s="132"/>
+      <c r="Y29" s="130"/>
     </row>
     <row r="30" spans="2:25" ht="14.25" customHeight="1">
       <c r="B30" s="17" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C30" s="18">
-        <v>46060</v>
+        <v>46058</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G30" s="21">
-        <v>0.75</v>
+        <v>0.79166666666666663</v>
       </c>
       <c r="H30" s="14">
         <v>9</v>
       </c>
-      <c r="I30" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J30" s="146"/>
+      <c r="I30" s="148" t="s">
+        <v>154</v>
+      </c>
+      <c r="J30" s="149"/>
       <c r="K30" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="14">
         <v>3</v>
       </c>
       <c r="M30" s="15" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="N30" s="13" t="s">
-        <v>159</v>
+        <v>25</v>
       </c>
       <c r="O30" s="22"/>
-      <c r="P30" s="98"/>
-[...13 lines deleted...]
-    <row r="31" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
+      <c r="P30" s="92"/>
+      <c r="R30" s="25"/>
+      <c r="S30" s="26"/>
+      <c r="T30" s="26"/>
+      <c r="U30" s="26"/>
+      <c r="V30" s="26"/>
+      <c r="W30" s="26"/>
+      <c r="X30" s="26"/>
+      <c r="Y30" s="28"/>
+    </row>
+    <row r="31" spans="2:25" ht="14.25" customHeight="1">
       <c r="B31" s="17" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C31" s="18">
-        <v>46072</v>
+        <v>46060</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E31" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="27" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="G31" s="21">
-        <v>0.79166666666666663</v>
+        <v>0.75</v>
       </c>
       <c r="H31" s="14">
         <v>9</v>
       </c>
-      <c r="I31" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J31" s="146"/>
+      <c r="I31" s="148" t="s">
+        <v>28</v>
+      </c>
+      <c r="J31" s="149"/>
       <c r="K31" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="14">
         <v>3</v>
       </c>
-      <c r="M31" s="10" t="s">
-        <v>21</v>
+      <c r="M31" s="15" t="s">
+        <v>47</v>
       </c>
       <c r="N31" s="13" t="s">
-        <v>67</v>
+        <v>153</v>
       </c>
       <c r="O31" s="22"/>
-      <c r="P31" s="98"/>
-[...13 lines deleted...]
-    <row r="32" spans="2:25" ht="14.25" customHeight="1">
+      <c r="P31" s="93"/>
+      <c r="R31" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="S31" s="138" t="s">
+        <v>81</v>
+      </c>
+      <c r="T31" s="132"/>
+      <c r="U31" s="132"/>
+      <c r="V31" s="132"/>
+      <c r="W31" s="132"/>
+      <c r="X31" s="132"/>
+      <c r="Y31" s="130"/>
+    </row>
+    <row r="32" spans="2:25" ht="14.25" customHeight="1" thickBot="1">
       <c r="B32" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="18">
-        <v>46079</v>
+        <v>46072</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F32" s="20" t="s">
-        <v>62</v>
+      <c r="F32" s="27" t="s">
+        <v>74</v>
       </c>
       <c r="G32" s="21">
         <v>0.79166666666666663</v>
       </c>
       <c r="H32" s="14">
         <v>9</v>
       </c>
-      <c r="I32" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J32" s="146"/>
+      <c r="I32" s="148" t="s">
+        <v>154</v>
+      </c>
+      <c r="J32" s="149"/>
       <c r="K32" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="14">
         <v>3</v>
       </c>
-      <c r="M32" s="12" t="s">
-        <v>27</v>
+      <c r="M32" s="10" t="s">
+        <v>21</v>
       </c>
       <c r="N32" s="13" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="O32" s="22"/>
-      <c r="P32" s="98"/>
+      <c r="P32" s="93"/>
+      <c r="R32" s="29" t="s">
+        <v>82</v>
+      </c>
+      <c r="S32" s="141" t="s">
+        <v>83</v>
+      </c>
+      <c r="T32" s="142"/>
+      <c r="U32" s="142"/>
+      <c r="V32" s="142"/>
+      <c r="W32" s="142"/>
+      <c r="X32" s="142"/>
+      <c r="Y32" s="128"/>
     </row>
     <row r="33" spans="2:16" ht="14.25" customHeight="1">
       <c r="B33" s="17" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C33" s="18">
-        <v>46081</v>
+        <v>46079</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="20" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G33" s="21">
-        <v>0.63541666666666663</v>
+        <v>0.79166666666666663</v>
       </c>
       <c r="H33" s="14">
         <v>9</v>
       </c>
-      <c r="I33" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J33" s="146"/>
+      <c r="I33" s="148" t="s">
+        <v>158</v>
+      </c>
+      <c r="J33" s="149"/>
       <c r="K33" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="14">
         <v>3</v>
       </c>
-      <c r="M33" s="15" t="s">
-        <v>35</v>
+      <c r="M33" s="12" t="s">
+        <v>27</v>
       </c>
       <c r="N33" s="13" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="O33" s="22"/>
-      <c r="P33" s="98"/>
+      <c r="P33" s="93"/>
     </row>
     <row r="34" spans="2:16" ht="14.25" customHeight="1">
       <c r="B34" s="17" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="C34" s="18">
-        <v>46091</v>
+        <v>46081</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E34" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="20" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G34" s="21">
-        <v>0.79166666666666663</v>
+        <v>0.63541666666666663</v>
       </c>
       <c r="H34" s="14">
         <v>9</v>
       </c>
-      <c r="I34" s="145" t="s">
-[...2 lines deleted...]
-      <c r="J34" s="146"/>
+      <c r="I34" s="148" t="s">
+        <v>25</v>
+      </c>
+      <c r="J34" s="149"/>
       <c r="K34" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="14">
         <v>3</v>
       </c>
       <c r="M34" s="15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N34" s="13" t="s">
-        <v>163</v>
+        <v>84</v>
       </c>
       <c r="O34" s="22"/>
-      <c r="P34" s="98"/>
+      <c r="P34" s="93"/>
     </row>
     <row r="35" spans="2:16" ht="14.25" customHeight="1">
       <c r="B35" s="17" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C35" s="18">
-        <v>46095</v>
+        <v>46091</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E35" s="19" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="20" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G35" s="21">
-        <v>0.63541666666666663</v>
-[...1 lines deleted...]
-      <c r="H35" s="30">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="H35" s="14">
         <v>9</v>
       </c>
       <c r="I35" s="150" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="J35" s="146"/>
+        <v>154</v>
+      </c>
+      <c r="J35" s="160"/>
       <c r="K35" s="14" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="14">
         <v>3</v>
       </c>
       <c r="M35" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N35" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="93"/>
+    </row>
+    <row r="36" spans="2:16" ht="14.25" customHeight="1">
+      <c r="B36" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36" s="18">
+        <v>46095</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E36" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="F36" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="G36" s="21">
+        <v>0.63541666666666663</v>
+      </c>
+      <c r="H36" s="158">
+        <v>9</v>
+      </c>
+      <c r="I36" s="162" t="s">
+        <v>158</v>
+      </c>
+      <c r="J36" s="163"/>
+      <c r="K36" s="159" t="s">
+        <v>20</v>
+      </c>
+      <c r="L36" s="14">
+        <v>3</v>
+      </c>
+      <c r="M36" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="N35" s="13" t="s">
-[...9 lines deleted...]
-      <c r="P36"/>
+      <c r="N36" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="92"/>
     </row>
     <row r="37" spans="2:16" ht="14.25" customHeight="1">
-      <c r="I37" s="100"/>
+      <c r="H37" s="30"/>
+      <c r="I37" s="157"/>
+      <c r="J37" s="161"/>
       <c r="P37"/>
     </row>
     <row r="38" spans="2:16" ht="14.25" customHeight="1">
+      <c r="I38" s="156"/>
       <c r="P38"/>
     </row>
     <row r="39" spans="2:16" ht="14.25" customHeight="1">
       <c r="P39"/>
     </row>
     <row r="40" spans="2:16" ht="14.25" customHeight="1">
       <c r="P40"/>
     </row>
     <row r="41" spans="2:16" ht="14.25" customHeight="1">
       <c r="P41"/>
     </row>
     <row r="42" spans="2:16" ht="14.25" customHeight="1">
       <c r="P42"/>
     </row>
     <row r="43" spans="2:16" ht="14.25" customHeight="1">
       <c r="P43"/>
     </row>
     <row r="44" spans="2:16" ht="14.25" customHeight="1">
       <c r="P44"/>
     </row>
     <row r="45" spans="2:16" ht="14.25" customHeight="1">
       <c r="P45"/>
     </row>
     <row r="46" spans="2:16" ht="14.25" customHeight="1">
       <c r="P46"/>
@@ -5907,53 +5948,55 @@
     <row r="830" spans="16:16" ht="14.25" customHeight="1">
       <c r="P830"/>
     </row>
     <row r="831" spans="16:16" ht="14.25" customHeight="1">
       <c r="P831"/>
     </row>
     <row r="832" spans="16:16" ht="14.25" customHeight="1">
       <c r="P832"/>
     </row>
     <row r="833" spans="16:16" ht="14.25" customHeight="1">
       <c r="P833"/>
     </row>
     <row r="834" spans="16:16" ht="14.25" customHeight="1">
       <c r="P834"/>
     </row>
     <row r="835" spans="16:16" ht="14.25" customHeight="1">
       <c r="P835"/>
     </row>
     <row r="836" spans="16:16" ht="14.25" customHeight="1">
       <c r="P836"/>
     </row>
     <row r="837" spans="16:16" ht="14.25" customHeight="1">
       <c r="P837"/>
     </row>
     <row r="838" spans="16:16" ht="14.25" customHeight="1">
-      <c r="P838" s="99"/>
-[...1 lines deleted...]
-    <row r="839" spans="16:16" ht="14.25" customHeight="1"/>
+      <c r="P838"/>
+    </row>
+    <row r="839" spans="16:16" ht="14.25" customHeight="1">
+      <c r="P839" s="94"/>
+    </row>
     <row r="840" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="841" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="842" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="843" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="844" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="845" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="846" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="847" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="848" spans="16:16" ht="14.25" customHeight="1"/>
     <row r="849" ht="14.25" customHeight="1"/>
     <row r="850" ht="14.25" customHeight="1"/>
     <row r="851" ht="14.25" customHeight="1"/>
     <row r="852" ht="14.25" customHeight="1"/>
     <row r="853" ht="14.25" customHeight="1"/>
     <row r="854" ht="14.25" customHeight="1"/>
     <row r="855" ht="14.25" customHeight="1"/>
     <row r="856" ht="14.25" customHeight="1"/>
     <row r="857" ht="14.25" customHeight="1"/>
     <row r="858" ht="14.25" customHeight="1"/>
     <row r="859" ht="14.25" customHeight="1"/>
     <row r="860" ht="14.25" customHeight="1"/>
     <row r="861" ht="14.25" customHeight="1"/>
     <row r="862" ht="14.25" customHeight="1"/>
     <row r="863" ht="14.25" customHeight="1"/>
     <row r="864" ht="14.25" customHeight="1"/>
@@ -6073,1070 +6116,1012 @@
     <row r="978" ht="14.25" customHeight="1"/>
     <row r="979" ht="14.25" customHeight="1"/>
     <row r="980" ht="14.25" customHeight="1"/>
     <row r="981" ht="14.25" customHeight="1"/>
     <row r="982" ht="14.25" customHeight="1"/>
     <row r="983" ht="14.25" customHeight="1"/>
     <row r="984" ht="14.25" customHeight="1"/>
     <row r="985" ht="14.25" customHeight="1"/>
     <row r="986" ht="14.25" customHeight="1"/>
     <row r="987" ht="14.25" customHeight="1"/>
     <row r="988" ht="14.25" customHeight="1"/>
     <row r="989" ht="14.25" customHeight="1"/>
     <row r="990" ht="14.25" customHeight="1"/>
     <row r="991" ht="14.25" customHeight="1"/>
     <row r="992" ht="14.25" customHeight="1"/>
     <row r="993" ht="14.25" customHeight="1"/>
     <row r="994" ht="14.25" customHeight="1"/>
     <row r="995" ht="14.25" customHeight="1"/>
     <row r="996" ht="14.25" customHeight="1"/>
     <row r="997" ht="14.25" customHeight="1"/>
     <row r="998" ht="14.25" customHeight="1"/>
     <row r="999" ht="14.25" customHeight="1"/>
     <row r="1000" ht="14.25" customHeight="1"/>
     <row r="1001" ht="14.25" customHeight="1"/>
     <row r="1002" ht="14.25" customHeight="1"/>
+    <row r="1003" ht="14.25" customHeight="1"/>
   </sheetData>
-  <mergeCells count="54">
+  <mergeCells count="55">
     <mergeCell ref="I21:J21"/>
-    <mergeCell ref="I32:J32"/>
     <mergeCell ref="I33:J33"/>
     <mergeCell ref="I34:J34"/>
     <mergeCell ref="I35:J35"/>
-    <mergeCell ref="I27:J27"/>
+    <mergeCell ref="I36:J36"/>
     <mergeCell ref="I28:J28"/>
     <mergeCell ref="I29:J29"/>
     <mergeCell ref="I30:J30"/>
     <mergeCell ref="I31:J31"/>
+    <mergeCell ref="I32:J32"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="I23:J23"/>
     <mergeCell ref="I24:J24"/>
     <mergeCell ref="I25:J25"/>
     <mergeCell ref="I26:J26"/>
+    <mergeCell ref="I27:J27"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="I17:J17"/>
     <mergeCell ref="I18:J18"/>
     <mergeCell ref="I19:J19"/>
     <mergeCell ref="I20:J20"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="I10:J10"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="I12:J12"/>
     <mergeCell ref="I13:J13"/>
     <mergeCell ref="I14:J14"/>
     <mergeCell ref="S26:Y26"/>
-    <mergeCell ref="S27:Y27"/>
     <mergeCell ref="S28:Y28"/>
-    <mergeCell ref="S30:Y30"/>
+    <mergeCell ref="S29:Y29"/>
     <mergeCell ref="S31:Y31"/>
+    <mergeCell ref="S32:Y32"/>
     <mergeCell ref="R11:S11"/>
     <mergeCell ref="R12:S12"/>
     <mergeCell ref="U12:V12"/>
     <mergeCell ref="S24:Y24"/>
     <mergeCell ref="S25:Y25"/>
     <mergeCell ref="U13:V13"/>
     <mergeCell ref="U14:V14"/>
     <mergeCell ref="U15:V15"/>
     <mergeCell ref="U17:V17"/>
     <mergeCell ref="U18:V18"/>
     <mergeCell ref="U19:V19"/>
     <mergeCell ref="U20:V20"/>
     <mergeCell ref="R8:S8"/>
     <mergeCell ref="U8:V8"/>
     <mergeCell ref="U9:V9"/>
     <mergeCell ref="R10:S10"/>
     <mergeCell ref="U10:V10"/>
     <mergeCell ref="H3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="R6:S6"/>
     <mergeCell ref="U6:V6"/>
     <mergeCell ref="R7:S7"/>
     <mergeCell ref="U7:V7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="F18" sqref="F18"/>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="2" max="2" width="5.453125" customWidth="1"/>
     <col min="3" max="3" width="5.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
-      <c r="B1" s="32" t="s">
+      <c r="B1" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="32" t="s">
+      <c r="C1" s="31" t="s">
         <v>85</v>
       </c>
-      <c r="D1" s="32" t="s">
+      <c r="D1" s="31" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="2" spans="1:8">
-      <c r="A2" s="33" t="s">
+      <c r="A2" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="B2" s="33">
+      <c r="B2" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A2)</f>
         <v>3</v>
       </c>
-      <c r="C2" s="33">
+      <c r="C2" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A2)</f>
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D2" s="33">
+        <v>3</v>
+      </c>
+      <c r="D2" s="32">
         <f t="shared" ref="D2:D15" si="0">SUM(B2:C2)</f>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F2" t="s">
-        <v>154</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:8">
-      <c r="A3" s="33" t="s">
+      <c r="A3" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="33">
+      <c r="B3" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A3)</f>
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="C3" s="33">
+        <v>4</v>
+      </c>
+      <c r="C3" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A3)</f>
         <v>2</v>
       </c>
-      <c r="D3" s="33">
+      <c r="D3" s="32">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="32">
+        <f>COUNTIF(Arbetsschema!I:J,A4)</f>
+        <v>4</v>
+      </c>
+      <c r="C4" s="32">
+        <f>COUNTIF(Arbetsschema!N:O,A4)</f>
+        <v>2</v>
+      </c>
+      <c r="D4" s="32">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="32">
+        <f>COUNTIF(Arbetsschema!I:J,A5)</f>
+        <v>4</v>
+      </c>
+      <c r="C5" s="32">
+        <f>COUNTIF(Arbetsschema!N:O,A5)</f>
+        <v>1</v>
+      </c>
+      <c r="D5" s="32">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:8">
-[...32 lines deleted...]
-    </row>
     <row r="6" spans="1:8">
-      <c r="A6" s="33" t="s">
+      <c r="A6" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="B6" s="33">
+      <c r="B6" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A6)</f>
         <v>0</v>
       </c>
-      <c r="C6" s="33">
+      <c r="C6" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A6)</f>
         <v>3</v>
       </c>
-      <c r="D6" s="33">
+      <c r="D6" s="32">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:8">
-      <c r="A7" s="33" t="s">
+      <c r="A7" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="B7" s="33">
+      <c r="B7" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A7)</f>
         <v>0</v>
       </c>
-      <c r="C7" s="33">
+      <c r="C7" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A7)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D7" s="33">
+        <v>2</v>
+      </c>
+      <c r="D7" s="32">
         <f t="shared" si="0"/>
-        <v>1</v>
-[...3 lines deleted...]
-      <c r="H7" s="33"/>
+        <v>2</v>
+      </c>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32"/>
     </row>
     <row r="8" spans="1:8">
-      <c r="A8" s="33" t="s">
+      <c r="A8" s="32" t="s">
         <v>67</v>
       </c>
-      <c r="B8" s="33">
+      <c r="B8" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A8)</f>
         <v>0</v>
       </c>
-      <c r="C8" s="33">
+      <c r="C8" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A8)</f>
         <v>2</v>
       </c>
-      <c r="D8" s="33">
+      <c r="D8" s="32">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:8">
-      <c r="A9" s="33" t="s">
+      <c r="A9" s="32" t="s">
         <v>77</v>
       </c>
-      <c r="B9" s="33">
+      <c r="B9" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A9)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C9" s="33">
+        <v>2</v>
+      </c>
+      <c r="C9" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A9)</f>
         <v>1</v>
       </c>
-      <c r="D9" s="33">
+      <c r="D9" s="32">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="32" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" s="32">
+        <f>COUNTIF(Arbetsschema!I:J,A10)</f>
+        <v>0</v>
+      </c>
+      <c r="C10" s="32">
+        <f>COUNTIF(Arbetsschema!N:O,A10)</f>
+        <v>2</v>
+      </c>
+      <c r="D10" s="32">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
     </row>
-    <row r="10" spans="1:8">
-[...15 lines deleted...]
-    </row>
     <row r="11" spans="1:8">
-      <c r="A11" s="33" t="s">
+      <c r="A11" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="B11" s="33">
+      <c r="B11" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A11)</f>
         <v>2</v>
       </c>
-      <c r="C11" s="33">
+      <c r="C11" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A11)</f>
         <v>1</v>
       </c>
-      <c r="D11" s="33">
+      <c r="D11" s="32">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:8">
-      <c r="A12" t="s">
+      <c r="A12" s="164" t="s">
         <v>152</v>
       </c>
-      <c r="B12" s="33">
+      <c r="B12" s="164">
         <f>COUNTIF(Arbetsschema!I:J,A12)</f>
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="C12" s="33">
+        <v>2</v>
+      </c>
+      <c r="C12" s="164">
         <f>COUNTIF(Arbetsschema!N:O,A12)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D12" s="33">
+        <v>0</v>
+      </c>
+      <c r="D12" s="164">
         <f t="shared" ref="D12:D13" si="1">SUM(B12:C12)</f>
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>153</v>
       </c>
-      <c r="B13" s="33">
+      <c r="B13" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A13)</f>
         <v>2</v>
       </c>
-      <c r="C13" s="33">
+      <c r="C13" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A13)</f>
         <v>1</v>
       </c>
-      <c r="D13" s="33">
+      <c r="D13" s="32">
         <f t="shared" si="1"/>
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:8">
-      <c r="A14" s="33" t="s">
+      <c r="A14" s="32" t="s">
         <v>22</v>
       </c>
-      <c r="B14" s="33">
+      <c r="B14" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A14)</f>
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="C14" s="33">
+        <v>3</v>
+      </c>
+      <c r="C14" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A14)</f>
         <v>3</v>
       </c>
-      <c r="D14" s="33">
+      <c r="D14" s="32">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:8">
-      <c r="A15" s="33" t="s">
+      <c r="A15" s="32" t="s">
         <v>28</v>
       </c>
-      <c r="B15" s="33">
+      <c r="B15" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A15)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C15" s="33">
+        <v>2</v>
+      </c>
+      <c r="C15" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A15)</f>
         <v>4</v>
       </c>
-      <c r="D15" s="33">
+      <c r="D15" s="32">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:8">
-      <c r="A16" s="33" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="33">
+      <c r="A16" s="32" t="s">
+        <v>154</v>
+      </c>
+      <c r="B16" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A16)</f>
         <v>3</v>
       </c>
-      <c r="C16" s="33">
+      <c r="C16" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A16)</f>
-        <v>1</v>
-[...3 lines deleted...]
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="D16" s="32">
+        <f t="shared" ref="D16" si="2">SUM(B16:C16)</f>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="33" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="33">
+      <c r="A17" t="s">
+        <v>158</v>
+      </c>
+      <c r="B17" s="32">
         <f>COUNTIF(Arbetsschema!I:J,A17)</f>
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="C17" s="33">
+        <v>3</v>
+      </c>
+      <c r="C17" s="32">
         <f>COUNTIF(Arbetsschema!N:O,A17)</f>
         <v>2</v>
       </c>
-      <c r="D17" s="33">
-[...1 lines deleted...]
-        <v>4</v>
+      <c r="D17" s="32">
+        <f t="shared" ref="D17" si="3">SUM(B17:C17)</f>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B18" s="32"/>
+      <c r="C18" s="32"/>
+      <c r="D18" s="32"/>
     </row>
     <row r="19" spans="1:4">
-      <c r="B19" s="33"/>
-[...1 lines deleted...]
-      <c r="D19" s="33"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
     </row>
     <row r="20" spans="1:4">
-      <c r="B20" s="33"/>
-[...1 lines deleted...]
-      <c r="D20" s="33"/>
+      <c r="B20" s="32"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="32"/>
     </row>
     <row r="21" spans="1:4">
-      <c r="B21" s="33"/>
-[...1 lines deleted...]
-      <c r="D21" s="33"/>
+      <c r="B21" s="32"/>
+      <c r="C21" s="32"/>
     </row>
     <row r="22" spans="1:4">
-      <c r="B22" s="33"/>
-[...1 lines deleted...]
-      <c r="D22" s="33"/>
+      <c r="B22" s="32"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="32"/>
     </row>
     <row r="23" spans="1:4">
-      <c r="B23" s="33"/>
-      <c r="C23" s="33"/>
+      <c r="B23" s="32"/>
+      <c r="C23" s="32"/>
+      <c r="D23" s="32"/>
     </row>
     <row r="24" spans="1:4">
-      <c r="B24" s="33"/>
-[...1 lines deleted...]
-      <c r="D24" s="33"/>
+      <c r="B24" s="32"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="32"/>
     </row>
     <row r="25" spans="1:4">
-      <c r="B25" s="33"/>
-[...1 lines deleted...]
-      <c r="D25" s="33"/>
+      <c r="B25" s="32"/>
+      <c r="C25" s="32"/>
+      <c r="D25" s="32"/>
     </row>
     <row r="26" spans="1:4">
-      <c r="B26" s="33"/>
-[...1 lines deleted...]
-      <c r="D26" s="33"/>
+      <c r="B26" s="32"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="32"/>
     </row>
     <row r="27" spans="1:4">
-      <c r="B27" s="33"/>
-[...10 lines deleted...]
-      <c r="C29" s="33"/>
+      <c r="B27" s="32"/>
+      <c r="C27" s="32"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B1:E992"/>
+  <dimension ref="B1:E987"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="J34" sqref="J34"/>
+    <sheetView topLeftCell="A9" workbookViewId="0">
+      <selection activeCell="K47" sqref="K47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="8.6328125" customWidth="1"/>
     <col min="2" max="2" width="27.08984375" customWidth="1"/>
     <col min="3" max="4" width="8.6328125" customWidth="1"/>
     <col min="5" max="5" width="12.90625" customWidth="1"/>
     <col min="6" max="26" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="2" spans="2:5" ht="14.25" customHeight="1"/>
     <row r="3" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B3" s="34" t="s">
+      <c r="B3" s="33" t="s">
         <v>87</v>
       </c>
-      <c r="C3" s="35" t="s">
+      <c r="C3" s="34" t="s">
         <v>88</v>
       </c>
-      <c r="D3" s="35"/>
-      <c r="E3" s="36" t="s">
+      <c r="D3" s="34"/>
+      <c r="E3" s="35" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="4" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B4" s="37" t="s">
+      <c r="B4" s="36" t="s">
         <v>90</v>
       </c>
-      <c r="C4" s="38" t="s">
+      <c r="C4" s="37" t="s">
         <v>91</v>
       </c>
-      <c r="D4" s="38"/>
-      <c r="E4" s="39"/>
+      <c r="D4" s="37"/>
+      <c r="E4" s="38"/>
     </row>
     <row r="5" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B5" s="37" t="s">
+      <c r="B5" s="36" t="s">
         <v>92</v>
       </c>
-      <c r="C5" s="38" t="s">
+      <c r="C5" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="D5" s="38"/>
-      <c r="E5" s="40" t="s">
+      <c r="D5" s="37"/>
+      <c r="E5" s="39" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="6" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B6" s="41" t="s">
+      <c r="B6" s="40" t="s">
         <v>95</v>
       </c>
-      <c r="C6" s="42" t="s">
+      <c r="C6" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D6" s="42"/>
-      <c r="E6" s="43" t="s">
+      <c r="D6" s="41"/>
+      <c r="E6" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="7" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B7" s="37" t="s">
+      <c r="B7" s="36" t="s">
         <v>97</v>
       </c>
-      <c r="C7" s="38" t="s">
+      <c r="C7" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="E7" s="39" t="s">
+      <c r="E7" s="38" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="8" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B8" s="44" t="s">
+      <c r="B8" s="43" t="s">
         <v>99</v>
       </c>
-      <c r="C8" s="45" t="s">
+      <c r="C8" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D8" s="45"/>
-      <c r="E8" s="46" t="s">
+      <c r="D8" s="44"/>
+      <c r="E8" s="45" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B9" s="41" t="s">
+      <c r="B9" s="40" t="s">
         <v>101</v>
       </c>
-      <c r="C9" s="42" t="s">
+      <c r="C9" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D9" s="42"/>
-      <c r="E9" s="43" t="s">
+      <c r="D9" s="41"/>
+      <c r="E9" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B10" s="47" t="s">
+      <c r="B10" s="46" t="s">
         <v>102</v>
       </c>
-      <c r="C10" s="38" t="s">
+      <c r="C10" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="E10" s="48" t="s">
+      <c r="E10" s="47" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B11" s="44" t="s">
+      <c r="B11" s="43" t="s">
         <v>105</v>
       </c>
-      <c r="C11" s="45" t="s">
+      <c r="C11" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D11" s="45"/>
-      <c r="E11" s="49" t="s">
+      <c r="D11" s="44"/>
+      <c r="E11" s="48" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B12" s="41" t="s">
+      <c r="B12" s="40" t="s">
         <v>107</v>
       </c>
-      <c r="C12" s="42" t="s">
+      <c r="C12" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D12" s="42"/>
-      <c r="E12" s="43" t="s">
+      <c r="D12" s="41"/>
+      <c r="E12" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B13" s="37" t="s">
+      <c r="B13" s="36" t="s">
         <v>108</v>
       </c>
-      <c r="C13" s="38" t="s">
+      <c r="C13" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="E13" s="39" t="s">
+      <c r="E13" s="38" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B14" s="44" t="s">
+      <c r="B14" s="43" t="s">
         <v>110</v>
       </c>
-      <c r="C14" s="45" t="s">
+      <c r="C14" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D14" s="45"/>
-      <c r="E14" s="49" t="s">
+      <c r="D14" s="44"/>
+      <c r="E14" s="48" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B15" s="41" t="s">
+      <c r="B15" s="40" t="s">
         <v>112</v>
       </c>
-      <c r="C15" s="42" t="s">
+      <c r="C15" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D15" s="42"/>
-      <c r="E15" s="43" t="s">
+      <c r="D15" s="41"/>
+      <c r="E15" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B16" s="37" t="s">
+      <c r="B16" s="36" t="s">
         <v>113</v>
       </c>
-      <c r="C16" s="103" t="s">
+      <c r="C16" s="97" t="s">
         <v>118</v>
       </c>
-      <c r="E16" s="39" t="s">
+      <c r="E16" s="38" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B17" s="44" t="s">
+      <c r="B17" s="43" t="s">
         <v>115</v>
       </c>
-      <c r="C17" s="45" t="s">
+      <c r="C17" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D17" s="45"/>
-      <c r="E17" s="49" t="s">
+      <c r="D17" s="44"/>
+      <c r="E17" s="48" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B18" s="41" t="s">
+      <c r="B18" s="40" t="s">
         <v>116</v>
       </c>
-      <c r="C18" s="42" t="s">
+      <c r="C18" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D18" s="42"/>
-      <c r="E18" s="43" t="s">
+      <c r="D18" s="41"/>
+      <c r="E18" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B19" s="37" t="s">
+      <c r="B19" s="36" t="s">
         <v>117</v>
       </c>
-      <c r="C19" s="38" t="s">
+      <c r="C19" s="37" t="s">
         <v>118</v>
       </c>
-      <c r="E19" s="39" t="s">
+      <c r="E19" s="38" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B20" s="44" t="s">
+      <c r="B20" s="43" t="s">
         <v>120</v>
       </c>
-      <c r="C20" s="45" t="s">
+      <c r="C20" s="44" t="s">
         <v>103</v>
       </c>
-      <c r="D20" s="45"/>
-      <c r="E20" s="49" t="s">
+      <c r="D20" s="44"/>
+      <c r="E20" s="48" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B21" s="41" t="s">
+      <c r="B21" s="40" t="s">
         <v>122</v>
       </c>
-      <c r="C21" s="42" t="s">
+      <c r="C21" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D21" s="42"/>
-      <c r="E21" s="43" t="s">
+      <c r="D21" s="41"/>
+      <c r="E21" s="42" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B22" s="37" t="s">
+      <c r="B22" s="36" t="s">
         <v>123</v>
       </c>
-      <c r="C22" s="38" t="s">
+      <c r="C22" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="E22" s="39" t="s">
+      <c r="E22" s="38" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B23" s="44" t="s">
+      <c r="B23" s="43" t="s">
         <v>125</v>
       </c>
-      <c r="C23" s="45" t="s">
+      <c r="C23" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D23" s="45"/>
-      <c r="E23" s="49" t="s">
+      <c r="D23" s="44"/>
+      <c r="E23" s="48" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B24" s="41" t="s">
+      <c r="B24" s="40" t="s">
         <v>127</v>
       </c>
-      <c r="C24" s="42" t="s">
+      <c r="C24" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D24" s="42"/>
-      <c r="E24" s="43" t="s">
+      <c r="D24" s="41"/>
+      <c r="E24" s="42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B25" s="37" t="s">
+      <c r="B25" s="36" t="s">
         <v>129</v>
       </c>
-      <c r="C25" s="38" t="s">
+      <c r="C25" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="E25" s="39" t="s">
+      <c r="E25" s="38" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B26" s="44" t="s">
+      <c r="B26" s="43" t="s">
         <v>131</v>
       </c>
-      <c r="C26" s="114" t="s">
-[...3 lines deleted...]
-      <c r="E26" s="46" t="s">
+      <c r="C26" s="108" t="s">
+        <v>170</v>
+      </c>
+      <c r="D26" s="44"/>
+      <c r="E26" s="45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B27" s="41" t="s">
+      <c r="B27" s="40" t="s">
         <v>132</v>
       </c>
-      <c r="C27" s="42" t="s">
+      <c r="C27" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D27" s="42"/>
-      <c r="E27" s="43"/>
+      <c r="D27" s="41"/>
+      <c r="E27" s="42"/>
     </row>
     <row r="28" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B28" s="37" t="s">
+      <c r="B28" s="36" t="s">
         <v>133</v>
       </c>
-      <c r="C28" s="33" t="s">
+      <c r="C28" s="32" t="s">
         <v>93</v>
       </c>
-      <c r="E28" s="40" t="s">
+      <c r="E28" s="39" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B29" s="44" t="s">
+      <c r="B29" s="43" t="s">
         <v>135</v>
       </c>
-      <c r="C29" s="45" t="s">
+      <c r="C29" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D29" s="45"/>
-      <c r="E29" s="46" t="s">
+      <c r="D29" s="44"/>
+      <c r="E29" s="45" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B30" s="41" t="s">
+      <c r="B30" s="40" t="s">
         <v>136</v>
       </c>
-      <c r="C30" s="42" t="s">
+      <c r="C30" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D30" s="42"/>
-      <c r="E30" s="43"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="42"/>
     </row>
     <row r="31" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B31" s="37" t="s">
+      <c r="B31" s="36" t="s">
         <v>137</v>
       </c>
-      <c r="C31" s="38" t="s">
+      <c r="C31" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="E31" s="40" t="s">
+      <c r="E31" s="39" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B32" s="44" t="s">
+      <c r="B32" s="43" t="s">
         <v>139</v>
       </c>
-      <c r="C32" s="114" t="s">
+      <c r="C32" s="108" t="s">
         <v>118</v>
       </c>
-      <c r="D32" s="45"/>
-      <c r="E32" s="46" t="s">
+      <c r="D32" s="44"/>
+      <c r="E32" s="45" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B33" s="41" t="s">
+      <c r="B33" s="40" t="s">
         <v>141</v>
       </c>
-      <c r="C33" s="42" t="s">
+      <c r="C33" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D33" s="42"/>
-      <c r="E33" s="43"/>
+      <c r="D33" s="41"/>
+      <c r="E33" s="42"/>
     </row>
     <row r="34" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B34" s="44" t="s">
+      <c r="B34" s="43" t="s">
         <v>142</v>
       </c>
-      <c r="C34" s="114" t="s">
+      <c r="C34" s="108" t="s">
         <v>118</v>
       </c>
-      <c r="D34" s="45"/>
-      <c r="E34" s="46" t="s">
+      <c r="D34" s="44"/>
+      <c r="E34" s="45" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="35" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B35" s="41" t="s">
+      <c r="B35" s="40" t="s">
         <v>144</v>
       </c>
-      <c r="C35" s="42" t="s">
+      <c r="C35" s="41" t="s">
         <v>91</v>
       </c>
-      <c r="D35" s="42"/>
-      <c r="E35" s="43"/>
+      <c r="D35" s="41"/>
+      <c r="E35" s="42"/>
     </row>
     <row r="36" spans="2:5" ht="14.25" customHeight="1">
-      <c r="B36" s="102" t="s">
+      <c r="B36" s="96" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="97" t="s">
+        <v>93</v>
+      </c>
+      <c r="D36" s="37"/>
+      <c r="E36" s="99" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B37" s="109" t="s">
+        <v>169</v>
+      </c>
+      <c r="C37" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" s="44"/>
+      <c r="E37" s="98" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="38" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B38" s="49" t="s">
+        <v>147</v>
+      </c>
+      <c r="C38" s="50" t="s">
+        <v>91</v>
+      </c>
+      <c r="D38" s="51"/>
+      <c r="E38" s="52"/>
+    </row>
+    <row r="39" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B39" s="53" t="s">
+        <v>149</v>
+      </c>
+      <c r="C39" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="E39" s="54" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="40" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B40" s="55" t="s">
+        <v>150</v>
+      </c>
+      <c r="C40" s="80" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" s="56"/>
+      <c r="E40" s="57" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="41" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B41" s="100" t="s">
+        <v>161</v>
+      </c>
+      <c r="C41" s="101" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="51"/>
+      <c r="E41" s="52"/>
+    </row>
+    <row r="42" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B42" s="105" t="s">
+        <v>165</v>
+      </c>
+      <c r="C42" s="106" t="s">
+        <v>93</v>
+      </c>
+      <c r="E42" s="107" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="43" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B43" s="102" t="s">
+        <v>167</v>
+      </c>
+      <c r="C43" s="103" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" s="56"/>
+      <c r="E43" s="104" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="44" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B44" s="100" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" s="101" t="s">
+        <v>91</v>
+      </c>
+      <c r="D44" s="51"/>
+      <c r="E44" s="52"/>
+    </row>
+    <row r="45" spans="2:5" ht="14.25" customHeight="1" thickBot="1">
+      <c r="B45" s="102" t="s">
+        <v>163</v>
+      </c>
+      <c r="C45" s="103" t="s">
+        <v>93</v>
+      </c>
+      <c r="D45" s="56"/>
+      <c r="E45" s="104" t="s">
         <v>164</v>
       </c>
-      <c r="C36" s="103" t="s">
+    </row>
+    <row r="46" spans="2:5" ht="14.25" customHeight="1">
+      <c r="B46" s="154" t="s">
+        <v>177</v>
+      </c>
+      <c r="C46" s="155" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="47" spans="2:5" ht="14.25" customHeight="1">
+      <c r="C47" s="155" t="s">
         <v>93</v>
       </c>
-      <c r="D36" s="38"/>
-[...172 lines deleted...]
-    <row r="64" spans="2:5" ht="14.25" customHeight="1"/>
+    </row>
+    <row r="48" spans="2:5" ht="14.25" customHeight="1"/>
+    <row r="49" ht="14.25" customHeight="1"/>
+    <row r="50" ht="14.25" customHeight="1"/>
+    <row r="51" ht="14.25" customHeight="1"/>
+    <row r="52" ht="14.25" customHeight="1"/>
+    <row r="53" ht="14.25" customHeight="1"/>
+    <row r="54" ht="14.25" customHeight="1"/>
+    <row r="55" ht="14.25" customHeight="1"/>
+    <row r="56" ht="14.25" customHeight="1"/>
+    <row r="57" ht="14.25" customHeight="1"/>
+    <row r="58" ht="14.25" customHeight="1"/>
+    <row r="59" ht="14.25" customHeight="1"/>
+    <row r="60" ht="14.25" customHeight="1"/>
+    <row r="61" ht="14.25" customHeight="1"/>
+    <row r="62" ht="14.25" customHeight="1"/>
+    <row r="63" ht="14.25" customHeight="1"/>
+    <row r="64" ht="14.25" customHeight="1"/>
     <row r="65" ht="14.25" customHeight="1"/>
     <row r="66" ht="14.25" customHeight="1"/>
     <row r="67" ht="14.25" customHeight="1"/>
     <row r="68" ht="14.25" customHeight="1"/>
     <row r="69" ht="14.25" customHeight="1"/>
     <row r="70" ht="14.25" customHeight="1"/>
     <row r="71" ht="14.25" customHeight="1"/>
     <row r="72" ht="14.25" customHeight="1"/>
     <row r="73" ht="14.25" customHeight="1"/>
     <row r="74" ht="14.25" customHeight="1"/>
     <row r="75" ht="14.25" customHeight="1"/>
     <row r="76" ht="14.25" customHeight="1"/>
     <row r="77" ht="14.25" customHeight="1"/>
     <row r="78" ht="14.25" customHeight="1"/>
     <row r="79" ht="14.25" customHeight="1"/>
     <row r="80" ht="14.25" customHeight="1"/>
     <row r="81" ht="14.25" customHeight="1"/>
     <row r="82" ht="14.25" customHeight="1"/>
     <row r="83" ht="14.25" customHeight="1"/>
     <row r="84" ht="14.25" customHeight="1"/>
     <row r="85" ht="14.25" customHeight="1"/>
     <row r="86" ht="14.25" customHeight="1"/>
     <row r="87" ht="14.25" customHeight="1"/>
     <row r="88" ht="14.25" customHeight="1"/>
     <row r="89" ht="14.25" customHeight="1"/>
@@ -8016,55 +8001,50 @@
     <row r="963" ht="14.25" customHeight="1"/>
     <row r="964" ht="14.25" customHeight="1"/>
     <row r="965" ht="14.25" customHeight="1"/>
     <row r="966" ht="14.25" customHeight="1"/>
     <row r="967" ht="14.25" customHeight="1"/>
     <row r="968" ht="14.25" customHeight="1"/>
     <row r="969" ht="14.25" customHeight="1"/>
     <row r="970" ht="14.25" customHeight="1"/>
     <row r="971" ht="14.25" customHeight="1"/>
     <row r="972" ht="14.25" customHeight="1"/>
     <row r="973" ht="14.25" customHeight="1"/>
     <row r="974" ht="14.25" customHeight="1"/>
     <row r="975" ht="14.25" customHeight="1"/>
     <row r="976" ht="14.25" customHeight="1"/>
     <row r="977" ht="14.25" customHeight="1"/>
     <row r="978" ht="14.25" customHeight="1"/>
     <row r="979" ht="14.25" customHeight="1"/>
     <row r="980" ht="14.25" customHeight="1"/>
     <row r="981" ht="14.25" customHeight="1"/>
     <row r="982" ht="14.25" customHeight="1"/>
     <row r="983" ht="14.25" customHeight="1"/>
     <row r="984" ht="14.25" customHeight="1"/>
     <row r="985" ht="14.25" customHeight="1"/>
     <row r="986" ht="14.25" customHeight="1"/>
     <row r="987" ht="14.25" customHeight="1"/>
-    <row r="988" ht="14.25" customHeight="1"/>
-[...3 lines deleted...]
-    <row r="992" ht="14.25" customHeight="1"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{60b37e60-f0b3-4466-b894-128ac99e40b8}" enabled="1" method="Standard" siteId="{f3015282-1dac-43e2-b2f3-7ed3707b2522}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>