--- v2 (2026-01-26)
+++ v3 (2026-03-20)
@@ -1,467 +1,179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavle-my.sharepoint.com/personal/malin_2_andersson_gavle_se/Documents/Skrivbordet/Brynäs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavle-my.sharepoint.com/personal/malin_2_andersson_gavle_se/Documents/Skrivbordet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="422" documentId="8_{AEC97185-8541-420B-B999-457A0F94B666}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D6D2EA0D-B7AD-4047-8A25-05C7F06C77C4}"/>
+  <xr:revisionPtr revIDLastSave="104" documentId="8_{9363E203-BA9F-4FAA-A8ED-48E3A46058C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{90B60D3F-DA59-464A-969F-59903A25A9EE}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arbetsschema" sheetId="1" r:id="rId1"/>
-    <sheet name="Antal arbetspass" sheetId="2" r:id="rId2"/>
-    <sheet name="Telefonlista" sheetId="3" r:id="rId3"/>
+    <sheet name="Telefonlista" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId7" roundtripDataChecksum="GMgG/oUrupL0mMa6pnKhCenpQldYotdrO5KbV674A2k="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...51 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="130">
   <si>
     <t>Veckodag</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
-    <t>Serie</t>
-[...19 lines deleted...]
-  <si>
     <t>Person 1</t>
   </si>
   <si>
-    <t>Person 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Person A</t>
   </si>
   <si>
     <t>Säljställe</t>
   </si>
   <si>
-    <t>Person B</t>
-[...16 lines deleted...]
-  <si>
     <t>Ebba</t>
   </si>
   <si>
     <t>från 50/50</t>
   </si>
   <si>
     <t>Skybar</t>
   </si>
   <si>
-    <t>Elina</t>
-[...1 lines deleted...]
-  <si>
     <t>Lördag</t>
   </si>
   <si>
-    <t>ZSC Lions Zurich</t>
-[...13 lines deleted...]
-  <si>
     <t>Kontakt Kiosk</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
-    <t>SHL</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Anita Kempe  070 272 51 61 </t>
   </si>
   <si>
-    <r>
-[...32 lines deleted...]
-  <si>
     <t xml:space="preserve">Samling 1,5 timme innan mathcen, handikapp ingången </t>
   </si>
   <si>
-    <t>Örebro HK</t>
-[...10 lines deleted...]
-  <si>
     <t>Kontakt   Puckplockare/ Powerbreak</t>
   </si>
   <si>
-    <r>
-[...20 lines deleted...]
-  <si>
     <t>Bosse Karlsson  070 571 00 61</t>
   </si>
   <si>
-    <t>Skellefteå AIK</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Samling 2 timmar innan matchen, handikapp ingången </t>
   </si>
   <si>
-    <t>Linköping HC</t>
-[...35 lines deleted...]
-  <si>
     <t>Samling 5 min innan nedsläpp</t>
   </si>
   <si>
-    <t>Rögle BK</t>
-[...23 lines deleted...]
-  <si>
     <t>Samling 1 timme innan nedsläpp</t>
   </si>
   <si>
-    <t>Frölunda HC</t>
-[...7 lines deleted...]
-  <si>
     <t>R&amp;L Stigslund</t>
   </si>
   <si>
     <t xml:space="preserve">Säljer på sidan mot stigslund och halva restaraungen, från central bardisk och höger med entréhallen mot ryggen - bevakar även terassen . Gärna 4 personer om det går! </t>
   </si>
   <si>
     <t>Hela Skybarområden</t>
   </si>
   <si>
     <t>Entréhall vänster</t>
   </si>
   <si>
     <t>Till vänster om Bistron om man tittar framåt mot Bistron</t>
   </si>
   <si>
-    <t>Djurgårdens IF</t>
-[...1 lines deleted...]
-  <si>
     <t>Entréhall mitt</t>
   </si>
   <si>
     <t>Mitten av entréhallen, framför bistron och fram till läktargågen höger om bistron</t>
   </si>
   <si>
-    <t>Martina</t>
-[...1 lines deleted...]
-  <si>
     <t>Entréhall höger</t>
   </si>
   <si>
     <t>Från läktargången, runt VIP baren och hela restaurang- och logeentrén, är en välbefolkad yta vilket gör tre stycken ska arbeta på detta pass. Tredje personen ska inte sälja, utan hjälpa till att samla in/fördela lotter.</t>
   </si>
   <si>
     <t>Ambulerande gångar väster</t>
   </si>
   <si>
     <t>Ambulerar till vänster, utanför läktargångar bort till bortastå avspärrningen</t>
   </si>
   <si>
     <t>Ambulerande gångar höger</t>
   </si>
   <si>
     <t>Ambulerar till Höger, utanför läktargångar bort till hemmastå</t>
-  </si>
-[...7 lines deleted...]
-    <t>Totalt</t>
   </si>
   <si>
     <t>Namn</t>
   </si>
   <si>
     <t>Roll</t>
   </si>
   <si>
     <t>Mobiltelefon</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
       </rPr>
       <t xml:space="preserve">Betlehem </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
@@ -639,473 +351,403 @@
   <si>
     <t>Ebba Svärd</t>
   </si>
   <si>
     <t>0704401263</t>
   </si>
   <si>
     <t>0709555417</t>
   </si>
   <si>
     <t>Isabelle Wahlberg</t>
   </si>
   <si>
     <t>0705791639</t>
   </si>
   <si>
     <t>Anette Bergkvist</t>
   </si>
   <si>
     <t>Erik Wahlberg</t>
   </si>
   <si>
     <t>0768375804</t>
   </si>
   <si>
-    <t>Freya</t>
-[...4 lines deleted...]
-  <si>
     <t>Svea</t>
   </si>
   <si>
-    <t>11-11-2025</t>
-[...7 lines deleted...]
-  <si>
     <t>Alexandra</t>
   </si>
   <si>
     <t>Patrik Svärd</t>
   </si>
   <si>
     <t>0707549156</t>
   </si>
   <si>
     <t>Svea Vest</t>
   </si>
   <si>
     <t>Alexandra Kyngäs</t>
   </si>
   <si>
     <t>Sebastian Kyngäs</t>
   </si>
   <si>
     <t>0706554600</t>
   </si>
   <si>
     <t>Elin Larsson</t>
   </si>
   <si>
     <t>0702978698</t>
   </si>
   <si>
     <t>Henrik Vest</t>
   </si>
   <si>
     <t>0730563580</t>
   </si>
   <si>
     <t>Tove Svärd</t>
   </si>
   <si>
     <t>Materialare</t>
   </si>
   <si>
-    <t>2-12-2025</t>
-[...4 lines deleted...]
-  <si>
     <t>19.00</t>
   </si>
   <si>
-    <t>Missat 1, sen 1</t>
-[...7 lines deleted...]
-  <si>
     <t>Nova</t>
+  </si>
+  <si>
+    <t>Kioskbemaning börjar 2 h innan matchstart</t>
+  </si>
+  <si>
+    <t>50/50 En person går till kiosk i 1a perioden, börja sälja 1,5 h innan matschstart</t>
+  </si>
+  <si>
+    <t>Matchstart</t>
+  </si>
+  <si>
+    <t>Kiosk nr</t>
+  </si>
+  <si>
+    <t>Person 4</t>
+  </si>
+  <si>
+    <t>15.15</t>
+  </si>
+  <si>
+    <t>Måndag</t>
+  </si>
+  <si>
+    <t>Fredag</t>
+  </si>
+  <si>
+    <t>Slutspel</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>50/50</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: minst 1 säljare per lag</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Bemanning av kiosk</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: 4 personer per kiosk</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">500 kr </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>för att köpa sig fri, ta dialogen direkt med Anita!</t>
+    </r>
+  </si>
+  <si>
+    <t>OBS! Högre pris vid slutspel</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Powerbreak</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: 6 st spelare</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Puckplockare</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: 4 st spelare</t>
+    </r>
+  </si>
+  <si>
+    <t>15.00</t>
+  </si>
+  <si>
+    <t>Betu</t>
+  </si>
+  <si>
+    <t>Martina</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="19">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
-    </font>
-[...23 lines deleted...]
-      <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF212529"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <strike/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="13">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
-        <bgColor rgb="FF92D050"/>
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
-        <bgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFF0000"/>
-        <bgColor rgb="FFFF0000"/>
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD9F2D0"/>
-        <bgColor rgb="FFD9F2D0"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF99"/>
-[...35 lines deleted...]
-        <fgColor theme="5" tint="-0.249977111117893"/>
+        <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="39">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-[...134 lines deleted...]
-      <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
@@ -1148,59 +790,50 @@
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
@@ -1285,506 +918,282 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="165">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="10" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="10" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="3" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="3" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...234 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1943,6132 +1352,4435 @@
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Y1003"/>
+  <dimension ref="A1:S973"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A27" workbookViewId="0">
-      <selection activeCell="I42" sqref="I42"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.6328125" customWidth="1"/>
     <col min="3" max="3" width="15.453125" customWidth="1"/>
-    <col min="4" max="5" width="8.6328125" customWidth="1"/>
+    <col min="4" max="4" width="13.7265625" customWidth="1"/>
+    <col min="5" max="5" width="12.36328125" customWidth="1"/>
     <col min="6" max="6" width="14.90625" customWidth="1"/>
-    <col min="7" max="8" width="8.6328125" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="23" max="25" width="8.6328125" customWidth="1"/>
+    <col min="7" max="7" width="8.6328125" customWidth="1"/>
+    <col min="8" max="8" width="9.6328125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.453125" customWidth="1"/>
+    <col min="10" max="10" width="9.90625" customWidth="1"/>
+    <col min="11" max="11" width="8.6328125" customWidth="1"/>
+    <col min="12" max="12" width="12" style="29" customWidth="1"/>
+    <col min="13" max="13" width="43.7265625" customWidth="1"/>
+    <col min="14" max="14" width="25.90625" customWidth="1"/>
+    <col min="15" max="15" width="26.90625" customWidth="1"/>
+    <col min="16" max="16" width="8.6328125" customWidth="1"/>
+    <col min="17" max="17" width="14.08984375" customWidth="1"/>
+    <col min="18" max="18" width="34.90625" customWidth="1"/>
+    <col min="19" max="21" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="14.25" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:22" ht="14.25" customHeight="1" thickBot="1">
+    <row r="1" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
-      <c r="B3" s="2" t="s">
+      <c r="F3" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="G3" s="48"/>
+      <c r="H3" s="48"/>
+      <c r="I3" s="47" t="s">
+        <v>113</v>
+      </c>
+      <c r="J3" s="47"/>
+      <c r="K3" s="49"/>
+      <c r="L3" s="49"/>
+      <c r="M3" s="49"/>
+      <c r="N3" s="50"/>
+    </row>
+    <row r="4" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="61" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C4" s="69" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D4" s="51"/>
+      <c r="E4" s="69" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="G4" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="H4" s="69" t="s">
+        <v>116</v>
+      </c>
+      <c r="I4" s="69" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="69" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="2" t="s">
+      <c r="L4"/>
+    </row>
+    <row r="5" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="53">
+        <v>46109</v>
+      </c>
+      <c r="D5" s="52" t="s">
+        <v>120</v>
+      </c>
+      <c r="E5" s="54" t="s">
+        <v>117</v>
+      </c>
+      <c r="F5" s="62">
+        <v>9</v>
+      </c>
+      <c r="G5" s="93" t="s">
+        <v>129</v>
+      </c>
+      <c r="H5" s="55" t="s">
+        <v>6</v>
+      </c>
+      <c r="I5" s="65" t="s">
+        <v>7</v>
+      </c>
+      <c r="J5" s="92" t="s">
+        <v>128</v>
+      </c>
+      <c r="L5" s="90" t="s">
+        <v>9</v>
+      </c>
+      <c r="M5" s="91"/>
+    </row>
+    <row r="6" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B6" s="52" t="s">
+        <v>118</v>
+      </c>
+      <c r="C6" s="53">
+        <v>46111</v>
+      </c>
+      <c r="D6" s="52" t="s">
+        <v>120</v>
+      </c>
+      <c r="E6" s="54" t="s">
+        <v>110</v>
+      </c>
+      <c r="F6" s="62">
+        <v>9</v>
+      </c>
+      <c r="G6" s="63" t="s">
+        <v>111</v>
+      </c>
+      <c r="H6" s="55" t="s">
+        <v>6</v>
+      </c>
+      <c r="I6" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="118" t="s">
+      <c r="L6" s="88" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="89"/>
+    </row>
+    <row r="7" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="52" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" s="53">
+        <v>46115</v>
+      </c>
+      <c r="D7" s="52" t="s">
+        <v>120</v>
+      </c>
+      <c r="E7" s="52" t="s">
+        <v>127</v>
+      </c>
+      <c r="F7" s="62">
+        <v>9</v>
+      </c>
+      <c r="G7" s="63" t="s">
+        <v>96</v>
+      </c>
+      <c r="H7" s="68" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="119"/>
-[...3 lines deleted...]
-      <c r="M3" s="121" t="s">
+      <c r="I7" s="65" t="s">
+        <v>23</v>
+      </c>
+      <c r="J7" s="64" t="s">
+        <v>97</v>
+      </c>
+      <c r="L7"/>
+    </row>
+    <row r="8" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L8" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="M8" s="85"/>
+    </row>
+    <row r="9" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="L9" s="86" t="s">
+        <v>14</v>
+      </c>
+      <c r="M9" s="87"/>
+    </row>
+    <row r="10" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="L10"/>
+    </row>
+    <row r="11" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L11" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="M11" s="85"/>
+    </row>
+    <row r="12" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L12" s="76" t="s">
+        <v>121</v>
+      </c>
+      <c r="M12" s="77"/>
+    </row>
+    <row r="13" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L13" s="76" t="s">
+        <v>12</v>
+      </c>
+      <c r="M13" s="77"/>
+    </row>
+    <row r="14" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L14" s="82"/>
+      <c r="M14" s="83"/>
+    </row>
+    <row r="15" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L15" s="76" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" s="77"/>
+    </row>
+    <row r="16" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L16" s="66"/>
+      <c r="M16" s="67"/>
+    </row>
+    <row r="17" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L17" s="76" t="s">
+        <v>15</v>
+      </c>
+      <c r="M17" s="77"/>
+    </row>
+    <row r="18" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L18" s="76" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" s="77"/>
+    </row>
+    <row r="19" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L19" s="82" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" s="83"/>
+    </row>
+    <row r="20" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L20" s="76" t="s">
+        <v>125</v>
+      </c>
+      <c r="M20" s="77"/>
+    </row>
+    <row r="21" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L21" s="76" t="s">
+        <v>16</v>
+      </c>
+      <c r="M21" s="77"/>
+    </row>
+    <row r="22" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L22" s="74"/>
+      <c r="M22" s="75"/>
+    </row>
+    <row r="23" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L23" s="76" t="s">
+        <v>126</v>
+      </c>
+      <c r="M23" s="77"/>
+    </row>
+    <row r="24" spans="12:19" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="L24" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="M24" s="79"/>
+    </row>
+    <row r="25" spans="12:19" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="L25"/>
+    </row>
+    <row r="26" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L26" s="56" t="s">
+        <v>18</v>
+      </c>
+      <c r="M26" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="N26" s="80"/>
+      <c r="O26" s="80"/>
+      <c r="P26" s="80"/>
+      <c r="Q26" s="80"/>
+      <c r="R26" s="80"/>
+      <c r="S26" s="81"/>
+    </row>
+    <row r="27" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L27" s="57" t="s">
         <v>7</v>
       </c>
-      <c r="N3" s="122"/>
-[...62 lines deleted...]
-      <c r="K5" s="64" t="s">
+      <c r="M27" s="70" t="s">
         <v>20</v>
       </c>
-      <c r="L5" s="64">
-[...2 lines deleted...]
-      <c r="M5" s="65" t="s">
+      <c r="N27" s="70"/>
+      <c r="O27" s="70"/>
+      <c r="P27" s="70"/>
+      <c r="Q27" s="70"/>
+      <c r="R27" s="70"/>
+      <c r="S27" s="71"/>
+    </row>
+    <row r="28" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L28" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="N5" s="66" t="s">
+      <c r="M28" s="70" t="s">
         <v>22</v>
       </c>
-      <c r="O5" s="67"/>
-[...4 lines deleted...]
-      <c r="B6" s="58" t="s">
+      <c r="N28" s="70"/>
+      <c r="O28" s="70"/>
+      <c r="P28" s="70"/>
+      <c r="Q28" s="70"/>
+      <c r="R28" s="70"/>
+      <c r="S28" s="71"/>
+    </row>
+    <row r="29" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L29" s="57" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="59">
-[...8 lines deleted...]
-      <c r="F6" s="61" t="s">
+      <c r="M29" s="70" t="s">
         <v>24</v>
       </c>
-      <c r="G6" s="68">
-[...5 lines deleted...]
-      <c r="I6" s="69" t="s">
+      <c r="N29" s="70"/>
+      <c r="O29" s="70"/>
+      <c r="P29" s="70"/>
+      <c r="Q29" s="70"/>
+      <c r="R29" s="70"/>
+      <c r="S29" s="71"/>
+    </row>
+    <row r="30" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L30" s="57" t="s">
         <v>25</v>
       </c>
-      <c r="J6" s="70" t="s">
+      <c r="M30" s="70" t="s">
         <v>26</v>
       </c>
-      <c r="K6" s="70" t="s">
-[...5 lines deleted...]
-      <c r="M6" s="71" t="s">
+      <c r="N30" s="70"/>
+      <c r="O30" s="70"/>
+      <c r="P30" s="70"/>
+      <c r="Q30" s="70"/>
+      <c r="R30" s="70"/>
+      <c r="S30" s="71"/>
+    </row>
+    <row r="31" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L31" s="57"/>
+      <c r="M31" s="58"/>
+      <c r="N31" s="58"/>
+      <c r="O31" s="58"/>
+      <c r="P31" s="58"/>
+      <c r="Q31" s="58"/>
+      <c r="R31" s="58"/>
+      <c r="S31" s="59"/>
+    </row>
+    <row r="32" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L32" s="57" t="s">
         <v>27</v>
       </c>
-      <c r="N6" s="72" t="s">
+      <c r="M32" s="70" t="s">
         <v>28</v>
       </c>
-      <c r="O6" s="73"/>
-[...1 lines deleted...]
-      <c r="R6" s="124" t="s">
+      <c r="N32" s="70"/>
+      <c r="O32" s="70"/>
+      <c r="P32" s="70"/>
+      <c r="Q32" s="70"/>
+      <c r="R32" s="70"/>
+      <c r="S32" s="71"/>
+    </row>
+    <row r="33" spans="12:19" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="L33" s="60" t="s">
         <v>29</v>
       </c>
-      <c r="S6" s="125"/>
-      <c r="U6" s="126" t="s">
+      <c r="M33" s="72" t="s">
         <v>30</v>
       </c>
-      <c r="V6" s="125"/>
-[...3975 lines deleted...]
-    <row r="1003" ht="14.25" customHeight="1"/>
+      <c r="N33" s="72"/>
+      <c r="O33" s="72"/>
+      <c r="P33" s="72"/>
+      <c r="Q33" s="72"/>
+      <c r="R33" s="72"/>
+      <c r="S33" s="73"/>
+    </row>
+    <row r="34" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L34"/>
+    </row>
+    <row r="35" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L35"/>
+    </row>
+    <row r="36" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L36"/>
+    </row>
+    <row r="37" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L37"/>
+    </row>
+    <row r="38" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L38"/>
+    </row>
+    <row r="39" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L39"/>
+    </row>
+    <row r="40" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L40"/>
+    </row>
+    <row r="41" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L41"/>
+    </row>
+    <row r="42" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L42"/>
+    </row>
+    <row r="43" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L43"/>
+    </row>
+    <row r="44" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L44"/>
+    </row>
+    <row r="45" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L45"/>
+    </row>
+    <row r="46" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L46"/>
+    </row>
+    <row r="47" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L47"/>
+    </row>
+    <row r="48" spans="12:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L48"/>
+    </row>
+    <row r="49" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L49"/>
+    </row>
+    <row r="50" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L50"/>
+    </row>
+    <row r="51" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L51"/>
+    </row>
+    <row r="52" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L52"/>
+    </row>
+    <row r="53" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L53"/>
+    </row>
+    <row r="54" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L54"/>
+    </row>
+    <row r="55" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L55"/>
+    </row>
+    <row r="56" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L56"/>
+    </row>
+    <row r="57" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L57"/>
+    </row>
+    <row r="58" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L58"/>
+    </row>
+    <row r="59" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L59"/>
+    </row>
+    <row r="60" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L60"/>
+    </row>
+    <row r="61" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L61"/>
+    </row>
+    <row r="62" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L62"/>
+    </row>
+    <row r="63" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L63"/>
+    </row>
+    <row r="64" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L64"/>
+    </row>
+    <row r="65" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L65"/>
+    </row>
+    <row r="66" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L66"/>
+    </row>
+    <row r="67" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L67"/>
+    </row>
+    <row r="68" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L68"/>
+    </row>
+    <row r="69" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L69"/>
+    </row>
+    <row r="70" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L70"/>
+    </row>
+    <row r="71" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L71"/>
+    </row>
+    <row r="72" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L72"/>
+    </row>
+    <row r="73" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L73"/>
+    </row>
+    <row r="74" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L74"/>
+    </row>
+    <row r="75" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L75"/>
+    </row>
+    <row r="76" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L76"/>
+    </row>
+    <row r="77" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L77"/>
+    </row>
+    <row r="78" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L78"/>
+    </row>
+    <row r="79" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L79"/>
+    </row>
+    <row r="80" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L80"/>
+    </row>
+    <row r="81" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L81"/>
+    </row>
+    <row r="82" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L82"/>
+    </row>
+    <row r="83" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L83"/>
+    </row>
+    <row r="84" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L84"/>
+    </row>
+    <row r="85" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L85"/>
+    </row>
+    <row r="86" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L86"/>
+    </row>
+    <row r="87" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L87"/>
+    </row>
+    <row r="88" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L88"/>
+    </row>
+    <row r="89" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L89"/>
+    </row>
+    <row r="90" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L90"/>
+    </row>
+    <row r="91" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L91"/>
+    </row>
+    <row r="92" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L92"/>
+    </row>
+    <row r="93" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L93"/>
+    </row>
+    <row r="94" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L94"/>
+    </row>
+    <row r="95" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L95"/>
+    </row>
+    <row r="96" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L96"/>
+    </row>
+    <row r="97" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L97"/>
+    </row>
+    <row r="98" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L98"/>
+    </row>
+    <row r="99" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L99"/>
+    </row>
+    <row r="100" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L100"/>
+    </row>
+    <row r="101" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L101"/>
+    </row>
+    <row r="102" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L102"/>
+    </row>
+    <row r="103" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L103"/>
+    </row>
+    <row r="104" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L104"/>
+    </row>
+    <row r="105" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L105"/>
+    </row>
+    <row r="106" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L106"/>
+    </row>
+    <row r="107" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L107"/>
+    </row>
+    <row r="108" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L108"/>
+    </row>
+    <row r="109" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L109"/>
+    </row>
+    <row r="110" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L110"/>
+    </row>
+    <row r="111" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L111"/>
+    </row>
+    <row r="112" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L112"/>
+    </row>
+    <row r="113" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L113"/>
+    </row>
+    <row r="114" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L114"/>
+    </row>
+    <row r="115" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L115"/>
+    </row>
+    <row r="116" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L116"/>
+    </row>
+    <row r="117" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L117"/>
+    </row>
+    <row r="118" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L118"/>
+    </row>
+    <row r="119" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L119"/>
+    </row>
+    <row r="120" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L120"/>
+    </row>
+    <row r="121" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L121"/>
+    </row>
+    <row r="122" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L122"/>
+    </row>
+    <row r="123" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L123"/>
+    </row>
+    <row r="124" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L124"/>
+    </row>
+    <row r="125" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L125"/>
+    </row>
+    <row r="126" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L126"/>
+    </row>
+    <row r="127" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L127"/>
+    </row>
+    <row r="128" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L128"/>
+    </row>
+    <row r="129" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L129"/>
+    </row>
+    <row r="130" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L130"/>
+    </row>
+    <row r="131" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L131"/>
+    </row>
+    <row r="132" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L132"/>
+    </row>
+    <row r="133" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L133"/>
+    </row>
+    <row r="134" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L134"/>
+    </row>
+    <row r="135" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L135"/>
+    </row>
+    <row r="136" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L136"/>
+    </row>
+    <row r="137" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L137"/>
+    </row>
+    <row r="138" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L138"/>
+    </row>
+    <row r="139" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L139"/>
+    </row>
+    <row r="140" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L140"/>
+    </row>
+    <row r="141" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L141"/>
+    </row>
+    <row r="142" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L142"/>
+    </row>
+    <row r="143" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L143"/>
+    </row>
+    <row r="144" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L144"/>
+    </row>
+    <row r="145" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L145"/>
+    </row>
+    <row r="146" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L146"/>
+    </row>
+    <row r="147" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L147"/>
+    </row>
+    <row r="148" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L148"/>
+    </row>
+    <row r="149" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L149"/>
+    </row>
+    <row r="150" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L150"/>
+    </row>
+    <row r="151" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L151"/>
+    </row>
+    <row r="152" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L152"/>
+    </row>
+    <row r="153" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L153"/>
+    </row>
+    <row r="154" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L154"/>
+    </row>
+    <row r="155" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L155"/>
+    </row>
+    <row r="156" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L156"/>
+    </row>
+    <row r="157" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L157"/>
+    </row>
+    <row r="158" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L158"/>
+    </row>
+    <row r="159" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L159"/>
+    </row>
+    <row r="160" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L160"/>
+    </row>
+    <row r="161" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L161"/>
+    </row>
+    <row r="162" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L162"/>
+    </row>
+    <row r="163" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L163"/>
+    </row>
+    <row r="164" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L164"/>
+    </row>
+    <row r="165" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L165"/>
+    </row>
+    <row r="166" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L166"/>
+    </row>
+    <row r="167" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L167"/>
+    </row>
+    <row r="168" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L168"/>
+    </row>
+    <row r="169" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L169"/>
+    </row>
+    <row r="170" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L170"/>
+    </row>
+    <row r="171" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L171"/>
+    </row>
+    <row r="172" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L172"/>
+    </row>
+    <row r="173" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L173"/>
+    </row>
+    <row r="174" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L174"/>
+    </row>
+    <row r="175" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L175"/>
+    </row>
+    <row r="176" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L176"/>
+    </row>
+    <row r="177" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L177"/>
+    </row>
+    <row r="178" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L178"/>
+    </row>
+    <row r="179" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L179"/>
+    </row>
+    <row r="180" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L180"/>
+    </row>
+    <row r="181" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L181"/>
+    </row>
+    <row r="182" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L182"/>
+    </row>
+    <row r="183" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L183"/>
+    </row>
+    <row r="184" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L184"/>
+    </row>
+    <row r="185" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L185"/>
+    </row>
+    <row r="186" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L186"/>
+    </row>
+    <row r="187" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L187"/>
+    </row>
+    <row r="188" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L188"/>
+    </row>
+    <row r="189" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L189"/>
+    </row>
+    <row r="190" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L190"/>
+    </row>
+    <row r="191" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L191"/>
+    </row>
+    <row r="192" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L192"/>
+    </row>
+    <row r="193" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L193"/>
+    </row>
+    <row r="194" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L194"/>
+    </row>
+    <row r="195" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L195"/>
+    </row>
+    <row r="196" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L196"/>
+    </row>
+    <row r="197" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L197"/>
+    </row>
+    <row r="198" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L198"/>
+    </row>
+    <row r="199" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L199"/>
+    </row>
+    <row r="200" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L200"/>
+    </row>
+    <row r="201" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L201"/>
+    </row>
+    <row r="202" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L202"/>
+    </row>
+    <row r="203" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L203"/>
+    </row>
+    <row r="204" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L204"/>
+    </row>
+    <row r="205" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L205"/>
+    </row>
+    <row r="206" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L206"/>
+    </row>
+    <row r="207" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L207"/>
+    </row>
+    <row r="208" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L208"/>
+    </row>
+    <row r="209" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L209"/>
+    </row>
+    <row r="210" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L210"/>
+    </row>
+    <row r="211" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L211"/>
+    </row>
+    <row r="212" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L212"/>
+    </row>
+    <row r="213" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L213"/>
+    </row>
+    <row r="214" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L214"/>
+    </row>
+    <row r="215" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L215"/>
+    </row>
+    <row r="216" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L216"/>
+    </row>
+    <row r="217" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L217"/>
+    </row>
+    <row r="218" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L218"/>
+    </row>
+    <row r="219" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L219"/>
+    </row>
+    <row r="220" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L220"/>
+    </row>
+    <row r="221" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L221"/>
+    </row>
+    <row r="222" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L222"/>
+    </row>
+    <row r="223" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L223"/>
+    </row>
+    <row r="224" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L224"/>
+    </row>
+    <row r="225" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L225"/>
+    </row>
+    <row r="226" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L226"/>
+    </row>
+    <row r="227" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L227"/>
+    </row>
+    <row r="228" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L228"/>
+    </row>
+    <row r="229" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L229"/>
+    </row>
+    <row r="230" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L230"/>
+    </row>
+    <row r="231" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L231"/>
+    </row>
+    <row r="232" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L232"/>
+    </row>
+    <row r="233" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L233"/>
+    </row>
+    <row r="234" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L234"/>
+    </row>
+    <row r="235" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L235"/>
+    </row>
+    <row r="236" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L236"/>
+    </row>
+    <row r="237" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L237"/>
+    </row>
+    <row r="238" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L238"/>
+    </row>
+    <row r="239" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L239"/>
+    </row>
+    <row r="240" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L240"/>
+    </row>
+    <row r="241" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L241"/>
+    </row>
+    <row r="242" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L242"/>
+    </row>
+    <row r="243" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L243"/>
+    </row>
+    <row r="244" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L244"/>
+    </row>
+    <row r="245" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L245"/>
+    </row>
+    <row r="246" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L246"/>
+    </row>
+    <row r="247" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L247"/>
+    </row>
+    <row r="248" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L248"/>
+    </row>
+    <row r="249" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L249"/>
+    </row>
+    <row r="250" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L250"/>
+    </row>
+    <row r="251" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L251"/>
+    </row>
+    <row r="252" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L252"/>
+    </row>
+    <row r="253" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L253"/>
+    </row>
+    <row r="254" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L254"/>
+    </row>
+    <row r="255" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L255"/>
+    </row>
+    <row r="256" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L256"/>
+    </row>
+    <row r="257" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L257"/>
+    </row>
+    <row r="258" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L258"/>
+    </row>
+    <row r="259" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L259"/>
+    </row>
+    <row r="260" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L260"/>
+    </row>
+    <row r="261" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L261"/>
+    </row>
+    <row r="262" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L262"/>
+    </row>
+    <row r="263" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L263"/>
+    </row>
+    <row r="264" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L264"/>
+    </row>
+    <row r="265" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L265"/>
+    </row>
+    <row r="266" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L266"/>
+    </row>
+    <row r="267" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L267"/>
+    </row>
+    <row r="268" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L268"/>
+    </row>
+    <row r="269" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L269"/>
+    </row>
+    <row r="270" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L270"/>
+    </row>
+    <row r="271" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L271"/>
+    </row>
+    <row r="272" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L272"/>
+    </row>
+    <row r="273" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L273"/>
+    </row>
+    <row r="274" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L274"/>
+    </row>
+    <row r="275" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L275"/>
+    </row>
+    <row r="276" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L276"/>
+    </row>
+    <row r="277" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L277"/>
+    </row>
+    <row r="278" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L278"/>
+    </row>
+    <row r="279" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L279"/>
+    </row>
+    <row r="280" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L280"/>
+    </row>
+    <row r="281" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L281"/>
+    </row>
+    <row r="282" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L282"/>
+    </row>
+    <row r="283" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L283"/>
+    </row>
+    <row r="284" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L284"/>
+    </row>
+    <row r="285" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L285"/>
+    </row>
+    <row r="286" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L286"/>
+    </row>
+    <row r="287" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L287"/>
+    </row>
+    <row r="288" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L288"/>
+    </row>
+    <row r="289" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L289"/>
+    </row>
+    <row r="290" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L290"/>
+    </row>
+    <row r="291" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L291"/>
+    </row>
+    <row r="292" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L292"/>
+    </row>
+    <row r="293" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L293"/>
+    </row>
+    <row r="294" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L294"/>
+    </row>
+    <row r="295" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L295"/>
+    </row>
+    <row r="296" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L296"/>
+    </row>
+    <row r="297" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L297"/>
+    </row>
+    <row r="298" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L298"/>
+    </row>
+    <row r="299" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L299"/>
+    </row>
+    <row r="300" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L300"/>
+    </row>
+    <row r="301" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L301"/>
+    </row>
+    <row r="302" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L302"/>
+    </row>
+    <row r="303" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L303"/>
+    </row>
+    <row r="304" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L304"/>
+    </row>
+    <row r="305" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L305"/>
+    </row>
+    <row r="306" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L306"/>
+    </row>
+    <row r="307" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L307"/>
+    </row>
+    <row r="308" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L308"/>
+    </row>
+    <row r="309" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L309"/>
+    </row>
+    <row r="310" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L310"/>
+    </row>
+    <row r="311" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L311"/>
+    </row>
+    <row r="312" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L312"/>
+    </row>
+    <row r="313" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L313"/>
+    </row>
+    <row r="314" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L314"/>
+    </row>
+    <row r="315" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L315"/>
+    </row>
+    <row r="316" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L316"/>
+    </row>
+    <row r="317" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L317"/>
+    </row>
+    <row r="318" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L318"/>
+    </row>
+    <row r="319" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L319"/>
+    </row>
+    <row r="320" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L320"/>
+    </row>
+    <row r="321" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L321"/>
+    </row>
+    <row r="322" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L322"/>
+    </row>
+    <row r="323" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L323"/>
+    </row>
+    <row r="324" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L324"/>
+    </row>
+    <row r="325" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L325"/>
+    </row>
+    <row r="326" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L326"/>
+    </row>
+    <row r="327" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L327"/>
+    </row>
+    <row r="328" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L328"/>
+    </row>
+    <row r="329" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L329"/>
+    </row>
+    <row r="330" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L330"/>
+    </row>
+    <row r="331" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L331"/>
+    </row>
+    <row r="332" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L332"/>
+    </row>
+    <row r="333" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L333"/>
+    </row>
+    <row r="334" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L334"/>
+    </row>
+    <row r="335" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L335"/>
+    </row>
+    <row r="336" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L336"/>
+    </row>
+    <row r="337" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L337"/>
+    </row>
+    <row r="338" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L338"/>
+    </row>
+    <row r="339" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L339"/>
+    </row>
+    <row r="340" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L340"/>
+    </row>
+    <row r="341" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L341"/>
+    </row>
+    <row r="342" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L342"/>
+    </row>
+    <row r="343" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L343"/>
+    </row>
+    <row r="344" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L344"/>
+    </row>
+    <row r="345" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L345"/>
+    </row>
+    <row r="346" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L346"/>
+    </row>
+    <row r="347" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L347"/>
+    </row>
+    <row r="348" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L348"/>
+    </row>
+    <row r="349" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L349"/>
+    </row>
+    <row r="350" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L350"/>
+    </row>
+    <row r="351" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L351"/>
+    </row>
+    <row r="352" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L352"/>
+    </row>
+    <row r="353" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L353"/>
+    </row>
+    <row r="354" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L354"/>
+    </row>
+    <row r="355" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L355"/>
+    </row>
+    <row r="356" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L356"/>
+    </row>
+    <row r="357" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L357"/>
+    </row>
+    <row r="358" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L358"/>
+    </row>
+    <row r="359" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L359"/>
+    </row>
+    <row r="360" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L360"/>
+    </row>
+    <row r="361" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L361"/>
+    </row>
+    <row r="362" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L362"/>
+    </row>
+    <row r="363" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L363"/>
+    </row>
+    <row r="364" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L364"/>
+    </row>
+    <row r="365" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L365"/>
+    </row>
+    <row r="366" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L366"/>
+    </row>
+    <row r="367" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L367"/>
+    </row>
+    <row r="368" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L368"/>
+    </row>
+    <row r="369" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L369"/>
+    </row>
+    <row r="370" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L370"/>
+    </row>
+    <row r="371" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L371"/>
+    </row>
+    <row r="372" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L372"/>
+    </row>
+    <row r="373" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L373"/>
+    </row>
+    <row r="374" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L374"/>
+    </row>
+    <row r="375" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L375"/>
+    </row>
+    <row r="376" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L376"/>
+    </row>
+    <row r="377" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L377"/>
+    </row>
+    <row r="378" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L378"/>
+    </row>
+    <row r="379" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L379"/>
+    </row>
+    <row r="380" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L380"/>
+    </row>
+    <row r="381" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L381"/>
+    </row>
+    <row r="382" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L382"/>
+    </row>
+    <row r="383" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L383"/>
+    </row>
+    <row r="384" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L384"/>
+    </row>
+    <row r="385" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L385"/>
+    </row>
+    <row r="386" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L386"/>
+    </row>
+    <row r="387" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L387"/>
+    </row>
+    <row r="388" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L388"/>
+    </row>
+    <row r="389" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L389"/>
+    </row>
+    <row r="390" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L390"/>
+    </row>
+    <row r="391" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L391"/>
+    </row>
+    <row r="392" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L392"/>
+    </row>
+    <row r="393" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L393"/>
+    </row>
+    <row r="394" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L394"/>
+    </row>
+    <row r="395" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L395"/>
+    </row>
+    <row r="396" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L396"/>
+    </row>
+    <row r="397" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L397"/>
+    </row>
+    <row r="398" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L398"/>
+    </row>
+    <row r="399" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L399"/>
+    </row>
+    <row r="400" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L400"/>
+    </row>
+    <row r="401" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L401"/>
+    </row>
+    <row r="402" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L402"/>
+    </row>
+    <row r="403" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L403"/>
+    </row>
+    <row r="404" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L404"/>
+    </row>
+    <row r="405" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L405"/>
+    </row>
+    <row r="406" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L406"/>
+    </row>
+    <row r="407" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L407"/>
+    </row>
+    <row r="408" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L408"/>
+    </row>
+    <row r="409" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L409"/>
+    </row>
+    <row r="410" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L410"/>
+    </row>
+    <row r="411" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L411"/>
+    </row>
+    <row r="412" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L412"/>
+    </row>
+    <row r="413" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L413"/>
+    </row>
+    <row r="414" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L414"/>
+    </row>
+    <row r="415" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L415"/>
+    </row>
+    <row r="416" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L416"/>
+    </row>
+    <row r="417" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L417"/>
+    </row>
+    <row r="418" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L418"/>
+    </row>
+    <row r="419" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L419"/>
+    </row>
+    <row r="420" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L420"/>
+    </row>
+    <row r="421" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L421"/>
+    </row>
+    <row r="422" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L422"/>
+    </row>
+    <row r="423" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L423"/>
+    </row>
+    <row r="424" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L424"/>
+    </row>
+    <row r="425" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L425"/>
+    </row>
+    <row r="426" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L426"/>
+    </row>
+    <row r="427" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L427"/>
+    </row>
+    <row r="428" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L428"/>
+    </row>
+    <row r="429" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L429"/>
+    </row>
+    <row r="430" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L430"/>
+    </row>
+    <row r="431" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L431"/>
+    </row>
+    <row r="432" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L432"/>
+    </row>
+    <row r="433" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L433"/>
+    </row>
+    <row r="434" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L434"/>
+    </row>
+    <row r="435" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L435"/>
+    </row>
+    <row r="436" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L436"/>
+    </row>
+    <row r="437" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L437"/>
+    </row>
+    <row r="438" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L438"/>
+    </row>
+    <row r="439" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L439"/>
+    </row>
+    <row r="440" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L440"/>
+    </row>
+    <row r="441" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L441"/>
+    </row>
+    <row r="442" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L442"/>
+    </row>
+    <row r="443" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L443"/>
+    </row>
+    <row r="444" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L444"/>
+    </row>
+    <row r="445" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L445"/>
+    </row>
+    <row r="446" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L446"/>
+    </row>
+    <row r="447" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L447"/>
+    </row>
+    <row r="448" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L448"/>
+    </row>
+    <row r="449" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L449"/>
+    </row>
+    <row r="450" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L450"/>
+    </row>
+    <row r="451" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L451"/>
+    </row>
+    <row r="452" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L452"/>
+    </row>
+    <row r="453" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L453"/>
+    </row>
+    <row r="454" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L454"/>
+    </row>
+    <row r="455" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L455"/>
+    </row>
+    <row r="456" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L456"/>
+    </row>
+    <row r="457" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L457"/>
+    </row>
+    <row r="458" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L458"/>
+    </row>
+    <row r="459" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L459"/>
+    </row>
+    <row r="460" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L460"/>
+    </row>
+    <row r="461" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L461"/>
+    </row>
+    <row r="462" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L462"/>
+    </row>
+    <row r="463" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L463"/>
+    </row>
+    <row r="464" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L464"/>
+    </row>
+    <row r="465" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L465"/>
+    </row>
+    <row r="466" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L466"/>
+    </row>
+    <row r="467" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L467"/>
+    </row>
+    <row r="468" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L468"/>
+    </row>
+    <row r="469" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L469"/>
+    </row>
+    <row r="470" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L470"/>
+    </row>
+    <row r="471" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L471"/>
+    </row>
+    <row r="472" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L472"/>
+    </row>
+    <row r="473" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L473"/>
+    </row>
+    <row r="474" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L474"/>
+    </row>
+    <row r="475" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L475"/>
+    </row>
+    <row r="476" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L476"/>
+    </row>
+    <row r="477" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L477"/>
+    </row>
+    <row r="478" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L478"/>
+    </row>
+    <row r="479" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L479"/>
+    </row>
+    <row r="480" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L480"/>
+    </row>
+    <row r="481" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L481"/>
+    </row>
+    <row r="482" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L482"/>
+    </row>
+    <row r="483" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L483"/>
+    </row>
+    <row r="484" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L484"/>
+    </row>
+    <row r="485" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L485"/>
+    </row>
+    <row r="486" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L486"/>
+    </row>
+    <row r="487" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L487"/>
+    </row>
+    <row r="488" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L488"/>
+    </row>
+    <row r="489" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L489"/>
+    </row>
+    <row r="490" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L490"/>
+    </row>
+    <row r="491" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L491"/>
+    </row>
+    <row r="492" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L492"/>
+    </row>
+    <row r="493" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L493"/>
+    </row>
+    <row r="494" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L494"/>
+    </row>
+    <row r="495" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L495"/>
+    </row>
+    <row r="496" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L496"/>
+    </row>
+    <row r="497" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L497"/>
+    </row>
+    <row r="498" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L498"/>
+    </row>
+    <row r="499" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L499"/>
+    </row>
+    <row r="500" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L500"/>
+    </row>
+    <row r="501" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L501"/>
+    </row>
+    <row r="502" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L502"/>
+    </row>
+    <row r="503" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L503"/>
+    </row>
+    <row r="504" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L504"/>
+    </row>
+    <row r="505" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L505"/>
+    </row>
+    <row r="506" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L506"/>
+    </row>
+    <row r="507" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L507"/>
+    </row>
+    <row r="508" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L508"/>
+    </row>
+    <row r="509" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L509"/>
+    </row>
+    <row r="510" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L510"/>
+    </row>
+    <row r="511" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L511"/>
+    </row>
+    <row r="512" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L512"/>
+    </row>
+    <row r="513" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L513"/>
+    </row>
+    <row r="514" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L514"/>
+    </row>
+    <row r="515" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L515"/>
+    </row>
+    <row r="516" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L516"/>
+    </row>
+    <row r="517" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L517"/>
+    </row>
+    <row r="518" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L518"/>
+    </row>
+    <row r="519" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L519"/>
+    </row>
+    <row r="520" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L520"/>
+    </row>
+    <row r="521" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L521"/>
+    </row>
+    <row r="522" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L522"/>
+    </row>
+    <row r="523" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L523"/>
+    </row>
+    <row r="524" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L524"/>
+    </row>
+    <row r="525" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L525"/>
+    </row>
+    <row r="526" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L526"/>
+    </row>
+    <row r="527" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L527"/>
+    </row>
+    <row r="528" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L528"/>
+    </row>
+    <row r="529" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L529"/>
+    </row>
+    <row r="530" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L530"/>
+    </row>
+    <row r="531" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L531"/>
+    </row>
+    <row r="532" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L532"/>
+    </row>
+    <row r="533" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L533"/>
+    </row>
+    <row r="534" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L534"/>
+    </row>
+    <row r="535" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L535"/>
+    </row>
+    <row r="536" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L536"/>
+    </row>
+    <row r="537" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L537"/>
+    </row>
+    <row r="538" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L538"/>
+    </row>
+    <row r="539" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L539"/>
+    </row>
+    <row r="540" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L540"/>
+    </row>
+    <row r="541" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L541"/>
+    </row>
+    <row r="542" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L542"/>
+    </row>
+    <row r="543" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L543"/>
+    </row>
+    <row r="544" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L544"/>
+    </row>
+    <row r="545" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L545"/>
+    </row>
+    <row r="546" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L546"/>
+    </row>
+    <row r="547" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L547"/>
+    </row>
+    <row r="548" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L548"/>
+    </row>
+    <row r="549" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L549"/>
+    </row>
+    <row r="550" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L550"/>
+    </row>
+    <row r="551" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L551"/>
+    </row>
+    <row r="552" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L552"/>
+    </row>
+    <row r="553" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L553"/>
+    </row>
+    <row r="554" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L554"/>
+    </row>
+    <row r="555" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L555"/>
+    </row>
+    <row r="556" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L556"/>
+    </row>
+    <row r="557" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L557"/>
+    </row>
+    <row r="558" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L558"/>
+    </row>
+    <row r="559" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L559"/>
+    </row>
+    <row r="560" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L560"/>
+    </row>
+    <row r="561" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L561"/>
+    </row>
+    <row r="562" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L562"/>
+    </row>
+    <row r="563" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L563"/>
+    </row>
+    <row r="564" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L564"/>
+    </row>
+    <row r="565" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L565"/>
+    </row>
+    <row r="566" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L566"/>
+    </row>
+    <row r="567" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L567"/>
+    </row>
+    <row r="568" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L568"/>
+    </row>
+    <row r="569" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L569"/>
+    </row>
+    <row r="570" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L570"/>
+    </row>
+    <row r="571" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L571"/>
+    </row>
+    <row r="572" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L572"/>
+    </row>
+    <row r="573" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L573"/>
+    </row>
+    <row r="574" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L574"/>
+    </row>
+    <row r="575" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L575"/>
+    </row>
+    <row r="576" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L576"/>
+    </row>
+    <row r="577" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L577"/>
+    </row>
+    <row r="578" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L578"/>
+    </row>
+    <row r="579" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L579"/>
+    </row>
+    <row r="580" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L580"/>
+    </row>
+    <row r="581" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L581"/>
+    </row>
+    <row r="582" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L582"/>
+    </row>
+    <row r="583" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L583"/>
+    </row>
+    <row r="584" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L584"/>
+    </row>
+    <row r="585" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L585"/>
+    </row>
+    <row r="586" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L586"/>
+    </row>
+    <row r="587" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L587"/>
+    </row>
+    <row r="588" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L588"/>
+    </row>
+    <row r="589" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L589"/>
+    </row>
+    <row r="590" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L590"/>
+    </row>
+    <row r="591" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L591"/>
+    </row>
+    <row r="592" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L592"/>
+    </row>
+    <row r="593" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L593"/>
+    </row>
+    <row r="594" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L594"/>
+    </row>
+    <row r="595" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L595"/>
+    </row>
+    <row r="596" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L596"/>
+    </row>
+    <row r="597" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L597"/>
+    </row>
+    <row r="598" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L598"/>
+    </row>
+    <row r="599" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L599"/>
+    </row>
+    <row r="600" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L600"/>
+    </row>
+    <row r="601" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L601"/>
+    </row>
+    <row r="602" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L602"/>
+    </row>
+    <row r="603" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L603"/>
+    </row>
+    <row r="604" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L604"/>
+    </row>
+    <row r="605" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L605"/>
+    </row>
+    <row r="606" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L606"/>
+    </row>
+    <row r="607" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L607"/>
+    </row>
+    <row r="608" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L608"/>
+    </row>
+    <row r="609" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L609"/>
+    </row>
+    <row r="610" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L610"/>
+    </row>
+    <row r="611" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L611"/>
+    </row>
+    <row r="612" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L612"/>
+    </row>
+    <row r="613" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L613"/>
+    </row>
+    <row r="614" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L614"/>
+    </row>
+    <row r="615" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L615"/>
+    </row>
+    <row r="616" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L616"/>
+    </row>
+    <row r="617" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L617"/>
+    </row>
+    <row r="618" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L618"/>
+    </row>
+    <row r="619" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L619"/>
+    </row>
+    <row r="620" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L620"/>
+    </row>
+    <row r="621" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L621"/>
+    </row>
+    <row r="622" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L622"/>
+    </row>
+    <row r="623" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L623"/>
+    </row>
+    <row r="624" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L624"/>
+    </row>
+    <row r="625" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L625"/>
+    </row>
+    <row r="626" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L626"/>
+    </row>
+    <row r="627" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L627"/>
+    </row>
+    <row r="628" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L628"/>
+    </row>
+    <row r="629" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L629"/>
+    </row>
+    <row r="630" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L630"/>
+    </row>
+    <row r="631" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L631"/>
+    </row>
+    <row r="632" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L632"/>
+    </row>
+    <row r="633" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L633"/>
+    </row>
+    <row r="634" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L634"/>
+    </row>
+    <row r="635" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L635"/>
+    </row>
+    <row r="636" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L636"/>
+    </row>
+    <row r="637" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L637"/>
+    </row>
+    <row r="638" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L638"/>
+    </row>
+    <row r="639" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L639"/>
+    </row>
+    <row r="640" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L640"/>
+    </row>
+    <row r="641" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L641"/>
+    </row>
+    <row r="642" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L642"/>
+    </row>
+    <row r="643" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L643"/>
+    </row>
+    <row r="644" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L644"/>
+    </row>
+    <row r="645" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L645"/>
+    </row>
+    <row r="646" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L646"/>
+    </row>
+    <row r="647" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L647"/>
+    </row>
+    <row r="648" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L648"/>
+    </row>
+    <row r="649" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L649"/>
+    </row>
+    <row r="650" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L650"/>
+    </row>
+    <row r="651" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L651"/>
+    </row>
+    <row r="652" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L652"/>
+    </row>
+    <row r="653" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L653"/>
+    </row>
+    <row r="654" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L654"/>
+    </row>
+    <row r="655" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L655"/>
+    </row>
+    <row r="656" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L656"/>
+    </row>
+    <row r="657" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L657"/>
+    </row>
+    <row r="658" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L658"/>
+    </row>
+    <row r="659" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L659"/>
+    </row>
+    <row r="660" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L660"/>
+    </row>
+    <row r="661" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L661"/>
+    </row>
+    <row r="662" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L662"/>
+    </row>
+    <row r="663" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L663"/>
+    </row>
+    <row r="664" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L664"/>
+    </row>
+    <row r="665" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L665"/>
+    </row>
+    <row r="666" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L666"/>
+    </row>
+    <row r="667" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L667"/>
+    </row>
+    <row r="668" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L668"/>
+    </row>
+    <row r="669" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L669"/>
+    </row>
+    <row r="670" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L670"/>
+    </row>
+    <row r="671" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L671"/>
+    </row>
+    <row r="672" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L672"/>
+    </row>
+    <row r="673" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L673"/>
+    </row>
+    <row r="674" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L674"/>
+    </row>
+    <row r="675" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L675"/>
+    </row>
+    <row r="676" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L676"/>
+    </row>
+    <row r="677" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L677"/>
+    </row>
+    <row r="678" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L678"/>
+    </row>
+    <row r="679" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L679"/>
+    </row>
+    <row r="680" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L680"/>
+    </row>
+    <row r="681" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L681"/>
+    </row>
+    <row r="682" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L682"/>
+    </row>
+    <row r="683" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L683"/>
+    </row>
+    <row r="684" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L684"/>
+    </row>
+    <row r="685" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L685"/>
+    </row>
+    <row r="686" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L686"/>
+    </row>
+    <row r="687" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L687"/>
+    </row>
+    <row r="688" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L688"/>
+    </row>
+    <row r="689" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L689"/>
+    </row>
+    <row r="690" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L690"/>
+    </row>
+    <row r="691" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L691"/>
+    </row>
+    <row r="692" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L692"/>
+    </row>
+    <row r="693" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L693"/>
+    </row>
+    <row r="694" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L694"/>
+    </row>
+    <row r="695" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L695"/>
+    </row>
+    <row r="696" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L696"/>
+    </row>
+    <row r="697" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L697"/>
+    </row>
+    <row r="698" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L698"/>
+    </row>
+    <row r="699" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L699"/>
+    </row>
+    <row r="700" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L700"/>
+    </row>
+    <row r="701" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L701"/>
+    </row>
+    <row r="702" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L702"/>
+    </row>
+    <row r="703" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L703"/>
+    </row>
+    <row r="704" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L704"/>
+    </row>
+    <row r="705" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L705"/>
+    </row>
+    <row r="706" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L706"/>
+    </row>
+    <row r="707" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L707"/>
+    </row>
+    <row r="708" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L708"/>
+    </row>
+    <row r="709" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L709"/>
+    </row>
+    <row r="710" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L710"/>
+    </row>
+    <row r="711" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L711"/>
+    </row>
+    <row r="712" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L712"/>
+    </row>
+    <row r="713" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L713"/>
+    </row>
+    <row r="714" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L714"/>
+    </row>
+    <row r="715" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L715"/>
+    </row>
+    <row r="716" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L716"/>
+    </row>
+    <row r="717" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L717"/>
+    </row>
+    <row r="718" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L718"/>
+    </row>
+    <row r="719" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L719"/>
+    </row>
+    <row r="720" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L720"/>
+    </row>
+    <row r="721" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L721"/>
+    </row>
+    <row r="722" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L722"/>
+    </row>
+    <row r="723" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L723"/>
+    </row>
+    <row r="724" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L724"/>
+    </row>
+    <row r="725" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L725"/>
+    </row>
+    <row r="726" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L726"/>
+    </row>
+    <row r="727" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L727"/>
+    </row>
+    <row r="728" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L728"/>
+    </row>
+    <row r="729" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L729"/>
+    </row>
+    <row r="730" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L730"/>
+    </row>
+    <row r="731" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L731"/>
+    </row>
+    <row r="732" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L732"/>
+    </row>
+    <row r="733" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L733"/>
+    </row>
+    <row r="734" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L734"/>
+    </row>
+    <row r="735" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L735"/>
+    </row>
+    <row r="736" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L736"/>
+    </row>
+    <row r="737" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L737"/>
+    </row>
+    <row r="738" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L738"/>
+    </row>
+    <row r="739" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L739"/>
+    </row>
+    <row r="740" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L740"/>
+    </row>
+    <row r="741" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L741"/>
+    </row>
+    <row r="742" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L742"/>
+    </row>
+    <row r="743" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L743"/>
+    </row>
+    <row r="744" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L744"/>
+    </row>
+    <row r="745" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L745"/>
+    </row>
+    <row r="746" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L746"/>
+    </row>
+    <row r="747" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L747"/>
+    </row>
+    <row r="748" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L748"/>
+    </row>
+    <row r="749" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L749"/>
+    </row>
+    <row r="750" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L750"/>
+    </row>
+    <row r="751" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L751"/>
+    </row>
+    <row r="752" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L752"/>
+    </row>
+    <row r="753" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L753"/>
+    </row>
+    <row r="754" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L754"/>
+    </row>
+    <row r="755" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L755"/>
+    </row>
+    <row r="756" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L756"/>
+    </row>
+    <row r="757" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L757"/>
+    </row>
+    <row r="758" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L758"/>
+    </row>
+    <row r="759" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L759"/>
+    </row>
+    <row r="760" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L760"/>
+    </row>
+    <row r="761" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L761"/>
+    </row>
+    <row r="762" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L762"/>
+    </row>
+    <row r="763" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L763"/>
+    </row>
+    <row r="764" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L764"/>
+    </row>
+    <row r="765" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L765"/>
+    </row>
+    <row r="766" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L766"/>
+    </row>
+    <row r="767" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L767"/>
+    </row>
+    <row r="768" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L768"/>
+    </row>
+    <row r="769" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L769"/>
+    </row>
+    <row r="770" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L770"/>
+    </row>
+    <row r="771" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L771"/>
+    </row>
+    <row r="772" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L772"/>
+    </row>
+    <row r="773" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L773"/>
+    </row>
+    <row r="774" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L774"/>
+    </row>
+    <row r="775" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L775"/>
+    </row>
+    <row r="776" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L776"/>
+    </row>
+    <row r="777" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L777"/>
+    </row>
+    <row r="778" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L778"/>
+    </row>
+    <row r="779" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L779"/>
+    </row>
+    <row r="780" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L780"/>
+    </row>
+    <row r="781" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L781"/>
+    </row>
+    <row r="782" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L782"/>
+    </row>
+    <row r="783" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L783"/>
+    </row>
+    <row r="784" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L784"/>
+    </row>
+    <row r="785" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L785"/>
+    </row>
+    <row r="786" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L786"/>
+    </row>
+    <row r="787" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L787"/>
+    </row>
+    <row r="788" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L788"/>
+    </row>
+    <row r="789" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L789"/>
+    </row>
+    <row r="790" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L790"/>
+    </row>
+    <row r="791" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L791"/>
+    </row>
+    <row r="792" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L792"/>
+    </row>
+    <row r="793" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L793"/>
+    </row>
+    <row r="794" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L794"/>
+    </row>
+    <row r="795" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L795"/>
+    </row>
+    <row r="796" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L796"/>
+    </row>
+    <row r="797" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L797"/>
+    </row>
+    <row r="798" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L798"/>
+    </row>
+    <row r="799" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L799"/>
+    </row>
+    <row r="800" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L800"/>
+    </row>
+    <row r="801" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L801"/>
+    </row>
+    <row r="802" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L802"/>
+    </row>
+    <row r="803" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L803"/>
+    </row>
+    <row r="804" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L804"/>
+    </row>
+    <row r="805" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L805"/>
+    </row>
+    <row r="806" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L806"/>
+    </row>
+    <row r="807" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L807"/>
+    </row>
+    <row r="808" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L808"/>
+    </row>
+    <row r="809" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L809" s="30"/>
+    </row>
+    <row r="810" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="811" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="812" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="813" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="814" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="815" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="816" spans="12:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="817" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="818" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="819" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="820" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="821" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="822" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="823" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="824" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="825" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="826" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="827" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="828" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="829" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="830" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="831" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="832" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="833" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="834" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="835" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="836" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="837" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="838" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="839" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="840" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="841" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="842" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="843" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="844" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="845" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="846" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="847" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="848" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="849" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="850" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="851" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="852" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="853" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="854" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="855" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="856" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="857" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="858" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="859" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="860" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="861" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="862" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="863" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="864" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="865" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="866" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="867" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="868" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="869" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="870" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="871" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="872" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="873" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="874" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="875" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="876" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="877" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="878" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="879" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="880" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="881" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="882" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="883" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="884" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="885" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="886" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="887" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="888" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="889" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="890" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="891" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="892" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="893" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="894" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="895" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="896" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="897" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="898" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="899" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="900" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="901" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="902" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="903" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="904" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="905" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="906" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="907" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="908" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="909" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="910" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="911" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="912" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="913" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="914" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="915" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="916" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="917" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="918" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="919" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="920" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="921" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="922" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="923" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="924" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="925" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="926" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="927" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="928" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="929" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="930" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="931" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="932" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="933" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="934" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="935" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="936" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="937" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="938" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="939" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="940" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="941" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="942" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="943" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="944" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="945" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="946" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="947" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="948" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="949" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="950" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="951" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="952" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="953" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="954" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="955" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="956" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="957" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="958" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="959" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="960" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="961" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="962" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="963" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="964" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="965" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="966" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="967" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="968" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="969" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="970" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="971" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="972" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="973" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <mergeCells count="55">
-[...54 lines deleted...]
-    <mergeCell ref="U7:V7"/>
+  <mergeCells count="24">
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="M26:S26"/>
+    <mergeCell ref="M27:S27"/>
+    <mergeCell ref="M28:S28"/>
+    <mergeCell ref="M29:S29"/>
+    <mergeCell ref="M30:S30"/>
+    <mergeCell ref="M32:S32"/>
+    <mergeCell ref="M33:S33"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...358 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:E987"/>
   <sheetViews>
-    <sheetView topLeftCell="A9" workbookViewId="0">
+    <sheetView topLeftCell="A39" workbookViewId="0">
       <selection activeCell="K47" sqref="K47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="12.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.6328125" customWidth="1"/>
     <col min="2" max="2" width="27.08984375" customWidth="1"/>
     <col min="3" max="4" width="8.6328125" customWidth="1"/>
     <col min="5" max="5" width="12.90625" customWidth="1"/>
     <col min="6" max="26" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:5" ht="14.25" customHeight="1"/>
-[...2 lines deleted...]
-      <c r="B3" s="33" t="s">
+    <row r="1" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" s="4"/>
+      <c r="E3" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="7"/>
+      <c r="E4" s="8"/>
+    </row>
+    <row r="5" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" s="7"/>
+      <c r="E5" s="9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" s="11"/>
+      <c r="E6" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="14"/>
+      <c r="E8" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="11"/>
+      <c r="E9" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="17" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" s="14"/>
+      <c r="E11" s="18" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="11"/>
+      <c r="E12" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="14"/>
+      <c r="E14" s="18" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" s="11"/>
+      <c r="E15" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="17" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="14"/>
+      <c r="E17" s="18" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="18" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D18" s="11"/>
+      <c r="E18" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" s="14"/>
+      <c r="E20" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D21" s="11"/>
+      <c r="E21" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="18" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="24" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D24" s="11"/>
+      <c r="E24" s="12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="25" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="26" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="43" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" s="14"/>
+      <c r="E26" s="15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="27" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D27" s="11"/>
+      <c r="E27" s="12"/>
+    </row>
+    <row r="28" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" spans="2:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D30" s="11"/>
+      <c r="E30" s="12"/>
+    </row>
+    <row r="31" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="32" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" s="43" t="s">
+        <v>62</v>
+      </c>
+      <c r="D32" s="14"/>
+      <c r="E32" s="15" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="33" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D33" s="11"/>
+      <c r="E33" s="12"/>
+    </row>
+    <row r="34" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C34" s="43" t="s">
+        <v>62</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="C3" s="34" t="s">
+    </row>
+    <row r="35" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="10" t="s">
         <v>88</v>
       </c>
-      <c r="D3" s="34"/>
-      <c r="E3" s="35" t="s">
+      <c r="C35" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" s="11"/>
+      <c r="E35" s="12"/>
+    </row>
+    <row r="36" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="31" t="s">
+        <v>98</v>
+      </c>
+      <c r="C36" s="32" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="7"/>
+      <c r="E36" s="34" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="2:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="44" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D37" s="14"/>
+      <c r="E37" s="33" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="4" spans="2:5" ht="14.25" customHeight="1">
-[...3 lines deleted...]
-      <c r="C4" s="37" t="s">
+    <row r="38" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="D4" s="37"/>
-[...3 lines deleted...]
-      <c r="B5" s="36" t="s">
+      <c r="C38" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="D38" s="21"/>
+      <c r="E38" s="22"/>
+    </row>
+    <row r="39" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E39" s="24" t="s">
         <v>92</v>
       </c>
-      <c r="C5" s="37" t="s">
-[...3 lines deleted...]
-      <c r="E5" s="39" t="s">
+    </row>
+    <row r="40" spans="2:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="25" t="s">
         <v>94</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="40" t="s">
+      <c r="C40" s="28" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="26"/>
+      <c r="E40" s="27" t="s">
         <v>95</v>
       </c>
-      <c r="C6" s="41" t="s">
-[...26 lines deleted...]
-      <c r="E8" s="45" t="s">
+    </row>
+    <row r="41" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="35" t="s">
         <v>100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" s="40" t="s">
+      <c r="C41" s="36" t="s">
+        <v>35</v>
+      </c>
+      <c r="D41" s="21"/>
+      <c r="E41" s="22"/>
+    </row>
+    <row r="42" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="40" t="s">
+        <v>104</v>
+      </c>
+      <c r="C42" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E42" s="42" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="43" spans="2:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C43" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="D43" s="26"/>
+      <c r="E43" s="39" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="44" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="35" t="s">
         <v>101</v>
       </c>
-      <c r="C9" s="41" t="s">
-[...8 lines deleted...]
-      <c r="B10" s="46" t="s">
+      <c r="C44" s="36" t="s">
+        <v>35</v>
+      </c>
+      <c r="D44" s="21"/>
+      <c r="E44" s="22"/>
+    </row>
+    <row r="45" spans="2:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="37" t="s">
         <v>102</v>
       </c>
-      <c r="C10" s="37" t="s">
+      <c r="C45" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" s="26"/>
+      <c r="E45" s="39" t="s">
         <v>103</v>
       </c>
-      <c r="E10" s="47" t="s">
-[...46 lines deleted...]
-      <c r="E14" s="48" t="s">
+    </row>
+    <row r="46" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="45" t="s">
         <v>111</v>
       </c>
-    </row>
-[...1302 lines deleted...]
-    <row r="987" ht="14.25" customHeight="1"/>
+      <c r="C46" s="46" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C47" s="46" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="48" spans="2:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="49" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="50" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="51" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="52" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="53" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="54" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="55" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="56" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="57" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="58" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="59" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="60" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="61" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="62" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="63" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="64" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="65" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="66" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="67" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="68" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="69" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="70" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="71" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="72" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="73" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="74" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="75" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="76" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="77" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="78" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="79" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="80" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="81" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="82" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="83" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="84" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="85" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="101" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="102" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="103" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="104" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="105" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="106" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="107" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="108" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="109" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="110" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="111" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="112" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="113" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="114" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="115" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="116" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="117" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="118" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="119" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="120" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="121" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="122" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="123" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="124" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="125" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="126" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="127" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="128" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="129" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="130" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="131" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="132" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="133" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="134" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="135" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="136" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="137" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="138" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="139" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="140" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="141" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="142" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="143" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="144" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="145" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="146" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="147" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="148" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="149" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="150" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="151" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="152" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="153" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="154" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="155" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="156" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="157" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="158" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="159" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="160" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="161" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="162" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="163" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="164" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="165" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="166" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="167" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="168" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="169" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="170" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="171" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="172" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="173" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="174" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="175" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="176" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="177" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="178" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="179" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="180" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="181" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="182" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="183" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="184" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="185" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="186" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="187" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="188" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="189" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="190" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="191" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="192" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="193" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="194" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="195" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="196" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="197" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="198" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="199" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="200" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="201" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="202" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="203" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="204" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="205" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="206" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="207" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="208" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="209" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="210" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="211" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="212" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="213" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="214" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="215" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="216" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="217" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="218" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="219" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="220" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="221" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="222" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="223" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="224" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="225" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="226" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="227" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="228" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="229" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="230" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="231" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="232" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="233" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="234" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="235" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="236" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="237" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="238" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="239" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="240" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="241" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="242" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="243" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="244" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="245" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="246" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="247" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="248" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="249" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="250" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="251" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="252" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="253" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="254" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="255" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="256" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="257" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="258" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="259" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="260" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="261" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="262" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="263" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="264" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="265" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="266" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="267" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="268" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="269" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="270" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="271" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="272" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="273" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="274" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="275" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="276" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="277" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="278" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="279" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="280" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="281" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="282" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="283" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="284" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="285" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="286" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="287" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="288" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="289" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="290" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="291" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="292" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="293" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="294" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="295" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="296" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="297" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="298" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="299" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="300" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="301" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="302" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="303" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="304" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="305" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="306" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="307" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="308" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="309" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="310" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="311" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="312" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="313" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="314" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="315" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="316" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="317" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="318" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="319" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="320" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="321" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="322" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="323" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="324" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="325" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="326" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="327" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="328" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="329" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="330" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="331" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="332" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="333" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="334" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="335" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="336" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="337" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="338" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="339" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="340" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="341" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="342" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="343" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="344" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="345" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="346" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="347" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="348" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="349" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="350" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="351" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="352" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="353" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="354" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="355" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="356" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="357" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="358" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="359" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="360" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="361" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="362" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="363" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="364" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="365" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="366" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="367" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="368" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="369" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="370" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="371" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="372" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="373" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="374" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="375" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="376" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="377" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="378" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="379" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="380" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="381" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="382" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="383" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="384" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="385" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="386" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="387" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="388" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="389" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="390" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="391" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="392" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="393" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="394" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="395" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="396" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="397" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="398" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="399" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="400" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="401" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="402" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="403" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="404" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="405" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="406" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="407" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="408" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="409" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="410" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="411" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="412" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="413" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="414" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="415" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="416" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="417" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="418" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="419" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="420" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="421" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="422" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="423" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="424" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="425" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="426" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="427" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="428" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="429" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="430" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="431" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="432" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="433" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="434" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="435" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="436" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="437" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="438" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="439" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="440" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="441" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="442" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="443" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="444" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="445" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="446" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="447" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="448" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="449" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="450" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="451" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="452" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="453" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="454" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="455" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="456" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="457" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="458" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="459" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="460" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="461" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="462" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="463" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="464" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="465" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="466" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="467" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="468" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="469" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="470" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="471" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="472" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="473" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="474" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="475" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="476" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="477" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="478" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="479" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="480" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="481" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="482" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="483" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="484" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="485" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="486" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="487" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="488" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="489" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="490" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="491" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="492" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="493" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="494" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="495" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="496" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="497" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="498" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="499" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="500" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="501" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="502" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="503" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="504" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="505" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="506" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="507" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="508" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="509" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="510" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="511" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="512" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="513" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="514" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="515" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="516" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="517" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="518" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="519" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="520" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="521" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="522" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="523" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="524" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="525" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="526" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="527" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="528" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="529" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="530" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="531" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="532" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="533" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="534" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="535" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="536" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="537" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="538" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="539" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="540" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="541" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="542" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="543" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="544" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="545" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="546" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="547" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="548" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="549" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="550" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="551" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="552" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="553" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="554" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="555" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="556" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="557" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="558" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="559" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="560" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="561" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="562" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="563" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="564" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="565" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="566" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="567" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="568" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="569" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="570" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="571" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="572" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="573" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="574" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="575" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="576" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="577" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="578" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="579" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="580" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="581" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="582" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="583" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="584" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="585" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="586" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="587" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="588" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="589" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="590" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="591" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="592" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="593" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="594" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="595" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="596" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="597" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="598" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="599" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="600" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="601" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="602" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="603" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="604" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="605" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="606" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="607" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="608" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="609" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="610" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="611" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="612" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="613" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="614" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="615" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="616" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="617" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="618" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="619" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="620" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="621" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="622" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="623" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="624" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="625" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="626" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="627" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="628" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="629" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="630" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="631" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="632" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="633" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="634" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="635" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="636" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="637" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="638" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="639" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="640" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="641" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="642" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="643" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="644" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="645" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="646" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="647" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="648" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="649" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="650" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="651" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="652" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="653" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="654" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="655" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="656" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="657" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="658" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="659" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="660" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="661" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="662" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="663" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="664" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="665" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="666" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="667" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="668" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="669" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="670" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="671" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="672" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="673" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="674" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="675" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="676" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="677" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="678" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="679" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="680" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="681" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="682" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="683" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="684" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="685" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="686" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="687" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="688" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="689" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="690" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="691" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="692" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="693" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="694" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="695" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="696" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="697" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="698" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="699" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="700" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="701" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="702" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="703" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="704" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="705" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="706" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="707" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="708" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="709" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="710" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="711" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="712" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="713" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="714" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="715" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="716" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="717" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="718" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="719" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="720" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="721" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="722" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="723" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="724" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="725" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="726" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="727" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="728" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="729" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="730" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="731" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="732" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="733" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="734" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="735" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="736" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="737" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="738" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="739" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="740" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="741" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="742" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="743" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="744" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="745" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="746" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="747" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="748" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="749" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="750" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="751" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="752" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="753" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="754" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="755" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="756" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="757" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="758" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="759" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="760" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="761" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="762" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="763" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="764" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="765" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="766" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="767" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="768" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="769" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="770" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="771" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="772" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="773" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="774" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="775" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="776" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="777" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="778" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="779" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="780" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="781" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="782" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="783" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="784" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="785" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="786" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="787" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="788" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="789" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="790" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="791" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="792" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="793" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="794" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="795" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="796" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="797" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="798" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="799" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="800" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="801" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="802" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="803" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="804" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="805" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="806" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="807" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="808" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="809" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="810" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="811" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="812" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="813" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="814" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="815" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="816" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="817" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="818" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="819" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="820" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="821" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="822" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="823" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="824" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="825" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="826" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="827" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="828" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="829" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="830" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="831" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="832" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="833" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="834" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="835" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="836" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="837" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="838" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="839" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="840" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="841" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="842" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="843" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="844" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="845" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="846" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="847" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="848" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="849" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="850" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="851" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="852" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="853" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="854" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="855" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="856" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="857" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="858" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="859" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="860" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="861" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="862" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="863" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="864" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="865" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="866" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="867" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="868" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="869" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="870" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="871" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="872" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="873" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="874" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="875" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="876" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="877" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="878" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="879" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="880" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="881" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="882" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="883" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="884" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="885" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="886" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="887" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="888" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="889" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="890" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="891" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="892" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="893" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="894" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="895" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="896" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="897" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="898" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="899" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="900" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="901" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="902" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="903" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="904" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="905" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="906" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="907" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="908" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="909" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="910" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="911" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="912" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="913" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="914" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="915" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="916" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="917" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="918" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="919" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="920" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="921" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="922" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="923" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="924" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="925" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="926" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="927" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="928" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="929" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="930" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="931" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="932" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="933" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="934" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="935" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="936" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="937" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="938" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="939" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="940" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="941" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="942" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="943" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="944" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="945" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="946" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="947" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="948" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="949" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="950" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="951" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="952" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="953" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="954" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="955" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="956" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="957" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="958" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="959" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="960" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="961" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="962" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="963" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="964" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="965" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="966" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="967" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="968" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="969" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="970" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="971" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="972" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="973" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="974" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="975" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="976" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="977" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="978" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="979" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="980" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{60b37e60-f0b3-4466-b894-128ac99e40b8}" enabled="1" method="Standard" siteId="{f3015282-1dac-43e2-b2f3-7ed3707b2522}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Arbetsschema</vt:lpstr>
-      <vt:lpstr>Antal arbetspass</vt:lpstr>
       <vt:lpstr>Telefonlista</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andersson, Malin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>