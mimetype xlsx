--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -8,59 +8,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tr3pl-my.sharepoint.com/personal/arthur_veres_tpl_postnord_com/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="716" documentId="14_{BE19226B-220F-4312-8F62-FE40E725D44B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{74692F5B-A385-43D3-84AC-5CE894709D3F}"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="8_{2925E57A-B07E-4F04-9868-5144684CD135}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{96EBA1CE-D904-44B4-BECE-5DBC0E906496}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{73693110-C391-4DAA-9328-A3E3747BBECF}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025-2026'!$A$3:$C$25</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025-2026'!$A$3:$C$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={BD533F32-E872-4B42-AB1E-0D2A6625F51A}</author>
@@ -120,51 +120,51 @@
 Kommentar:
     Kallelse utskickad</t>
       </text>
     </comment>
     <comment ref="K3" authorId="6" shapeId="0" xr:uid="{29FE9F03-F64C-423E-B034-FBEB3E965227}">
       <text>
         <t>[Trådad kommentar]
 I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
 Kommentar:
     Kallelse utskickad</t>
       </text>
     </comment>
     <comment ref="L3" authorId="7" shapeId="0" xr:uid="{62E6521B-C81F-46E6-9E02-872A8E1FF47C}">
       <text>
         <t>[Trådad kommentar]
 I din version av Excel kan du läsa den här trådade kommentaren, men eventuella ändringar i den tas bort om filen öppnas i en senare version av Excel. Läs mer: https://go.microsoft.com/fwlink/?linkid=870924
 Kommentar:
     Kallelse utskickad</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="76">
   <si>
     <t>Lag</t>
   </si>
   <si>
     <t>Förnamn</t>
   </si>
   <si>
     <t>Efternamn</t>
   </si>
   <si>
     <t>Albin</t>
   </si>
   <si>
     <t>Ericson</t>
   </si>
   <si>
     <t>Arvid</t>
   </si>
   <si>
     <t>Ljunggren</t>
   </si>
   <si>
     <t>Carl-Philip</t>
   </si>
   <si>
@@ -317,200 +317,267 @@
   <si>
     <t>10/1 V-sång</t>
   </si>
   <si>
     <t>8/3 V-landa</t>
   </si>
   <si>
     <t>15/3 Ä-hult</t>
   </si>
   <si>
     <t xml:space="preserve">Emil </t>
   </si>
   <si>
     <t>Magnusson</t>
   </si>
   <si>
     <t>Salomonsson</t>
   </si>
   <si>
     <t>Sekretariat</t>
   </si>
   <si>
     <t>Fikabord</t>
   </si>
   <si>
-    <t>Vakant</t>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Ståhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emilio </t>
+  </si>
+  <si>
+    <t>Karnossen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harry </t>
+  </si>
+  <si>
+    <t>Blaag</t>
+  </si>
+  <si>
+    <t>Nedim</t>
+  </si>
+  <si>
+    <t>Kahrimanovic</t>
+  </si>
+  <si>
+    <t>Herman</t>
+  </si>
+  <si>
+    <t>Lüddeckens</t>
+  </si>
+  <si>
+    <t>Fikabord/Kiosk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FF333333"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{E752DBE9-F4B8-4D72-8E06-E338C948866F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Arthur Veres" id="{BF4DF0FC-3985-4DFF-9CE1-DBCCC0D0C552}" userId="S::Arthur.Veres@tpl.postnord.com::55a53fb4-032f-4914-8eae-ab5ef1ab4d0f" providerId="AD"/>
@@ -825,76 +892,76 @@
   </threadedComment>
   <threadedComment ref="H3" dT="2025-10-06T20:09:02.50" personId="{BF4DF0FC-3985-4DFF-9CE1-DBCCC0D0C552}" id="{C90F5CAB-AB33-4586-8FAE-43C922FDA725}">
     <text>Kallelse utskickad</text>
   </threadedComment>
   <threadedComment ref="I3" dT="2025-10-06T20:09:12.39" personId="{BF4DF0FC-3985-4DFF-9CE1-DBCCC0D0C552}" id="{5EEE7981-96DA-4F21-B331-B3BF257AEF65}">
     <text>Kallelse utskickad</text>
   </threadedComment>
   <threadedComment ref="J3" dT="2025-10-06T20:09:21.72" personId="{BF4DF0FC-3985-4DFF-9CE1-DBCCC0D0C552}" id="{217EE4A3-AFFF-49B2-86E1-A36E1885110D}">
     <text>Kallelse utskickad</text>
   </threadedComment>
   <threadedComment ref="K3" dT="2025-10-06T20:09:34.78" personId="{BF4DF0FC-3985-4DFF-9CE1-DBCCC0D0C552}" id="{29FE9F03-F64C-423E-B034-FBEB3E965227}">
     <text>Kallelse utskickad</text>
   </threadedComment>
   <threadedComment ref="L3" dT="2025-10-06T20:09:49.23" personId="{BF4DF0FC-3985-4DFF-9CE1-DBCCC0D0C552}" id="{62E6521B-C81F-46E6-9E02-872A8E1FF47C}">
     <text>Kallelse utskickad</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1FE9F3D3-5855-4088-90D5-EC4EFEA31B2D}">
-  <dimension ref="A1:U26"/>
+  <dimension ref="A1:U30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="C33" sqref="C33"/>
+      <selection activeCell="V31" sqref="V31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="12.33203125" customWidth="1"/>
+    <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.5546875" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="19.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="3.88671875" customWidth="1"/>
-    <col min="5" max="6" width="12.77734375" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="12.6640625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.44140625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="15.21875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.33203125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="16.6640625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="11.6640625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="3.21875" customWidth="1"/>
+    <col min="11" max="11" width="13" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.6640625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="3.33203125" customWidth="1"/>
     <col min="14" max="14" width="14.6640625" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="12.44140625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="13" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="14.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.33203125" bestFit="1" customWidth="1"/>
-    <col min="18" max="19" width="11.6640625" bestFit="1" customWidth="1"/>
-    <col min="20" max="20" width="14.5546875" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="14.21875" bestFit="1" customWidth="1"/>
+    <col min="19" max="20" width="14.5546875" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.3">
       <c r="E1" s="11" t="s">
         <v>50</v>
       </c>
       <c r="F1" s="12" t="s">
         <v>51</v>
       </c>
       <c r="G1" s="11" t="s">
         <v>50</v>
       </c>
       <c r="H1" s="12" t="s">
         <v>51</v>
       </c>
       <c r="I1" s="12" t="s">
         <v>51</v>
       </c>
       <c r="J1" s="11" t="s">
         <v>50</v>
       </c>
       <c r="K1" s="11" t="s">
         <v>50</v>
       </c>
@@ -999,140 +1066,141 @@
         <v>48</v>
       </c>
       <c r="S3" t="s">
         <v>49</v>
       </c>
       <c r="T3" t="s">
         <v>58</v>
       </c>
       <c r="U3" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="19" t="s">
         <v>64</v>
       </c>
+      <c r="J4" s="16"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A5" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="18"/>
       <c r="G5" s="10"/>
-      <c r="J5" s="10"/>
+      <c r="J5" s="16"/>
       <c r="K5" s="20" t="s">
         <v>63</v>
       </c>
       <c r="O5" s="10"/>
       <c r="Q5" s="10"/>
       <c r="S5" s="10"/>
       <c r="U5" s="10"/>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A6" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="B6" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="22" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="17"/>
       <c r="F6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="L6" s="7"/>
       <c r="N6" s="7"/>
       <c r="P6" s="7"/>
       <c r="R6" s="7"/>
-      <c r="S6" s="20" t="s">
+      <c r="S6" s="23" t="s">
         <v>63</v>
       </c>
       <c r="T6" s="7"/>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="18"/>
       <c r="G7" s="10"/>
       <c r="K7" s="20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A8" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="17"/>
       <c r="K8" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A9" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="18"/>
       <c r="G9" s="10"/>
       <c r="S9" s="19" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A10" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="18"/>
       <c r="S10" s="20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A11" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
@@ -1146,245 +1214,320 @@
       <c r="A12" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A13" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="18"/>
       <c r="S13" s="19" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A14" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>62</v>
       </c>
       <c r="E14" s="18"/>
       <c r="K14" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.3">
-      <c r="A15" s="7" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="A15" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="C15" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15" s="18"/>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.3">
-      <c r="A16" s="7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A16" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="26" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="27"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="27"/>
+      <c r="G16" s="27"/>
+      <c r="H16" s="27"/>
+      <c r="I16" s="27"/>
+      <c r="J16" s="27"/>
+      <c r="K16" s="27"/>
+      <c r="L16" s="27"/>
+      <c r="M16" s="27"/>
+      <c r="N16" s="27"/>
+      <c r="O16" s="27"/>
+      <c r="P16" s="27"/>
+      <c r="Q16" s="27"/>
+      <c r="R16" s="27"/>
+      <c r="S16" s="27"/>
+      <c r="T16" s="27"/>
+      <c r="U16" s="27"/>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A17" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="17"/>
-      <c r="F17" s="20" t="s">
+      <c r="L17" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="R17" s="20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A18" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-        <v>64</v>
+        <v>10</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="R18" s="20" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A19" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E19" s="18"/>
+        <v>6</v>
+      </c>
+      <c r="E19" s="17"/>
       <c r="F19" s="20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E20" s="17"/>
-      <c r="L20" s="20" t="s">
-        <v>63</v>
+      <c r="F20" s="19" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="B21" s="2" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="B21" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="22" t="s">
+        <v>23</v>
       </c>
       <c r="E21" s="18"/>
-      <c r="R21" s="20" t="s">
+      <c r="F21" s="20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-        <v>64</v>
+        <v>27</v>
+      </c>
+      <c r="E22" s="17"/>
+      <c r="L22" s="20" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-        <v>64</v>
+        <v>31</v>
+      </c>
+      <c r="E23" s="18"/>
+      <c r="L23" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="R23" s="23" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="R24" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" s="18"/>
+      <c r="F24" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="B25" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B25" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" s="17"/>
       <c r="L25" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.3">
-      <c r="B26" s="21" t="s">
+      <c r="A26" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="R26" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A27" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="L27" s="19" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A28" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="R26" s="19" t="s">
-        <v>64</v>
+      <c r="C28" s="15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A29" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="R29" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A30" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="21" t="s">
+        <v>73</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:C25" xr:uid="{1FE9F3D3-5855-4088-90D5-EC4EFEA31B2D}">
-[...1 lines deleted...]
-      <sortCondition ref="A3:A25"/>
+  <autoFilter ref="A3:C30" xr:uid="{1FE9F3D3-5855-4088-90D5-EC4EFEA31B2D}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C27">
+      <sortCondition ref="A3:A27"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025-2026</vt:lpstr>