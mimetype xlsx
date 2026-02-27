--- v0 (2025-11-11)
+++ v1 (2026-02-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\exh151\OneDrive - Sherwin-Williams\Desktop\Privat\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\m0777466\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C6EEE07-BB8F-4A38-BCD8-0E111DF9B59E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45412655-2FCA-4163-833D-ED6BBB7FCBE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{801A06B4-52F3-4EF6-B06D-D7415D631BAF}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{801A06B4-52F3-4EF6-B06D-D7415D631BAF}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="67">
   <si>
     <t>Grupp 3</t>
   </si>
   <si>
     <t>Grupp 1</t>
   </si>
   <si>
     <t>Gruppindelning Flickor födda 2015. Säsong 2025/2026</t>
   </si>
   <si>
     <t>Tuva B</t>
   </si>
   <si>
     <t>Alma B</t>
   </si>
   <si>
     <t>Lydia B</t>
   </si>
   <si>
     <t>Vera E</t>
   </si>
   <si>
     <t>Sigrid F</t>
   </si>
   <si>
@@ -229,50 +229,56 @@
     <t>1,2,3</t>
   </si>
   <si>
     <t>Sham</t>
   </si>
   <si>
     <t>Saga L</t>
   </si>
   <si>
     <t>1&amp;2</t>
   </si>
   <si>
     <t>1&amp;3</t>
   </si>
   <si>
     <t>2&amp;3</t>
   </si>
   <si>
     <t xml:space="preserve">Ebba A </t>
   </si>
   <si>
     <t>Maja N</t>
   </si>
   <si>
     <t xml:space="preserve">Greta A </t>
+  </si>
+  <si>
+    <t>310126 Hemma</t>
+  </si>
+  <si>
+    <t>IF Hallby Blå</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1" tint="0.499984740745262"/>
@@ -307,96 +313,99 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -672,661 +681,704 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AB4D43D-012F-4BD5-AACA-F41061379500}">
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:N58"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+    <sheetView tabSelected="1" topLeftCell="A17" workbookViewId="0">
+      <selection activeCell="E49" sqref="E49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="8" width="18.42578125" customWidth="1"/>
+    <col min="1" max="1" width="18.453125" customWidth="1"/>
+    <col min="2" max="2" width="17.453125" customWidth="1"/>
+    <col min="3" max="3" width="7.1796875" customWidth="1"/>
+    <col min="4" max="5" width="18.453125" customWidth="1"/>
+    <col min="6" max="6" width="7.1796875" customWidth="1"/>
+    <col min="7" max="8" width="18.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A3" s="9" t="s">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A3" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="10"/>
+      <c r="B3" s="11"/>
       <c r="C3" s="5"/>
-      <c r="D3" s="10" t="s">
+      <c r="D3" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="E3" s="10"/>
+      <c r="E3" s="11"/>
       <c r="F3" s="5"/>
-      <c r="G3" s="10" t="s">
+      <c r="G3" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="H3" s="11"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H3" s="12"/>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="6"/>
       <c r="G4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="2"/>
       <c r="H9" s="8" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="3"/>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="C10" s="6"/>
       <c r="F10" s="6"/>
     </row>
-    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="C11" s="7"/>
       <c r="F11" s="7"/>
     </row>
-    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="1"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="1"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="1"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B28" s="1"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="1"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B32" s="1"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A33" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A34" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="1"/>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
-      <c r="B39" s="1"/>
+      <c r="B39" s="9"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="B40" s="1"/>
+        <v>65</v>
+      </c>
+      <c r="B40" s="9"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>66</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>56</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>40</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>56</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6"/>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="1"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B44" s="1"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A45" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A46" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="6"/>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="1"/>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B48" s="1"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6"/>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6"/>
       <c r="E50" s="6"/>
       <c r="F50" s="6"/>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="1"/>
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B52" s="1"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="6"/>
       <c r="E53" s="6"/>
       <c r="F53" s="6"/>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="6"/>
       <c r="E54" s="6"/>
       <c r="F54" s="6"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A55" s="2"/>
+      <c r="B55" s="1"/>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6"/>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A56" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B56" s="1"/>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6"/>
+      <c r="F56" s="6"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A57" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="6"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A58" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6"/>
+      <c r="E58" s="6"/>
+      <c r="F58" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="G3:H3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{44b79a67-d972-49ba-9167-8eb05f754a1a}" enabled="0" method="" siteId="{44b79a67-d972-49ba-9167-8eb05f754a1a}" removed="1"/>
+  <clbl:label id="{90754b47-c413-4aa1-bfc3-c33089241f4f}" enabled="1" method="Standard" siteId="{e339bd4b-2e3b-4035-a452-2112d502f2ff}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Erik Hall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>