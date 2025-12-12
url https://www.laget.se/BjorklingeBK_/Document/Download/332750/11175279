--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -45,53 +45,53 @@
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\malin\Documents\AnSe redovisning\Björklinge Bollklubb\30. Resultaträkning, noteringar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E43915D-6026-44AC-AFA1-0A792859EDC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C94207B5-AE97-427B-92A7-F0ABEC4B4EFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="822" firstSheet="6" activeTab="17" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="822" firstSheet="8" activeTab="23" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Mall" sheetId="1" r:id="rId1"/>
     <sheet name="v32" sheetId="39" r:id="rId2"/>
     <sheet name="v33" sheetId="38" r:id="rId3"/>
     <sheet name="v34" sheetId="2" r:id="rId4"/>
     <sheet name="v35" sheetId="3" r:id="rId5"/>
     <sheet name="v36" sheetId="4" r:id="rId6"/>
     <sheet name="v37" sheetId="5" r:id="rId7"/>
     <sheet name="v38" sheetId="6" r:id="rId8"/>
     <sheet name="v39" sheetId="7" r:id="rId9"/>
     <sheet name="v40" sheetId="8" r:id="rId10"/>
     <sheet name="v41" sheetId="9" r:id="rId11"/>
     <sheet name="v42" sheetId="10" r:id="rId12"/>
     <sheet name="v43" sheetId="11" r:id="rId13"/>
     <sheet name="v44" sheetId="12" r:id="rId14"/>
     <sheet name="v45" sheetId="13" r:id="rId15"/>
     <sheet name="v46" sheetId="14" r:id="rId16"/>
     <sheet name="v47" sheetId="15" r:id="rId17"/>
     <sheet name="v48" sheetId="16" r:id="rId18"/>
     <sheet name="v49" sheetId="17" r:id="rId19"/>
     <sheet name="v50" sheetId="18" r:id="rId20"/>
     <sheet name="v51" sheetId="19" r:id="rId21"/>
     <sheet name="v52" sheetId="20" r:id="rId22"/>
     <sheet name="v1" sheetId="21" r:id="rId23"/>
@@ -110,51 +110,51 @@
     <sheet name="v14" sheetId="34" r:id="rId36"/>
     <sheet name="v15" sheetId="35" r:id="rId37"/>
     <sheet name="v16" sheetId="36" r:id="rId38"/>
     <sheet name="v17" sheetId="37" r:id="rId39"/>
     <sheet name="Eftersäsong" sheetId="41" r:id="rId40"/>
     <sheet name="Matchtider" sheetId="40" r:id="rId41"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4852" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4925" uniqueCount="246">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Stora hallen</t>
   </si>
   <si>
     <t>Lilla hallen</t>
   </si>
   <si>
     <t>IFU</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
@@ -735,56 +735,50 @@
   <si>
     <t>F12?</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>fadder</t>
   </si>
   <si>
     <t>HJ</t>
   </si>
   <si>
     <t>HJ✓</t>
   </si>
   <si>
-    <t>F17/P17 HT</t>
-[...4 lines deleted...]
-  <si>
     <t>F16/P16</t>
   </si>
   <si>
     <t>P12✓</t>
   </si>
   <si>
     <t>P13✓</t>
   </si>
   <si>
     <t>F15✓</t>
   </si>
   <si>
     <t>F18/P18✓</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>F16</t>
     </r>
@@ -864,61 +858,196 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>F18</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>/P18</t>
     </r>
   </si>
   <si>
     <t>P19</t>
   </si>
   <si>
     <t>F19</t>
   </si>
   <si>
     <t>P17</t>
   </si>
   <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>intern-</t>
+  </si>
+  <si>
+    <t>matcher</t>
+  </si>
+  <si>
+    <t>D2-F16</t>
+  </si>
+  <si>
+    <t>"Jul-kul"</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>frågat om gratis påbokning igen/Jonas S</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>Storvretacup</t>
+  </si>
+  <si>
+    <t>27 -&gt; 29/12</t>
+  </si>
+  <si>
+    <t>2 -&gt; 4/1</t>
+  </si>
+  <si>
+    <t>5 -&gt; 6/1</t>
+  </si>
+  <si>
+    <t>Julafton</t>
+  </si>
+  <si>
+    <t>Nyårsafton</t>
+  </si>
+  <si>
+    <t>Juldagen</t>
+  </si>
+  <si>
+    <t>Nyårsdagen</t>
+  </si>
+  <si>
     <t>1545</t>
   </si>
   <si>
-    <t>1415</t>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>2000-0100</t>
+  </si>
+  <si>
+    <t>F16✓/P16✓</t>
+  </si>
+  <si>
+    <t>F16✓</t>
+  </si>
+  <si>
+    <t>F17✓/P17</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>F17</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>/P17</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>F17</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>/P17</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>P16</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>/P17</t>
+    </r>
+  </si>
+  <si>
+    <t>HJ ? SMS Erik N</t>
+  </si>
+  <si>
+    <t>F14 ? SMS Emilie S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -1007,52 +1136,58 @@
     <font>
       <strike/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="7"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="12">
+  <fills count="16">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF4CCCC"/>
         <bgColor rgb="FFF4CCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
     <fill>
@@ -1075,52 +1210,76 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1F3DA"/>
         <bgColor rgb="FFF4CCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1F3DA"/>
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1F3DA"/>
         <bgColor rgb="FFB6DDE8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3EBF1"/>
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD1F3DA"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF9966"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="33">
+  <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -1448,55 +1607,66 @@
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="183">
+  <cellXfs count="223">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -1924,62 +2094,182 @@
     </xf>
     <xf numFmtId="49" fontId="11" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="7" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="11" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="11" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="11" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="49" fontId="1" fillId="12" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="12" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="12" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="13" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="13" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="13" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="14" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="14" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="14" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="7" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="7" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="15" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="15" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="15" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="10" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="10" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="10" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="9" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="9" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD1F3DA"/>
+      <color rgb="FFD3EBF1"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFB0EABF"/>
-      <color rgb="FFD3EBF1"/>
       <color rgb="FFF4CCCC"/>
       <color rgb="FFFF9966"/>
       <color rgb="FFBFFEBA"/>
       <color rgb="FFEAE7DA"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -5652,51 +5942,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EBB5F27-6FA6-417C-9590-FEF2168F0394}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F26" sqref="F26:F28"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -6192,84 +6482,80 @@
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="61" t="s">
         <v>186</v>
       </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62" t="s">
         <v>46</v>
       </c>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
@@ -6767,51 +7053,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD07951D-5B71-4BA7-8B4B-7F5158524339}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F28" sqref="F28:F30"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -6952,51 +7238,51 @@
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="19"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="25"/>
       <c r="G6" s="178" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="H6" s="88"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="23"/>
       <c r="G7" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="28"/>
@@ -7234,192 +7520,188 @@
       <c r="F17" s="23"/>
       <c r="G17" s="62" t="s">
         <v>135</v>
       </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="61" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="61"/>
       <c r="H19" s="177" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62" t="s">
         <v>136</v>
       </c>
       <c r="H20" s="178" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61" t="s">
         <v>20</v>
       </c>
       <c r="H21" s="66" t="s">
         <v>20</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62" t="s">
         <v>44</v>
       </c>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="61" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="H23" s="66"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="64"/>
       <c r="H24" s="66"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
@@ -7554,51 +7836,51 @@
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="176" t="s">
         <v>189</v>
       </c>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
       <c r="F29" s="181" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G29" s="173"/>
       <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
@@ -7885,51 +8167,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94ACC1DF-C305-47B3-B295-38BCAA9C6419}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H22" sqref="H22:H23"/>
+      <selection activeCell="C22" sqref="C22:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -8023,51 +8305,51 @@
         <v>251028</v>
       </c>
       <c r="K3" s="16">
         <v>251102</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
         <v>251027</v>
       </c>
       <c r="O3" s="15">
         <v>251028</v>
       </c>
       <c r="P3" s="15">
         <v>251029</v>
       </c>
       <c r="Q3" s="15">
         <v>251030</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
     <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="22"/>
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
@@ -8226,99 +8508,99 @@
       <c r="G12" s="162"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="139" t="s">
         <v>124</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="161" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="139" t="s">
         <v>124</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="163"/>
       <c r="H15" s="38" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="161" t="s">
         <v>49</v>
       </c>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
       <c r="G16" s="162"/>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
@@ -8400,165 +8682,161 @@
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="162"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
+        <v>205</v>
+      </c>
+      <c r="C21" s="47" t="s">
         <v>207</v>
       </c>
-      <c r="C21" s="47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="47" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G21" s="163"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="162"/>
       <c r="H22" s="62" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>153</v>
       </c>
       <c r="C23" s="42" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D23" s="42" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>174</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>144</v>
       </c>
       <c r="G23" s="164"/>
       <c r="H23" s="61" t="s">
         <v>187</v>
       </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="165"/>
       <c r="H24" s="165"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>174</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>153</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>145</v>
       </c>
       <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="166"/>
       <c r="H25" s="166"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
@@ -8568,115 +8846,115 @@
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="145"/>
       <c r="G26" s="145"/>
       <c r="H26" s="145"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>144</v>
       </c>
       <c r="D27" s="38" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E27" s="38" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F27" s="146"/>
       <c r="G27" s="146"/>
       <c r="H27" s="146"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="147"/>
       <c r="G28" s="167"/>
       <c r="H28" s="167"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>158</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="176" t="s">
         <v>189</v>
       </c>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>145</v>
       </c>
       <c r="D29" s="38" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>191</v>
       </c>
       <c r="F29" s="148"/>
       <c r="G29" s="146"/>
       <c r="H29" s="146"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
@@ -8966,51 +9244,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88D1B656-01A5-418B-B062-3CB18C61C69B}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="H18" sqref="H18:H23"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -9295,99 +9573,99 @@
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="61" t="s">
         <v>177</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61" t="s">
         <v>185</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -9436,154 +9714,150 @@
       </c>
       <c r="H17" s="177" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62" t="s">
         <v>135</v>
       </c>
       <c r="H18" s="178" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="61" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="H19" s="66" t="s">
         <v>19</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="66"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="62" t="s">
         <v>142</v>
       </c>
       <c r="H21" s="66"/>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="61" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
@@ -9630,51 +9904,51 @@
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="61" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="H25" s="61" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="62" t="s">
         <v>132</v>
       </c>
@@ -10080,51 +10354,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2083172-366A-42F7-B5D2-6C88E2760CDF}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G6" sqref="G6:G7"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -10409,99 +10683,99 @@
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="61" t="s">
         <v>177</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="62"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61" t="s">
         <v>185</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -10614,84 +10888,80 @@
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="61" t="s">
         <v>186</v>
       </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="62"/>
       <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62" t="s">
         <v>41</v>
       </c>
       <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
@@ -11183,51 +11453,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D27CF5C-B3B5-4A14-873B-66CE45919D56}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K10" sqref="K10:K12"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -11368,188 +11638,190 @@
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
       <c r="G6" s="178" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
       <c r="G7" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
-      <c r="K7" s="22"/>
+      <c r="K7" s="19"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="66"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
-      <c r="J8" s="24"/>
-      <c r="K8" s="19"/>
+      <c r="J8" s="25"/>
+      <c r="K8" s="188" t="s">
+        <v>190</v>
+      </c>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="66"/>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
-      <c r="J9" s="22"/>
-      <c r="K9" s="22"/>
+      <c r="J9" s="23"/>
+      <c r="K9" s="189" t="s">
+        <v>224</v>
+      </c>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="66"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
-      <c r="J10" s="24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="J10" s="25"/>
+      <c r="K10" s="187"/>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="67"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
-      <c r="J11" s="22"/>
-      <c r="K11" s="161"/>
+      <c r="J11" s="23"/>
+      <c r="K11" s="186"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62" t="s">
         <v>141</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
-      <c r="K12" s="38" t="s">
+      <c r="K12" s="44" t="s">
         <v>124</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
@@ -11644,51 +11916,51 @@
       <c r="F17" s="23"/>
       <c r="G17" s="62" t="s">
         <v>135</v>
       </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="61" t="s">
-        <v>203</v>
+        <v>222</v>
       </c>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="61"/>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
@@ -11711,125 +11983,121 @@
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62" t="s">
         <v>136</v>
       </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62" t="s">
         <v>41</v>
       </c>
       <c r="H22" s="62" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="61" t="s">
-        <v>204</v>
+        <v>21</v>
       </c>
       <c r="H23" s="61" t="s">
         <v>21</v>
       </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="64"/>
       <c r="H24" s="159"/>
@@ -12290,52 +12558,52 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0.39370078740157483" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03E2F932-B3B6-4377-85A3-F82E43E5F929}">
   <dimension ref="A1:R42"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E31" sqref="E31"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -12590,74 +12858,74 @@
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
       <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="62" t="s">
+      <c r="G11" s="208" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="61" t="s">
+      <c r="G12" s="209" t="s">
         <v>177</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
@@ -12735,51 +13003,51 @@
       <c r="F16" s="25"/>
       <c r="G16" s="62" t="s">
         <v>45</v>
       </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
       <c r="G17" s="61" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
@@ -12825,84 +13093,80 @@
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="61" t="s">
         <v>186</v>
       </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62" t="s">
         <v>132</v>
       </c>
       <c r="H22" s="62" t="s">
         <v>131</v>
       </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
@@ -12977,51 +13241,51 @@
         <v>48</v>
       </c>
       <c r="G25" s="166"/>
       <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="168" t="s">
         <v>176</v>
       </c>
       <c r="F26" s="168" t="s">
-        <v>42</v>
+        <v>190</v>
       </c>
       <c r="G26" s="145"/>
       <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
@@ -13126,51 +13390,51 @@
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="150" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="181" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="149"/>
       <c r="C32" s="41"/>
       <c r="D32" s="143"/>
       <c r="E32" s="143"/>
       <c r="F32" s="182"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
@@ -13584,703 +13848,741 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>185</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
       <c r="G16" s="62"/>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
-      <c r="H18" s="45"/>
+      <c r="G18" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="H18" s="62" t="s">
+        <v>190</v>
+      </c>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
-[...1 lines deleted...]
-        <v>142</v>
+      <c r="G19" s="62" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19" s="61" t="s">
+        <v>19</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
+      <c r="G21" s="163"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="61" t="s">
+        <v>21</v>
+      </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="62" t="s">
+        <v>41</v>
+      </c>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="62" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25" s="61" t="s">
+        <v>225</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="168" t="s">
+        <v>176</v>
+      </c>
+      <c r="G26" s="61" t="s">
+        <v>188</v>
+      </c>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="169" t="s">
+        <v>179</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="170"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="149"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="143"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -15487,51 +15789,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7056D557-556F-4DF8-9EE1-AAC6C7D9023C}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="H35" sqref="H35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -15671,705 +15973,1824 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>142</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>142</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
+      </c>
+      <c r="I13" s="20"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="80"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="23"/>
+      <c r="Q13" s="82"/>
+    </row>
+    <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="24"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="62" t="s">
+        <v>131</v>
+      </c>
+      <c r="H14" s="45"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L14" s="5"/>
+      <c r="M14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="96"/>
+    </row>
+    <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="61" t="s">
+        <v>185</v>
+      </c>
+      <c r="H15" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="I15" s="20"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="80"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="22"/>
+      <c r="O15" s="22"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="82"/>
+    </row>
+    <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="24"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="62" t="s">
+        <v>46</v>
+      </c>
+      <c r="H16" s="45"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="25"/>
+      <c r="Q16" s="96"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="103"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="H17" s="46" t="s">
+        <v>141</v>
+      </c>
+      <c r="J17" s="22"/>
+      <c r="K17" s="22"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="22"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="82"/>
+    </row>
+    <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="24"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="162"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="20"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="25"/>
+      <c r="Q18" s="96"/>
+    </row>
+    <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="22"/>
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="163"/>
+      <c r="H19" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="I19" s="20"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="22"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="82"/>
+    </row>
+    <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="24"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="62" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20" s="45"/>
+      <c r="I20" s="20"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="96"/>
+    </row>
+    <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51"/>
+      <c r="B21" s="37" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="38" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" s="61" t="s">
+        <v>234</v>
+      </c>
+      <c r="H21" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="I21" s="20"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="22"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+      <c r="O21" s="22"/>
+      <c r="P21" s="23"/>
+      <c r="Q21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="40"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="62" t="s">
+        <v>45</v>
+      </c>
+      <c r="I22" s="20"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="25"/>
+      <c r="Q22" s="96"/>
+    </row>
+    <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51"/>
+      <c r="B23" s="37" t="s">
+        <v>132</v>
+      </c>
+      <c r="C23" s="42" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" s="38" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="164"/>
+      <c r="H23" s="179" t="s">
+        <v>187</v>
+      </c>
+      <c r="I23" s="20"/>
+      <c r="J23" s="22"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="22"/>
+      <c r="N23" s="22"/>
+      <c r="O23" s="22"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="43"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="40"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="65" t="s">
+        <v>46</v>
+      </c>
+      <c r="H24" s="213"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="N24" s="24"/>
+      <c r="O24" s="84" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="96"/>
+    </row>
+    <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51"/>
+      <c r="B25" s="42" t="s">
+        <v>45</v>
+      </c>
+      <c r="C25" s="42" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" s="42" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" s="38" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" s="144" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="214"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="22"/>
+      <c r="O25" s="85"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="82"/>
+    </row>
+    <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="65" t="s">
+        <v>132</v>
+      </c>
+      <c r="H26" s="215"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="24"/>
+      <c r="O26" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="96"/>
+    </row>
+    <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="51"/>
+      <c r="B27" s="38" t="s">
+        <v>44</v>
+      </c>
+      <c r="C27" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" s="38" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="146"/>
+      <c r="G27" s="58" t="s">
+        <v>179</v>
+      </c>
+      <c r="H27" s="214"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="23"/>
+      <c r="N27" s="22"/>
+      <c r="O27" s="44"/>
+      <c r="P27" s="84" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q27" s="82"/>
+    </row>
+    <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="210" t="s">
+        <v>119</v>
+      </c>
+      <c r="G28" s="167"/>
+      <c r="H28" s="215"/>
+      <c r="I28" s="20"/>
+      <c r="J28" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="K28" s="26"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" s="24"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="85"/>
+      <c r="Q28" s="84" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="51"/>
+      <c r="B29" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="38" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" s="211"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="K29" s="28"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="23"/>
+      <c r="N29" s="22"/>
+      <c r="O29" s="38" t="s">
+        <v>149</v>
+      </c>
+      <c r="P29" s="23"/>
+      <c r="Q29" s="85"/>
+    </row>
+    <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="211" t="s">
+        <v>175</v>
+      </c>
+      <c r="G30" s="26"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="84" t="s">
+        <v>146</v>
+      </c>
+      <c r="O30" s="44"/>
+      <c r="P30" s="25"/>
+      <c r="Q30" s="96"/>
+    </row>
+    <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="53"/>
+      <c r="B31" s="139" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="139" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="211" t="s">
+        <v>237</v>
+      </c>
+      <c r="G31" s="28"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="36"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="85"/>
+      <c r="O31" s="41"/>
+      <c r="P31" s="23"/>
+      <c r="Q31" s="82"/>
+    </row>
+    <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="149"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="143"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="211"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="96"/>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A33" s="89"/>
+      <c r="B33" s="83"/>
+      <c r="C33" s="83"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="211"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="28"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="23"/>
+      <c r="Q33" s="82"/>
+    </row>
+    <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="211"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="20"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="25"/>
+      <c r="Q34" s="96"/>
+    </row>
+    <row r="35" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="212"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="22"/>
+      <c r="K35" s="22"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
+      <c r="P35" s="23"/>
+      <c r="Q35" s="93"/>
+    </row>
+    <row r="36" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="30"/>
+      <c r="M36" s="30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="30"/>
+      <c r="J37" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L37" s="30"/>
+      <c r="M37" s="30"/>
+    </row>
+    <row r="38" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="138" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I38" s="30"/>
+      <c r="J38" s="30">
+        <v>260324</v>
+      </c>
+      <c r="K38" s="30">
+        <v>260329</v>
+      </c>
+      <c r="L38" s="30"/>
+      <c r="M38" s="30"/>
+    </row>
+    <row r="39" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="30"/>
+      <c r="M39" s="30"/>
+    </row>
+    <row r="40" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="70" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="72"/>
+      <c r="I40" s="30"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="30"/>
+      <c r="M40" s="70" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="74"/>
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="74"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="74"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="30"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
+      <c r="L41" s="30"/>
+      <c r="M41" s="76" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="30"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39B899A5-3372-4514-BA9C-82EDF6FE6545}">
+  <dimension ref="A1:R42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="H13" sqref="H13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
+    <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
+    <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
+    <col min="19" max="19" width="9" style="7" customWidth="1"/>
+    <col min="20" max="16384" width="14.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1"/>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="4"/>
+    </row>
+    <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="8"/>
+      <c r="N2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" s="15">
+        <v>251215</v>
+      </c>
+      <c r="C3" s="15">
+        <v>251216</v>
+      </c>
+      <c r="D3" s="15">
+        <v>251217</v>
+      </c>
+      <c r="E3" s="15">
+        <v>251218</v>
+      </c>
+      <c r="F3" s="15">
+        <v>251219</v>
+      </c>
+      <c r="G3" s="15">
+        <v>251220</v>
+      </c>
+      <c r="H3" s="16">
+        <v>251221</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="17">
+        <v>251216</v>
+      </c>
+      <c r="K3" s="16">
+        <v>251221</v>
+      </c>
+      <c r="L3" s="5"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="15">
+        <v>251215</v>
+      </c>
+      <c r="O3" s="15">
+        <v>251216</v>
+      </c>
+      <c r="P3" s="15">
+        <v>251217</v>
+      </c>
+      <c r="Q3" s="15">
+        <v>251218</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="19"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="20"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="81"/>
+    </row>
+    <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="82"/>
+    </row>
+    <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="62" t="s">
+        <v>141</v>
+      </c>
+      <c r="H6" s="19"/>
+      <c r="I6" s="20"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="96"/>
+    </row>
+    <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="22"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="22"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="23"/>
+      <c r="Q7" s="82"/>
+    </row>
+    <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="62" t="s">
+        <v>131</v>
+      </c>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="24"/>
+      <c r="O8" s="24"/>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="96"/>
+    </row>
+    <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="22"/>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
+      <c r="H9" s="22"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="22"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="22"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="82"/>
+    </row>
+    <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="24"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="162"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="20"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="150" t="s">
+        <v>124</v>
+      </c>
+      <c r="L10" s="5"/>
+      <c r="M10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="96"/>
+    </row>
+    <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="22"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="163"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="20"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="161"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="22"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="82"/>
+    </row>
+    <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="24"/>
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="62" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12" s="135"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L12" s="5"/>
+      <c r="M12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="96"/>
+    </row>
+    <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="61" t="s">
+        <v>236</v>
+      </c>
+      <c r="H13" s="38" t="s">
+        <v>196</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="62" t="s">
+        <v>190</v>
+      </c>
       <c r="H15" s="38" t="s">
-        <v>164</v>
+        <v>240</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="61" t="s">
+        <v>235</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="163"/>
       <c r="H17" s="46" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
-      <c r="H19" s="46" t="s">
+      <c r="G19" s="163"/>
+      <c r="H19" s="220" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
-      <c r="H20" s="45"/>
+      <c r="G20" s="162"/>
+      <c r="H20" s="221"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
-        <v>131</v>
+        <v>205</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="D21" s="47" t="s">
-        <v>194</v>
+        <v>238</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-      <c r="H21" s="55" t="s">
+        <v>195</v>
+      </c>
+      <c r="G21" s="163"/>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="C23" s="42" t="s">
-        <v>135</v>
+        <v>195</v>
       </c>
       <c r="D23" s="42" t="s">
-        <v>131</v>
+        <v>205</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="H23" s="67"/>
+        <v>144</v>
+      </c>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="E25" s="38" t="s">
-        <v>41</v>
+        <v>145</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="168" t="s">
+        <v>176</v>
+      </c>
+      <c r="G26" s="145"/>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="169" t="s">
+        <v>179</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59" t="s">
-[...3 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="170"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
-        <v>41</v>
+        <v>145</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="149"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="143"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -16551,52 +17972,3459 @@
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39B899A5-3372-4514-BA9C-82EDF6FE6545}">
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98E3BFAC-6575-4C84-99F6-85A23B014CF2}">
+  <dimension ref="A1:V42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A9" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
+    <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
+    <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
+    <col min="19" max="19" width="9" style="7" customWidth="1"/>
+    <col min="20" max="16384" width="14.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1"/>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="4"/>
+    </row>
+    <row r="2" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="87" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="8"/>
+      <c r="N2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="87" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="13" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" s="15">
+        <v>251222</v>
+      </c>
+      <c r="C3" s="15">
+        <v>251223</v>
+      </c>
+      <c r="D3" s="136">
+        <v>251224</v>
+      </c>
+      <c r="E3" s="86">
+        <v>251225</v>
+      </c>
+      <c r="F3" s="86">
+        <v>251226</v>
+      </c>
+      <c r="G3" s="15">
+        <v>251227</v>
+      </c>
+      <c r="H3" s="16">
+        <v>251228</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="17">
+        <v>251223</v>
+      </c>
+      <c r="K3" s="16">
+        <v>251228</v>
+      </c>
+      <c r="L3" s="5"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="15">
+        <v>251222</v>
+      </c>
+      <c r="O3" s="15">
+        <v>251223</v>
+      </c>
+      <c r="P3" s="136">
+        <v>251224</v>
+      </c>
+      <c r="Q3" s="86">
+        <v>251225</v>
+      </c>
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+    </row>
+    <row r="4" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="19"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="H4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="I4" s="20"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="81"/>
+    </row>
+    <row r="5" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="191" t="s">
+        <v>190</v>
+      </c>
+      <c r="H5" s="191" t="s">
+        <v>190</v>
+      </c>
+      <c r="I5" s="20"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="82"/>
+    </row>
+    <row r="6" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="192" t="s">
+        <v>227</v>
+      </c>
+      <c r="H6" s="192" t="s">
+        <v>227</v>
+      </c>
+      <c r="I6" s="20"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="96"/>
+    </row>
+    <row r="7" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="22"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="61"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="23"/>
+      <c r="Q7" s="82"/>
+    </row>
+    <row r="8" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="24"/>
+      <c r="O8" s="24"/>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="96"/>
+    </row>
+    <row r="9" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="22"/>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="61"/>
+      <c r="H9" s="22"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="22"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="22"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="82"/>
+    </row>
+    <row r="10" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="24"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="62"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="20"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="150" t="s">
+        <v>124</v>
+      </c>
+      <c r="L10" s="5"/>
+      <c r="M10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="96"/>
+    </row>
+    <row r="11" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="22"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="61"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="20"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="161"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="22"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="82"/>
+    </row>
+    <row r="12" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="24"/>
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="62"/>
+      <c r="H12" s="135"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L12" s="5"/>
+      <c r="M12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="96"/>
+    </row>
+    <row r="13" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="61"/>
+      <c r="H13" s="38" t="s">
+        <v>196</v>
+      </c>
+      <c r="I13" s="20"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="80"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="23"/>
+      <c r="Q13" s="82"/>
+    </row>
+    <row r="14" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="24"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="62"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L14" s="5"/>
+      <c r="M14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="96"/>
+    </row>
+    <row r="15" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="61"/>
+      <c r="H15" s="38" t="s">
+        <v>241</v>
+      </c>
+      <c r="I15" s="20"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="80"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="22"/>
+      <c r="O15" s="22"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="82"/>
+    </row>
+    <row r="16" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="24"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="62"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="25"/>
+      <c r="Q16" s="96"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="103"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="61"/>
+      <c r="H17" s="46" t="s">
+        <v>168</v>
+      </c>
+      <c r="J17" s="22"/>
+      <c r="K17" s="22"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="22"/>
+      <c r="P17" s="21"/>
+      <c r="Q17" s="82"/>
+    </row>
+    <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="24"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="207" t="s">
+        <v>230</v>
+      </c>
+      <c r="E18" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="F18" s="24"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="20"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="24"/>
+      <c r="O18" s="25"/>
+      <c r="P18" s="207" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q18" s="26" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="22"/>
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="93"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="61"/>
+      <c r="H19" s="46" t="s">
+        <v>239</v>
+      </c>
+      <c r="I19" s="20"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="23"/>
+      <c r="P19" s="93"/>
+      <c r="Q19" s="206"/>
+    </row>
+    <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="24"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="62"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="20"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="21"/>
+      <c r="Q20" s="96"/>
+    </row>
+    <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51"/>
+      <c r="B21" s="37" t="s">
+        <v>205</v>
+      </c>
+      <c r="C21" s="47" t="s">
+        <v>242</v>
+      </c>
+      <c r="D21" s="218" t="s">
+        <v>192</v>
+      </c>
+      <c r="E21" s="193"/>
+      <c r="F21" s="175" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" s="61"/>
+      <c r="H21" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="I21" s="20"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="22"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+      <c r="O21" s="22"/>
+      <c r="P21" s="23"/>
+      <c r="Q21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="219"/>
+      <c r="E22" s="197"/>
+      <c r="F22" s="40"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="66"/>
+      <c r="I22" s="20"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="25"/>
+      <c r="Q22" s="96"/>
+    </row>
+    <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51"/>
+      <c r="B23" s="37" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" s="204" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="152" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" s="175" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" s="204" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="63"/>
+      <c r="H23" s="67"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="22"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="22"/>
+      <c r="N23" s="22"/>
+      <c r="O23" s="22"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="43"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="151"/>
+      <c r="E24" s="201"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="64"/>
+      <c r="H24" s="66"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="N24" s="24"/>
+      <c r="O24" s="194" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="96"/>
+    </row>
+    <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51"/>
+      <c r="B25" s="42" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" s="42" t="s">
+        <v>245</v>
+      </c>
+      <c r="D25" s="152" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" s="175" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="56"/>
+      <c r="H25" s="67"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="22"/>
+      <c r="O25" s="85"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="82"/>
+    </row>
+    <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="217"/>
+      <c r="E26" s="202"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="57"/>
+      <c r="H26" s="66"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="24"/>
+      <c r="O26" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="96"/>
+    </row>
+    <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="51"/>
+      <c r="B27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" s="150" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" s="150" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" s="175" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="58"/>
+      <c r="G27" s="58"/>
+      <c r="H27" s="67"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="23"/>
+      <c r="N27" s="22"/>
+      <c r="O27" s="44"/>
+      <c r="P27" s="194" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q27" s="200"/>
+    </row>
+    <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="143"/>
+      <c r="D28" s="217"/>
+      <c r="E28" s="202"/>
+      <c r="F28" s="59"/>
+      <c r="G28" s="65"/>
+      <c r="H28" s="66"/>
+      <c r="I28" s="20"/>
+      <c r="J28" s="218" t="s">
+        <v>25</v>
+      </c>
+      <c r="K28" s="26"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" s="24"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="198"/>
+      <c r="Q28" s="194" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="51"/>
+      <c r="B29" s="38" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" s="150" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" s="150" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" s="175" t="s">
+        <v>244</v>
+      </c>
+      <c r="F29" s="60"/>
+      <c r="G29" s="58"/>
+      <c r="H29" s="67"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="222" t="s">
+        <v>26</v>
+      </c>
+      <c r="K29" s="28"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="23"/>
+      <c r="N29" s="22"/>
+      <c r="O29" s="38" t="s">
+        <v>149</v>
+      </c>
+      <c r="P29" s="199"/>
+      <c r="Q29" s="198"/>
+    </row>
+    <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="142"/>
+      <c r="D30" s="217"/>
+      <c r="E30" s="201"/>
+      <c r="F30" s="59"/>
+      <c r="G30" s="26"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="84" t="s">
+        <v>146</v>
+      </c>
+      <c r="O30" s="44"/>
+      <c r="P30" s="25"/>
+      <c r="Q30" s="96"/>
+    </row>
+    <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="53"/>
+      <c r="B31" s="139" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="150" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="150" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="175" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="60"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="36"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="85"/>
+      <c r="O31" s="41"/>
+      <c r="P31" s="23"/>
+      <c r="Q31" s="82"/>
+    </row>
+    <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="149"/>
+      <c r="C32" s="143"/>
+      <c r="D32" s="217"/>
+      <c r="E32" s="202"/>
+      <c r="F32" s="59"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="96"/>
+    </row>
+    <row r="33" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="A33" s="89"/>
+      <c r="B33" s="83"/>
+      <c r="C33" s="83"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="28"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="23"/>
+      <c r="Q33" s="82"/>
+    </row>
+    <row r="34" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="20"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="25"/>
+      <c r="Q34" s="96"/>
+      <c r="R34" s="31"/>
+      <c r="S34" s="31"/>
+      <c r="T34" s="31"/>
+      <c r="U34" s="31"/>
+      <c r="V34" s="31"/>
+    </row>
+    <row r="35" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="22"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="22"/>
+      <c r="K35" s="22"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
+      <c r="P35" s="23"/>
+      <c r="Q35" s="93"/>
+      <c r="R35" s="31"/>
+      <c r="S35" s="31"/>
+      <c r="T35" s="31"/>
+      <c r="U35" s="31"/>
+      <c r="V35" s="31"/>
+    </row>
+    <row r="36" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="30"/>
+      <c r="M36" s="30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="30"/>
+      <c r="J37" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L37" s="30"/>
+      <c r="M37" s="30"/>
+    </row>
+    <row r="38" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="138" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I38" s="30"/>
+      <c r="J38" s="30">
+        <v>260324</v>
+      </c>
+      <c r="K38" s="30">
+        <v>260329</v>
+      </c>
+      <c r="L38" s="30"/>
+      <c r="M38" s="30"/>
+    </row>
+    <row r="39" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="30"/>
+      <c r="M39" s="30"/>
+    </row>
+    <row r="40" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="70" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="72"/>
+      <c r="I40" s="30"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="30"/>
+      <c r="M40" s="70" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="74"/>
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="74"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="74"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="30"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
+      <c r="L41" s="30"/>
+      <c r="M41" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="R41" s="79"/>
+      <c r="S41" s="7"/>
+      <c r="T41" s="7"/>
+      <c r="U41" s="7"/>
+      <c r="V41" s="7"/>
+    </row>
+    <row r="42" spans="1:22" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="30"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+      <c r="R42" s="79"/>
+      <c r="S42" s="7"/>
+      <c r="T42" s="7"/>
+      <c r="U42" s="7"/>
+      <c r="V42" s="7"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1629E674-230A-43FC-A33F-C8C5EF2E4D63}">
+  <dimension ref="A1:W47"/>
+  <sheetViews>
+    <sheetView topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="O24" sqref="O24:O30"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
+    <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
+    <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
+    <col min="19" max="19" width="9" style="7" customWidth="1"/>
+    <col min="20" max="16384" width="14.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1"/>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="4"/>
+    </row>
+    <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="87" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="8"/>
+      <c r="N2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="87" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="13" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" s="15">
+        <v>251229</v>
+      </c>
+      <c r="C3" s="15">
+        <v>251230</v>
+      </c>
+      <c r="D3" s="136">
+        <v>251231</v>
+      </c>
+      <c r="E3" s="86">
+        <v>260101</v>
+      </c>
+      <c r="F3" s="15">
+        <v>260102</v>
+      </c>
+      <c r="G3" s="15">
+        <v>260103</v>
+      </c>
+      <c r="H3" s="16">
+        <v>260104</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="17">
+        <v>251230</v>
+      </c>
+      <c r="K3" s="16">
+        <v>260104</v>
+      </c>
+      <c r="L3" s="5"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="15">
+        <v>251229</v>
+      </c>
+      <c r="O3" s="15">
+        <v>251230</v>
+      </c>
+      <c r="P3" s="136">
+        <v>251231</v>
+      </c>
+      <c r="Q3" s="86">
+        <v>260101</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="C4" s="19"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="G4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="H4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="I4" s="20"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="81"/>
+    </row>
+    <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="23"/>
+      <c r="B5" s="191" t="s">
+        <v>190</v>
+      </c>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="191" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" s="191" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" s="191" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="20"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="82"/>
+    </row>
+    <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="192" t="s">
+        <v>227</v>
+      </c>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="191" t="s">
+        <v>132</v>
+      </c>
+      <c r="G6" s="191" t="s">
+        <v>132</v>
+      </c>
+      <c r="H6" s="191" t="s">
+        <v>132</v>
+      </c>
+      <c r="I6" s="20"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="96"/>
+    </row>
+    <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="23"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="191" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" s="191" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="191" t="s">
+        <v>43</v>
+      </c>
+      <c r="I7" s="20"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="23"/>
+      <c r="Q7" s="82"/>
+    </row>
+    <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="191" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="191" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" s="191" t="s">
+        <v>44</v>
+      </c>
+      <c r="I8" s="20"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="24"/>
+      <c r="O8" s="24"/>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="96"/>
+    </row>
+    <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="23"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="191" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="191" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" s="191" t="s">
+        <v>45</v>
+      </c>
+      <c r="I9" s="20"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="22"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="22"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="82"/>
+    </row>
+    <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="183" t="s">
+        <v>220</v>
+      </c>
+      <c r="C10" s="26"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="I10" s="20"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L10" s="5"/>
+      <c r="M10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="96"/>
+    </row>
+    <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="23"/>
+      <c r="B11" s="184" t="s">
+        <v>218</v>
+      </c>
+      <c r="C11" s="28"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="191" t="s">
+        <v>228</v>
+      </c>
+      <c r="G11" s="191" t="s">
+        <v>228</v>
+      </c>
+      <c r="H11" s="191" t="s">
+        <v>228</v>
+      </c>
+      <c r="I11" s="20"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="80"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="22"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="82"/>
+    </row>
+    <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="184" t="s">
+        <v>219</v>
+      </c>
+      <c r="C12" s="26"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="62"/>
+      <c r="H12" s="135"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L12" s="5"/>
+      <c r="M12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="96"/>
+    </row>
+    <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="23"/>
+      <c r="B13" s="184"/>
+      <c r="C13" s="28"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="61"/>
+      <c r="H13" s="38" t="s">
+        <v>196</v>
+      </c>
+      <c r="I13" s="20"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="80"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="23"/>
+      <c r="Q13" s="82"/>
+    </row>
+    <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="184" t="s">
+        <v>221</v>
+      </c>
+      <c r="C14" s="26"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="62"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L14" s="5"/>
+      <c r="M14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="96"/>
+    </row>
+    <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="23"/>
+      <c r="B15" s="184"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="61"/>
+      <c r="H15" s="38" t="s">
+        <v>241</v>
+      </c>
+      <c r="I15" s="20"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="80"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="22"/>
+      <c r="O15" s="22"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="82"/>
+    </row>
+    <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="184"/>
+      <c r="C16" s="26"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="62"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="25"/>
+      <c r="Q16" s="96"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="103"/>
+      <c r="B17" s="184"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="61"/>
+      <c r="H17" s="46" t="s">
+        <v>168</v>
+      </c>
+      <c r="J17" s="22"/>
+      <c r="K17" s="22"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="22"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="82"/>
+    </row>
+    <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="184"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E18" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="F18" s="24"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="20"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q18" s="24" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="23"/>
+      <c r="B19" s="185"/>
+      <c r="C19" s="28"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="61"/>
+      <c r="H19" s="177" t="s">
+        <v>142</v>
+      </c>
+      <c r="I19" s="20"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="22"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="82"/>
+    </row>
+    <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="93"/>
+      <c r="C20" s="26"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="62"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="20"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="96"/>
+    </row>
+    <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51"/>
+      <c r="B21" s="43" t="s">
+        <v>205</v>
+      </c>
+      <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="203" t="s">
+        <v>192</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="38" t="s">
+        <v>195</v>
+      </c>
+      <c r="G21" s="61"/>
+      <c r="H21" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="I21" s="20"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="22"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+      <c r="O21" s="22"/>
+      <c r="P21" s="23"/>
+      <c r="Q21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="40"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="66"/>
+      <c r="I22" s="20"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="25"/>
+      <c r="Q22" s="96"/>
+    </row>
+    <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51"/>
+      <c r="B23" s="37" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" s="42" t="s">
+        <v>195</v>
+      </c>
+      <c r="D23" s="204" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" s="204" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" s="204" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="63"/>
+      <c r="H23" s="67"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="22"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="22"/>
+      <c r="N23" s="22"/>
+      <c r="O23" s="22"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="43"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="205"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="64"/>
+      <c r="H24" s="66"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="N24" s="193"/>
+      <c r="O24" s="84" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" s="195"/>
+      <c r="Q24" s="196"/>
+    </row>
+    <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51"/>
+      <c r="B25" s="42" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" s="42" t="s">
+        <v>245</v>
+      </c>
+      <c r="D25" s="204" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="56"/>
+      <c r="H25" s="67"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="197"/>
+      <c r="O25" s="85"/>
+      <c r="P25" s="199"/>
+      <c r="Q25" s="200"/>
+    </row>
+    <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="202"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="57"/>
+      <c r="H26" s="66"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="193"/>
+      <c r="O26" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="195"/>
+      <c r="Q26" s="196"/>
+    </row>
+    <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="51"/>
+      <c r="B27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" s="175" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" s="175" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="F27" s="58"/>
+      <c r="G27" s="58"/>
+      <c r="H27" s="67"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="23"/>
+      <c r="N27" s="197"/>
+      <c r="O27" s="44"/>
+      <c r="P27" s="194" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q27" s="200"/>
+    </row>
+    <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="59"/>
+      <c r="G28" s="65"/>
+      <c r="H28" s="66"/>
+      <c r="I28" s="20"/>
+      <c r="J28" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="K28" s="26"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" s="193"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="198"/>
+      <c r="Q28" s="194" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="51"/>
+      <c r="B29" s="38" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="175" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" s="60"/>
+      <c r="G29" s="58"/>
+      <c r="H29" s="67"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="K29" s="28"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="23"/>
+      <c r="N29" s="197"/>
+      <c r="O29" s="38" t="s">
+        <v>149</v>
+      </c>
+      <c r="P29" s="199"/>
+      <c r="Q29" s="198"/>
+    </row>
+    <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="202"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="59"/>
+      <c r="G30" s="26"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="194" t="s">
+        <v>146</v>
+      </c>
+      <c r="O30" s="44"/>
+      <c r="P30" s="195"/>
+      <c r="Q30" s="196"/>
+    </row>
+    <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="53"/>
+      <c r="B31" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="175" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="175" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="60"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="36"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="198"/>
+      <c r="O31" s="202"/>
+      <c r="P31" s="199"/>
+      <c r="Q31" s="200"/>
+    </row>
+    <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="100"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="202"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="59"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="96"/>
+    </row>
+    <row r="33" spans="1:23" x14ac:dyDescent="0.2">
+      <c r="A33" s="89"/>
+      <c r="B33" s="83"/>
+      <c r="C33" s="83"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="28"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="23"/>
+      <c r="Q33" s="82"/>
+    </row>
+    <row r="34" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="20"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="25"/>
+      <c r="Q34" s="96"/>
+    </row>
+    <row r="35" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="22"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="22"/>
+      <c r="K35" s="22"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
+      <c r="P35" s="23"/>
+      <c r="Q35" s="93"/>
+    </row>
+    <row r="36" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="30"/>
+      <c r="M36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="S36" s="7"/>
+      <c r="T36" s="7"/>
+      <c r="U36" s="7"/>
+      <c r="V36" s="7"/>
+      <c r="W36" s="7"/>
+    </row>
+    <row r="37" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="30"/>
+      <c r="J37" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L37" s="30"/>
+      <c r="M37" s="30"/>
+      <c r="U37" s="7"/>
+      <c r="V37" s="7"/>
+      <c r="W37" s="7"/>
+    </row>
+    <row r="38" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="138" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I38" s="30"/>
+      <c r="J38" s="30">
+        <v>260324</v>
+      </c>
+      <c r="K38" s="30">
+        <v>260329</v>
+      </c>
+      <c r="L38" s="30"/>
+      <c r="M38" s="30"/>
+      <c r="U38" s="7"/>
+      <c r="V38" s="7"/>
+      <c r="W38" s="7"/>
+    </row>
+    <row r="39" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="30"/>
+      <c r="M39" s="30"/>
+      <c r="V39" s="7"/>
+      <c r="W39" s="7"/>
+    </row>
+    <row r="40" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="70" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="72"/>
+      <c r="I40" s="30"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="30"/>
+      <c r="M40" s="70" t="s">
+        <v>127</v>
+      </c>
+      <c r="V40" s="7"/>
+      <c r="W40" s="7"/>
+    </row>
+    <row r="41" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="74"/>
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="74"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="74"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="30"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
+      <c r="L41" s="30"/>
+      <c r="M41" s="76" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="30"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+    </row>
+    <row r="43" spans="1:23" x14ac:dyDescent="0.2">
+      <c r="S43" s="31"/>
+      <c r="T43" s="31"/>
+      <c r="U43" s="31"/>
+      <c r="V43" s="31"/>
+      <c r="W43" s="31"/>
+    </row>
+    <row r="44" spans="1:23" x14ac:dyDescent="0.2">
+      <c r="U44" s="31"/>
+      <c r="V44" s="31"/>
+      <c r="W44" s="31"/>
+    </row>
+    <row r="45" spans="1:23" x14ac:dyDescent="0.2">
+      <c r="U45" s="31"/>
+      <c r="V45" s="31"/>
+      <c r="W45" s="31"/>
+    </row>
+    <row r="46" spans="1:23" x14ac:dyDescent="0.2">
+      <c r="V46" s="31"/>
+      <c r="W46" s="31"/>
+    </row>
+    <row r="47" spans="1:23" x14ac:dyDescent="0.2">
+      <c r="V47" s="31"/>
+      <c r="W47" s="31"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="10" type="noConversion"/>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BCE0D6F-A48A-41E2-A591-DF9AEC6F6F86}">
+  <dimension ref="A1:R42"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
+    <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
+    <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
+    <col min="19" max="19" width="9" style="7" customWidth="1"/>
+    <col min="20" max="16384" width="14.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1"/>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="4"/>
+    </row>
+    <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
+      <c r="B2" s="87" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="8"/>
+      <c r="N2" s="87" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" s="136">
+        <v>260105</v>
+      </c>
+      <c r="C3" s="86">
+        <v>260106</v>
+      </c>
+      <c r="D3" s="15">
+        <v>260107</v>
+      </c>
+      <c r="E3" s="15">
+        <v>260108</v>
+      </c>
+      <c r="F3" s="15">
+        <v>260109</v>
+      </c>
+      <c r="G3" s="15">
+        <v>260110</v>
+      </c>
+      <c r="H3" s="16">
+        <v>260111</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="86">
+        <v>260106</v>
+      </c>
+      <c r="K3" s="16">
+        <v>260111</v>
+      </c>
+      <c r="L3" s="5"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="136">
+        <v>260105</v>
+      </c>
+      <c r="O3" s="86">
+        <v>260106</v>
+      </c>
+      <c r="P3" s="15">
+        <v>260107</v>
+      </c>
+      <c r="Q3" s="15">
+        <v>260108</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="C4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="20"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="O4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="81"/>
+    </row>
+    <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="191" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" s="191" t="s">
+        <v>136</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="191" t="s">
+        <v>136</v>
+      </c>
+      <c r="O5" s="191" t="s">
+        <v>136</v>
+      </c>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="82"/>
+    </row>
+    <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="191" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" s="191" t="s">
+        <v>135</v>
+      </c>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="62"/>
+      <c r="H6" s="19"/>
+      <c r="I6" s="20"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="191" t="s">
+        <v>135</v>
+      </c>
+      <c r="O6" s="191" t="s">
+        <v>135</v>
+      </c>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="96"/>
+    </row>
+    <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="22"/>
+      <c r="B7" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="C7" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="61"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="O7" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="P7" s="23"/>
+      <c r="Q7" s="82"/>
+    </row>
+    <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="O8" s="191" t="s">
+        <v>46</v>
+      </c>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="96"/>
+    </row>
+    <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="22"/>
+      <c r="B9" s="191" t="s">
+        <v>131</v>
+      </c>
+      <c r="C9" s="191" t="s">
+        <v>131</v>
+      </c>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="61"/>
+      <c r="H9" s="22"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="22"/>
+      <c r="N9" s="191" t="s">
+        <v>131</v>
+      </c>
+      <c r="O9" s="191" t="s">
+        <v>131</v>
+      </c>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="82"/>
+    </row>
+    <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="191" t="s">
+        <v>141</v>
+      </c>
+      <c r="C10" s="191" t="s">
+        <v>141</v>
+      </c>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="62"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="20"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L10" s="5"/>
+      <c r="M10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="191" t="s">
+        <v>141</v>
+      </c>
+      <c r="O10" s="191" t="s">
+        <v>141</v>
+      </c>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="96"/>
+    </row>
+    <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="22"/>
+      <c r="B11" s="191" t="s">
+        <v>229</v>
+      </c>
+      <c r="C11" s="191" t="s">
+        <v>229</v>
+      </c>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="61"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="20"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="80"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="191" t="s">
+        <v>229</v>
+      </c>
+      <c r="O11" s="191" t="s">
+        <v>229</v>
+      </c>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="82"/>
+    </row>
+    <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="24"/>
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="62"/>
+      <c r="H12" s="135"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L12" s="5"/>
+      <c r="M12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="96"/>
+    </row>
+    <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="61"/>
+      <c r="H13" s="38" t="s">
+        <v>196</v>
+      </c>
+      <c r="I13" s="20"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="80"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="23"/>
+      <c r="Q13" s="82"/>
+    </row>
+    <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="24"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="62"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L14" s="5"/>
+      <c r="M14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="96"/>
+    </row>
+    <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="61"/>
+      <c r="H15" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="I15" s="20"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="80"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="22"/>
+      <c r="O15" s="22"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="82"/>
+    </row>
+    <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="24"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="62"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="25"/>
+      <c r="Q16" s="96"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="103"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="61"/>
+      <c r="H17" s="46" t="s">
+        <v>168</v>
+      </c>
+      <c r="J17" s="22"/>
+      <c r="K17" s="22"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="22"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="82"/>
+    </row>
+    <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="24"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="20"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="25"/>
+      <c r="Q18" s="96"/>
+    </row>
+    <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="22"/>
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="61"/>
+      <c r="H19" s="46" t="s">
+        <v>239</v>
+      </c>
+      <c r="I19" s="20"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="22"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="82"/>
+    </row>
+    <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="24"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="62"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="20"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="96"/>
+    </row>
+    <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51"/>
+      <c r="B21" s="216" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="47" t="s">
+        <v>243</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>238</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="38" t="s">
+        <v>195</v>
+      </c>
+      <c r="G21" s="61"/>
+      <c r="H21" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="I21" s="20"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="22"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+      <c r="O21" s="22"/>
+      <c r="P21" s="23"/>
+      <c r="Q21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="40"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="40"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="66"/>
+      <c r="I22" s="20"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="25"/>
+      <c r="Q22" s="96"/>
+    </row>
+    <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51"/>
+      <c r="B23" s="216" t="s">
+        <v>132</v>
+      </c>
+      <c r="C23" s="204" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>205</v>
+      </c>
+      <c r="E23" s="42" t="s">
+        <v>245</v>
+      </c>
+      <c r="F23" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="G23" s="63"/>
+      <c r="H23" s="67"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="22"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="22"/>
+      <c r="N23" s="22"/>
+      <c r="O23" s="22"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="43"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="40"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="64"/>
+      <c r="H24" s="66"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="N24" s="193"/>
+      <c r="O24" s="194" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="96"/>
+    </row>
+    <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51"/>
+      <c r="B25" s="42" t="s">
+        <v>45</v>
+      </c>
+      <c r="C25" s="204" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" s="42" t="s">
+        <v>153</v>
+      </c>
+      <c r="E25" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="56"/>
+      <c r="H25" s="67"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="197"/>
+      <c r="O25" s="198"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="82"/>
+    </row>
+    <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="57"/>
+      <c r="H26" s="66"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="193"/>
+      <c r="O26" s="175" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="96"/>
+    </row>
+    <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="51"/>
+      <c r="B27" s="175" t="s">
+        <v>44</v>
+      </c>
+      <c r="C27" s="175" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="F27" s="58"/>
+      <c r="G27" s="58"/>
+      <c r="H27" s="67"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="23"/>
+      <c r="N27" s="197"/>
+      <c r="O27" s="201"/>
+      <c r="P27" s="84" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q27" s="82"/>
+    </row>
+    <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="59"/>
+      <c r="G28" s="65"/>
+      <c r="H28" s="66"/>
+      <c r="I28" s="20"/>
+      <c r="J28" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="K28" s="26"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" s="193"/>
+      <c r="O28" s="202"/>
+      <c r="P28" s="85"/>
+      <c r="Q28" s="84" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="51"/>
+      <c r="B29" s="175" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>206</v>
+      </c>
+      <c r="E29" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" s="60"/>
+      <c r="G29" s="58"/>
+      <c r="H29" s="67"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="K29" s="28"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="23"/>
+      <c r="N29" s="197"/>
+      <c r="O29" s="175" t="s">
+        <v>149</v>
+      </c>
+      <c r="P29" s="23"/>
+      <c r="Q29" s="85"/>
+    </row>
+    <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="59"/>
+      <c r="G30" s="26"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="194" t="s">
+        <v>146</v>
+      </c>
+      <c r="O30" s="201"/>
+      <c r="P30" s="25"/>
+      <c r="Q30" s="96"/>
+    </row>
+    <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="53"/>
+      <c r="B31" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="60"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="36"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="198"/>
+      <c r="O31" s="202"/>
+      <c r="P31" s="23"/>
+      <c r="Q31" s="82"/>
+    </row>
+    <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="100"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="59"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="96"/>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A33" s="89"/>
+      <c r="B33" s="83"/>
+      <c r="C33" s="83"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="28"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="23"/>
+      <c r="Q33" s="82"/>
+    </row>
+    <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="20"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="25"/>
+      <c r="Q34" s="96"/>
+    </row>
+    <row r="35" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="22"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="22"/>
+      <c r="K35" s="22"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
+      <c r="P35" s="23"/>
+      <c r="Q35" s="93"/>
+    </row>
+    <row r="36" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="30"/>
+      <c r="M36" s="30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="30"/>
+      <c r="J37" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L37" s="30"/>
+      <c r="M37" s="30"/>
+    </row>
+    <row r="38" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="138" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I38" s="30"/>
+      <c r="J38" s="30">
+        <v>260324</v>
+      </c>
+      <c r="K38" s="30">
+        <v>260329</v>
+      </c>
+      <c r="L38" s="30"/>
+      <c r="M38" s="30"/>
+    </row>
+    <row r="39" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="30"/>
+      <c r="M39" s="30"/>
+    </row>
+    <row r="40" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="70" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="72"/>
+      <c r="I40" s="30"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="30"/>
+      <c r="M40" s="70" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="74"/>
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="74"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="74"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="30"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
+      <c r="L41" s="30"/>
+      <c r="M41" s="76" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="30"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B89C7E0-87D2-47BB-85B9-1E1377C1EC03}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
@@ -16644,93 +21472,93 @@
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="11" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="8"/>
       <c r="N2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Q2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B3" s="15">
-        <v>251215</v>
+        <v>260112</v>
       </c>
       <c r="C3" s="15">
-        <v>251216</v>
+        <v>260113</v>
       </c>
       <c r="D3" s="15">
-        <v>251217</v>
+        <v>260114</v>
       </c>
       <c r="E3" s="15">
-        <v>251218</v>
+        <v>260115</v>
       </c>
       <c r="F3" s="15">
-        <v>251219</v>
+        <v>260116</v>
       </c>
       <c r="G3" s="15">
-        <v>251220</v>
+        <v>260117</v>
       </c>
       <c r="H3" s="16">
-        <v>251221</v>
+        <v>260118</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="17">
-        <v>251216</v>
+        <v>260113</v>
       </c>
       <c r="K3" s="16">
-        <v>251221</v>
+        <v>260118</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
-        <v>251215</v>
+        <v>260112</v>
       </c>
       <c r="O3" s="15">
-        <v>251216</v>
+        <v>260113</v>
       </c>
       <c r="P3" s="15">
-        <v>251217</v>
+        <v>260114</v>
       </c>
       <c r="Q3" s="15">
-        <v>251218</v>
+        <v>260115</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
@@ -17066,84 +21894,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -17613,1480 +22437,390 @@
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="76" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
-  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0" right="0" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:V42"/>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{41C75444-C8E1-4255-9545-34E75C83493C}">
+  <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21:D22"/>
-    </sheetView>
-[...1088 lines deleted...]
-      <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="4"/>
       <c r="I1" s="5"/>
       <c r="J1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="5"/>
       <c r="M1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="4"/>
     </row>
     <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="8"/>
       <c r="B2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="D2" s="87" t="s">
+      <c r="D2" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="E2" s="13" t="s">
+      <c r="E2" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>8</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="11" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="8"/>
       <c r="N2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="P2" s="87" t="s">
+      <c r="P2" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="Q2" s="13" t="s">
+      <c r="Q2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B3" s="15">
-        <v>251229</v>
+        <v>260119</v>
       </c>
       <c r="C3" s="15">
-        <v>251230</v>
-[...5 lines deleted...]
-        <v>260101</v>
+        <v>260120</v>
+      </c>
+      <c r="D3" s="15">
+        <v>260121</v>
+      </c>
+      <c r="E3" s="15">
+        <v>260122</v>
       </c>
       <c r="F3" s="15">
-        <v>260102</v>
+        <v>260123</v>
       </c>
       <c r="G3" s="15">
-        <v>260103</v>
+        <v>260124</v>
       </c>
       <c r="H3" s="16">
-        <v>260104</v>
+        <v>260125</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="17">
-        <v>251230</v>
+        <v>260120</v>
       </c>
       <c r="K3" s="16">
-        <v>260104</v>
+        <v>260125</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
-        <v>251229</v>
+        <v>260119</v>
       </c>
       <c r="O3" s="15">
-        <v>251230</v>
-[...5 lines deleted...]
-        <v>260101</v>
+        <v>260120</v>
+      </c>
+      <c r="P3" s="15">
+        <v>260121</v>
+      </c>
+      <c r="Q3" s="15">
+        <v>260122</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="21" t="s">
+      <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
     <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="23"/>
+      <c r="A5" s="22"/>
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="25" t="s">
+      <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
       <c r="G6" s="62"/>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="23"/>
+      <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
       <c r="G7" s="61"/>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="25" t="s">
+      <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="62"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="23"/>
+      <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="61"/>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="25" t="s">
+      <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
       <c r="K10" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="23"/>
+      <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="61"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="80"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="25" t="s">
+      <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>124</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="23"/>
+      <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
@@ -19223,84 +22957,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -19543,459 +23273,419 @@
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="100"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="59"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
       <c r="F33" s="60"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
-    <row r="34" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
       <c r="M34" s="24" t="s">
         <v>29</v>
       </c>
       <c r="N34" s="24"/>
       <c r="O34" s="24"/>
       <c r="P34" s="25"/>
       <c r="Q34" s="96"/>
     </row>
-    <row r="35" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="23"/>
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="22"/>
       <c r="G35" s="22"/>
       <c r="H35" s="22"/>
       <c r="I35" s="20"/>
       <c r="J35" s="22"/>
       <c r="K35" s="22"/>
       <c r="L35" s="5"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="93"/>
     </row>
-    <row r="36" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="D36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="E36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="F36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="G36" s="30" t="s">
         <v>38</v>
       </c>
       <c r="H36" s="30" t="s">
         <v>51</v>
       </c>
       <c r="I36" s="30"/>
       <c r="J36" s="30" t="s">
         <v>39</v>
       </c>
       <c r="K36" s="30" t="s">
         <v>38</v>
       </c>
       <c r="L36" s="30"/>
       <c r="M36" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="S36" s="7"/>
-[...5 lines deleted...]
-    <row r="37" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="37" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="29"/>
       <c r="B37" s="29"/>
       <c r="C37" s="49" t="s">
         <v>30</v>
       </c>
       <c r="D37" s="32" t="s">
         <v>31</v>
       </c>
       <c r="E37" s="137" t="s">
         <v>120</v>
       </c>
       <c r="F37" s="68" t="s">
         <v>32</v>
       </c>
       <c r="G37" s="68" t="s">
         <v>32</v>
       </c>
       <c r="H37" s="68" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="30"/>
       <c r="J37" s="30" t="s">
         <v>125</v>
       </c>
       <c r="K37" s="30" t="s">
         <v>126</v>
       </c>
       <c r="L37" s="30"/>
       <c r="M37" s="30"/>
-      <c r="U37" s="7"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="38" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="29"/>
       <c r="B38" s="29"/>
       <c r="C38" s="50"/>
       <c r="D38" s="33" t="s">
         <v>33</v>
       </c>
       <c r="E38" s="138" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="69" t="s">
         <v>91</v>
       </c>
       <c r="G38" s="69" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="69" t="s">
         <v>129</v>
       </c>
       <c r="I38" s="30"/>
       <c r="J38" s="30">
         <v>260324</v>
       </c>
       <c r="K38" s="30">
         <v>260329</v>
       </c>
       <c r="L38" s="30"/>
       <c r="M38" s="30"/>
-      <c r="U38" s="7"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="39" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="29"/>
       <c r="B39" s="29"/>
       <c r="C39" s="30"/>
       <c r="D39" s="30"/>
       <c r="E39" s="34" t="s">
         <v>35</v>
       </c>
       <c r="F39" s="30"/>
       <c r="G39" s="30"/>
       <c r="H39" s="30"/>
       <c r="I39" s="30"/>
       <c r="J39" s="30"/>
       <c r="K39" s="30"/>
       <c r="L39" s="30"/>
       <c r="M39" s="30"/>
-      <c r="V39" s="7"/>
-[...2 lines deleted...]
-    <row r="40" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="40" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="70" t="s">
         <v>128</v>
       </c>
       <c r="B40" s="71"/>
       <c r="C40" s="71"/>
       <c r="D40" s="71"/>
       <c r="E40" s="71"/>
       <c r="F40" s="71"/>
       <c r="G40" s="71"/>
       <c r="H40" s="72"/>
       <c r="I40" s="30"/>
       <c r="J40" s="30"/>
       <c r="K40" s="30"/>
       <c r="L40" s="30"/>
       <c r="M40" s="70" t="s">
         <v>127</v>
       </c>
-      <c r="V40" s="7"/>
-[...2 lines deleted...]
-    <row r="41" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="41" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="73" t="s">
         <v>36</v>
       </c>
       <c r="B41" s="74"/>
       <c r="C41" s="74"/>
       <c r="D41" s="74"/>
       <c r="E41" s="74"/>
       <c r="F41" s="74"/>
       <c r="G41" s="74"/>
       <c r="H41" s="75"/>
       <c r="I41" s="30"/>
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="76" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:23" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-    </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BCE0D6F-A48A-41E2-A591-DF9AEC6F6F86}">
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7259848E-59E8-4F19-A00B-BA002D1D5B98}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="4"/>
       <c r="I1" s="5"/>
       <c r="J1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="5"/>
       <c r="M1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="4"/>
     </row>
     <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="8"/>
-      <c r="B2" s="87" t="s">
+      <c r="B2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="C2" s="13" t="s">
+      <c r="C2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>8</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I2" s="9"/>
-      <c r="J2" s="13" t="s">
+      <c r="J2" s="11" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="8"/>
-      <c r="N2" s="87" t="s">
+      <c r="N2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="O2" s="13" t="s">
+      <c r="O2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Q2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>260106</v>
+        <v>75</v>
+      </c>
+      <c r="B3" s="15">
+        <v>260126</v>
+      </c>
+      <c r="C3" s="15">
+        <v>260127</v>
       </c>
       <c r="D3" s="15">
-        <v>260107</v>
+        <v>260128</v>
       </c>
       <c r="E3" s="15">
-        <v>260108</v>
+        <v>260129</v>
       </c>
       <c r="F3" s="15">
-        <v>260109</v>
+        <v>260130</v>
       </c>
       <c r="G3" s="15">
-        <v>260110</v>
+        <v>260131</v>
       </c>
       <c r="H3" s="16">
-        <v>260111</v>
+        <v>260201</v>
       </c>
       <c r="I3" s="5"/>
-      <c r="J3" s="86">
-        <v>260106</v>
+      <c r="J3" s="17">
+        <v>260127</v>
       </c>
       <c r="K3" s="16">
-        <v>260111</v>
+        <v>260201</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
-      <c r="N3" s="136">
-[...3 lines deleted...]
-        <v>260106</v>
+      <c r="N3" s="15">
+        <v>260126</v>
+      </c>
+      <c r="O3" s="15">
+        <v>260127</v>
       </c>
       <c r="P3" s="15">
-        <v>260107</v>
+        <v>260128</v>
       </c>
       <c r="Q3" s="15">
-        <v>260108</v>
+        <v>260129</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
@@ -20331,84 +24021,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -20883,56 +24569,56 @@
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B89C7E0-87D2-47BB-85B9-1E1377C1EC03}">
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADD0E985-BD74-4390-9355-ABDE2AD81707}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -20976,93 +24662,93 @@
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="11" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="8"/>
       <c r="N2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Q2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B3" s="15">
-        <v>260112</v>
+        <v>260202</v>
       </c>
       <c r="C3" s="15">
-        <v>260113</v>
+        <v>260203</v>
       </c>
       <c r="D3" s="15">
-        <v>260114</v>
+        <v>260204</v>
       </c>
       <c r="E3" s="15">
-        <v>260115</v>
+        <v>260205</v>
       </c>
       <c r="F3" s="15">
-        <v>260116</v>
+        <v>260206</v>
       </c>
       <c r="G3" s="15">
-        <v>260117</v>
+        <v>260207</v>
       </c>
       <c r="H3" s="16">
-        <v>260118</v>
+        <v>260208</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="17">
-        <v>260113</v>
+        <v>260203</v>
       </c>
       <c r="K3" s="16">
-        <v>260118</v>
+        <v>260208</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
-        <v>260112</v>
+        <v>260202</v>
       </c>
       <c r="O3" s="15">
-        <v>260113</v>
+        <v>260203</v>
       </c>
       <c r="P3" s="15">
-        <v>260114</v>
+        <v>260204</v>
       </c>
       <c r="Q3" s="15">
-        <v>260115</v>
+        <v>260205</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
@@ -21398,84 +25084,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -21945,61 +25627,61 @@
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="76" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
-  <pageMargins left="0" right="0" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{41C75444-C8E1-4255-9545-34E75C83493C}">
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40203F21-615C-43B8-99A2-BF037EB96281}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -22043,93 +25725,93 @@
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="11" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="8"/>
       <c r="N2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Q2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B3" s="15">
-        <v>260119</v>
+        <v>260209</v>
       </c>
       <c r="C3" s="15">
-        <v>260120</v>
+        <v>260210</v>
       </c>
       <c r="D3" s="15">
-        <v>260121</v>
+        <v>260211</v>
       </c>
       <c r="E3" s="15">
-        <v>260122</v>
+        <v>260212</v>
       </c>
       <c r="F3" s="15">
-        <v>260123</v>
+        <v>260213</v>
       </c>
       <c r="G3" s="15">
-        <v>260124</v>
+        <v>260214</v>
       </c>
       <c r="H3" s="16">
-        <v>260125</v>
+        <v>260215</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="17">
-        <v>260120</v>
+        <v>260210</v>
       </c>
       <c r="K3" s="16">
-        <v>260125</v>
+        <v>260215</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
-        <v>260119</v>
+        <v>260209</v>
       </c>
       <c r="O3" s="15">
-        <v>260120</v>
+        <v>260210</v>
       </c>
       <c r="P3" s="15">
-        <v>260121</v>
+        <v>260211</v>
       </c>
       <c r="Q3" s="15">
-        <v>260122</v>
+        <v>260212</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
@@ -22465,3286 +26147,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...3206 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -27247,51 +27723,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F58D1D17-938F-4451-A1BB-6F11CD64F9F0}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -27757,84 +28233,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -28314,51 +28786,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3418960A-A1F0-48C9-8FB5-243EE20534EA}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -28824,84 +29296,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -29381,51 +29849,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81EA4665-76FB-4F6D-AB64-A252A021F520}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -29891,84 +30359,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -30448,51 +30912,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F545B086-4696-41A1-88F1-0A47D7BCC07A}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -30958,84 +31422,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -31515,51 +31975,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4FD0C80B-A4DA-495D-B3C5-03F0E2DD2F15}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -32025,84 +32485,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -32582,51 +33038,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE66CE62-9655-48AA-92DA-D88B29ECD0B4}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -33094,84 +33550,80 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -33651,51 +34103,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBE4A049-7192-4584-9D61-8A927B24F7B4}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -34149,82 +34601,78 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="19"/>
       <c r="H20" s="19"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="22"/>
       <c r="H21" s="22"/>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -34700,51 +35148,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC5EFF31-B6BE-49EF-9044-CAF0FC5E2207}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -35198,82 +35646,78 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="19"/>
       <c r="H20" s="19"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="22"/>
       <c r="H21" s="22"/>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -35750,51 +36194,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E846B6B-7FAC-4C42-97BE-54140C6A7629}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -36248,82 +36692,78 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="19"/>
       <c r="H20" s="19"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="22"/>
       <c r="H21" s="22"/>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
@@ -36800,51 +37240,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CF3E288-FBDF-49BE-BDC7-E9E4F6E310A1}">
   <dimension ref="A1:BS46"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C21" sqref="C21:D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="10.42578125" style="7" customWidth="1"/>
     <col min="15" max="15" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.42578125" style="7" customWidth="1"/>
     <col min="17" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.85546875" style="79" customWidth="1"/>
     <col min="19" max="19" width="5.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="6.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="9.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="5.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="24" max="27" width="2.28515625" style="31" customWidth="1"/>
     <col min="28" max="28" width="3.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="8.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="3.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="8.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="3.28515625" style="31" bestFit="1" customWidth="1"/>
@@ -37345,82 +37785,78 @@
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="19"/>
       <c r="H20" s="19"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="22"/>
       <c r="H21" s="22"/>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">