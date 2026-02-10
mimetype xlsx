--- v2 (2025-12-12)
+++ v3 (2026-02-10)
@@ -38,60 +38,60 @@
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\malin\Documents\AnSe redovisning\Björklinge Bollklubb\30. Resultaträkning, noteringar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C94207B5-AE97-427B-92A7-F0ABEC4B4EFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{906D83C9-2896-4802-8684-58CE75C2AD2B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="822" firstSheet="8" activeTab="23" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="822" firstSheet="8" activeTab="29" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Mall" sheetId="1" r:id="rId1"/>
     <sheet name="v32" sheetId="39" r:id="rId2"/>
     <sheet name="v33" sheetId="38" r:id="rId3"/>
     <sheet name="v34" sheetId="2" r:id="rId4"/>
     <sheet name="v35" sheetId="3" r:id="rId5"/>
     <sheet name="v36" sheetId="4" r:id="rId6"/>
     <sheet name="v37" sheetId="5" r:id="rId7"/>
     <sheet name="v38" sheetId="6" r:id="rId8"/>
     <sheet name="v39" sheetId="7" r:id="rId9"/>
     <sheet name="v40" sheetId="8" r:id="rId10"/>
     <sheet name="v41" sheetId="9" r:id="rId11"/>
     <sheet name="v42" sheetId="10" r:id="rId12"/>
     <sheet name="v43" sheetId="11" r:id="rId13"/>
     <sheet name="v44" sheetId="12" r:id="rId14"/>
     <sheet name="v45" sheetId="13" r:id="rId15"/>
     <sheet name="v46" sheetId="14" r:id="rId16"/>
     <sheet name="v47" sheetId="15" r:id="rId17"/>
     <sheet name="v48" sheetId="16" r:id="rId18"/>
     <sheet name="v49" sheetId="17" r:id="rId19"/>
     <sheet name="v50" sheetId="18" r:id="rId20"/>
     <sheet name="v51" sheetId="19" r:id="rId21"/>
     <sheet name="v52" sheetId="20" r:id="rId22"/>
     <sheet name="v1" sheetId="21" r:id="rId23"/>
@@ -110,51 +110,51 @@
     <sheet name="v14" sheetId="34" r:id="rId36"/>
     <sheet name="v15" sheetId="35" r:id="rId37"/>
     <sheet name="v16" sheetId="36" r:id="rId38"/>
     <sheet name="v17" sheetId="37" r:id="rId39"/>
     <sheet name="Eftersäsong" sheetId="41" r:id="rId40"/>
     <sheet name="Matchtider" sheetId="40" r:id="rId41"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4925" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5051" uniqueCount="258">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Stora hallen</t>
   </si>
   <si>
     <t>Lilla hallen</t>
   </si>
   <si>
     <t>IFU</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
@@ -930,117 +930,135 @@
   <si>
     <t>Nyårsdagen</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>2000-0100</t>
   </si>
   <si>
     <t>F16✓/P16✓</t>
   </si>
   <si>
     <t>F16✓</t>
   </si>
   <si>
     <t>F17✓/P17</t>
   </si>
   <si>
+    <t>H1 pl B✓</t>
+  </si>
+  <si>
+    <t>1830-2000</t>
+  </si>
+  <si>
+    <t>20-21</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>F17</t>
+      <t>F18</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>/P17</t>
+      <t>/P18✓</t>
     </r>
+  </si>
+  <si>
+    <t>blev inget</t>
+  </si>
+  <si>
+    <t>SIBK-match</t>
+  </si>
+  <si>
+    <t>F17/P17✓</t>
+  </si>
+  <si>
+    <t>H1</t>
+  </si>
+  <si>
+    <t>H7</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>F17</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>/P17</t>
+      <t>/P17✓</t>
     </r>
   </si>
   <si>
-    <r>
-[...17 lines deleted...]
-    </r>
+    <t>ledarmöte</t>
   </si>
   <si>
-    <t>HJ ? SMS Erik N</t>
+    <t>1615</t>
   </si>
   <si>
-    <t>F14 ? SMS Emilie S</t>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>1800-2130</t>
+  </si>
+  <si>
+    <t>1445</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1143,51 +1161,51 @@
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="16">
+  <fills count="17">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF4CCCC"/>
         <bgColor rgb="FFF4CCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
     <fill>
@@ -1232,50 +1250,56 @@
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1F3DA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9966"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD1F3DA"/>
+        <bgColor auto="1"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1622,51 +1646,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="223">
+  <cellXfs count="228">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -2139,136 +2163,151 @@
     </xf>
     <xf numFmtId="49" fontId="21" fillId="14" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="14" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="14" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="7" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="7" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...10 lines deleted...]
-    <xf numFmtId="49" fontId="11" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="15" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="15" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="15" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="10" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="10" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="10" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="9" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="9" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="13" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="16" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="16" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="13" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="9" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD1F3DA"/>
+      <color rgb="FFFFFFCC"/>
       <color rgb="FFD3EBF1"/>
-      <color rgb="FFFFFFCC"/>
       <color rgb="FFB0EABF"/>
       <color rgb="FFF4CCCC"/>
       <color rgb="FFFF9966"/>
       <color rgb="FFBFFEBA"/>
       <color rgb="FFEAE7DA"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -9244,51 +9283,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88D1B656-01A5-418B-B062-3CB18C61C69B}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F31" sqref="F31:F32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -11453,51 +11492,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D27CF5C-B3B5-4A14-873B-66CE45919D56}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="G6" sqref="G6:G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -11733,146 +11772,148 @@
       <c r="I9" s="20"/>
       <c r="J9" s="23"/>
       <c r="K9" s="189" t="s">
         <v>224</v>
       </c>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="66"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="25"/>
-      <c r="K10" s="187"/>
+      <c r="K10" s="187" t="s">
+        <v>245</v>
+      </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="67"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="23"/>
       <c r="K11" s="186"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62" t="s">
         <v>141</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
-      <c r="K12" s="44" t="s">
-        <v>124</v>
+      <c r="K12" s="38" t="s">
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62" t="s">
         <v>135</v>
       </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61" t="s">
         <v>182</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -12111,111 +12152,117 @@
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="56"/>
-      <c r="H25" s="160"/>
+      <c r="H25" s="38" t="s">
+        <v>158</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="62" t="s">
         <v>43</v>
       </c>
       <c r="G26" s="62" t="s">
         <v>44</v>
       </c>
-      <c r="H26" s="159"/>
+      <c r="H26" s="44" t="s">
+        <v>26</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="F27" s="61" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="61" t="s">
         <v>23</v>
       </c>
-      <c r="H27" s="160"/>
+      <c r="H27" s="41" t="s">
+        <v>242</v>
+      </c>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="62" t="s">
         <v>43</v>
       </c>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="147"/>
       <c r="G28" s="167"/>
       <c r="H28" s="159"/>
@@ -12559,51 +12606,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0.39370078740157483" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03E2F932-B3B6-4377-85A3-F82E43E5F929}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21"/>
+      <selection activeCell="G16" sqref="G16:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -12858,129 +12905,129 @@
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
       <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="208" t="s">
+      <c r="G11" s="203" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="209" t="s">
+      <c r="G12" s="204" t="s">
         <v>177</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62" t="s">
         <v>136</v>
       </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -13664,51 +13711,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BDFD3FD7-7E53-4135-B2CC-40790E754684}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F26" sqref="F26:F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -13993,99 +14040,99 @@
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="61" t="s">
         <v>177</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62" t="s">
         <v>135</v>
       </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61" t="s">
         <v>185</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -14266,227 +14313,231 @@
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="164"/>
-      <c r="H23" s="61" t="s">
+      <c r="H23" s="179" t="s">
         <v>21</v>
       </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="165"/>
-      <c r="H24" s="62" t="s">
+      <c r="H24" s="178" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="62" t="s">
+      <c r="G25" s="65" t="s">
         <v>43</v>
       </c>
-      <c r="H25" s="61" t="s">
+      <c r="H25" s="66" t="s">
         <v>225</v>
       </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="168" t="s">
         <v>176</v>
       </c>
-      <c r="G26" s="61" t="s">
+      <c r="G26" s="58" t="s">
         <v>188</v>
       </c>
-      <c r="H26" s="159"/>
+      <c r="H26" s="66"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="F27" s="169" t="s">
         <v>179</v>
       </c>
       <c r="G27" s="146"/>
-      <c r="H27" s="160"/>
+      <c r="H27" s="67"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="170"/>
       <c r="G28" s="167"/>
-      <c r="H28" s="159"/>
+      <c r="H28" s="217" t="s">
+        <v>121</v>
+      </c>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
       <c r="F29" s="148"/>
       <c r="G29" s="146"/>
-      <c r="H29" s="160"/>
+      <c r="H29" s="48" t="s">
+        <v>243</v>
+      </c>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
       <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
@@ -14759,50 +14810,51 @@
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="76" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAA4EAC3-7003-485C-9DE4-58001ECCA781}">
   <dimension ref="A1:S42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E37" sqref="E37:E38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="15" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="10.85546875" style="7" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="6.140625" style="7" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="4.5703125" style="79" customWidth="1"/>
@@ -15789,51 +15841,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7056D557-556F-4DF8-9EE1-AAC6C7D9023C}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H35" sqref="H35"/>
+      <selection activeCell="Q31" sqref="Q31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -16118,99 +16170,99 @@
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="61" t="s">
         <v>177</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62" t="s">
         <v>131</v>
       </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61" t="s">
         <v>185</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -16414,340 +16466,342 @@
       <c r="H23" s="179" t="s">
         <v>187</v>
       </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="65" t="s">
         <v>46</v>
       </c>
-      <c r="H24" s="213"/>
+      <c r="H24" s="208"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="58" t="s">
         <v>22</v>
       </c>
-      <c r="H25" s="214"/>
+      <c r="H25" s="209"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="145"/>
       <c r="G26" s="65" t="s">
         <v>132</v>
       </c>
-      <c r="H26" s="215"/>
+      <c r="H26" s="210"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="F27" s="146"/>
       <c r="G27" s="58" t="s">
         <v>179</v>
       </c>
-      <c r="H27" s="214"/>
+      <c r="H27" s="209"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
-      <c r="P27" s="84" t="s">
+      <c r="P27" s="194" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="210" t="s">
+      <c r="F28" s="205" t="s">
         <v>119</v>
       </c>
       <c r="G28" s="167"/>
-      <c r="H28" s="215"/>
+      <c r="H28" s="210"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
+      <c r="P28" s="85" t="s">
+        <v>246</v>
+      </c>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="211"/>
+      <c r="F29" s="206"/>
       <c r="G29" s="146"/>
       <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="211" t="s">
+      <c r="F30" s="206" t="s">
         <v>175</v>
       </c>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="211" t="s">
+      <c r="F31" s="206" t="s">
         <v>237</v>
       </c>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="149"/>
       <c r="C32" s="41"/>
       <c r="D32" s="143"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="211"/>
+      <c r="F32" s="206"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="211"/>
+      <c r="F33" s="206"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
-      <c r="F34" s="211"/>
+      <c r="F34" s="206"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
       <c r="M34" s="24" t="s">
         <v>29</v>
       </c>
       <c r="N34" s="24"/>
       <c r="O34" s="24"/>
       <c r="P34" s="25"/>
       <c r="Q34" s="96"/>
     </row>
     <row r="35" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="23"/>
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
-      <c r="F35" s="212"/>
+      <c r="F35" s="207"/>
       <c r="G35" s="22"/>
       <c r="H35" s="22"/>
       <c r="I35" s="20"/>
       <c r="J35" s="22"/>
       <c r="K35" s="22"/>
       <c r="L35" s="5"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="23"/>
       <c r="Q35" s="93"/>
     </row>
     <row r="36" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="D36" s="30" t="s">
         <v>40</v>
       </c>
       <c r="E36" s="30" t="s">
         <v>40</v>
@@ -16894,51 +16948,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39B899A5-3372-4514-BA9C-82EDF6FE6545}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H13" sqref="H13"/>
+      <selection activeCell="Q30" sqref="Q30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -17221,99 +17275,99 @@
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62" t="s">
         <v>41</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61" t="s">
         <v>236</v>
       </c>
       <c r="H13" s="38" t="s">
         <v>196</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="62" t="s">
         <v>190</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>240</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
@@ -17378,74 +17432,74 @@
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="163"/>
-      <c r="H19" s="220" t="s">
+      <c r="H19" s="214" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="162"/>
-      <c r="H20" s="221"/>
+      <c r="H20" s="215"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>205</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>240</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>238</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
@@ -17515,51 +17569,51 @@
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="165"/>
       <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>153</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>145</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="166"/>
       <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
@@ -17629,85 +17683,89 @@
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="170"/>
       <c r="G28" s="167"/>
       <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
+      <c r="P28" s="85" t="s">
+        <v>248</v>
+      </c>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>145</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F29" s="148"/>
       <c r="G29" s="146"/>
       <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
-      <c r="Q29" s="85"/>
+      <c r="Q29" s="85" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
       <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
@@ -17976,52 +18034,52 @@
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98E3BFAC-6575-4C84-99F6-85A23B014CF2}">
   <dimension ref="A1:V42"/>
   <sheetViews>
-    <sheetView topLeftCell="A9" workbookViewId="0">
-      <selection activeCell="B27" sqref="B27"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E29" sqref="E29:E30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -18197,686 +18255,688 @@
       <c r="G6" s="192" t="s">
         <v>227</v>
       </c>
       <c r="H6" s="192" t="s">
         <v>227</v>
       </c>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="163"/>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="162"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="163"/>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
-      <c r="F10" s="24"/>
-      <c r="G10" s="62"/>
+      <c r="F10" s="38" t="s">
+        <v>191</v>
+      </c>
+      <c r="G10" s="162"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
       <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
-      <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="F11" s="200"/>
+      <c r="G11" s="163"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="162"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
-      <c r="K12" s="38" t="s">
-        <v>124</v>
+      <c r="K12" s="150" t="s">
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
-      <c r="K13" s="80"/>
+      <c r="K13" s="161"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
-      <c r="K14" s="38" t="s">
-        <v>124</v>
+      <c r="K14" s="150" t="s">
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
-[...1 lines deleted...]
-        <v>241</v>
+      <c r="G15" s="163"/>
+      <c r="H15" s="150" t="s">
+        <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
-      <c r="K15" s="80"/>
+      <c r="K15" s="161"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
-      <c r="H16" s="45"/>
+      <c r="G16" s="162"/>
+      <c r="H16" s="215"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="163"/>
       <c r="H17" s="46" t="s">
         <v>168</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="21"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
-      <c r="D18" s="207" t="s">
+      <c r="D18" s="202" t="s">
         <v>230</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>232</v>
       </c>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="25"/>
-      <c r="P18" s="207" t="s">
+      <c r="P18" s="202" t="s">
         <v>230</v>
       </c>
       <c r="Q18" s="26" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="93"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="163"/>
       <c r="H19" s="46" t="s">
         <v>239</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="23"/>
       <c r="P19" s="93"/>
-      <c r="Q19" s="206"/>
+      <c r="Q19" s="201"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="162"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="21"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>205</v>
       </c>
-      <c r="C21" s="47" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="218" t="s">
+      <c r="C21" s="212" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="212" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="193"/>
-      <c r="F21" s="175" t="s">
+      <c r="F21" s="150" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="163"/>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154"/>
-      <c r="D22" s="219"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="213"/>
       <c r="E22" s="197"/>
-      <c r="F22" s="40"/>
-[...1 lines deleted...]
-      <c r="H22" s="66"/>
+      <c r="F22" s="140"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="C23" s="204" t="s">
+      <c r="C23" s="152" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="152" t="s">
         <v>131</v>
       </c>
-      <c r="E23" s="175" t="s">
+      <c r="E23" s="150" t="s">
         <v>136</v>
       </c>
-      <c r="F23" s="204" t="s">
+      <c r="F23" s="152" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
-      <c r="C24" s="40"/>
+      <c r="C24" s="140"/>
       <c r="D24" s="151"/>
-      <c r="E24" s="201"/>
-[...2 lines deleted...]
-      <c r="H24" s="66"/>
+      <c r="E24" s="218"/>
+      <c r="F24" s="140"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
-      <c r="O24" s="194" t="s">
+      <c r="O24" s="220" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>194</v>
       </c>
-      <c r="C25" s="42" t="s">
-        <v>245</v>
+      <c r="C25" s="152" t="s">
+        <v>136</v>
       </c>
       <c r="D25" s="152" t="s">
         <v>132</v>
       </c>
-      <c r="E25" s="175" t="s">
+      <c r="E25" s="150" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
-      <c r="O25" s="85"/>
+      <c r="O25" s="221"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
-      <c r="C26" s="41"/>
-[...4 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="C26" s="143"/>
+      <c r="D26" s="211"/>
+      <c r="E26" s="211"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="145"/>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
-      <c r="O26" s="38" t="s">
+      <c r="O26" s="150" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>193</v>
       </c>
       <c r="C27" s="150" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="150" t="s">
         <v>45</v>
       </c>
-      <c r="E27" s="175" t="s">
+      <c r="E27" s="150" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
-      <c r="O27" s="44"/>
-      <c r="P27" s="194" t="s">
+      <c r="O27" s="142"/>
+      <c r="P27" s="188" t="s">
         <v>150</v>
       </c>
-      <c r="Q27" s="200"/>
+      <c r="Q27" s="199"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="143"/>
-      <c r="D28" s="217"/>
-[...3 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="D28" s="211"/>
+      <c r="E28" s="211"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
-      <c r="J28" s="218" t="s">
+      <c r="J28" s="212" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
-      <c r="O28" s="41"/>
-[...1 lines deleted...]
-      <c r="Q28" s="194" t="s">
+      <c r="O28" s="143"/>
+      <c r="P28" s="222"/>
+      <c r="Q28" s="188" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>206</v>
       </c>
       <c r="C29" s="150" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="150" t="s">
         <v>43</v>
       </c>
-      <c r="E29" s="175" t="s">
-[...4 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="E29" s="150" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
-      <c r="J29" s="222" t="s">
+      <c r="J29" s="216" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
-      <c r="P29" s="199"/>
-      <c r="Q29" s="198"/>
+      <c r="P29" s="198"/>
+      <c r="Q29" s="222"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="142"/>
-      <c r="D30" s="217"/>
-[...1 lines deleted...]
-      <c r="F30" s="59"/>
+      <c r="D30" s="211"/>
+      <c r="E30" s="218"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="84" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="150" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="150" t="s">
         <v>47</v>
       </c>
-      <c r="E31" s="175" t="s">
+      <c r="E31" s="150" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="85"/>
-      <c r="O31" s="41"/>
+      <c r="N31" s="219"/>
+      <c r="O31" s="143"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="149"/>
       <c r="C32" s="143"/>
-      <c r="D32" s="217"/>
-[...1 lines deleted...]
-      <c r="F32" s="59"/>
+      <c r="D32" s="211"/>
+      <c r="E32" s="211"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -19082,52 +19142,52 @@
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
       <c r="R42" s="79"/>
       <c r="S42" s="7"/>
       <c r="T42" s="7"/>
       <c r="U42" s="7"/>
       <c r="V42" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1629E674-230A-43FC-A33F-C8C5EF2E4D63}">
   <dimension ref="A1:W47"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="O24" sqref="O24:O30"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E29" sqref="E29:E30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -19405,631 +19465,631 @@
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="183" t="s">
         <v>220</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="191" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="191" t="s">
         <v>46</v>
       </c>
       <c r="H10" s="191" t="s">
         <v>46</v>
       </c>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="23"/>
       <c r="B11" s="184" t="s">
         <v>218</v>
       </c>
       <c r="C11" s="28"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="191" t="s">
         <v>228</v>
       </c>
       <c r="G11" s="191" t="s">
         <v>228</v>
       </c>
       <c r="H11" s="191" t="s">
         <v>228</v>
       </c>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="25" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="184" t="s">
         <v>219</v>
       </c>
       <c r="C12" s="26"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="162"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
-      <c r="K12" s="38" t="s">
-        <v>124</v>
+      <c r="K12" s="150" t="s">
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="23"/>
       <c r="B13" s="184"/>
       <c r="C13" s="28"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
-      <c r="K13" s="80"/>
+      <c r="K13" s="161"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="25" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="184" t="s">
         <v>221</v>
       </c>
       <c r="C14" s="26"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
-      <c r="K14" s="38" t="s">
-        <v>124</v>
+      <c r="K14" s="150" t="s">
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="23"/>
       <c r="B15" s="184"/>
       <c r="C15" s="28"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
-[...1 lines deleted...]
-        <v>241</v>
+      <c r="G15" s="163"/>
+      <c r="H15" s="150" t="s">
+        <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
-      <c r="K15" s="80"/>
+      <c r="K15" s="161"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="25" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="184"/>
       <c r="C16" s="26"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
-      <c r="H16" s="45"/>
+      <c r="G16" s="162"/>
+      <c r="H16" s="215"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="184"/>
       <c r="C17" s="28"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="163"/>
       <c r="H17" s="46" t="s">
         <v>168</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="25" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="184"/>
       <c r="C18" s="26"/>
       <c r="D18" s="24" t="s">
         <v>231</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>233</v>
       </c>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="24" t="s">
         <v>231</v>
       </c>
       <c r="Q18" s="24" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="23"/>
       <c r="B19" s="185"/>
       <c r="C19" s="28"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
-      <c r="H19" s="177" t="s">
+      <c r="G19" s="163"/>
+      <c r="H19" s="214" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="25" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="93"/>
       <c r="C20" s="26"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
-      <c r="H20" s="45"/>
+      <c r="G20" s="162"/>
+      <c r="H20" s="215"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="43" t="s">
         <v>205</v>
       </c>
-      <c r="C21" s="47" t="s">
+      <c r="C21" s="212" t="s">
         <v>164</v>
       </c>
-      <c r="D21" s="203" t="s">
+      <c r="D21" s="212" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>195</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="163"/>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
-      <c r="C22" s="154"/>
-      <c r="D22" s="154"/>
+      <c r="C22" s="156"/>
+      <c r="D22" s="156"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
-      <c r="B23" s="37" t="s">
-        <v>153</v>
+      <c r="B23" s="223" t="s">
+        <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>195</v>
       </c>
-      <c r="D23" s="204" t="s">
+      <c r="D23" s="152" t="s">
         <v>131</v>
       </c>
-      <c r="E23" s="204" t="s">
+      <c r="E23" s="152" t="s">
         <v>136</v>
       </c>
-      <c r="F23" s="204" t="s">
+      <c r="F23" s="152" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
-      <c r="B24" s="43"/>
+      <c r="B24" s="224"/>
       <c r="C24" s="40"/>
-      <c r="D24" s="205"/>
-[...3 lines deleted...]
-      <c r="H24" s="66"/>
+      <c r="D24" s="151"/>
+      <c r="E24" s="142"/>
+      <c r="F24" s="140"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="193"/>
-      <c r="O24" s="84" t="s">
-        <v>147</v>
+      <c r="O24" s="220" t="s">
+        <v>152</v>
       </c>
       <c r="P24" s="195"/>
       <c r="Q24" s="196"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>194</v>
       </c>
-      <c r="C25" s="42" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="204" t="s">
+      <c r="C25" s="152" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" s="152" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>145</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="197"/>
-      <c r="O25" s="85"/>
-[...1 lines deleted...]
-      <c r="Q25" s="200"/>
+      <c r="O25" s="221"/>
+      <c r="P25" s="198"/>
+      <c r="Q25" s="199"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
-      <c r="C26" s="41"/>
-      <c r="D26" s="202"/>
+      <c r="C26" s="143"/>
+      <c r="D26" s="211"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="145"/>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="193"/>
-      <c r="O26" s="38" t="s">
+      <c r="O26" s="150" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="195"/>
       <c r="Q26" s="196"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>193</v>
       </c>
-      <c r="C27" s="175" t="s">
+      <c r="C27" s="150" t="s">
         <v>46</v>
       </c>
-      <c r="D27" s="175" t="s">
+      <c r="D27" s="150" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>193</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="197"/>
-      <c r="O27" s="44"/>
-      <c r="P27" s="194" t="s">
+      <c r="O27" s="142"/>
+      <c r="P27" s="188" t="s">
         <v>150</v>
       </c>
-      <c r="Q27" s="200"/>
+      <c r="Q27" s="199"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
-      <c r="C28" s="41"/>
-      <c r="D28" s="202"/>
+      <c r="C28" s="143"/>
+      <c r="D28" s="211"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="193"/>
-      <c r="O28" s="41"/>
-[...1 lines deleted...]
-      <c r="Q28" s="194" t="s">
+      <c r="O28" s="143"/>
+      <c r="P28" s="222"/>
+      <c r="Q28" s="188" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>206</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>145</v>
       </c>
-      <c r="D29" s="175" t="s">
+      <c r="D29" s="150" t="s">
         <v>43</v>
       </c>
-      <c r="E29" s="38" t="s">
+      <c r="E29" s="150" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="197"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
-      <c r="P29" s="199"/>
-      <c r="Q29" s="198"/>
+      <c r="P29" s="198"/>
+      <c r="Q29" s="222"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
-      <c r="D30" s="202"/>
-[...1 lines deleted...]
-      <c r="F30" s="59"/>
+      <c r="D30" s="211"/>
+      <c r="E30" s="218"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="194" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="195"/>
       <c r="Q30" s="196"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
-      <c r="C31" s="38" t="s">
+      <c r="C31" s="150" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="175" t="s">
+      <c r="D31" s="150" t="s">
         <v>47</v>
       </c>
-      <c r="E31" s="175" t="s">
+      <c r="E31" s="150" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="198"/>
-[...2 lines deleted...]
-      <c r="Q31" s="200"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="211"/>
+      <c r="P31" s="198"/>
+      <c r="Q31" s="199"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
-[...3 lines deleted...]
-      <c r="F32" s="59"/>
+      <c r="B32" s="149"/>
+      <c r="C32" s="143"/>
+      <c r="D32" s="211"/>
+      <c r="E32" s="143"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -20256,52 +20316,52 @@
     </row>
     <row r="45" spans="1:23" x14ac:dyDescent="0.2">
       <c r="U45" s="31"/>
       <c r="V45" s="31"/>
       <c r="W45" s="31"/>
     </row>
     <row r="46" spans="1:23" x14ac:dyDescent="0.2">
       <c r="V46" s="31"/>
       <c r="W46" s="31"/>
     </row>
     <row r="47" spans="1:23" x14ac:dyDescent="0.2">
       <c r="V47" s="31"/>
       <c r="W47" s="31"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BCE0D6F-A48A-41E2-A591-DF9AEC6F6F86}">
   <dimension ref="A1:R42"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B27" sqref="B27"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F26" sqref="F26:F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -20461,743 +20521,775 @@
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="191" t="s">
         <v>136</v>
       </c>
       <c r="O5" s="191" t="s">
         <v>136</v>
       </c>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="191" t="s">
         <v>135</v>
       </c>
       <c r="C6" s="191" t="s">
         <v>135</v>
       </c>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="191" t="s">
         <v>135</v>
       </c>
       <c r="O6" s="191" t="s">
         <v>135</v>
       </c>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="191" t="s">
         <v>142</v>
       </c>
       <c r="C7" s="191" t="s">
         <v>142</v>
       </c>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="191" t="s">
         <v>142</v>
       </c>
       <c r="O7" s="191" t="s">
         <v>142</v>
       </c>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="191" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="191" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="191" t="s">
         <v>46</v>
       </c>
       <c r="O8" s="191" t="s">
         <v>46</v>
       </c>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="191" t="s">
         <v>131</v>
       </c>
       <c r="C9" s="191" t="s">
         <v>131</v>
       </c>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="191" t="s">
         <v>131</v>
       </c>
       <c r="O9" s="191" t="s">
         <v>131</v>
       </c>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="191" t="s">
         <v>141</v>
       </c>
       <c r="C10" s="191" t="s">
         <v>141</v>
       </c>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="191" t="s">
         <v>141</v>
       </c>
       <c r="O10" s="191" t="s">
         <v>141</v>
       </c>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="191" t="s">
         <v>229</v>
       </c>
       <c r="C11" s="191" t="s">
         <v>229</v>
       </c>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="61"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="191" t="s">
         <v>229</v>
       </c>
       <c r="O11" s="191" t="s">
         <v>229</v>
       </c>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="61" t="s">
+        <v>236</v>
+      </c>
       <c r="H13" s="38" t="s">
         <v>196</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>17</v>
+      </c>
       <c r="H15" s="38" t="s">
-        <v>164</v>
+        <v>247</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>46</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>168</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="163"/>
       <c r="H19" s="46" t="s">
         <v>239</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="168" t="s">
+        <v>176</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
-      <c r="B21" s="216" t="s">
+      <c r="B21" s="223" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>238</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>195</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="169" t="s">
+        <v>20</v>
+      </c>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="39"/>
+      <c r="B22" s="157"/>
       <c r="C22" s="154"/>
       <c r="D22" s="40"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="170"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
-      <c r="B23" s="216" t="s">
+      <c r="B23" s="223" t="s">
         <v>132</v>
       </c>
-      <c r="C23" s="204" t="s">
+      <c r="C23" s="152" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>205</v>
       </c>
       <c r="E23" s="42" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>144</v>
       </c>
       <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
-      <c r="B24" s="43"/>
-      <c r="C24" s="40"/>
+      <c r="B24" s="224"/>
+      <c r="C24" s="140"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="168" t="s">
+        <v>190</v>
+      </c>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="193"/>
-      <c r="O24" s="194" t="s">
-        <v>147</v>
+      <c r="O24" s="220" t="s">
+        <v>152</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C25" s="204" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" s="152" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>153</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>145</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="197"/>
-      <c r="O25" s="198"/>
+      <c r="O25" s="221"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
-      <c r="C26" s="41"/>
+      <c r="C26" s="143"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="168" t="s">
+        <v>190</v>
+      </c>
+      <c r="G26" s="170"/>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="193"/>
-      <c r="O26" s="175" t="s">
+      <c r="O26" s="150" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
-      <c r="B27" s="175" t="s">
+      <c r="B27" s="150" t="s">
         <v>44</v>
       </c>
-      <c r="C27" s="175" t="s">
+      <c r="C27" s="150" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>193</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="169" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="197"/>
-      <c r="O27" s="201"/>
+      <c r="O27" s="142"/>
       <c r="P27" s="84" t="s">
-        <v>150</v>
+        <v>241</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
-      <c r="B28" s="41"/>
-      <c r="C28" s="41"/>
+      <c r="B28" s="143"/>
+      <c r="C28" s="143"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="170"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="193"/>
-      <c r="O28" s="202"/>
+      <c r="O28" s="143"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
-        <v>151</v>
+        <v>241</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
-      <c r="B29" s="175" t="s">
+      <c r="B29" s="150" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>145</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>206</v>
       </c>
       <c r="E29" s="38" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      <c r="H29" s="67"/>
+        <v>191</v>
+      </c>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="197"/>
-      <c r="O29" s="175" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="41"/>
+      <c r="B30" s="143"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="194" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="201"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="198"/>
-      <c r="O31" s="202"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="211"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="149"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -21384,51 +21476,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B89C7E0-87D2-47BB-85B9-1E1377C1EC03}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -21568,699 +21660,735 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>46</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
-      <c r="G10" s="62"/>
+      <c r="G10" s="162"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="163"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="162"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="163"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>18</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>46</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="62" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="61" t="s">
+        <v>187</v>
+      </c>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="62" t="s">
+        <v>136</v>
+      </c>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="62" t="s">
+        <v>190</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="225" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" s="62" t="s">
+        <v>132</v>
+      </c>
+      <c r="H26" s="61" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="226" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="61" t="s">
+        <v>179</v>
+      </c>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="149"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -22447,51 +22575,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{41C75444-C8E1-4255-9545-34E75C83493C}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="G16" sqref="G16:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -22631,699 +22759,733 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>142</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="62" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="61" t="s">
+        <v>187</v>
+      </c>
+      <c r="H23" s="61" t="s">
+        <v>21</v>
+      </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="62" t="s">
+        <v>190</v>
+      </c>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="61" t="s">
+        <v>188</v>
+      </c>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="59" t="s">
+        <v>119</v>
+      </c>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="60"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="149"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -23511,51 +23673,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7259848E-59E8-4F19-A00B-BA002D1D5B98}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="K10" sqref="K10:K11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -23695,699 +23857,729 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="178" t="s">
+        <v>200</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="66" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="66"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="66"/>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
-      <c r="G10" s="62"/>
+      <c r="G10" s="66"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="67"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="178" t="s">
+        <v>199</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
-[...1 lines deleted...]
-        <v>163</v>
+      <c r="G13" s="66" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="178" t="s">
+        <v>216</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
-      <c r="H14" s="45"/>
+      <c r="G14" s="66"/>
+      <c r="H14" s="66" t="s">
+        <v>255</v>
+      </c>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G15" s="66"/>
+      <c r="H15" s="66"/>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
-      <c r="H16" s="45"/>
+      <c r="G16" s="66"/>
+      <c r="H16" s="66"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G17" s="67"/>
+      <c r="H17" s="67"/>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
-      <c r="H18" s="45"/>
+      <c r="G18" s="162"/>
+      <c r="H18" s="160"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
-[...1 lines deleted...]
-        <v>142</v>
+      <c r="G19" s="163"/>
+      <c r="H19" s="62" t="s">
+        <v>45</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
-      <c r="H20" s="45"/>
+      <c r="G20" s="62" t="s">
+        <v>135</v>
+      </c>
+      <c r="H20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G21" s="61" t="s">
+        <v>252</v>
+      </c>
+      <c r="H21" s="55"/>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="H22" s="62" t="s">
+        <v>132</v>
+      </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="62" t="s">
+        <v>141</v>
+      </c>
+      <c r="H23" s="61" t="s">
+        <v>187</v>
+      </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
+      <c r="G24" s="61" t="s">
+        <v>253</v>
+      </c>
       <c r="H24" s="66"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="H25" s="62" t="s">
+        <v>41</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="168" t="s">
+        <v>190</v>
+      </c>
+      <c r="G26" s="62" t="s">
+        <v>131</v>
+      </c>
+      <c r="H26" s="61" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="169" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="61" t="s">
+        <v>254</v>
+      </c>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="170"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="A31" s="51"/>
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -24574,51 +24766,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADD0E985-BD74-4390-9355-ABDE2AD81707}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="G6" sqref="G6:G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -24758,699 +24950,741 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
-      <c r="G10" s="62"/>
+      <c r="G10" s="162"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="163"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="62" t="s">
+        <v>46</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="61" t="s">
+        <v>236</v>
+      </c>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>17</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
-      <c r="D16" s="24"/>
+      <c r="D16" s="24" t="s">
+        <v>256</v>
+      </c>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
-      <c r="D17" s="22"/>
+      <c r="D17" s="22" t="s">
+        <v>251</v>
+      </c>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>43</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
-      <c r="H20" s="45"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
+      <c r="H20" s="227"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-[...1 lines deleted...]
-        <v>48</v>
+      <c r="G21" s="58"/>
+      <c r="H21" s="180" t="s">
+        <v>190</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="65" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22" s="181" t="s">
+        <v>210</v>
+      </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="58" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23" s="182"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
+      <c r="G24" s="165"/>
       <c r="H24" s="66"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="168" t="s">
+        <v>190</v>
+      </c>
+      <c r="G26" s="145"/>
+      <c r="H26" s="61" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="169" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="170"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -25637,51 +25871,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40203F21-615C-43B8-99A2-BF037EB96281}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="K10" sqref="K10:K11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -25821,699 +26055,729 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>17</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="163"/>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="180" t="s">
+        <v>176</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="145"/>
+      <c r="H26" s="181" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="182"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="59" t="s">
+        <v>119</v>
+      </c>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="60"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -27722,52 +27986,52 @@
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F58D1D17-938F-4451-A1BB-6F11CD64F9F0}">
   <dimension ref="A1:R42"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="K10" sqref="K10:K11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -27907,699 +28171,699 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="162"/>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="163"/>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="162"/>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="163"/>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
-      <c r="G10" s="62"/>
+      <c r="G10" s="162"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="163"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="162"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="163"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="162"/>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="163"/>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="163"/>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="162"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="162"/>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="163"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="145"/>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -28786,51 +29050,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3418960A-A1F0-48C9-8FB5-243EE20534EA}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="B31" sqref="B31:D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -28970,114 +29234,122 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
       <c r="K10" s="38" t="s">
@@ -29098,120 +29370,128 @@
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="61"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="80"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="62" t="s">
+        <v>45</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="61" t="s">
+        <v>236</v>
+      </c>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>41</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>17</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
       <c r="G16" s="62"/>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
@@ -29232,72 +29512,76 @@
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
       <c r="G17" s="61"/>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="62" t="s">
+        <v>42</v>
+      </c>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="61" t="s">
+        <v>257</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
@@ -29305,74 +29589,78 @@
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
+      <c r="G21" s="62" t="s">
+        <v>190</v>
+      </c>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
+      <c r="G22" s="61" t="s">
+        <v>210</v>
+      </c>
       <c r="H22" s="66"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
@@ -29564,82 +29852,82 @@
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
       <c r="F30" s="59"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="60"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
       <c r="F32" s="59"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
       <c r="F33" s="60"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
@@ -29849,51 +30137,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81EA4665-76FB-4F6D-AB64-A252A021F520}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="K12" sqref="K12:K15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -30166,97 +30454,97 @@
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="80"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
@@ -30912,51 +31200,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F545B086-4696-41A1-88F1-0A47D7BCC07A}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F30" sqref="F30:F31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -31229,97 +31517,97 @@
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="80"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
@@ -31671,51 +31959,53 @@
       <c r="F29" s="60"/>
       <c r="G29" s="58"/>
       <c r="H29" s="67"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="59" t="s">
+        <v>119</v>
+      </c>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="38" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="38" t="s">
@@ -31975,51 +32265,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4FD0C80B-A4DA-495D-B3C5-03F0E2DD2F15}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="K12" sqref="K12:K15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -32292,97 +32582,97 @@
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="80"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
@@ -33038,51 +33328,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE66CE62-9655-48AA-92DA-D88B29ECD0B4}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="K12" sqref="K12:K15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -33357,97 +33647,97 @@
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="80"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="62"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="61"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
@@ -35148,51 +35438,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC5EFF31-B6BE-49EF-9044-CAF0FC5E2207}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F30" sqref="F30:F31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -35889,51 +36179,53 @@
         <v>190</v>
       </c>
       <c r="F29" s="60"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="20"/>
       <c r="J29" s="36"/>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="59" t="s">
+        <v>119</v>
+      </c>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="38" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="38" t="s">