--- v3 (2026-02-10)
+++ v4 (2026-03-20)
@@ -38,60 +38,60 @@
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\malin\Documents\AnSe redovisning\Björklinge Bollklubb\30. Resultaträkning, noteringar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{906D83C9-2896-4802-8684-58CE75C2AD2B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{497C501B-E699-4B59-B7C0-1E4825F31659}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="822" firstSheet="8" activeTab="29" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="822" firstSheet="18" activeTab="34" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Mall" sheetId="1" r:id="rId1"/>
     <sheet name="v32" sheetId="39" r:id="rId2"/>
     <sheet name="v33" sheetId="38" r:id="rId3"/>
     <sheet name="v34" sheetId="2" r:id="rId4"/>
     <sheet name="v35" sheetId="3" r:id="rId5"/>
     <sheet name="v36" sheetId="4" r:id="rId6"/>
     <sheet name="v37" sheetId="5" r:id="rId7"/>
     <sheet name="v38" sheetId="6" r:id="rId8"/>
     <sheet name="v39" sheetId="7" r:id="rId9"/>
     <sheet name="v40" sheetId="8" r:id="rId10"/>
     <sheet name="v41" sheetId="9" r:id="rId11"/>
     <sheet name="v42" sheetId="10" r:id="rId12"/>
     <sheet name="v43" sheetId="11" r:id="rId13"/>
     <sheet name="v44" sheetId="12" r:id="rId14"/>
     <sheet name="v45" sheetId="13" r:id="rId15"/>
     <sheet name="v46" sheetId="14" r:id="rId16"/>
     <sheet name="v47" sheetId="15" r:id="rId17"/>
     <sheet name="v48" sheetId="16" r:id="rId18"/>
     <sheet name="v49" sheetId="17" r:id="rId19"/>
     <sheet name="v50" sheetId="18" r:id="rId20"/>
     <sheet name="v51" sheetId="19" r:id="rId21"/>
     <sheet name="v52" sheetId="20" r:id="rId22"/>
     <sheet name="v1" sheetId="21" r:id="rId23"/>
@@ -110,51 +110,51 @@
     <sheet name="v14" sheetId="34" r:id="rId36"/>
     <sheet name="v15" sheetId="35" r:id="rId37"/>
     <sheet name="v16" sheetId="36" r:id="rId38"/>
     <sheet name="v17" sheetId="37" r:id="rId39"/>
     <sheet name="Eftersäsong" sheetId="41" r:id="rId40"/>
     <sheet name="Matchtider" sheetId="40" r:id="rId41"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5051" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5166" uniqueCount="285">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Stora hallen</t>
   </si>
   <si>
     <t>Lilla hallen</t>
   </si>
   <si>
     <t>IFU</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
@@ -1016,56 +1016,192 @@
       </rPr>
       <t>/P17✓</t>
     </r>
   </si>
   <si>
     <t>ledarmöte</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>1800-2130</t>
   </si>
   <si>
     <t>1445</t>
   </si>
+  <si>
+    <t>P15-&gt;P16</t>
+  </si>
+  <si>
+    <r>
+      <t>F16</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>/P16</t>
+    </r>
+  </si>
+  <si>
+    <t>F18✓/P18✓</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>F17</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>/P17</t>
+    </r>
+  </si>
+  <si>
+    <t>HJ pl E-&gt;</t>
+  </si>
+  <si>
+    <t>P19✓</t>
+  </si>
+  <si>
+    <t>eller hemma 2030</t>
+  </si>
+  <si>
+    <t>H1 pl E -&gt;</t>
+  </si>
+  <si>
+    <t>H3</t>
+  </si>
+  <si>
+    <t>H1 pl B -&gt;</t>
+  </si>
+  <si>
+    <t>tom 30/4</t>
+  </si>
+  <si>
+    <t>F19/P19</t>
+  </si>
+  <si>
+    <t>UIBF</t>
+  </si>
+  <si>
+    <t>Avslutningscup</t>
+  </si>
+  <si>
+    <t>vilka lag?</t>
+  </si>
+  <si>
+    <t>Skärtorsdag</t>
+  </si>
+  <si>
+    <t>Långfredag</t>
+  </si>
+  <si>
+    <t>Påskafton</t>
+  </si>
+  <si>
+    <t>Påskdagen</t>
+  </si>
+  <si>
+    <t>Annandag påsk</t>
+  </si>
+  <si>
+    <t>extra trm</t>
+  </si>
+  <si>
+    <t>F16✓/P16</t>
+  </si>
+  <si>
+    <t>✓</t>
+  </si>
+  <si>
+    <t>xxx/P18</t>
+  </si>
+  <si>
+    <r>
+      <t>F18/</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>P18</t>
+    </r>
+  </si>
+  <si>
+    <t>"betalas"</t>
+  </si>
+  <si>
+    <r>
+      <t>F17✓/</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>P17</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -1160,52 +1296,60 @@
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <strike/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="17">
+  <fills count="18">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF4CCCC"/>
         <bgColor rgb="FFF4CCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFF99"/>
       </patternFill>
     </fill>
     <fill>
@@ -1258,52 +1402,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1F3DA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9966"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD1F3DA"/>
         <bgColor auto="1"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="34">
+  <borders count="35">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -1642,55 +1792,66 @@
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="228">
+  <cellXfs count="240">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -2253,64 +2414,100 @@
     </xf>
     <xf numFmtId="49" fontId="11" fillId="16" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="16" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="13" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="9" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="10" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="10" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="49" fontId="7" fillId="14" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="14" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="14" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="14" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="14" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="14" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="17" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD1F3DA"/>
+      <color rgb="FFFF9966"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFD3EBF1"/>
       <color rgb="FFB0EABF"/>
       <color rgb="FFF4CCCC"/>
-      <color rgb="FFFF9966"/>
       <color rgb="FFBFFEBA"/>
       <color rgb="FFEAE7DA"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
@@ -16948,51 +17145,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39B899A5-3372-4514-BA9C-82EDF6FE6545}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="Q30" sqref="Q30"/>
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -18035,51 +18232,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98E3BFAC-6575-4C84-99F6-85A23B014CF2}">
   <dimension ref="A1:V42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29:E30"/>
+      <selection activeCell="G4" sqref="G4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -19143,51 +19340,51 @@
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
       <c r="R42" s="79"/>
       <c r="S42" s="7"/>
       <c r="T42" s="7"/>
       <c r="U42" s="7"/>
       <c r="V42" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1629E674-230A-43FC-A33F-C8C5EF2E4D63}">
   <dimension ref="A1:W47"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E29" sqref="E29:E30"/>
+      <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -23673,51 +23870,51 @@
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7259848E-59E8-4F19-A00B-BA002D1D5B98}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K10" sqref="K10:K11"/>
+      <selection activeCell="G6" sqref="G6:G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -24766,51 +24963,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADD0E985-BD74-4390-9355-ABDE2AD81707}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G6" sqref="G6:G7"/>
+      <selection activeCell="F26" sqref="F26:F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -25871,51 +26068,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40203F21-615C-43B8-99A2-BF037EB96281}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K10" sqref="K10:K11"/>
+      <selection activeCell="H25" sqref="H25:H27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -27986,52 +28183,52 @@
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F58D1D17-938F-4451-A1BB-6F11CD64F9F0}">
   <dimension ref="A1:R42"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K10" sqref="K10:K11"/>
+    <sheetView topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -28304,71 +28501,71 @@
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
       <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="162"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
-        <v>214</v>
+        <v>263</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
-        <v>163</v>
+        <v>260</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
@@ -28456,339 +28653,339 @@
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="162"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="163"/>
       <c r="H19" s="46" t="s">
-        <v>142</v>
+        <v>239</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="162"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
-        <v>131</v>
+        <v>205</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>164</v>
+        <v>261</v>
       </c>
       <c r="D21" s="47" t="s">
-        <v>192</v>
+        <v>259</v>
       </c>
       <c r="E21" s="24"/>
-      <c r="F21" s="38" t="s">
+      <c r="F21" s="150" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="162"/>
       <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
-      <c r="F22" s="40"/>
+      <c r="F22" s="140"/>
       <c r="G22" s="163"/>
       <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
-      <c r="B23" s="37" t="s">
+      <c r="B23" s="223" t="s">
         <v>132</v>
       </c>
-      <c r="C23" s="42" t="s">
+      <c r="C23" s="152" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
-        <v>131</v>
+        <v>258</v>
       </c>
       <c r="E23" s="38" t="s">
-        <v>136</v>
+        <v>174</v>
       </c>
       <c r="F23" s="42" t="s">
-        <v>46</v>
+        <v>144</v>
       </c>
       <c r="G23" s="164"/>
       <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
-      <c r="B24" s="43"/>
-      <c r="C24" s="40"/>
+      <c r="B24" s="224"/>
+      <c r="C24" s="140"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
       <c r="G24" s="165"/>
       <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
-        <v>45</v>
+        <v>194</v>
       </c>
       <c r="C25" s="42" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D25" s="42" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" s="223" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
-        <v>41</v>
+        <v>145</v>
       </c>
       <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="166"/>
       <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
-      <c r="D26" s="41"/>
+      <c r="D26" s="224"/>
       <c r="E26" s="41"/>
       <c r="F26" s="145"/>
       <c r="G26" s="145"/>
       <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="C27" s="38" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D27" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="D27" s="223" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="F27" s="146"/>
       <c r="G27" s="146"/>
       <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
-      <c r="D28" s="41"/>
+      <c r="D28" s="224"/>
       <c r="E28" s="41"/>
       <c r="F28" s="147"/>
       <c r="G28" s="167"/>
       <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
-      <c r="B29" s="38" t="s">
+      <c r="B29" s="223" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D29" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="223" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F29" s="148"/>
       <c r="G29" s="146"/>
       <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="41"/>
+      <c r="B30" s="224"/>
       <c r="C30" s="44"/>
-      <c r="D30" s="41"/>
+      <c r="D30" s="224"/>
       <c r="E30" s="44"/>
       <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
@@ -29040,61 +29237,62 @@
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="76" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3418960A-A1F0-48C9-8FB5-243EE20534EA}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B31" sqref="B31:D32"/>
+      <selection activeCell="G6" sqref="G6:G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -29330,74 +29528,74 @@
       </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="61"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62" t="s">
         <v>45</v>
       </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>214</v>
       </c>
@@ -29470,72 +29668,72 @@
       <c r="G15" s="61" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="162"/>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="163"/>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62" t="s">
         <v>42</v>
       </c>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
@@ -29592,365 +29790,371 @@
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="62" t="s">
         <v>190</v>
       </c>
-      <c r="H21" s="55" t="s">
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="61" t="s">
         <v>210</v>
       </c>
-      <c r="H22" s="66"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
-        <v>147</v>
+        <v>262</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="160"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
-      <c r="O25" s="85"/>
+      <c r="O25" s="85" t="s">
+        <v>41</v>
+      </c>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="145"/>
+      <c r="H26" s="159"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
-      <c r="C29" s="38" t="s">
+      <c r="C29" s="175" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
-      <c r="C30" s="44"/>
+      <c r="C30" s="44" t="s">
+        <v>137</v>
+      </c>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
-      <c r="C31" s="38" t="s">
+      <c r="C31" s="150" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="143"/>
-      <c r="C32" s="41"/>
+      <c r="C32" s="143"/>
       <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
-      <c r="C33" s="83"/>
+      <c r="C33" s="83" t="s">
+        <v>264</v>
+      </c>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -30137,51 +30341,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81EA4665-76FB-4F6D-AB64-A252A021F520}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K12" sqref="K12:K15"/>
+      <selection activeCell="F26" sqref="F26:F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -30321,162 +30525,170 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>142</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
       <c r="G11" s="61"/>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="62"/>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
@@ -30495,160 +30707,172 @@
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
         <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>185</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>18</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
-      <c r="G18" s="62"/>
+      <c r="G18" s="62" t="s">
+        <v>46</v>
+      </c>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="61" t="s">
+        <v>209</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="62"/>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
@@ -30656,364 +30880,388 @@
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
+      <c r="G21" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="61" t="s">
+        <v>210</v>
+      </c>
+      <c r="H22" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="H23" s="61" t="s">
+        <v>21</v>
+      </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
+      <c r="G24" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H24" s="66"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="61" t="s">
+        <v>211</v>
+      </c>
+      <c r="H25" s="62" t="s">
+        <v>43</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="180" t="s">
+        <v>176</v>
+      </c>
+      <c r="G26" s="62" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26" s="61" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-      <c r="G27" s="58"/>
+      <c r="F27" s="181" t="s">
+        <v>179</v>
+      </c>
+      <c r="G27" s="61" t="s">
+        <v>23</v>
+      </c>
       <c r="H27" s="67"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="182"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
       <c r="P28" s="85"/>
       <c r="Q28" s="84" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
       <c r="O29" s="38" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
       <c r="Q29" s="85"/>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="84" t="s">
         <v>146</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
       <c r="N31" s="85"/>
       <c r="O31" s="41"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -31200,51 +31448,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F545B086-4696-41A1-88F1-0A47D7BCC07A}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F30" sqref="F30:F31"/>
+      <selection activeCell="H25" sqref="H25:H27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -31384,701 +31632,737 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>135</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>45</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
         <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>17</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>46</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>132</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="62" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="61" t="s">
+        <v>202</v>
+      </c>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
+      <c r="F25" s="144" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="180" t="s">
+        <v>190</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="145"/>
+      <c r="G26" s="145"/>
+      <c r="H26" s="181" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
-        <v>148</v>
+        <v>265</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="182"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
-      <c r="O27" s="44"/>
+      <c r="O27" s="44" t="s">
+        <v>266</v>
+      </c>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
-[...1 lines deleted...]
-        <v>151</v>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
-      <c r="Q29" s="85"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
       <c r="F30" s="59" t="s">
         <v>119</v>
       </c>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="84" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="60"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="85"/>
-      <c r="O31" s="41"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -32265,51 +32549,51 @@
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4FD0C80B-A4DA-495D-B3C5-03F0E2DD2F15}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K12" sqref="K12:K15"/>
+      <selection activeCell="F28" sqref="F28:F29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -32449,357 +32733,381 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="61" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>142</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="61"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="62" t="s">
+        <v>131</v>
+      </c>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
         <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="61" t="s">
+        <v>185</v>
+      </c>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
@@ -32807,341 +33115,355 @@
         <v>135</v>
       </c>
       <c r="G21" s="61"/>
       <c r="H21" s="55" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="62" t="s">
+        <v>190</v>
+      </c>
+      <c r="H22" s="178" t="s">
+        <v>216</v>
+      </c>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="61" t="s">
+        <v>187</v>
+      </c>
+      <c r="H23" s="66" t="s">
+        <v>187</v>
+      </c>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
+      <c r="G24" s="165"/>
       <c r="H24" s="66"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
-      <c r="F25" s="55" t="s">
-[...3 lines deleted...]
-      <c r="H25" s="67"/>
+      <c r="F25" s="178" t="s">
+        <v>131</v>
+      </c>
+      <c r="G25" s="166"/>
+      <c r="H25" s="66"/>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="66" t="s">
+        <v>188</v>
+      </c>
+      <c r="G26" s="145"/>
+      <c r="H26" s="67"/>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="66" t="s">
+        <v>278</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="160"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="159"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
-[...1 lines deleted...]
-        <v>151</v>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="160"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
-      <c r="Q29" s="85"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="84" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="85"/>
-      <c r="O31" s="41"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -33327,52 +33649,52 @@
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE66CE62-9655-48AA-92DA-D88B29ECD0B4}">
   <dimension ref="A1:R42"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="K12" sqref="K12:K15"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G6" sqref="G6:G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -33514,699 +33836,725 @@
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
-      <c r="G6" s="62"/>
+      <c r="G6" s="162"/>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
-      <c r="G7" s="61"/>
+      <c r="G7" s="163"/>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
       <c r="M7" s="22"/>
       <c r="N7" s="22"/>
       <c r="O7" s="22"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="82"/>
     </row>
     <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
-      <c r="G8" s="62"/>
+      <c r="G8" s="62" t="s">
+        <v>141</v>
+      </c>
       <c r="H8" s="19"/>
       <c r="I8" s="20"/>
       <c r="J8" s="24"/>
       <c r="K8" s="19"/>
       <c r="L8" s="5"/>
       <c r="M8" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N8" s="24"/>
       <c r="O8" s="24"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="96"/>
     </row>
     <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
-      <c r="G9" s="61"/>
+      <c r="G9" s="61" t="s">
+        <v>180</v>
+      </c>
       <c r="H9" s="22"/>
       <c r="I9" s="20"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="5"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="82"/>
     </row>
     <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="62"/>
       <c r="H10" s="24"/>
       <c r="I10" s="20"/>
       <c r="J10" s="24"/>
-      <c r="K10" s="38" t="s">
+      <c r="K10" s="150" t="s">
         <v>124</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="96"/>
     </row>
     <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="22"/>
-      <c r="G11" s="61"/>
+      <c r="G11" s="62" t="s">
+        <v>136</v>
+      </c>
       <c r="H11" s="22"/>
       <c r="I11" s="20"/>
       <c r="J11" s="22"/>
-      <c r="K11" s="80"/>
+      <c r="K11" s="161"/>
       <c r="L11" s="5"/>
       <c r="M11" s="22"/>
       <c r="N11" s="22"/>
       <c r="O11" s="22"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="82"/>
     </row>
     <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
-      <c r="G12" s="62"/>
+      <c r="G12" s="61" t="s">
+        <v>177</v>
+      </c>
       <c r="H12" s="135"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="38" t="s">
         <v>214</v>
       </c>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
-      <c r="G13" s="61"/>
+      <c r="G13" s="163"/>
       <c r="H13" s="38" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="80"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
-      <c r="G14" s="62"/>
+      <c r="G14" s="162"/>
       <c r="H14" s="45"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="38" t="s">
         <v>215</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
-      <c r="G15" s="61"/>
+      <c r="G15" s="163"/>
       <c r="H15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="80"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
-      <c r="G16" s="62"/>
+      <c r="G16" s="62" t="s">
+        <v>44</v>
+      </c>
       <c r="H16" s="45"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="103"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
-      <c r="G17" s="61"/>
+      <c r="G17" s="61" t="s">
+        <v>217</v>
+      </c>
       <c r="H17" s="46" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="62"/>
       <c r="H18" s="45"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
-      <c r="G19" s="61"/>
+      <c r="G19" s="62" t="s">
+        <v>132</v>
+      </c>
       <c r="H19" s="46" t="s">
         <v>142</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
-      <c r="G20" s="62"/>
+      <c r="G20" s="61" t="s">
+        <v>186</v>
+      </c>
       <c r="H20" s="45"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
       <c r="F21" s="38" t="s">
         <v>135</v>
       </c>
-      <c r="G21" s="61"/>
-      <c r="H21" s="55" t="s">
+      <c r="G21" s="163"/>
+      <c r="H21" s="144" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
-      <c r="G22" s="62"/>
-      <c r="H22" s="66"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="159"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="63"/>
-      <c r="H23" s="67"/>
+      <c r="G23" s="164"/>
+      <c r="H23" s="160"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="43"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="44"/>
       <c r="F24" s="40"/>
-      <c r="G24" s="64"/>
-      <c r="H24" s="66"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="159"/>
       <c r="I24" s="20"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="5"/>
       <c r="M24" s="24" t="s">
         <v>22</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="84" t="s">
         <v>147</v>
       </c>
       <c r="P24" s="25"/>
       <c r="Q24" s="96"/>
     </row>
     <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="51"/>
       <c r="B25" s="42" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="42" t="s">
         <v>132</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>41</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="56"/>
-      <c r="H25" s="67"/>
+      <c r="G25" s="166"/>
+      <c r="H25" s="180" t="s">
+        <v>190</v>
+      </c>
       <c r="I25" s="20"/>
       <c r="J25" s="22"/>
       <c r="K25" s="22"/>
       <c r="L25" s="5"/>
       <c r="M25" s="22"/>
       <c r="N25" s="22"/>
       <c r="O25" s="85"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="82"/>
     </row>
     <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
-      <c r="F26" s="57"/>
-[...1 lines deleted...]
-      <c r="H26" s="66"/>
+      <c r="F26" s="180" t="s">
+        <v>176</v>
+      </c>
+      <c r="G26" s="145"/>
+      <c r="H26" s="181" t="s">
+        <v>188</v>
+      </c>
       <c r="I26" s="20"/>
       <c r="J26" s="35"/>
       <c r="K26" s="26"/>
       <c r="L26" s="5"/>
       <c r="M26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="38" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="25"/>
       <c r="Q26" s="96"/>
     </row>
     <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="51"/>
       <c r="B27" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="38" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="58"/>
-[...1 lines deleted...]
-      <c r="H27" s="67"/>
+      <c r="F27" s="181" t="s">
+        <v>179</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="182"/>
       <c r="I27" s="20"/>
       <c r="J27" s="36"/>
       <c r="K27" s="28"/>
       <c r="L27" s="5"/>
       <c r="M27" s="23"/>
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
-      <c r="F28" s="59"/>
-[...1 lines deleted...]
-      <c r="H28" s="66"/>
+      <c r="F28" s="182"/>
+      <c r="G28" s="167"/>
+      <c r="H28" s="167"/>
       <c r="I28" s="20"/>
       <c r="J28" s="47" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
-[...1 lines deleted...]
-        <v>151</v>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="F29" s="60"/>
-[...1 lines deleted...]
-      <c r="H29" s="67"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="146"/>
       <c r="I29" s="20"/>
       <c r="J29" s="48" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
-      <c r="Q29" s="85"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
-      <c r="F30" s="59"/>
+      <c r="F30" s="147"/>
       <c r="G30" s="26"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="84" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="38" t="s">
+      <c r="D31" s="139" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
-      <c r="F31" s="60"/>
+      <c r="F31" s="148"/>
       <c r="G31" s="28"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="85"/>
-      <c r="O31" s="41"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="100"/>
+      <c r="B32" s="143"/>
       <c r="C32" s="41"/>
-      <c r="D32" s="41"/>
+      <c r="D32" s="149"/>
       <c r="E32" s="41"/>
-      <c r="F32" s="59"/>
+      <c r="F32" s="147"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
-      <c r="F33" s="60"/>
+      <c r="F33" s="148"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="82"/>
     </row>
     <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
@@ -34390,186 +34738,2326 @@
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBE4A049-7192-4584-9D61-8A927B24F7B4}">
+  <dimension ref="A1:U42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G26" sqref="G26"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
+    <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
+    <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
+    <col min="19" max="19" width="9" style="7" customWidth="1"/>
+    <col min="20" max="16384" width="14.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="4"/>
+    </row>
+    <row r="2" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="8"/>
+      <c r="N2" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" s="15">
+        <v>260330</v>
+      </c>
+      <c r="C3" s="15">
+        <v>260331</v>
+      </c>
+      <c r="D3" s="15">
+        <v>260401</v>
+      </c>
+      <c r="E3" s="15">
+        <v>260402</v>
+      </c>
+      <c r="F3" s="86">
+        <v>260403</v>
+      </c>
+      <c r="G3" s="15">
+        <v>260404</v>
+      </c>
+      <c r="H3" s="16">
+        <v>260405</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="17">
+        <v>260331</v>
+      </c>
+      <c r="K3" s="16">
+        <v>260405</v>
+      </c>
+      <c r="L3" s="5"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="15">
+        <v>260330</v>
+      </c>
+      <c r="O3" s="15">
+        <v>260331</v>
+      </c>
+      <c r="P3" s="15">
+        <v>260401</v>
+      </c>
+      <c r="Q3" s="15">
+        <v>260402</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="19"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="20"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="81"/>
+    </row>
+    <row r="5" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="82"/>
+    </row>
+    <row r="6" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="19"/>
+      <c r="H6" s="19"/>
+      <c r="I6" s="20"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="96"/>
+    </row>
+    <row r="7" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="22"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="22"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="23"/>
+      <c r="Q7" s="82"/>
+    </row>
+    <row r="8" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="24"/>
+      <c r="O8" s="24"/>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="96"/>
+    </row>
+    <row r="9" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="22"/>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="22"/>
+      <c r="H9" s="22"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="22"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="22"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="82"/>
+    </row>
+    <row r="10" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="24"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="20"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="19"/>
+      <c r="L10" s="5"/>
+      <c r="M10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="96"/>
+    </row>
+    <row r="11" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="22"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="22"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="20"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="22"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="22"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="82"/>
+    </row>
+    <row r="12" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="24"/>
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="19"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="19"/>
+      <c r="L12" s="5"/>
+      <c r="M12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="96"/>
+      <c r="U12" s="7" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="22"/>
+      <c r="H13" s="38" t="s">
+        <v>281</v>
+      </c>
+      <c r="I13" s="20"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="22"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="23"/>
+      <c r="Q13" s="82"/>
+    </row>
+    <row r="14" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="24"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="45" t="s">
+        <v>283</v>
+      </c>
+      <c r="I14" s="20"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="19"/>
+      <c r="L14" s="5"/>
+      <c r="M14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="96"/>
+    </row>
+    <row r="15" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="22"/>
+      <c r="H15" s="22"/>
+      <c r="I15" s="20"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="22"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="22"/>
+      <c r="O15" s="22"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="82"/>
+    </row>
+    <row r="16" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="24"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="25"/>
+      <c r="Q16" s="96"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="103"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="22"/>
+      <c r="H17" s="22"/>
+      <c r="J17" s="22"/>
+      <c r="K17" s="22"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="22"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="82"/>
+    </row>
+    <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="24"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="20"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="25"/>
+      <c r="Q18" s="96"/>
+    </row>
+    <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="22"/>
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="237" t="s">
+        <v>273</v>
+      </c>
+      <c r="F19" s="237" t="s">
+        <v>274</v>
+      </c>
+      <c r="G19" s="237" t="s">
+        <v>275</v>
+      </c>
+      <c r="H19" s="237" t="s">
+        <v>276</v>
+      </c>
+      <c r="I19" s="20"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="237" t="s">
+        <v>276</v>
+      </c>
+      <c r="L19" s="5"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="22"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="82"/>
+    </row>
+    <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="24"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="19"/>
+      <c r="H20" s="19"/>
+      <c r="I20" s="20"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="96"/>
+    </row>
+    <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51"/>
+      <c r="B21" s="238" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="47" t="s">
+        <v>284</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>238</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="175" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="22"/>
+      <c r="I21" s="20"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="22"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+      <c r="O21" s="22"/>
+      <c r="P21" s="23"/>
+      <c r="Q21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="40"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="20"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24" t="s">
+        <v>0</v>
+      </c>
+      <c r="L22" s="5"/>
+      <c r="M22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="25"/>
+      <c r="Q22" s="96"/>
+    </row>
+    <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51"/>
+      <c r="B23" s="37" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" s="239" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="238" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" s="175" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="22"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="22"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="22"/>
+      <c r="N23" s="22"/>
+      <c r="O23" s="22"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="43"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="40"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="19"/>
+      <c r="H24" s="19"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="N24" s="24"/>
+      <c r="O24" s="84" t="s">
+        <v>152</v>
+      </c>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="96"/>
+    </row>
+    <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51"/>
+      <c r="B25" s="42" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" s="42" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" s="239" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" s="175" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="22"/>
+      <c r="O25" s="85"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="82"/>
+    </row>
+    <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="19"/>
+      <c r="H26" s="19"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="24"/>
+      <c r="O26" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="96"/>
+    </row>
+    <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="51"/>
+      <c r="B27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>194</v>
+      </c>
+      <c r="E27" s="175" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="58"/>
+      <c r="G27" s="22"/>
+      <c r="H27" s="22"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="23"/>
+      <c r="N27" s="22"/>
+      <c r="O27" s="44"/>
+      <c r="P27" s="84" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q27" s="82"/>
+    </row>
+    <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="59"/>
+      <c r="G28" s="19"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="20"/>
+      <c r="J28" s="35"/>
+      <c r="K28" s="26"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" s="24"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="51"/>
+      <c r="B29" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" s="175" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" s="60"/>
+      <c r="G29" s="22"/>
+      <c r="H29" s="22"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="36"/>
+      <c r="K29" s="28"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="23"/>
+      <c r="N29" s="22"/>
+      <c r="O29" s="150" t="s">
+        <v>149</v>
+      </c>
+      <c r="P29" s="23"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="59"/>
+      <c r="G30" s="19"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="188" t="s">
+        <v>146</v>
+      </c>
+      <c r="O30" s="142"/>
+      <c r="P30" s="25"/>
+      <c r="Q30" s="96"/>
+    </row>
+    <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="53"/>
+      <c r="B31" s="139" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="139" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="60"/>
+      <c r="G31" s="22"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="36"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
+      <c r="P31" s="23"/>
+      <c r="Q31" s="82"/>
+    </row>
+    <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="143"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="149"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="59"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="96"/>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A33" s="89"/>
+      <c r="B33" s="83"/>
+      <c r="C33" s="83"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="28"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="23"/>
+      <c r="Q33" s="82"/>
+    </row>
+    <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="20"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="25"/>
+      <c r="Q34" s="96"/>
+    </row>
+    <row r="35" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="22"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="22"/>
+      <c r="K35" s="22"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
+      <c r="P35" s="23"/>
+      <c r="Q35" s="93"/>
+    </row>
+    <row r="36" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="30"/>
+      <c r="M36" s="30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="30"/>
+      <c r="J37" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L37" s="30"/>
+      <c r="M37" s="30"/>
+    </row>
+    <row r="38" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="138" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I38" s="30"/>
+      <c r="J38" s="30">
+        <v>260324</v>
+      </c>
+      <c r="K38" s="30">
+        <v>260329</v>
+      </c>
+      <c r="L38" s="30"/>
+      <c r="M38" s="30"/>
+    </row>
+    <row r="39" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="30"/>
+      <c r="M39" s="30"/>
+    </row>
+    <row r="40" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="70" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="72"/>
+      <c r="I40" s="30"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="30"/>
+      <c r="M40" s="70" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="74"/>
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="74"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="74"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="30"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
+      <c r="L41" s="30"/>
+      <c r="M41" s="76" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="30"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC5EFF31-B6BE-49EF-9044-CAF0FC5E2207}">
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="4"/>
       <c r="I1" s="5"/>
       <c r="J1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="5"/>
       <c r="M1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="4"/>
     </row>
     <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="8"/>
+      <c r="B2" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="9"/>
+      <c r="J2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="8"/>
+      <c r="N2" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q2" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" s="86">
+        <v>260406</v>
+      </c>
+      <c r="C3" s="15">
+        <v>260407</v>
+      </c>
+      <c r="D3" s="15">
+        <v>260408</v>
+      </c>
+      <c r="E3" s="15">
+        <v>260409</v>
+      </c>
+      <c r="F3" s="15">
+        <v>260410</v>
+      </c>
+      <c r="G3" s="15">
+        <v>260411</v>
+      </c>
+      <c r="H3" s="16">
+        <v>260412</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="17">
+        <v>260407</v>
+      </c>
+      <c r="K3" s="16">
+        <v>260412</v>
+      </c>
+      <c r="L3" s="5"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="86">
+        <v>260406</v>
+      </c>
+      <c r="O3" s="15">
+        <v>260407</v>
+      </c>
+      <c r="P3" s="15">
+        <v>260408</v>
+      </c>
+      <c r="Q3" s="15">
+        <v>260409</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="19"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="233" t="s">
+        <v>226</v>
+      </c>
+      <c r="H4" s="190" t="s">
+        <v>226</v>
+      </c>
+      <c r="I4" s="20"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="81"/>
+    </row>
+    <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="236" t="s">
+        <v>164</v>
+      </c>
+      <c r="H5" s="236" t="s">
+        <v>164</v>
+      </c>
+      <c r="I5" s="20"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="82"/>
+    </row>
+    <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="236" t="s">
+        <v>163</v>
+      </c>
+      <c r="H6" s="236" t="s">
+        <v>163</v>
+      </c>
+      <c r="I6" s="20"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="96"/>
+    </row>
+    <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="22"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="234"/>
+      <c r="H7" s="235"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="23"/>
+      <c r="Q7" s="82"/>
+    </row>
+    <row r="8" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="24"/>
+      <c r="O8" s="24"/>
+      <c r="P8" s="25"/>
+      <c r="Q8" s="96"/>
+    </row>
+    <row r="9" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="22"/>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="22"/>
+      <c r="H9" s="22"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="22"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="22"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="22"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="82"/>
+    </row>
+    <row r="10" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="24"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="20"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="19"/>
+      <c r="L10" s="5"/>
+      <c r="M10" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="25"/>
+      <c r="Q10" s="96"/>
+    </row>
+    <row r="11" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="22"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="22"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="20"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="22"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="22"/>
+      <c r="N11" s="22"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="82"/>
+    </row>
+    <row r="12" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="24"/>
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="19"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="19"/>
+      <c r="L12" s="5"/>
+      <c r="M12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="25"/>
+      <c r="Q12" s="96"/>
+    </row>
+    <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="22"/>
+      <c r="H13" s="230" t="s">
+        <v>269</v>
+      </c>
+      <c r="I13" s="20"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="22"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="22"/>
+      <c r="N13" s="22"/>
+      <c r="O13" s="22"/>
+      <c r="P13" s="23"/>
+      <c r="Q13" s="82"/>
+    </row>
+    <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="24"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="19"/>
+      <c r="L14" s="5"/>
+      <c r="M14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="96"/>
+    </row>
+    <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="22"/>
+      <c r="H15" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="I15" s="20"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="22"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="22"/>
+      <c r="O15" s="22"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="82"/>
+    </row>
+    <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="24"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="20"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="25"/>
+      <c r="Q16" s="96"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="103"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="22"/>
+      <c r="H17" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="J17" s="22"/>
+      <c r="K17" s="22"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="22"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="82"/>
+    </row>
+    <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="24"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="20"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="25"/>
+      <c r="Q18" s="96"/>
+    </row>
+    <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="22"/>
+      <c r="B19" s="237" t="s">
+        <v>277</v>
+      </c>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="22"/>
+      <c r="H19" s="46" t="s">
+        <v>141</v>
+      </c>
+      <c r="I19" s="20"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="22"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="82"/>
+    </row>
+    <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="24"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="19"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="20"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="96"/>
+    </row>
+    <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="51"/>
+      <c r="B21" s="238" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="47" t="s">
+        <v>279</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="239" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="I21" s="20"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="22"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="22"/>
+      <c r="N21" s="22"/>
+      <c r="O21" s="22"/>
+      <c r="P21" s="23"/>
+      <c r="Q21" s="82"/>
+    </row>
+    <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="40"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="45"/>
+      <c r="I22" s="20"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="25"/>
+      <c r="Q22" s="96"/>
+    </row>
+    <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="51"/>
+      <c r="B23" s="37" t="s">
+        <v>132</v>
+      </c>
+      <c r="C23" s="239" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>205</v>
+      </c>
+      <c r="E23" s="38" t="s">
+        <v>174</v>
+      </c>
+      <c r="F23" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="22"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="22"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="22"/>
+      <c r="N23" s="22"/>
+      <c r="O23" s="22"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="43"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="40"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="19"/>
+      <c r="H24" s="19"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="N24" s="24"/>
+      <c r="O24" s="84" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="96"/>
+    </row>
+    <row r="25" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="51"/>
+      <c r="B25" s="42" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" s="42" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" s="42" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="22"/>
+      <c r="N25" s="22"/>
+      <c r="O25" s="85"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="82"/>
+    </row>
+    <row r="26" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="19"/>
+      <c r="H26" s="19"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="24"/>
+      <c r="O26" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="96"/>
+    </row>
+    <row r="27" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="51"/>
+      <c r="B27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>194</v>
+      </c>
+      <c r="E27" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="F27" s="58"/>
+      <c r="G27" s="22"/>
+      <c r="H27" s="22"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="23"/>
+      <c r="N27" s="22"/>
+      <c r="O27" s="44"/>
+      <c r="P27" s="84" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q27" s="82"/>
+    </row>
+    <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="59"/>
+      <c r="G28" s="19"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="20"/>
+      <c r="J28" s="35"/>
+      <c r="K28" s="26"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" s="24"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="51"/>
+      <c r="B29" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" s="60"/>
+      <c r="G29" s="22"/>
+      <c r="H29" s="22"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="36"/>
+      <c r="K29" s="28"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="23"/>
+      <c r="N29" s="22"/>
+      <c r="O29" s="150" t="s">
+        <v>149</v>
+      </c>
+      <c r="P29" s="23"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="59" t="s">
+        <v>119</v>
+      </c>
+      <c r="G30" s="19"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="35"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="188" t="s">
+        <v>146</v>
+      </c>
+      <c r="O30" s="142"/>
+      <c r="P30" s="25"/>
+      <c r="Q30" s="96"/>
+    </row>
+    <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="53"/>
+      <c r="B31" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="60"/>
+      <c r="G31" s="22"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="36"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
+      <c r="P31" s="23"/>
+      <c r="Q31" s="82"/>
+    </row>
+    <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="100"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="59"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="96"/>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A33" s="89"/>
+      <c r="B33" s="83"/>
+      <c r="C33" s="83"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="28"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="23"/>
+      <c r="Q33" s="82"/>
+    </row>
+    <row r="34" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="20"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="25"/>
+      <c r="Q34" s="96"/>
+    </row>
+    <row r="35" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="22"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="22"/>
+      <c r="K35" s="22"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="22"/>
+      <c r="O35" s="22"/>
+      <c r="P35" s="23"/>
+      <c r="Q35" s="93"/>
+    </row>
+    <row r="36" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="30"/>
+      <c r="M36" s="30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="F37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="30"/>
+      <c r="J37" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L37" s="30"/>
+      <c r="M37" s="30"/>
+    </row>
+    <row r="38" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="138" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I38" s="30"/>
+      <c r="J38" s="30">
+        <v>260324</v>
+      </c>
+      <c r="K38" s="30">
+        <v>260329</v>
+      </c>
+      <c r="L38" s="30"/>
+      <c r="M38" s="30"/>
+    </row>
+    <row r="39" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="30"/>
+      <c r="M39" s="30"/>
+    </row>
+    <row r="40" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="70" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="72"/>
+      <c r="I40" s="30"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
+      <c r="L40" s="30"/>
+      <c r="M40" s="70" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="74"/>
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="74"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="74"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="30"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
+      <c r="L41" s="30"/>
+      <c r="M41" s="76" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="30"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="10" type="noConversion"/>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E846B6B-7FAC-4C42-97BE-54140C6A7629}">
+  <dimension ref="A1:R42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F21" sqref="F21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
+    <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
+    <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
+    <col min="19" max="19" width="9" style="7" customWidth="1"/>
+    <col min="20" max="16384" width="14.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="4"/>
+    </row>
+    <row r="2" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
       <c r="B2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="F2" s="13" t="s">
+      <c r="F2" s="87" t="s">
         <v>8</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>9</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="11" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="8"/>
       <c r="N2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="O2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P2" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Q2" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B3" s="15">
-        <v>260330</v>
+        <v>260413</v>
       </c>
       <c r="C3" s="15">
-        <v>260331</v>
+        <v>260414</v>
       </c>
       <c r="D3" s="15">
-        <v>260401</v>
+        <v>260415</v>
       </c>
       <c r="E3" s="15">
-        <v>260402</v>
-[...2 lines deleted...]
-        <v>260403</v>
+        <v>260416</v>
+      </c>
+      <c r="F3" s="15">
+        <v>260417</v>
       </c>
       <c r="G3" s="15">
-        <v>260404</v>
+        <v>260418</v>
       </c>
       <c r="H3" s="16">
-        <v>260405</v>
+        <v>260419</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="17">
-        <v>260331</v>
+        <v>260414</v>
       </c>
       <c r="K3" s="16">
-        <v>260405</v>
+        <v>260419</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
-        <v>260330</v>
+        <v>260413</v>
       </c>
       <c r="O3" s="15">
-        <v>260331</v>
+        <v>260414</v>
       </c>
       <c r="P3" s="15">
-        <v>260401</v>
+        <v>260415</v>
       </c>
       <c r="Q3" s="15">
-        <v>260402</v>
+        <v>260416</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
@@ -34727,264 +37215,274 @@
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="19"/>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="22"/>
-      <c r="H13" s="22"/>
+      <c r="H13" s="230" t="s">
+        <v>269</v>
+      </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="22"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="19"/>
-      <c r="H14" s="19"/>
+      <c r="H14" s="231"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="19"/>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="22"/>
-      <c r="H15" s="22"/>
+      <c r="H15" s="230" t="s">
+        <v>282</v>
+      </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="22"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
       <c r="G16" s="19"/>
-      <c r="H16" s="19"/>
+      <c r="H16" s="231"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
-    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A17" s="103"/>
+    <row r="17" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="22"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
       <c r="G17" s="22"/>
-      <c r="H17" s="22"/>
+      <c r="H17" s="230" t="s">
+        <v>164</v>
+      </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="19"/>
-      <c r="H18" s="19"/>
+      <c r="H18" s="231"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
-      <c r="H19" s="22"/>
+      <c r="H19" s="232" t="s">
+        <v>141</v>
+      </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="19"/>
-      <c r="H20" s="19"/>
+      <c r="H20" s="231"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
-      <c r="F21" s="38" t="s">
+      <c r="F21" s="239" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="22"/>
-      <c r="H21" s="22"/>
+      <c r="H21" s="232" t="s">
+        <v>142</v>
+      </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="19"/>
-      <c r="H22" s="19"/>
+      <c r="H22" s="231"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
-      <c r="C23" s="42" t="s">
+      <c r="C23" s="239" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
@@ -35090,135 +37588,139 @@
       <c r="N27" s="22"/>
       <c r="O27" s="44"/>
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="59"/>
       <c r="G28" s="19"/>
       <c r="H28" s="19"/>
       <c r="I28" s="20"/>
       <c r="J28" s="35"/>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="N28" s="24"/>
+      <c r="N28" s="24" t="s">
+        <v>165</v>
+      </c>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
-[...1 lines deleted...]
-        <v>151</v>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
       <c r="F29" s="60"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="20"/>
       <c r="J29" s="36"/>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
-      <c r="Q29" s="85"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
       <c r="F30" s="59"/>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="84" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="38" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="38" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="60"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="85"/>
-      <c r="O31" s="41"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="100"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="59"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
@@ -35428,2155 +37930,62 @@
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="76" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:17" s="31" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
-  <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...2091 lines deleted...]
-  </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CF3E288-FBDF-49BE-BDC7-E9E4F6E310A1}">
   <dimension ref="A1:BS46"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:D22"/>
+      <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="10.42578125" style="7" customWidth="1"/>
     <col min="15" max="15" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.42578125" style="7" customWidth="1"/>
     <col min="17" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.85546875" style="79" customWidth="1"/>
     <col min="19" max="19" width="5.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="6.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="9.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="5.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="24" max="27" width="2.28515625" style="31" customWidth="1"/>
     <col min="28" max="28" width="3.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="8.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="3.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="8.28515625" style="31" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="3.28515625" style="31" bestFit="1" customWidth="1"/>
@@ -37724,93 +38133,99 @@
       <c r="L3" s="5"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15">
         <v>260420</v>
       </c>
       <c r="O3" s="15">
         <v>260421</v>
       </c>
       <c r="P3" s="15">
         <v>260422</v>
       </c>
       <c r="Q3" s="15">
         <v>260423</v>
       </c>
     </row>
     <row r="4" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
-      <c r="H4" s="19"/>
+      <c r="H4" s="228" t="s">
+        <v>270</v>
+      </c>
       <c r="I4" s="20"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="5"/>
       <c r="M4" s="19" t="s">
         <v>12</v>
       </c>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="21"/>
       <c r="Q4" s="81"/>
     </row>
     <row r="5" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="22"/>
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
-      <c r="H5" s="22"/>
+      <c r="H5" s="229" t="s">
+        <v>271</v>
+      </c>
       <c r="I5" s="20"/>
       <c r="J5" s="22"/>
       <c r="K5" s="22"/>
       <c r="L5" s="5"/>
       <c r="M5" s="22"/>
       <c r="N5" s="22"/>
       <c r="O5" s="22"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="82"/>
     </row>
     <row r="6" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
       <c r="G6" s="19"/>
-      <c r="H6" s="19"/>
+      <c r="H6" s="19" t="s">
+        <v>272</v>
+      </c>
       <c r="I6" s="20"/>
       <c r="J6" s="24"/>
       <c r="K6" s="19"/>
       <c r="L6" s="5"/>
       <c r="M6" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="24"/>
       <c r="O6" s="24"/>
       <c r="P6" s="25"/>
       <c r="Q6" s="96"/>
     </row>
     <row r="7" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="22"/>
       <c r="G7" s="22"/>
       <c r="H7" s="22"/>
       <c r="I7" s="20"/>
       <c r="J7" s="22"/>
       <c r="K7" s="22"/>
       <c r="L7" s="5"/>
@@ -37913,264 +38328,274 @@
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
       <c r="I12" s="20"/>
       <c r="J12" s="24"/>
       <c r="K12" s="19"/>
       <c r="L12" s="5"/>
       <c r="M12" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="96"/>
     </row>
     <row r="13" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="22"/>
       <c r="G13" s="22"/>
-      <c r="H13" s="22"/>
+      <c r="H13" s="230" t="s">
+        <v>269</v>
+      </c>
       <c r="I13" s="20"/>
       <c r="J13" s="22"/>
       <c r="K13" s="22"/>
       <c r="L13" s="5"/>
       <c r="M13" s="22"/>
       <c r="N13" s="22"/>
       <c r="O13" s="22"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="82"/>
     </row>
     <row r="14" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="19"/>
-      <c r="H14" s="19"/>
+      <c r="H14" s="231"/>
       <c r="I14" s="20"/>
       <c r="J14" s="24"/>
       <c r="K14" s="19"/>
       <c r="L14" s="5"/>
       <c r="M14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="96"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="22"/>
-      <c r="H15" s="22"/>
+      <c r="H15" s="230" t="s">
+        <v>282</v>
+      </c>
       <c r="I15" s="20"/>
       <c r="J15" s="22"/>
       <c r="K15" s="22"/>
       <c r="L15" s="5"/>
       <c r="M15" s="19"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="82"/>
     </row>
     <row r="16" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
       <c r="G16" s="19"/>
-      <c r="H16" s="19"/>
+      <c r="H16" s="231"/>
       <c r="I16" s="20"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="5"/>
       <c r="M16" s="81" t="s">
         <v>18</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="24"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="96"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="22"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
       <c r="G17" s="22"/>
-      <c r="H17" s="22"/>
+      <c r="H17" s="230" t="s">
+        <v>164</v>
+      </c>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="M17" s="89"/>
       <c r="N17" s="28"/>
       <c r="O17" s="22"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="82"/>
     </row>
     <row r="18" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="19"/>
-      <c r="H18" s="19"/>
+      <c r="H18" s="231"/>
       <c r="I18" s="20"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="5"/>
       <c r="M18" s="19" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="96"/>
     </row>
     <row r="19" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
-      <c r="H19" s="22"/>
+      <c r="H19" s="232" t="s">
+        <v>141</v>
+      </c>
       <c r="I19" s="20"/>
       <c r="J19" s="22"/>
       <c r="K19" s="22"/>
       <c r="L19" s="5"/>
       <c r="M19" s="22"/>
       <c r="N19" s="22"/>
       <c r="O19" s="22"/>
       <c r="P19" s="23"/>
       <c r="Q19" s="82"/>
     </row>
     <row r="20" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="19"/>
-      <c r="H20" s="19"/>
+      <c r="H20" s="231"/>
       <c r="I20" s="20"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="5"/>
       <c r="M20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="96"/>
     </row>
     <row r="21" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="51"/>
       <c r="B21" s="37" t="s">
         <v>131</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>192</v>
       </c>
       <c r="E21" s="24"/>
-      <c r="F21" s="38" t="s">
+      <c r="F21" s="239" t="s">
         <v>135</v>
       </c>
       <c r="G21" s="22"/>
-      <c r="H21" s="22"/>
+      <c r="H21" s="232" t="s">
+        <v>142</v>
+      </c>
       <c r="I21" s="20"/>
       <c r="J21" s="22"/>
       <c r="K21" s="22"/>
       <c r="L21" s="5"/>
       <c r="M21" s="22"/>
       <c r="N21" s="22"/>
       <c r="O21" s="22"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="82"/>
     </row>
     <row r="22" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="22"/>
       <c r="F22" s="40"/>
       <c r="G22" s="19"/>
-      <c r="H22" s="19"/>
+      <c r="H22" s="231"/>
       <c r="I22" s="20"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="5"/>
       <c r="M22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="96"/>
     </row>
     <row r="23" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="51"/>
       <c r="B23" s="37" t="s">
         <v>132</v>
       </c>
-      <c r="C23" s="42" t="s">
+      <c r="C23" s="239" t="s">
         <v>135</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="20"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
       <c r="L23" s="5"/>
       <c r="M23" s="22"/>
       <c r="N23" s="22"/>
       <c r="O23" s="22"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="82"/>
     </row>
     <row r="24" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52" t="s">
@@ -38278,175 +38703,179 @@
       <c r="P27" s="84" t="s">
         <v>150</v>
       </c>
       <c r="Q27" s="82"/>
     </row>
     <row r="28" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="59"/>
       <c r="G28" s="19"/>
       <c r="H28" s="19"/>
       <c r="I28" s="20"/>
       <c r="J28" s="35"/>
       <c r="K28" s="26"/>
       <c r="L28" s="5"/>
       <c r="M28" s="25" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="24"/>
       <c r="O28" s="41"/>
-      <c r="P28" s="85"/>
-[...1 lines deleted...]
-        <v>151</v>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="183" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51"/>
       <c r="B29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="38" t="s">
         <v>43</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>190</v>
       </c>
       <c r="F29" s="60"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="20"/>
       <c r="J29" s="36"/>
       <c r="K29" s="28"/>
       <c r="L29" s="5"/>
       <c r="M29" s="23"/>
       <c r="N29" s="22"/>
-      <c r="O29" s="38" t="s">
+      <c r="O29" s="150" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="23"/>
-      <c r="Q29" s="85"/>
+      <c r="Q29" s="185" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="30" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="44"/>
       <c r="D30" s="41"/>
       <c r="E30" s="44"/>
       <c r="F30" s="59"/>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
       <c r="J30" s="35"/>
       <c r="K30" s="26"/>
       <c r="L30" s="5"/>
       <c r="M30" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="N30" s="84" t="s">
+      <c r="N30" s="188" t="s">
         <v>146</v>
       </c>
-      <c r="O30" s="44"/>
+      <c r="O30" s="142"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="96"/>
     </row>
     <row r="31" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="99"/>
       <c r="B31" s="38" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="38" t="s">
         <v>47</v>
       </c>
       <c r="E31" s="38" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="60"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="20"/>
       <c r="J31" s="36"/>
       <c r="K31" s="28"/>
       <c r="L31" s="5"/>
       <c r="M31" s="23"/>
-      <c r="N31" s="85"/>
-      <c r="O31" s="41"/>
+      <c r="N31" s="222"/>
+      <c r="O31" s="143"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="82"/>
     </row>
     <row r="32" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="100"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="59"/>
       <c r="G32" s="26"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
       <c r="J32" s="35"/>
       <c r="K32" s="26"/>
       <c r="L32" s="5"/>
       <c r="M32" s="24" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="96"/>
     </row>
     <row r="33" spans="1:71" x14ac:dyDescent="0.2">
       <c r="A33" s="89"/>
       <c r="B33" s="83"/>
       <c r="C33" s="83"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
       <c r="F33" s="60"/>
       <c r="G33" s="28"/>
       <c r="H33" s="22"/>
       <c r="I33" s="20"/>
       <c r="J33" s="36"/>
       <c r="K33" s="28"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="23"/>
-      <c r="Q33" s="82"/>
+      <c r="Q33" s="82" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="34" spans="1:71" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="19" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="D34" s="19"/>
       <c r="E34" s="24"/>
       <c r="F34" s="19"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="20"/>
       <c r="J34" s="24"/>
       <c r="K34" s="24"/>
       <c r="L34" s="5"/>
       <c r="M34" s="24" t="s">
         <v>29</v>
       </c>
       <c r="N34" s="24"/>
       <c r="O34" s="24"/>
       <c r="P34" s="25"/>
       <c r="Q34" s="96"/>
     </row>
     <row r="35" spans="1:71" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -47750,51 +48179,51 @@
         <v>37</v>
       </c>
       <c r="B42" s="77"/>
       <c r="C42" s="77"/>
       <c r="D42" s="77"/>
       <c r="E42" s="77"/>
       <c r="F42" s="77"/>
       <c r="G42" s="77"/>
       <c r="H42" s="78"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22D40C2F-27FE-464C-AF05-7FDFF722EDA6}">
   <dimension ref="A1:R42"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A3" workbookViewId="0">
       <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="8.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="7" customWidth="1"/>
     <col min="10" max="11" width="8.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="1.28515625" style="7" customWidth="1"/>
     <col min="13" max="13" width="4.42578125" style="7" customWidth="1"/>
     <col min="14" max="17" width="10.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="79" customWidth="1"/>
     <col min="19" max="19" width="9" style="7" customWidth="1"/>
     <col min="20" max="16384" width="14.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>