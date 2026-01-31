--- v0 (2025-10-12)
+++ v1 (2026-01-31)
@@ -46,89 +46,125 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Kioskrutin </w:t>
       </w:r>
       <w:r w:rsidR="00296A51" w:rsidRPr="005252B4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bergs IK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C60D88" w14:textId="77777777" w:rsidR="008A63B1" w:rsidRPr="005252B4" w:rsidRDefault="008A63B1" w:rsidP="008A63B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6001BF6B" w14:textId="5BB132D7" w:rsidR="007A5E48" w:rsidRPr="00942FDA" w:rsidRDefault="00E34A0C" w:rsidP="008A63B1">
+    <w:p w14:paraId="6001BF6B" w14:textId="730671D4" w:rsidR="007A5E48" w:rsidRPr="00942FDA" w:rsidRDefault="00E34A0C" w:rsidP="008A63B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kiosknyckel</w:t>
       </w:r>
+      <w:r w:rsidR="00097CA5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (till förråd och</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hänglås till</w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kyl/frys)</w:t>
+      </w:r>
       <w:r w:rsidR="002D10CB" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> finns på den </w:t>
+        <w:t xml:space="preserve"> finns </w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002D10CB" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>stora nyckelknippan</w:t>
+        <w:t xml:space="preserve"> nyckelknippan</w:t>
       </w:r>
       <w:r w:rsidR="002D10CB" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> som </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">på kassaskrinet </w:t>
       </w:r>
       <w:r w:rsidR="002D10CB" w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">som </w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>hänger</w:t>
+        <w:t>står</w:t>
       </w:r>
       <w:r w:rsidR="00DC155A" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="002D10CB" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> matchskåpet</w:t>
       </w:r>
       <w:r w:rsidR="00B61577" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00DC155A" w:rsidRPr="00942FDA">
         <w:rPr>
@@ -170,67 +206,75 @@
         </w:rPr>
         <w:t xml:space="preserve">det högra </w:t>
       </w:r>
       <w:r w:rsidR="0022625F" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>omklädningsrummet</w:t>
       </w:r>
       <w:r w:rsidR="00DE1335">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00055B3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">skåpet är </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA4200" w:rsidRPr="00942FDA">
+        <w:t xml:space="preserve">skåpet </w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C5789" w:rsidRPr="00942FDA">
+        <w:t xml:space="preserve">är </w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">på </w:t>
+        <w:t>på</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5789" w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA4200" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>vänster</w:t>
       </w:r>
       <w:r w:rsidR="001C5789" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> sida märkt ”Matchskåp</w:t>
       </w:r>
       <w:r w:rsidR="00AA35DC" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
@@ -283,188 +327,50 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> alla ledare</w:t>
       </w:r>
       <w:r w:rsidR="009F387D" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> i lagen</w:t>
       </w:r>
       <w:r w:rsidR="001C5789" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002D10CB" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...136 lines deleted...]
-        <w:t>sitter på kassaskrinet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1961BC" w14:textId="77777777" w:rsidR="008A63B1" w:rsidRPr="00942FDA" w:rsidRDefault="008A63B1" w:rsidP="008A63B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EC7386B" w14:textId="77777777" w:rsidR="008A63B1" w:rsidRPr="00942FDA" w:rsidRDefault="008A63B1" w:rsidP="008A63B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -494,82 +400,94 @@
         </w:rPr>
         <w:t xml:space="preserve"> – börja </w:t>
       </w:r>
       <w:r w:rsidR="00CD175A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>förberedelser</w:t>
       </w:r>
       <w:r w:rsidR="00127572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> så det är klart til gästande lag kommer (ca 1h före match).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FADF6EE" w14:textId="77777777" w:rsidR="00B01BC8" w:rsidRPr="00942FDA" w:rsidRDefault="00B01BC8" w:rsidP="00B01BC8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B249234" w14:textId="2769EEF2" w:rsidR="00130FC4" w:rsidRPr="00942FDA" w:rsidRDefault="002D10CB" w:rsidP="005F2047">
+    <w:p w14:paraId="3B249234" w14:textId="7B4A8F9E" w:rsidR="00130FC4" w:rsidRPr="00942FDA" w:rsidRDefault="002D10CB" w:rsidP="005F2047">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Plocka fram varor från förrådet. Korv ska värmas,</w:t>
       </w:r>
       <w:r w:rsidR="00C500A7" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kaffe bryggas</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">toast förberedas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C500A7" w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>kaffe bryggas</w:t>
       </w:r>
       <w:r w:rsidR="00C0386D" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49930F26" w14:textId="7BA0EA46" w:rsidR="00824F51" w:rsidRPr="00942FDA" w:rsidRDefault="00824F51" w:rsidP="000611AB">
+    <w:p w14:paraId="49930F26" w14:textId="78DA1F64" w:rsidR="00824F51" w:rsidRPr="00942FDA" w:rsidRDefault="00824F51" w:rsidP="000611AB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00304A48" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Ta fram </w:t>
       </w:r>
       <w:r w:rsidR="00130FC4" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kaffevagnen (silvrig)</w:t>
       </w:r>
       <w:r w:rsidR="00304A48" w:rsidRPr="00942FDA">
@@ -602,63 +520,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> ”köket”</w:t>
       </w:r>
       <w:r w:rsidR="001B2E1F" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00681823" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F96211" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00681823" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">nstruktion för hur man </w:t>
-[...11 lines deleted...]
-        <w:t>kokar</w:t>
+        <w:t xml:space="preserve">nstruktion för hur </w:t>
+      </w:r>
+      <w:r w:rsidR="00097CA5" w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>man kokar</w:t>
       </w:r>
       <w:r w:rsidR="00304A48" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> kaffe</w:t>
       </w:r>
       <w:r w:rsidR="001B2E1F" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00304A48" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00062B69" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>1 paket 100g kaffe per kokning</w:t>
       </w:r>
@@ -975,98 +887,112 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> och ställ framför whiteboarden</w:t>
       </w:r>
       <w:r w:rsidR="008F2204" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, därifrån serveras kaffe när det är färdigt</w:t>
       </w:r>
       <w:r w:rsidR="00524AED" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4162A9D7" w14:textId="77777777" w:rsidR="002A24BF" w:rsidRPr="00942FDA" w:rsidRDefault="002A24BF" w:rsidP="002A24BF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ADA8B73" w14:textId="6F60B6EF" w:rsidR="005F2047" w:rsidRPr="00942FDA" w:rsidRDefault="00F113A5" w:rsidP="00F113A5">
+    <w:p w14:paraId="5ADA8B73" w14:textId="50674BB2" w:rsidR="005F2047" w:rsidRPr="00942FDA" w:rsidRDefault="00F113A5" w:rsidP="00F113A5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00870375" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Kokplatta finns i förrådet, kastrull till korven i ”Bergs IK” skåpen i kiosken</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Kokplatta </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidR="00870375" w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>kastrull till korven</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finns</w:t>
+      </w:r>
+      <w:r w:rsidR="00870375" w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i ”Bergs IK” skåpen i kiosken</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Likaså tång, konservöppnare, smörkniv </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Även toastjärnen står där inne.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8DB369" w14:textId="77777777" w:rsidR="00946F9D" w:rsidRPr="00942FDA" w:rsidRDefault="00946F9D" w:rsidP="00F113A5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5534C909" w14:textId="0C2984C9" w:rsidR="00946F9D" w:rsidRPr="00942FDA" w:rsidRDefault="00946F9D" w:rsidP="00F113A5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Prislista samt swishlapp sitter på insidan av </w:t>
       </w:r>
       <w:r w:rsidR="00A45B7D" w:rsidRPr="00942FDA">
@@ -1561,134 +1487,128 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ACC21F8" w14:textId="443FF58B" w:rsidR="00621623" w:rsidRPr="00894B02" w:rsidRDefault="0010543C" w:rsidP="008A63B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Stängning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6615DDE7" w14:textId="3289FE96" w:rsidR="000B228C" w:rsidRDefault="008B0E54" w:rsidP="000B228C">
+    <w:p w14:paraId="6615DDE7" w14:textId="36F66BDA" w:rsidR="000B228C" w:rsidRDefault="008B0E54" w:rsidP="000B228C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="0010543C" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>orvkastrullen</w:t>
       </w:r>
       <w:r w:rsidR="003A14D1" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> och tång</w:t>
       </w:r>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> diskas</w:t>
       </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="0010543C" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och pumptermosarna sköljs ur</w:t>
+        <w:t>pumptermosarna sköljs</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ur. S</w:t>
       </w:r>
       <w:r w:rsidR="0009655F" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och ställs åter i skåp (kastrull) och på </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> i en kökslåda.</w:t>
+        <w:t xml:space="preserve">täll </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tillbaka </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D" w:rsidRPr="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saker där de hör hemma (se lappar på skåp och förrådsdörr) Torka ur toastjärn!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFC7F6C" w14:textId="77777777" w:rsidR="000B228C" w:rsidRPr="000B228C" w:rsidRDefault="000B228C" w:rsidP="000B228C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EE731DF" w14:textId="47EC347B" w:rsidR="0010543C" w:rsidRDefault="0010543C" w:rsidP="00EC7DCB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1783,51 +1703,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>nedan sophantering</w:t>
       </w:r>
       <w:r w:rsidR="0019066C" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A23753">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vänligen anteckna i blocket om något är slut. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4EB58C" w14:textId="77777777" w:rsidR="005C1F57" w:rsidRPr="005C1F57" w:rsidRDefault="005C1F57" w:rsidP="005C1F57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64BBB627" w14:textId="4531079F" w:rsidR="00621623" w:rsidRDefault="007C7A39" w:rsidP="00EC7DCB">
+    <w:p w14:paraId="64BBB627" w14:textId="5A432CE7" w:rsidR="00621623" w:rsidRDefault="007C7A39" w:rsidP="00EC7DCB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Okokt k</w:t>
       </w:r>
       <w:r w:rsidR="00621623" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>orv som bl</w:t>
       </w:r>
       <w:r w:rsidR="0019066C" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1854,79 +1774,98 @@
       </w:r>
       <w:r w:rsidR="005C1F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">och läggs </w:t>
       </w:r>
       <w:r w:rsidR="00220560">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>frysen i kiosken.</w:t>
       </w:r>
       <w:r w:rsidR="00FA7540" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED6EAB" w:rsidRPr="00942FDA">
-[...3 lines deleted...]
-        <w:t>Kokt korv som inte gått sparas ej.</w:t>
+      <w:r w:rsidR="00ED6EAB" w:rsidRPr="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kokt korv som inte gått</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D" w:rsidRPr="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> åt</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6EAB" w:rsidRPr="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sparas ej.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268F2BF9" w14:textId="77777777" w:rsidR="00220560" w:rsidRPr="00220560" w:rsidRDefault="00220560" w:rsidP="00220560">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45C513B2" w14:textId="4997F9A0" w:rsidR="00FA7540" w:rsidRDefault="00FA7540" w:rsidP="00EC7DCB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Lås båda hänglåsen som är till kyl och frys i kiosken</w:t>
       </w:r>
       <w:r w:rsidR="00220560">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nyckel till låsen finns på lilla nyckelknippan </w:t>
       </w:r>
       <w:r w:rsidR="00454BCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>som sitter på kassaskrinet).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31ACF629" w14:textId="77777777" w:rsidR="00454BCD" w:rsidRPr="00454BCD" w:rsidRDefault="00454BCD" w:rsidP="00454BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CAEE1B0" w14:textId="5816AA1E" w:rsidR="00D82B72" w:rsidRDefault="0010543C" w:rsidP="00D82B72">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
@@ -1999,128 +1938,130 @@
         </w:rPr>
         <w:t xml:space="preserve">serveringsvagn och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0090103C" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>kaffevagn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0090103C" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> i kioskförrådet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A568D4" w14:textId="77777777" w:rsidR="00D82B72" w:rsidRPr="00D82B72" w:rsidRDefault="00D82B72" w:rsidP="00D82B72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C0509A" w14:textId="0701F4DD" w:rsidR="0018648B" w:rsidRDefault="0063706A" w:rsidP="00EC7DCB">
+    <w:p w14:paraId="35C0509A" w14:textId="1A692E50" w:rsidR="0018648B" w:rsidRDefault="0063706A" w:rsidP="00EC7DCB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Räkna ihop </w:t>
       </w:r>
       <w:r w:rsidR="00CD175A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ev.</w:t>
       </w:r>
       <w:r w:rsidR="00D82B72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontanter</w:t>
       </w:r>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och lägg pengarna i ett kuvert (ligger i </w:t>
+        <w:t xml:space="preserve"> och lägg pengarna i ett kuvert (ligger </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE593D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">på översta hyllan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942FDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidR="00DD2A8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>kiosk</w:t>
       </w:r>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">förrådet). </w:t>
       </w:r>
       <w:r w:rsidR="00AB4206" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Det står på kassaskrinet hur mycket växel det ska finnas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Skriv summan och datumet på kuvertet och lägg kuvertet i kassaskrinet. </w:t>
       </w:r>
       <w:r w:rsidR="0018648B" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kassaskrinet låses in i matchskåpet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF859C5" w14:textId="77777777" w:rsidR="003724C0" w:rsidRPr="003724C0" w:rsidRDefault="003724C0" w:rsidP="003724C0">
-[...10 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="7B0514B5" w14:textId="77777777" w:rsidR="003724C0" w:rsidRPr="00097CA5" w:rsidRDefault="003724C0" w:rsidP="00097CA5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0307AF14" w14:textId="77777777" w:rsidR="00B01F2F" w:rsidRDefault="00B01F2F" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DAA12F8" w14:textId="76FAF1BF" w:rsidR="00B01F2F" w:rsidRPr="00B01F2F" w:rsidRDefault="00B01F2F" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B83F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -2186,59 +2127,50 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9E8642" w14:textId="6764C627" w:rsidR="00B01F2F" w:rsidRDefault="00B01F2F" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01F2F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Soppåsarna slängs i containern som står bredvid Ljungsbros skolas matsal. Koden på hänglåset till containern är </w:t>
       </w:r>
       <w:r w:rsidRPr="00727204">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2719.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6E274D8E" w14:textId="77777777" w:rsidR="00727204" w:rsidRDefault="00727204" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E9011B6" w14:textId="77777777" w:rsidR="00727204" w:rsidRDefault="00727204" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FF0C9B4" w14:textId="518C4585" w:rsidR="00727204" w:rsidRDefault="00EE2F3B" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -2276,59 +2208,50 @@
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3521198" cy="1798762"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7476FCE4" w14:textId="77777777" w:rsidR="00727204" w:rsidRDefault="00727204" w:rsidP="00B01F2F">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="45A9D93A" w14:textId="77777777" w:rsidR="003724C0" w:rsidRDefault="003724C0" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CCAF28F" w14:textId="77777777" w:rsidR="003724C0" w:rsidRDefault="003724C0" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EF0B8AD" w14:textId="77777777" w:rsidR="003724C0" w:rsidRDefault="003724C0" w:rsidP="00B01F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2518,51 +2441,51 @@
         <w:t>dörrar är låsta och inte kan öppnas utifrån</w:t>
       </w:r>
       <w:r w:rsidR="00CD175A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (omklädningsrum</w:t>
       </w:r>
       <w:r w:rsidR="0051379D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> x2, domarrummet, hallen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="346FBAE8" w14:textId="77777777" w:rsidR="00B10992" w:rsidRPr="00942FDA" w:rsidRDefault="00B10992" w:rsidP="00AB4206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D6214C6" w14:textId="1A8F9B2D" w:rsidR="0010543C" w:rsidRDefault="00F02D43" w:rsidP="00AB4206">
+    <w:p w14:paraId="1314D02D" w14:textId="217BB0DE" w:rsidR="00CA6F8F" w:rsidRDefault="00F02D43" w:rsidP="00AB4206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Har ni några frågor eller upptäcker att något håller på att ta slut i kiosken</w:t>
       </w:r>
       <w:r w:rsidR="00C500A7" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> så hör av er till Malin Hellman Karlsson</w:t>
       </w:r>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ant</w:t>
       </w:r>
       <w:r w:rsidR="00C500A7" w:rsidRPr="00942FDA">
         <w:rPr>
@@ -2578,139 +2501,132 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001B6E39" w:rsidRPr="00942FDA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="001B6E39" w:rsidRPr="00942FDA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>malinmanson80@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1314D02D" w14:textId="77777777" w:rsidR="00CA6F8F" w:rsidRDefault="00CA6F8F" w:rsidP="00AB4206">
-[...6 lines deleted...]
-    <w:p w14:paraId="286F0A33" w14:textId="1A6A269F" w:rsidR="008912A5" w:rsidRPr="00CA6F8F" w:rsidRDefault="00CA6F8F" w:rsidP="00CA6F8F">
+    <w:p w14:paraId="286F0A33" w14:textId="1A6A269F" w:rsidR="008912A5" w:rsidRPr="00CA6F8F" w:rsidRDefault="00CA6F8F" w:rsidP="00097CA5">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA6F8F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="323E1C33" wp14:editId="4AD8AA2B">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="323E1C33" wp14:editId="4646A9C7">
+            <wp:extent cx="2012211" cy="1554480"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
             <wp:docPr id="253100434" name="Bildobjekt 2" descr="En bild som visar logotyp, tecknad serie, Grafik, clipart&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="253100434" name="Bildobjekt 2" descr="En bild som visar logotyp, tecknad serie, Grafik, clipart&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1071025" cy="827392"/>
+                      <a:ext cx="2098957" cy="1621493"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008912A5" w:rsidRPr="00CA6F8F" w:rsidSect="00B44411">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="113" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20B88BB7" w14:textId="77777777" w:rsidR="00050FE3" w:rsidRDefault="00050FE3">
+    <w:p w14:paraId="393B5287" w14:textId="77777777" w:rsidR="009E3373" w:rsidRDefault="009E3373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14C88D50" w14:textId="77777777" w:rsidR="00050FE3" w:rsidRDefault="00050FE3">
+    <w:p w14:paraId="48AFD11E" w14:textId="77777777" w:rsidR="009E3373" w:rsidRDefault="009E3373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2745,51 +2661,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="378A376D" w14:textId="538A4590" w:rsidR="00387B95" w:rsidRPr="00B63DCF" w:rsidRDefault="00387B95" w:rsidP="00B25AFC">
+  <w:p w14:paraId="378A376D" w14:textId="71B34DB5" w:rsidR="00387B95" w:rsidRPr="00B63DCF" w:rsidRDefault="00387B95" w:rsidP="00B25AFC">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
@@ -2807,78 +2723,78 @@
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> TIME \@ "yyyy-MM-dd" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00850A93">
+    <w:r w:rsidR="00BE593D">
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2025-09-10</w:t>
+      <w:t>2026-01-30</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46E6FF53" w14:textId="77777777" w:rsidR="00050FE3" w:rsidRDefault="00050FE3">
+    <w:p w14:paraId="7E7CFAB1" w14:textId="77777777" w:rsidR="009E3373" w:rsidRDefault="009E3373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2907F2E6" w14:textId="77777777" w:rsidR="00050FE3" w:rsidRDefault="00050FE3">
+    <w:p w14:paraId="714E7BD1" w14:textId="77777777" w:rsidR="009E3373" w:rsidRDefault="009E3373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="335B92B3" w14:textId="0CB22FF8" w:rsidR="00387B95" w:rsidRPr="00F635DD" w:rsidRDefault="00387B95" w:rsidP="00B44411">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2025"/>
         <w:tab w:val="left" w:pos="5220"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -5495,92 +5411,93 @@
   <w:num w:numId="19" w16cid:durableId="2068794364">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2105756763">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1340888626">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1025251481">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B2328"/>
     <w:rsid w:val="00006629"/>
     <w:rsid w:val="00007554"/>
     <w:rsid w:val="0001274A"/>
     <w:rsid w:val="00017539"/>
     <w:rsid w:val="00027526"/>
     <w:rsid w:val="000321F2"/>
     <w:rsid w:val="00042875"/>
     <w:rsid w:val="00050FE3"/>
     <w:rsid w:val="000539CD"/>
     <w:rsid w:val="00055B3B"/>
     <w:rsid w:val="000611AB"/>
     <w:rsid w:val="00062B69"/>
     <w:rsid w:val="00065B86"/>
     <w:rsid w:val="000674C1"/>
     <w:rsid w:val="00070781"/>
     <w:rsid w:val="00071F93"/>
     <w:rsid w:val="00072726"/>
     <w:rsid w:val="00076BE6"/>
     <w:rsid w:val="0007709D"/>
     <w:rsid w:val="00080F4B"/>
     <w:rsid w:val="00093EC4"/>
     <w:rsid w:val="0009655F"/>
+    <w:rsid w:val="00097CA5"/>
     <w:rsid w:val="000B228C"/>
     <w:rsid w:val="000B59C4"/>
     <w:rsid w:val="000C1A7C"/>
     <w:rsid w:val="000C606B"/>
     <w:rsid w:val="000C6A86"/>
     <w:rsid w:val="000D05A6"/>
     <w:rsid w:val="000E1AD1"/>
     <w:rsid w:val="000F7E09"/>
     <w:rsid w:val="0010543C"/>
     <w:rsid w:val="00127572"/>
     <w:rsid w:val="00130FC4"/>
     <w:rsid w:val="00164113"/>
     <w:rsid w:val="0017010F"/>
     <w:rsid w:val="0018648B"/>
     <w:rsid w:val="001865B2"/>
     <w:rsid w:val="0019066C"/>
     <w:rsid w:val="001A182F"/>
     <w:rsid w:val="001A72E0"/>
     <w:rsid w:val="001B20E8"/>
     <w:rsid w:val="001B2E1F"/>
     <w:rsid w:val="001B3CEE"/>
     <w:rsid w:val="001B4649"/>
     <w:rsid w:val="001B6E39"/>
     <w:rsid w:val="001C5789"/>
     <w:rsid w:val="001C7166"/>
@@ -5742,101 +5659,106 @@
     <w:rsid w:val="008E7E92"/>
     <w:rsid w:val="008F2204"/>
     <w:rsid w:val="008F461B"/>
     <w:rsid w:val="0090103C"/>
     <w:rsid w:val="00911604"/>
     <w:rsid w:val="00921DDA"/>
     <w:rsid w:val="00925901"/>
     <w:rsid w:val="00931517"/>
     <w:rsid w:val="00940425"/>
     <w:rsid w:val="00942234"/>
     <w:rsid w:val="00942FDA"/>
     <w:rsid w:val="00946F9D"/>
     <w:rsid w:val="00953790"/>
     <w:rsid w:val="00953886"/>
     <w:rsid w:val="00967AFD"/>
     <w:rsid w:val="00967CF6"/>
     <w:rsid w:val="00970770"/>
     <w:rsid w:val="009749F3"/>
     <w:rsid w:val="009875CD"/>
     <w:rsid w:val="00990028"/>
     <w:rsid w:val="009950DB"/>
     <w:rsid w:val="009A0EC9"/>
     <w:rsid w:val="009B2D54"/>
     <w:rsid w:val="009D0A15"/>
     <w:rsid w:val="009E09EC"/>
+    <w:rsid w:val="009E3373"/>
     <w:rsid w:val="009E4606"/>
     <w:rsid w:val="009F387D"/>
     <w:rsid w:val="00A045B5"/>
     <w:rsid w:val="00A179F1"/>
     <w:rsid w:val="00A2183E"/>
     <w:rsid w:val="00A23753"/>
     <w:rsid w:val="00A24A6A"/>
     <w:rsid w:val="00A35F2C"/>
     <w:rsid w:val="00A3688C"/>
     <w:rsid w:val="00A45B7D"/>
     <w:rsid w:val="00A45F50"/>
     <w:rsid w:val="00A562B2"/>
     <w:rsid w:val="00A732B3"/>
     <w:rsid w:val="00A73493"/>
+    <w:rsid w:val="00A75A54"/>
     <w:rsid w:val="00A91BCA"/>
     <w:rsid w:val="00AA06DA"/>
     <w:rsid w:val="00AA35DC"/>
     <w:rsid w:val="00AB3492"/>
     <w:rsid w:val="00AB4206"/>
     <w:rsid w:val="00AC2F93"/>
     <w:rsid w:val="00AC4FB2"/>
     <w:rsid w:val="00AC5B29"/>
     <w:rsid w:val="00AC62E0"/>
     <w:rsid w:val="00AD300A"/>
+    <w:rsid w:val="00AD65F1"/>
     <w:rsid w:val="00AF63BE"/>
     <w:rsid w:val="00B018A6"/>
     <w:rsid w:val="00B01BC8"/>
     <w:rsid w:val="00B01F2F"/>
     <w:rsid w:val="00B021CC"/>
     <w:rsid w:val="00B10992"/>
     <w:rsid w:val="00B25AFC"/>
+    <w:rsid w:val="00B42235"/>
     <w:rsid w:val="00B44411"/>
     <w:rsid w:val="00B5368B"/>
     <w:rsid w:val="00B61577"/>
     <w:rsid w:val="00B63DCF"/>
     <w:rsid w:val="00B71F72"/>
     <w:rsid w:val="00B81196"/>
     <w:rsid w:val="00B83F4B"/>
     <w:rsid w:val="00B844B6"/>
     <w:rsid w:val="00B85E57"/>
     <w:rsid w:val="00B875BC"/>
     <w:rsid w:val="00B91FE4"/>
     <w:rsid w:val="00BA4200"/>
     <w:rsid w:val="00BA60BF"/>
     <w:rsid w:val="00BB4663"/>
     <w:rsid w:val="00BC46E6"/>
     <w:rsid w:val="00BC694E"/>
     <w:rsid w:val="00BD3ACD"/>
     <w:rsid w:val="00BD46C3"/>
     <w:rsid w:val="00BE43D5"/>
     <w:rsid w:val="00BE4DBE"/>
+    <w:rsid w:val="00BE593D"/>
     <w:rsid w:val="00C0386D"/>
     <w:rsid w:val="00C260A1"/>
     <w:rsid w:val="00C27C70"/>
     <w:rsid w:val="00C31C29"/>
     <w:rsid w:val="00C33BDE"/>
     <w:rsid w:val="00C34A5A"/>
     <w:rsid w:val="00C350B8"/>
     <w:rsid w:val="00C35E5F"/>
     <w:rsid w:val="00C500A7"/>
     <w:rsid w:val="00C505FC"/>
     <w:rsid w:val="00C550E7"/>
     <w:rsid w:val="00C63ECD"/>
     <w:rsid w:val="00C775FE"/>
     <w:rsid w:val="00C82A13"/>
     <w:rsid w:val="00C90329"/>
     <w:rsid w:val="00C92E4E"/>
     <w:rsid w:val="00C96BD1"/>
     <w:rsid w:val="00CA6F8F"/>
     <w:rsid w:val="00CB7E3C"/>
     <w:rsid w:val="00CD175A"/>
     <w:rsid w:val="00CD1F96"/>
     <w:rsid w:val="00CD387B"/>
     <w:rsid w:val="00CF262C"/>
     <w:rsid w:val="00CF3D93"/>
     <w:rsid w:val="00D03E58"/>
@@ -5911,53 +5833,53 @@
     <w:rsid w:val="00F9054A"/>
     <w:rsid w:val="00F91CB2"/>
     <w:rsid w:val="00F96211"/>
     <w:rsid w:val="00FA7540"/>
     <w:rsid w:val="00FB3C3D"/>
     <w:rsid w:val="00FC7884"/>
     <w:rsid w:val="00FE5C34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="33E2EED1"/>
   <w15:docId w15:val="{38D52349-6A12-46BD-9E53-7A7AE62C5DD2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6934,74 +6856,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>810</Words>
-  <Characters>4335</Characters>
+  <Words>794</Words>
+  <Characters>4211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Spelare</vt:lpstr>
       <vt:lpstr>Spelare</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5135</CharactersWithSpaces>
+  <CharactersWithSpaces>4996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Spelare</dc:title>
   <dc:creator>Jonas Roback</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>