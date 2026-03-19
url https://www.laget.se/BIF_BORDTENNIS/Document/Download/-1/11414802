--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -76,137 +76,187 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008D5AAE">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="004821BA">
         <w:t>-21</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E91DEE">
         <w:t xml:space="preserve"> på att vi vill engagera föräldrar i detta och Ni är </w:t>
       </w:r>
       <w:r>
         <w:t>utsedda</w:t>
       </w:r>
       <w:r w:rsidR="00E91DEE">
         <w:t xml:space="preserve"> att vandra. Ni behöver organisera er enligt </w:t>
       </w:r>
       <w:r w:rsidR="00997E72">
         <w:t>schemat och det är till kontaktpersonen i ditt lag du anmäler dig</w:t>
       </w:r>
       <w:r w:rsidR="00C61F1E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1738C358" w14:textId="251F63AA" w:rsidR="00E91DEE" w:rsidRDefault="00906185">
+    <w:p w14:paraId="1738C358" w14:textId="5FA7A710" w:rsidR="00E91DEE" w:rsidRPr="004D5478" w:rsidRDefault="00906185">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:t>OBS! Tänk på att Ni behöver en nyckel för att komma in i klubblokalen för att hämta väst</w:t>
       </w:r>
       <w:r w:rsidR="00C77507">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">r mm. </w:t>
       </w:r>
       <w:r w:rsidR="00C61F1E" w:rsidRPr="00527BB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Nyckel </w:t>
       </w:r>
       <w:r w:rsidR="00F81813">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>kvitteras ut</w:t>
       </w:r>
       <w:r w:rsidR="00C61F1E" w:rsidRPr="00527BB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A5703">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">onsdag eller </w:t>
+      <w:r w:rsidR="00630950">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>torsdag</w:t>
       </w:r>
       <w:r w:rsidR="00C61F1E" w:rsidRPr="00527BB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>fredag den helgen man ska nattvandra</w:t>
+        <w:t xml:space="preserve"> den helgen man ska nattvandra</w:t>
       </w:r>
       <w:r w:rsidR="00F81813">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> och detta görs</w:t>
       </w:r>
       <w:r w:rsidR="00C61F1E" w:rsidRPr="00527BB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> på kansliet. Den återlämnas </w:t>
+        <w:t xml:space="preserve"> på kansliet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2F0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C61F1E" w:rsidRPr="00527BB9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Den återlämnas </w:t>
       </w:r>
       <w:r w:rsidR="00F81813">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">sen måndagen efter </w:t>
+        <w:t xml:space="preserve">sen </w:t>
+      </w:r>
+      <w:r w:rsidR="00A81DF4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tisdagen</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81813">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> efter </w:t>
       </w:r>
       <w:r w:rsidR="00C61F1E" w:rsidRPr="00527BB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>på kansliet. Kom på kansliets öppettider</w:t>
-[...14 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">på kansliet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00630950">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Öppettider </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5478">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">kansliet </w:t>
+      </w:r>
+      <w:r w:rsidR="00630950">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tisdag och torsdag </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00630950">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>18-19</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C61F1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F33FEDA" w14:textId="77777777" w:rsidR="009A68FF" w:rsidRDefault="008739D2" w:rsidP="009A68FF">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Nedan är lite instruktioner som behöver göras innan och efter nattvandringen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="215601F7" w14:textId="0CEA9A74" w:rsidR="008739D2" w:rsidRDefault="008739D2" w:rsidP="009A68FF">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -268,85 +318,74 @@
         </w:rPr>
         <w:t>nattvandring</w:t>
       </w:r>
       <w:r w:rsidRPr="00E91DEE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A0BF06" w14:textId="4BA3848B" w:rsidR="008739D2" w:rsidRDefault="008739D2" w:rsidP="008739D2">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Obligatoriska kurs ”nattvandring grund” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F054341" w14:textId="27330A8A" w:rsidR="008739D2" w:rsidRDefault="008739D2" w:rsidP="00906185">
+    <w:p w14:paraId="0614F1CD" w14:textId="193991E3" w:rsidR="00501864" w:rsidRDefault="008739D2" w:rsidP="00906185">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xp1"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Länk: </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00CE0050">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00501864" w:rsidRPr="00501864">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t xml:space="preserve">NATTVANDRING GRUND - </w:t>
+          <w:t>TRYCKERI Digital kurs 2025</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="31919278" w14:textId="77777777" w:rsidR="00527BB9" w:rsidRDefault="008739D2" w:rsidP="008739D2">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Kläder mm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
@@ -355,194 +394,261 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Det finns västar, första </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>hjälpenkit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> och ficklampor i klubbstugan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBA225B" w14:textId="3E6CA00B" w:rsidR="008739D2" w:rsidRDefault="00906185" w:rsidP="008739D2">
+    <w:p w14:paraId="3E741532" w14:textId="77777777" w:rsidR="004A6D47" w:rsidRDefault="00906185" w:rsidP="008739D2">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008739D2">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008739D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Loggbok</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="008739D2">
+        <w:t>Loggbo</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6D47">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBA225B" w14:textId="12B4D5A0" w:rsidR="008739D2" w:rsidRPr="004A6D47" w:rsidRDefault="008739D2" w:rsidP="008739D2">
+      <w:pPr>
+        <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Ett villkor för försäkringen är att ni för loggbok på era vandringar. Denna gör ni digitalt via ett system från stiftelsen nattvandring. I loggboken skall ni inte skriva några personuppgifter utan bara allmän information om hur vandringen var, var ni gick och om ni såg/upptäckta något särskilt. Har ni t.ex. larmat polis eller ambulans? Skriv det då under ”Särskilda händelser” och ange gärna tider när ni larmade, när de kom, när de lämnade och kort om vad som hänt. Detta för att ni skall kunna gå tillbaka och se om det uppstår frågor kring händelsen. Använd gruppens e-postadress i loggboken, </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="008739D2" w:rsidRPr="002C1BB7">
+        <w:r w:rsidRPr="002C1BB7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>balingeif@nattvandring.nu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008739D2">
-[...8 lines deleted...]
-        <w:r w:rsidR="008739D2">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91DEE">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De som slutar 23.00 rapporterar direkt efter och samma gäller för de som slutar 01.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C4D9F8" w14:textId="755B71E2" w:rsidR="008739D2" w:rsidRDefault="008739D2" w:rsidP="008739D2">
+      <w:pPr>
+        <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
+        <w:spacing w:after="240" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Loggboken</w:t>
+      </w:r>
+      <w:r w:rsidR="00767BC4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hittar du nedan</w:t>
+      </w:r>
+      <w:r w:rsidR="001C08F8">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Fyll i de uppgifter som efterfrågas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69117E7B" w14:textId="7C4AD1A2" w:rsidR="00BA45DB" w:rsidRDefault="00BA45DB" w:rsidP="008739D2">
+      <w:pPr>
+        <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
+        <w:spacing w:after="240" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00BA45DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>nattvandring.nu</w:t>
+          <w:t xml:space="preserve">NATT </w:t>
         </w:r>
-      </w:hyperlink>
-[...52 lines deleted...]
-        <w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BA45DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>Rapportera Vandring – Nattvandring.nu</w:t>
+          <w:t>Memlist</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A6E1DF6" w14:textId="7A49CF39" w:rsidR="002102B5" w:rsidRDefault="006021A8" w:rsidP="004821BA">
+    <w:p w14:paraId="3A8DB977" w14:textId="5A702374" w:rsidR="007F7F69" w:rsidRPr="008E3D60" w:rsidRDefault="007F7F69" w:rsidP="004821BA">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Där det står ”Namn på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>grupp..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” Skriver ni </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3D60" w:rsidRPr="008E3D60">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nattvandring </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3D60">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bälinge IF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6E1DF6" w14:textId="71D1D47A" w:rsidR="002102B5" w:rsidRPr="008E3D60" w:rsidRDefault="008E3D60" w:rsidP="004821BA">
+      <w:pPr>
+        <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
+        <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-post skriver ni in: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="008739D2" w:rsidRPr="002C1BB7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>balingeif@nattvandring.nu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F592D9B" w14:textId="77777777" w:rsidR="00927CBC" w:rsidRPr="006021A8" w:rsidRDefault="00927CBC" w:rsidP="004821BA">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4911CE35" w14:textId="2E652CA2" w:rsidR="004821BA" w:rsidRPr="002102B5" w:rsidRDefault="00906185" w:rsidP="004821BA">
       <w:pPr>
         <w:pStyle w:val="xm3674951522762414071xmsonormal"/>
       </w:pPr>
       <w:r w:rsidRPr="00906185">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -895,84 +1001,99 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYytzSyNDMxMjUzNzY1szBV0lEKTi0uzszPAykwqQUA0UysGCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="008739D2"/>
     <w:rsid w:val="00033BDA"/>
     <w:rsid w:val="000A1486"/>
+    <w:rsid w:val="000C07EE"/>
     <w:rsid w:val="000D2687"/>
     <w:rsid w:val="001C08F8"/>
+    <w:rsid w:val="00204CFD"/>
     <w:rsid w:val="002102B5"/>
     <w:rsid w:val="00467E63"/>
     <w:rsid w:val="004821BA"/>
+    <w:rsid w:val="004A6D47"/>
+    <w:rsid w:val="004D5478"/>
+    <w:rsid w:val="00501864"/>
     <w:rsid w:val="00527BB9"/>
     <w:rsid w:val="006021A8"/>
+    <w:rsid w:val="00630950"/>
     <w:rsid w:val="006323BC"/>
     <w:rsid w:val="00710C1F"/>
+    <w:rsid w:val="00711880"/>
     <w:rsid w:val="00767BC4"/>
     <w:rsid w:val="00783FA3"/>
     <w:rsid w:val="007F2ADB"/>
+    <w:rsid w:val="007F7F69"/>
     <w:rsid w:val="0087162C"/>
     <w:rsid w:val="008739D2"/>
     <w:rsid w:val="008A2004"/>
     <w:rsid w:val="008A5703"/>
     <w:rsid w:val="008D5AAE"/>
+    <w:rsid w:val="008E3D60"/>
     <w:rsid w:val="00906185"/>
     <w:rsid w:val="00927CBC"/>
     <w:rsid w:val="00997E72"/>
     <w:rsid w:val="009A68FF"/>
     <w:rsid w:val="009B1B80"/>
     <w:rsid w:val="009E536E"/>
+    <w:rsid w:val="009F08A6"/>
     <w:rsid w:val="00A25A5F"/>
+    <w:rsid w:val="00A81DF4"/>
     <w:rsid w:val="00A84677"/>
     <w:rsid w:val="00A902FC"/>
+    <w:rsid w:val="00AA2F0D"/>
     <w:rsid w:val="00B850C1"/>
+    <w:rsid w:val="00BA45DB"/>
     <w:rsid w:val="00C61F1E"/>
     <w:rsid w:val="00C77507"/>
     <w:rsid w:val="00CE0050"/>
     <w:rsid w:val="00CE0FD9"/>
     <w:rsid w:val="00D8434A"/>
     <w:rsid w:val="00E91DEE"/>
+    <w:rsid w:val="00EB11A5"/>
     <w:rsid w:val="00F81813"/>
+    <w:rsid w:val="00F952FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2EE818C8"/>
@@ -1361,51 +1482,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
@@ -1483,51 +1603,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1781799728">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlem.nattvandring.nu/rapportera-vandring/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam12.safelinks.protection.outlook.com/?url=http%3A%2F%2Fnattvandring.nu%2F&amp;data=04%7C01%7Cfredrik.soderlund%40wellspect.com%7C40714dda089a4d14e7e808d98fcbbd9c%7Cbc74e59c5fa341579c376e5063d11a62%7C0%7C0%7C637698927502260737%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C1000&amp;sdata=7u%2BJqS8FSnj1yNpW9A7xqkOynLBPRZqUxz9lUAAUTxo%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balingeif@nattvandring.nu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fieldskills.se/kurser/nattvandring/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balingeif@nattvandring.nu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balingeif@nattvandring.nu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natt.memlist.se/answer/6sSzO5fWSkoXlBgo" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balingeif@nattvandring.nu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nattvandring.nu/_files/ugd/31fa6f_d493482912484a2ea8cd40ebbf2deb15.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1786,76 +1906,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>469</Words>
-  <Characters>2491</Characters>
+  <Words>384</Words>
+  <Characters>2039</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2955</CharactersWithSpaces>
+  <CharactersWithSpaces>2419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Soderlund, Fredrik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>