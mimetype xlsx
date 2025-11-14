--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mysite.volvocars.net/personal/mmuren_volvocars_com/Documents/Documents/Martin/Privat/P18/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CCDD7AE4-9DD4-4962-941F-BA4E88D5DBAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1AC89C03-E300-43B9-A1ED-07DD05519F86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{7FD3E8F3-0923-444A-B10A-94733570BFE1}"/>
+    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7FD3E8F3-0923-444A-B10A-94733570BFE1}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Förälder/Vårdnadshavare </t>
   </si>
   <si>
     <t>Mobilnr</t>
   </si>
   <si>
     <t>Mail</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Douglas Ljungqvist</t>
   </si>
   <si>
     <t>Cecilia Bergman</t>
   </si>
   <si>
     <t>0708641997</t>
   </si>
   <si>
@@ -246,59 +246,50 @@
     <t>jonas@proacademic.se</t>
   </si>
   <si>
     <t>Love Jerrskog</t>
   </si>
   <si>
     <t>Martin Jerrskog</t>
   </si>
   <si>
     <t>0733222503</t>
   </si>
   <si>
     <t>martin.jerrskog@gmail.com</t>
   </si>
   <si>
     <t>Minna Jerrskog</t>
   </si>
   <si>
     <t>0760001884</t>
   </si>
   <si>
     <t>Minna.jerrskog@gmail.com</t>
   </si>
   <si>
     <t>Matei Buyuksal</t>
-  </si>
-[...7 lines deleted...]
-    <t>timwa@live.se</t>
   </si>
   <si>
     <t>Melissa Buyuksal</t>
   </si>
   <si>
     <t>0737090058</t>
   </si>
   <si>
     <t>Melissa.b@hotmail.se</t>
   </si>
   <si>
     <t>Muhammad Aldandal</t>
   </si>
   <si>
     <t>Rifaat Aldandal</t>
   </si>
   <si>
     <t>0768856213</t>
   </si>
   <si>
     <t>rifaatlawyer1@gmail.com</t>
   </si>
   <si>
     <t>Nils Lindmark</t>
   </si>
@@ -369,86 +360,92 @@
     <t>Anna Nordlander</t>
   </si>
   <si>
     <t>0737068634</t>
   </si>
   <si>
     <t>annanordlander84@gmail.com</t>
   </si>
   <si>
     <t>Kalle Stenson</t>
   </si>
   <si>
     <t>0766336599</t>
   </si>
   <si>
     <t>kalle_stenson@hotmail.com</t>
   </si>
   <si>
     <t>Pojke vars familj har kafé</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
@@ -551,86 +548,87 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" xr:uid="{645970BF-8465-4435-97FC-CE9D3D17D929}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -924,595 +922,597 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Melissa.b@hotmail.se" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2D9A802-3E45-4ED8-ADC0-632515A01D62}">
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I8" sqref="I8"/>
+      <selection pane="bottomLeft" activeCell="O21" sqref="O21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.3" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="2" customWidth="1"/>
-    <col min="2" max="2" width="26.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.89453125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="26.3125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15" style="1" customWidth="1"/>
-    <col min="5" max="5" width="36.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.89453125" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="16">
         <v>45900</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="12" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A3" s="17"/>
       <c r="B3" s="15"/>
       <c r="C3" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="17"/>
       <c r="B4" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A5" s="18"/>
       <c r="B5" s="15"/>
       <c r="C5" s="9" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="16">
         <v>45907</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A7" s="17"/>
       <c r="B7" s="15"/>
       <c r="C7" s="9" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="17"/>
       <c r="B8" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A9" s="18"/>
       <c r="B9" s="15"/>
       <c r="C9" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="16">
         <v>45914</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A11" s="17"/>
       <c r="B11" s="15"/>
       <c r="C11" s="9"/>
       <c r="D11" s="10"/>
       <c r="E11" s="11"/>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="17"/>
       <c r="B12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A13" s="18"/>
       <c r="B13" s="15"/>
       <c r="C13" s="9"/>
       <c r="D13" s="10"/>
       <c r="E13" s="11"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="16">
         <v>45921</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A15" s="17"/>
       <c r="B15" s="15"/>
       <c r="C15" s="9"/>
       <c r="D15" s="10"/>
       <c r="E15" s="11"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="17"/>
       <c r="B16" s="14" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A17" s="18"/>
       <c r="B17" s="15"/>
       <c r="C17" s="9"/>
       <c r="D17" s="10"/>
       <c r="E17" s="11"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="16">
         <v>45928</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A19" s="17"/>
       <c r="B19" s="15"/>
       <c r="C19" s="9"/>
       <c r="D19" s="10"/>
       <c r="E19" s="11"/>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="17"/>
       <c r="B20" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C20" s="12" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A21" s="18"/>
       <c r="B21" s="15"/>
       <c r="C21" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="16">
         <v>45935</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A23" s="17"/>
       <c r="B23" s="15"/>
       <c r="C23" s="9"/>
       <c r="D23" s="10"/>
       <c r="E23" s="11"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="17"/>
       <c r="B24" s="14" t="s">
         <v>63</v>
       </c>
       <c r="C24" s="12" t="s">
         <v>64</v>
       </c>
       <c r="D24" s="13" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A25" s="18"/>
       <c r="B25" s="15"/>
       <c r="C25" s="9" t="s">
         <v>67</v>
       </c>
       <c r="D25" s="10" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="16">
         <v>45942</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A27" s="17"/>
       <c r="B27" s="15"/>
-      <c r="C27" s="9" t="s">
-[...9 lines deleted...]
-    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C27" s="9"/>
+      <c r="D27" s="10"/>
+      <c r="E27" s="19"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="17"/>
       <c r="B28" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="C28" s="12" t="s">
-[...9 lines deleted...]
-    <row r="29" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="29" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A29" s="18"/>
       <c r="B29" s="15"/>
       <c r="C29" s="9"/>
       <c r="D29" s="10"/>
       <c r="E29" s="11"/>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="16">
         <v>45949</v>
       </c>
       <c r="B30" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E30" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="8" t="s">
-[...9 lines deleted...]
-    <row r="31" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="31" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A31" s="17"/>
       <c r="B31" s="15"/>
       <c r="C31" s="9" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A32" s="17"/>
       <c r="B32" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E32" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="C32" s="12" t="s">
-[...9 lines deleted...]
-    <row r="33" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="33" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A33" s="18"/>
       <c r="B33" s="15"/>
       <c r="C33" s="9" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A34" s="16">
         <v>45956</v>
       </c>
       <c r="B34" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="C34" s="8" t="s">
-[...9 lines deleted...]
-    <row r="35" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="35" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A35" s="17"/>
       <c r="B35" s="15"/>
       <c r="C35" s="9" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.55000000000000004">
       <c r="A36" s="17"/>
       <c r="B36" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="C36" s="12" t="s">
-[...9 lines deleted...]
-    <row r="37" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="37" spans="1:5" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A37" s="18"/>
       <c r="B37" s="15"/>
       <c r="C37" s="9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B30:B31"/>
-[...6 lines deleted...]
-    <mergeCell ref="B18:B19"/>
     <mergeCell ref="A30:A33"/>
     <mergeCell ref="A34:A37"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="A14:A17"/>
     <mergeCell ref="A18:A21"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="A22:A25"/>
     <mergeCell ref="A26:A29"/>
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="B22:B23"/>
+    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="B32:B33"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="B10:B11"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="B14:B15"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="B18:B19"/>
     <mergeCell ref="B24:B25"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="B28:B29"/>
   </mergeCells>
+  <phoneticPr fontId="5" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="E26" r:id="rId1" xr:uid="{9988AD6E-B664-4231-A796-64DF5BC5C29A}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7fea2623-af8f-4fb8-b1cf-b63cc8e496aa}" enabled="1" method="Standard" siteId="{81fa766e-a349-4867-8bf4-ab35e250a08f}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>