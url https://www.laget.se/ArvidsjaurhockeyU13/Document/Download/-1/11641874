--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -63,64 +63,122 @@
         <w:t xml:space="preserve">Ismaskin: </w:t>
       </w:r>
       <w:r w:rsidR="0089297F">
         <w:t xml:space="preserve">Svante </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C3AE03E" w14:textId="3DAB8F29" w:rsidR="00750B61" w:rsidRDefault="00A51EEA">
       <w:r>
         <w:t>Bås</w:t>
       </w:r>
       <w:r w:rsidR="00750B61">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00463EBB">
         <w:t>Luis och Melvin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06500553" w14:textId="0C33FAF7" w:rsidR="00853D13" w:rsidRDefault="00A0173E">
       <w:r>
         <w:t xml:space="preserve">Insläpp: </w:t>
       </w:r>
       <w:r w:rsidR="00463EBB">
         <w:t>Wilgot</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2948DA" w14:textId="62B14350" w:rsidR="00D12F72" w:rsidRPr="0089297F" w:rsidRDefault="00E85805">
+    <w:p w14:paraId="6A2948DA" w14:textId="62B14350" w:rsidR="00D12F72" w:rsidRDefault="00E85805">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Puckkastningen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00463EBB">
         <w:t>Viggo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AC093A" w14:textId="77777777" w:rsidR="00407635" w:rsidRDefault="00407635"/>
+    <w:p w14:paraId="3CA73698" w14:textId="77777777" w:rsidR="00AF3453" w:rsidRDefault="00AF3453"/>
+    <w:p w14:paraId="1AA1100F" w14:textId="7017A4DD" w:rsidR="00AF3453" w:rsidRPr="00516C98" w:rsidRDefault="00516C98">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516C98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Söndag 2026-01-25 klockan 13:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AC093A" w14:textId="437489DE" w:rsidR="00407635" w:rsidRDefault="00516C98">
+      <w:r>
+        <w:t>Ismaskin: Loui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0737EE" w14:textId="300D28CF" w:rsidR="00516C98" w:rsidRDefault="00516C98">
+      <w:r>
+        <w:t xml:space="preserve">Bås: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E7539F">
+        <w:t>Vilmer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008717C8">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:r w:rsidR="00837886">
+        <w:t>Edvin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A4EDF7" w14:textId="3504CBCE" w:rsidR="00E7539F" w:rsidRDefault="00E7539F">
+      <w:r>
+        <w:t xml:space="preserve">Insläpp: </w:t>
+      </w:r>
+      <w:r w:rsidR="00976AE2">
+        <w:t>Otto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17039922" w14:textId="439852DC" w:rsidR="00976AE2" w:rsidRDefault="00976AE2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Puckkastning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001B20FF">
+        <w:t xml:space="preserve"> Malte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6803E9" w14:textId="77777777" w:rsidR="00B540D8" w:rsidRDefault="00B540D8"/>
     <w:p w14:paraId="4AE0ED2E" w14:textId="5ED7C15C" w:rsidR="00D12F72" w:rsidRDefault="00D12F72">
       <w:r>
         <w:t xml:space="preserve">Samling minst 1,5 timme innan matchstart. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D968B6" w14:textId="48890888" w:rsidR="00037AFE" w:rsidRDefault="00BE594F">
       <w:r>
         <w:t>Kolla till allmänna omklädningsrummen så dom ser okej ut.</w:t>
       </w:r>
       <w:r w:rsidR="00407635">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00037AFE">
         <w:t xml:space="preserve">Sopa spelargången och rensa i båsen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A188659" w14:textId="77777777" w:rsidR="007C342B" w:rsidRDefault="00037AFE">
       <w:r>
         <w:t>Isen ska spolar innan värmning, ta fram rätt målburar</w:t>
       </w:r>
       <w:r w:rsidR="00BE3922">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00403ABF">
         <w:t xml:space="preserve"> </w:t>
@@ -442,103 +500,115 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A26DD3"/>
     <w:rsid w:val="00000465"/>
     <w:rsid w:val="00037AFE"/>
     <w:rsid w:val="000564B7"/>
     <w:rsid w:val="000830A9"/>
     <w:rsid w:val="000A0C3A"/>
     <w:rsid w:val="000F7792"/>
+    <w:rsid w:val="001B20FF"/>
+    <w:rsid w:val="002041AC"/>
     <w:rsid w:val="0020560C"/>
     <w:rsid w:val="00254C6D"/>
     <w:rsid w:val="003B0278"/>
     <w:rsid w:val="003E01B9"/>
     <w:rsid w:val="00403ABF"/>
     <w:rsid w:val="00407635"/>
     <w:rsid w:val="00463EBB"/>
     <w:rsid w:val="00485D72"/>
+    <w:rsid w:val="00516C98"/>
     <w:rsid w:val="005B3CC6"/>
     <w:rsid w:val="00602D8C"/>
     <w:rsid w:val="00634CB4"/>
     <w:rsid w:val="00641E1B"/>
+    <w:rsid w:val="00664897"/>
     <w:rsid w:val="00713A8E"/>
     <w:rsid w:val="00727EDA"/>
+    <w:rsid w:val="00730BBF"/>
     <w:rsid w:val="00750B61"/>
     <w:rsid w:val="00766B61"/>
     <w:rsid w:val="007741A8"/>
     <w:rsid w:val="00790550"/>
     <w:rsid w:val="007C342B"/>
     <w:rsid w:val="008016B3"/>
     <w:rsid w:val="008349B2"/>
+    <w:rsid w:val="00837886"/>
     <w:rsid w:val="00841B8D"/>
     <w:rsid w:val="00853D13"/>
+    <w:rsid w:val="008717C8"/>
     <w:rsid w:val="0089297F"/>
     <w:rsid w:val="008A79E7"/>
     <w:rsid w:val="00960446"/>
+    <w:rsid w:val="00976AE2"/>
     <w:rsid w:val="00995765"/>
     <w:rsid w:val="009A637F"/>
     <w:rsid w:val="00A0173E"/>
     <w:rsid w:val="00A26DD3"/>
     <w:rsid w:val="00A51EEA"/>
     <w:rsid w:val="00A6623C"/>
+    <w:rsid w:val="00AF3453"/>
     <w:rsid w:val="00AF4077"/>
     <w:rsid w:val="00B44519"/>
+    <w:rsid w:val="00B540D8"/>
     <w:rsid w:val="00B66143"/>
     <w:rsid w:val="00B85732"/>
     <w:rsid w:val="00B9256A"/>
     <w:rsid w:val="00BA4598"/>
     <w:rsid w:val="00BC6138"/>
     <w:rsid w:val="00BD4090"/>
     <w:rsid w:val="00BE3922"/>
     <w:rsid w:val="00BE594F"/>
     <w:rsid w:val="00C048FF"/>
     <w:rsid w:val="00C11B0B"/>
     <w:rsid w:val="00C54CAA"/>
     <w:rsid w:val="00C72D27"/>
     <w:rsid w:val="00CA235C"/>
     <w:rsid w:val="00D10BDB"/>
     <w:rsid w:val="00D12F72"/>
     <w:rsid w:val="00DC1477"/>
+    <w:rsid w:val="00E7539F"/>
     <w:rsid w:val="00E85805"/>
     <w:rsid w:val="00ED306F"/>
     <w:rsid w:val="00ED32A4"/>
+    <w:rsid w:val="00EE01DD"/>
     <w:rsid w:val="00F502D6"/>
     <w:rsid w:val="00FA77FD"/>
     <w:rsid w:val="00FC5500"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0D79EB88"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4D80E22F-6186-CB41-B162-1BBA5B79A3EB}"/>
 </w:settings>
@@ -1753,54 +1823,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>183</Words>
-  <Characters>973</Characters>
+  <Words>200</Words>
+  <Characters>1060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1154</CharactersWithSpaces>
+  <CharactersWithSpaces>1258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ida Nyman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>