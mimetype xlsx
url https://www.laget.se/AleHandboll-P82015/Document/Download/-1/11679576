--- v0 (2025-10-22)
+++ v1 (2025-11-22)
@@ -1,83 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sedanblo\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8808A94F-858F-4C4C-B6BF-F44022FC8EBC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96763C58-73B0-4D2F-B455-25D7FB5AFD75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-80" yWindow="-80" windowWidth="19360" windowHeight="10240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hemmatcher" sheetId="1" r:id="rId1"/>
     <sheet name="Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="33">
   <si>
     <t>Motståndare</t>
   </si>
   <si>
     <t>Matchstart</t>
   </si>
   <si>
     <t>Kiosk – Namn 1</t>
   </si>
   <si>
     <t>Kiosk – Namn 2</t>
   </si>
   <si>
     <t>Sekretariat – Namn</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Strömstad</t>
   </si>
   <si>
     <t>Lag</t>
   </si>
   <si>
@@ -98,51 +97,84 @@
   <si>
     <t>Idrottshall</t>
   </si>
   <si>
     <t>Nödinge Idrottshall</t>
   </si>
   <si>
     <t>Älvängenhallen</t>
   </si>
   <si>
     <t>IK Baltichov</t>
   </si>
   <si>
     <t>Ale Kulturrum</t>
   </si>
   <si>
     <t>IK Nord Vit</t>
   </si>
   <si>
     <t>Kungälvs HK vit</t>
   </si>
   <si>
     <t>Hk Höfers Grön</t>
   </si>
   <si>
-    <t>Noa G</t>
+    <t>Noah F</t>
+  </si>
+  <si>
+    <t>Simon R</t>
+  </si>
+  <si>
+    <t>Victor P</t>
+  </si>
+  <si>
+    <t>Noah G</t>
+  </si>
+  <si>
+    <t>Theo T</t>
+  </si>
+  <si>
+    <t>Wilmer K</t>
+  </si>
+  <si>
+    <t>Jacob E</t>
+  </si>
+  <si>
+    <t>Leo H</t>
+  </si>
+  <si>
+    <t>Harry L</t>
+  </si>
+  <si>
+    <t>Jack K</t>
+  </si>
+  <si>
+    <t>Elmer D</t>
+  </si>
+  <si>
+    <t>Julian F L</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -549,1817 +581,1817 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
     <col min="3" max="4" width="15" customWidth="1"/>
-    <col min="5" max="5" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="25" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A1" s="16"/>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
     </row>
-    <row r="2" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="2">
         <v>45956</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="4">
         <v>0.5</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="12">
-        <v>1</v>
+      <c r="F3" s="12" t="s">
+        <v>22</v>
       </c>
       <c r="G3" s="12">
         <v>2</v>
       </c>
       <c r="H3" s="13" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="6">
         <v>45970</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="4">
         <v>0.54166666666666663</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="14">
-        <v>4</v>
+      <c r="F4" s="14" t="s">
+        <v>23</v>
       </c>
       <c r="G4" s="14">
         <v>5</v>
       </c>
-      <c r="H4" s="15">
-[...3 lines deleted...]
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H4" s="13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="6">
         <v>45970</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="4">
         <v>0.625</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F5" s="14">
-        <v>7</v>
+      <c r="F5" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="G5" s="14">
         <v>8</v>
       </c>
-      <c r="H5" s="15">
-[...3 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H5" s="13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="6">
         <v>45970</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="4">
         <v>0.66666666666666663</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="14">
-[...9 lines deleted...]
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="F6" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" s="15" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="6">
         <v>45984</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="4">
         <v>0.48958333333333331</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F7" s="14">
-[...9 lines deleted...]
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="F7" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7" s="15" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="6">
         <v>46005</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="4">
         <v>0.61458333333333337</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="14">
-        <v>16</v>
+      <c r="F8" s="14" t="s">
+        <v>29</v>
       </c>
       <c r="G8" s="14">
         <v>17</v>
       </c>
       <c r="H8" s="15">
         <v>18</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="6">
         <v>46012</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="4">
         <v>0.45833333333333331</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="14">
         <v>19</v>
       </c>
       <c r="G9" s="14">
         <v>20</v>
       </c>
       <c r="H9" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="6">
         <v>46012</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="4">
         <v>0.5625</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="14">
         <v>22</v>
       </c>
       <c r="G10" s="14">
         <v>23</v>
       </c>
       <c r="H10" s="15">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="10"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="10"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="10"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="10"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="10"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="6"/>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="10"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="6"/>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="10"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="6"/>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
       <c r="H18" s="10"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="6"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="10"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="10"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="10"/>
     </row>
-    <row r="22" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="6"/>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C70FB628-34F7-4033-A1CA-A08E997C5F42}">
           <x14:formula1>
             <xm:f>Data!$C$3:$C$230</xm:f>
           </x14:formula1>
           <xm:sqref>A3:A22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3DC51118-A576-4D22-9826-AFE027273FA6}">
           <x14:formula1>
             <xm:f>Data!$F$3:$F$4</xm:f>
           </x14:formula1>
           <xm:sqref>D3:D22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{100C3438-B462-4B0C-8338-F4C91AC8321A}">
           <x14:formula1>
             <xm:f>Data!$G$3:$G$8</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E22</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2C9D516-6AB0-40D4-B2B2-110B9C2D65DD}">
   <dimension ref="C2:H289"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="3" max="3" width="10.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.1796875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="5"/>
     </row>
-    <row r="3" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C3" s="6">
         <v>45956</v>
       </c>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C4" s="6">
         <v>45988</v>
       </c>
       <c r="F4" t="s">
         <v>8</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C5" s="6">
         <v>45958</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="6" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C6" s="6">
         <v>45959</v>
       </c>
     </row>
-    <row r="7" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C7" s="6">
         <v>45960</v>
       </c>
     </row>
-    <row r="8" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C8" s="6">
         <v>45961</v>
       </c>
     </row>
-    <row r="9" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C9" s="6">
         <v>45962</v>
       </c>
     </row>
-    <row r="10" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C10" s="6">
         <v>45963</v>
       </c>
     </row>
-    <row r="11" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C11" s="6">
         <v>45964</v>
       </c>
     </row>
-    <row r="12" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C12" s="6">
         <v>45965</v>
       </c>
     </row>
-    <row r="13" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C13" s="6">
         <v>45966</v>
       </c>
     </row>
-    <row r="14" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C14" s="6">
         <v>45967</v>
       </c>
     </row>
-    <row r="15" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C15" s="6">
         <v>45968</v>
       </c>
     </row>
-    <row r="16" spans="3:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C16" s="6">
         <v>45969</v>
       </c>
     </row>
-    <row r="17" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C17" s="6">
         <v>45970</v>
       </c>
     </row>
-    <row r="18" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C18" s="6">
         <v>45971</v>
       </c>
     </row>
-    <row r="19" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C19" s="6">
         <v>45972</v>
       </c>
     </row>
-    <row r="20" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C20" s="6">
         <v>45973</v>
       </c>
     </row>
-    <row r="21" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C21" s="6">
         <v>45974</v>
       </c>
     </row>
-    <row r="22" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C22" s="6">
         <v>45975</v>
       </c>
     </row>
-    <row r="23" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C23" s="6">
         <v>45976</v>
       </c>
     </row>
-    <row r="24" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C24" s="6">
         <v>45977</v>
       </c>
     </row>
-    <row r="25" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C25" s="6">
         <v>45978</v>
       </c>
     </row>
-    <row r="26" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="26" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C26" s="6">
         <v>45979</v>
       </c>
     </row>
-    <row r="27" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="27" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C27" s="6">
         <v>45980</v>
       </c>
     </row>
-    <row r="28" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C28" s="6">
         <v>45981</v>
       </c>
     </row>
-    <row r="29" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C29" s="6">
         <v>45982</v>
       </c>
     </row>
-    <row r="30" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="30" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C30" s="6">
         <v>45983</v>
       </c>
     </row>
-    <row r="31" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="31" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C31" s="6">
         <v>45984</v>
       </c>
     </row>
-    <row r="32" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="32" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C32" s="6">
         <v>45985</v>
       </c>
     </row>
-    <row r="33" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C33" s="6">
         <v>45986</v>
       </c>
     </row>
-    <row r="34" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C34" s="6">
         <v>45987</v>
       </c>
     </row>
-    <row r="35" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C35" s="6">
         <v>45988</v>
       </c>
     </row>
-    <row r="36" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C36" s="6">
         <v>45989</v>
       </c>
     </row>
-    <row r="37" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="37" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C37" s="6">
         <v>45990</v>
       </c>
     </row>
-    <row r="38" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="38" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C38" s="6">
         <v>45991</v>
       </c>
     </row>
-    <row r="39" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="39" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C39" s="6">
         <v>45992</v>
       </c>
     </row>
-    <row r="40" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="40" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C40" s="6">
         <v>45993</v>
       </c>
     </row>
-    <row r="41" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="41" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C41" s="6">
         <v>45994</v>
       </c>
     </row>
-    <row r="42" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="42" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C42" s="6">
         <v>45995</v>
       </c>
     </row>
-    <row r="43" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="43" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C43" s="6">
         <v>45996</v>
       </c>
     </row>
-    <row r="44" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="44" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C44" s="6">
         <v>45997</v>
       </c>
     </row>
-    <row r="45" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="45" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C45" s="6">
         <v>45998</v>
       </c>
     </row>
-    <row r="46" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="46" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C46" s="6">
         <v>45999</v>
       </c>
     </row>
-    <row r="47" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="47" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C47" s="6">
         <v>46000</v>
       </c>
     </row>
-    <row r="48" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="48" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C48" s="6">
         <v>46001</v>
       </c>
     </row>
-    <row r="49" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="49" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C49" s="6">
         <v>46002</v>
       </c>
     </row>
-    <row r="50" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="50" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C50" s="6">
         <v>46003</v>
       </c>
     </row>
-    <row r="51" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="51" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C51" s="6">
         <v>46004</v>
       </c>
     </row>
-    <row r="52" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="52" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C52" s="6">
         <v>46005</v>
       </c>
     </row>
-    <row r="53" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="53" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C53" s="6">
         <v>46006</v>
       </c>
     </row>
-    <row r="54" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="54" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C54" s="6">
         <v>46007</v>
       </c>
     </row>
-    <row r="55" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="55" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C55" s="6">
         <v>46008</v>
       </c>
     </row>
-    <row r="56" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="56" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C56" s="6">
         <v>46009</v>
       </c>
     </row>
-    <row r="57" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="57" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C57" s="6">
         <v>46010</v>
       </c>
     </row>
-    <row r="58" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="58" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C58" s="6">
         <v>46011</v>
       </c>
     </row>
-    <row r="59" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="59" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C59" s="6">
         <v>46012</v>
       </c>
     </row>
-    <row r="60" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="60" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C60" s="6">
         <v>46013</v>
       </c>
     </row>
-    <row r="61" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="61" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C61" s="6">
         <v>46014</v>
       </c>
     </row>
-    <row r="62" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="62" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C62" s="6">
         <v>46015</v>
       </c>
     </row>
-    <row r="63" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="63" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C63" s="6">
         <v>46016</v>
       </c>
     </row>
-    <row r="64" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="64" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C64" s="6">
         <v>46017</v>
       </c>
     </row>
-    <row r="65" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="65" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C65" s="6">
         <v>46018</v>
       </c>
     </row>
-    <row r="66" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="66" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C66" s="6">
         <v>46019</v>
       </c>
     </row>
-    <row r="67" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="67" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C67" s="6">
         <v>46020</v>
       </c>
     </row>
-    <row r="68" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="68" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C68" s="6">
         <v>46021</v>
       </c>
     </row>
-    <row r="69" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="69" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C69" s="6">
         <v>46022</v>
       </c>
     </row>
-    <row r="70" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="70" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C70" s="6">
         <v>46023</v>
       </c>
     </row>
-    <row r="71" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="71" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C71" s="6">
         <v>46024</v>
       </c>
     </row>
-    <row r="72" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="72" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C72" s="6">
         <v>46025</v>
       </c>
     </row>
-    <row r="73" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="73" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C73" s="6">
         <v>46026</v>
       </c>
     </row>
-    <row r="74" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="74" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C74" s="6">
         <v>46027</v>
       </c>
     </row>
-    <row r="75" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="75" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C75" s="6">
         <v>46028</v>
       </c>
     </row>
-    <row r="76" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="76" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C76" s="6">
         <v>46029</v>
       </c>
     </row>
-    <row r="77" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="77" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C77" s="6">
         <v>46030</v>
       </c>
     </row>
-    <row r="78" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="78" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C78" s="6">
         <v>46031</v>
       </c>
     </row>
-    <row r="79" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="79" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C79" s="6">
         <v>46032</v>
       </c>
     </row>
-    <row r="80" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="80" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C80" s="6">
         <v>46033</v>
       </c>
     </row>
-    <row r="81" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="81" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C81" s="6">
         <v>46034</v>
       </c>
     </row>
-    <row r="82" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="82" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C82" s="6">
         <v>46035</v>
       </c>
     </row>
-    <row r="83" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="83" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C83" s="6">
         <v>46036</v>
       </c>
     </row>
-    <row r="84" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="84" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C84" s="6">
         <v>46037</v>
       </c>
     </row>
-    <row r="85" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="85" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C85" s="6">
         <v>46038</v>
       </c>
     </row>
-    <row r="86" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="86" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C86" s="6">
         <v>46039</v>
       </c>
     </row>
-    <row r="87" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="87" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C87" s="6">
         <v>46040</v>
       </c>
     </row>
-    <row r="88" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="88" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C88" s="6">
         <v>46041</v>
       </c>
     </row>
-    <row r="89" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="89" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C89" s="6">
         <v>46042</v>
       </c>
     </row>
-    <row r="90" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="90" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C90" s="6">
         <v>46043</v>
       </c>
     </row>
-    <row r="91" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="91" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C91" s="6">
         <v>46044</v>
       </c>
     </row>
-    <row r="92" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="92" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C92" s="6">
         <v>46045</v>
       </c>
     </row>
-    <row r="93" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="93" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C93" s="6">
         <v>46046</v>
       </c>
     </row>
-    <row r="94" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="94" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C94" s="6">
         <v>46047</v>
       </c>
     </row>
-    <row r="95" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="95" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C95" s="6">
         <v>46048</v>
       </c>
     </row>
-    <row r="96" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="96" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C96" s="6">
         <v>46049</v>
       </c>
     </row>
-    <row r="97" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="97" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C97" s="6">
         <v>46050</v>
       </c>
     </row>
-    <row r="98" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="98" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C98" s="6">
         <v>46051</v>
       </c>
     </row>
-    <row r="99" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="99" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C99" s="6">
         <v>46052</v>
       </c>
     </row>
-    <row r="100" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="100" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C100" s="6">
         <v>46053</v>
       </c>
     </row>
-    <row r="101" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="101" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C101" s="6">
         <v>46054</v>
       </c>
     </row>
-    <row r="102" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="102" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C102" s="6">
         <v>46055</v>
       </c>
     </row>
-    <row r="103" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="103" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C103" s="6">
         <v>46056</v>
       </c>
     </row>
-    <row r="104" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="104" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C104" s="6">
         <v>46057</v>
       </c>
     </row>
-    <row r="105" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="105" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C105" s="6">
         <v>46058</v>
       </c>
     </row>
-    <row r="106" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="106" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C106" s="6">
         <v>46059</v>
       </c>
     </row>
-    <row r="107" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="107" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C107" s="6">
         <v>46060</v>
       </c>
     </row>
-    <row r="108" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="108" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C108" s="6">
         <v>46061</v>
       </c>
     </row>
-    <row r="109" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="109" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C109" s="6">
         <v>46062</v>
       </c>
     </row>
-    <row r="110" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="110" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C110" s="6">
         <v>46063</v>
       </c>
     </row>
-    <row r="111" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="111" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C111" s="6">
         <v>46064</v>
       </c>
     </row>
-    <row r="112" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="112" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C112" s="6">
         <v>46065</v>
       </c>
     </row>
-    <row r="113" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="113" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C113" s="6">
         <v>46066</v>
       </c>
     </row>
-    <row r="114" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="114" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C114" s="6">
         <v>46067</v>
       </c>
     </row>
-    <row r="115" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="115" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C115" s="6">
         <v>46068</v>
       </c>
     </row>
-    <row r="116" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="116" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C116" s="6">
         <v>46069</v>
       </c>
     </row>
-    <row r="117" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="117" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C117" s="6">
         <v>46070</v>
       </c>
     </row>
-    <row r="118" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="118" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C118" s="6">
         <v>46071</v>
       </c>
     </row>
-    <row r="119" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="119" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C119" s="6">
         <v>46072</v>
       </c>
     </row>
-    <row r="120" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="120" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C120" s="6">
         <v>46073</v>
       </c>
     </row>
-    <row r="121" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="121" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C121" s="6">
         <v>46074</v>
       </c>
     </row>
-    <row r="122" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="122" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C122" s="6">
         <v>46075</v>
       </c>
     </row>
-    <row r="123" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="123" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C123" s="6">
         <v>46076</v>
       </c>
     </row>
-    <row r="124" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="124" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C124" s="6">
         <v>46077</v>
       </c>
     </row>
-    <row r="125" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="125" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C125" s="6">
         <v>46078</v>
       </c>
     </row>
-    <row r="126" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="126" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C126" s="6">
         <v>46079</v>
       </c>
     </row>
-    <row r="127" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="127" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C127" s="6">
         <v>46080</v>
       </c>
     </row>
-    <row r="128" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="128" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C128" s="6">
         <v>46081</v>
       </c>
     </row>
-    <row r="129" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="129" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C129" s="6">
         <v>46082</v>
       </c>
     </row>
-    <row r="130" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="130" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C130" s="6">
         <v>46083</v>
       </c>
     </row>
-    <row r="131" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="131" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C131" s="6">
         <v>46084</v>
       </c>
     </row>
-    <row r="132" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="132" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C132" s="6">
         <v>46085</v>
       </c>
     </row>
-    <row r="133" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="133" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C133" s="6">
         <v>46086</v>
       </c>
     </row>
-    <row r="134" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="134" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C134" s="6">
         <v>46087</v>
       </c>
     </row>
-    <row r="135" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="135" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C135" s="6">
         <v>46088</v>
       </c>
     </row>
-    <row r="136" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="136" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C136" s="6">
         <v>46089</v>
       </c>
     </row>
-    <row r="137" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="137" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C137" s="6">
         <v>46090</v>
       </c>
     </row>
-    <row r="138" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="138" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C138" s="6">
         <v>46091</v>
       </c>
     </row>
-    <row r="139" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="139" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C139" s="6">
         <v>46092</v>
       </c>
     </row>
-    <row r="140" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="140" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C140" s="6">
         <v>46093</v>
       </c>
     </row>
-    <row r="141" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="141" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C141" s="6">
         <v>46094</v>
       </c>
     </row>
-    <row r="142" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="142" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C142" s="6">
         <v>46095</v>
       </c>
     </row>
-    <row r="143" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="143" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C143" s="6">
         <v>46096</v>
       </c>
     </row>
-    <row r="144" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="144" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C144" s="6">
         <v>46097</v>
       </c>
     </row>
-    <row r="145" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="145" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C145" s="6">
         <v>46098</v>
       </c>
     </row>
-    <row r="146" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="146" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C146" s="6">
         <v>46099</v>
       </c>
     </row>
-    <row r="147" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="147" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C147" s="6">
         <v>46100</v>
       </c>
     </row>
-    <row r="148" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="148" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C148" s="6">
         <v>46101</v>
       </c>
     </row>
-    <row r="149" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="149" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C149" s="6">
         <v>46102</v>
       </c>
     </row>
-    <row r="150" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="150" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C150" s="6">
         <v>46103</v>
       </c>
     </row>
-    <row r="151" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="151" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C151" s="6">
         <v>46104</v>
       </c>
     </row>
-    <row r="152" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="152" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C152" s="6">
         <v>46105</v>
       </c>
     </row>
-    <row r="153" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="153" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C153" s="6">
         <v>46106</v>
       </c>
     </row>
-    <row r="154" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="154" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C154" s="6">
         <v>46107</v>
       </c>
     </row>
-    <row r="155" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="155" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C155" s="6">
         <v>46108</v>
       </c>
     </row>
-    <row r="156" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="156" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C156" s="6">
         <v>46109</v>
       </c>
     </row>
-    <row r="157" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="157" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C157" s="6">
         <v>46110</v>
       </c>
     </row>
-    <row r="158" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="158" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C158" s="6">
         <v>46111</v>
       </c>
     </row>
-    <row r="159" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="159" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C159" s="6">
         <v>46112</v>
       </c>
     </row>
-    <row r="160" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="160" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C160" s="6">
         <v>46113</v>
       </c>
     </row>
-    <row r="161" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="161" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C161" s="6">
         <v>46114</v>
       </c>
     </row>
-    <row r="162" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="162" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C162" s="6">
         <v>46115</v>
       </c>
     </row>
-    <row r="163" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="163" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C163" s="6">
         <v>46116</v>
       </c>
     </row>
-    <row r="164" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="164" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C164" s="6">
         <v>46117</v>
       </c>
     </row>
-    <row r="165" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="165" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C165" s="6">
         <v>46118</v>
       </c>
     </row>
-    <row r="166" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="166" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C166" s="6">
         <v>46119</v>
       </c>
     </row>
-    <row r="167" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="167" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C167" s="6">
         <v>46120</v>
       </c>
     </row>
-    <row r="168" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="168" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C168" s="6">
         <v>46121</v>
       </c>
     </row>
-    <row r="169" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="169" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C169" s="6">
         <v>46122</v>
       </c>
     </row>
-    <row r="170" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="170" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C170" s="6">
         <v>46123</v>
       </c>
     </row>
-    <row r="171" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="171" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C171" s="6">
         <v>46124</v>
       </c>
     </row>
-    <row r="172" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="172" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C172" s="6">
         <v>46125</v>
       </c>
     </row>
-    <row r="173" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="173" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C173" s="6">
         <v>46126</v>
       </c>
     </row>
-    <row r="174" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="174" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C174" s="6">
         <v>46127</v>
       </c>
     </row>
-    <row r="175" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="175" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C175" s="6">
         <v>46128</v>
       </c>
     </row>
-    <row r="176" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="176" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C176" s="6">
         <v>46129</v>
       </c>
     </row>
-    <row r="177" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="177" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C177" s="6">
         <v>46130</v>
       </c>
     </row>
-    <row r="178" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="178" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C178" s="6">
         <v>46131</v>
       </c>
     </row>
-    <row r="179" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="179" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C179" s="6">
         <v>46132</v>
       </c>
     </row>
-    <row r="180" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="180" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C180" s="6">
         <v>46133</v>
       </c>
     </row>
-    <row r="181" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="181" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C181" s="6">
         <v>46134</v>
       </c>
     </row>
-    <row r="182" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="182" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C182" s="6">
         <v>46135</v>
       </c>
     </row>
-    <row r="183" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="183" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C183" s="6">
         <v>46136</v>
       </c>
     </row>
-    <row r="184" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="184" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C184" s="6">
         <v>46137</v>
       </c>
     </row>
-    <row r="185" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="185" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C185" s="6">
         <v>46138</v>
       </c>
     </row>
-    <row r="186" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="186" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C186" s="6">
         <v>46139</v>
       </c>
     </row>
-    <row r="187" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="187" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C187" s="6">
         <v>46140</v>
       </c>
     </row>
-    <row r="188" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="188" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C188" s="6">
         <v>46141</v>
       </c>
     </row>
-    <row r="189" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="189" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C189" s="6">
         <v>46142</v>
       </c>
     </row>
-    <row r="190" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="190" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C190" s="6">
         <v>46143</v>
       </c>
     </row>
-    <row r="191" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="191" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C191" s="6">
         <v>46144</v>
       </c>
     </row>
-    <row r="192" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="192" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C192" s="6">
         <v>46145</v>
       </c>
     </row>
-    <row r="193" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="193" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C193" s="6">
         <v>46146</v>
       </c>
     </row>
-    <row r="194" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="194" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C194" s="6">
         <v>46147</v>
       </c>
     </row>
-    <row r="195" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="195" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C195" s="6">
         <v>46148</v>
       </c>
     </row>
-    <row r="196" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="196" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C196" s="6">
         <v>46149</v>
       </c>
     </row>
-    <row r="197" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="197" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C197" s="6">
         <v>46150</v>
       </c>
     </row>
-    <row r="198" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="198" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C198" s="6">
         <v>46151</v>
       </c>
     </row>
-    <row r="199" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="199" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C199" s="6">
         <v>46152</v>
       </c>
     </row>
-    <row r="200" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="200" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C200" s="6">
         <v>46153</v>
       </c>
     </row>
-    <row r="201" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="201" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C201" s="6">
         <v>46154</v>
       </c>
     </row>
-    <row r="202" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="202" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C202" s="6">
         <v>46155</v>
       </c>
     </row>
-    <row r="203" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="203" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C203" s="6">
         <v>46156</v>
       </c>
     </row>
-    <row r="204" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="204" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C204" s="6">
         <v>46157</v>
       </c>
     </row>
-    <row r="205" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="205" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C205" s="6">
         <v>46158</v>
       </c>
     </row>
-    <row r="206" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="206" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C206" s="6">
         <v>46159</v>
       </c>
     </row>
-    <row r="207" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="207" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C207" s="6">
         <v>46160</v>
       </c>
     </row>
-    <row r="208" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="208" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C208" s="6">
         <v>46161</v>
       </c>
     </row>
-    <row r="209" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="209" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C209" s="6">
         <v>46162</v>
       </c>
     </row>
-    <row r="210" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="210" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C210" s="6">
         <v>46163</v>
       </c>
     </row>
-    <row r="211" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="211" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C211" s="6">
         <v>46164</v>
       </c>
     </row>
-    <row r="212" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="212" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C212" s="6">
         <v>46165</v>
       </c>
     </row>
-    <row r="213" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="213" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C213" s="6">
         <v>46166</v>
       </c>
     </row>
-    <row r="214" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="214" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C214" s="6">
         <v>46167</v>
       </c>
     </row>
-    <row r="215" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="215" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C215" s="6">
         <v>46168</v>
       </c>
     </row>
-    <row r="216" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="216" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C216" s="6">
         <v>46169</v>
       </c>
     </row>
-    <row r="217" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="217" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C217" s="6">
         <v>46170</v>
       </c>
     </row>
-    <row r="218" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="218" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C218" s="6">
         <v>46171</v>
       </c>
     </row>
-    <row r="219" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="219" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C219" s="6">
         <v>46172</v>
       </c>
     </row>
-    <row r="220" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="220" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C220" s="6">
         <v>46173</v>
       </c>
     </row>
-    <row r="221" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="221" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C221" s="6">
         <v>46174</v>
       </c>
     </row>
-    <row r="222" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="222" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C222" s="6">
         <v>46175</v>
       </c>
     </row>
-    <row r="223" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="223" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C223" s="6">
         <v>46176</v>
       </c>
     </row>
-    <row r="224" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="224" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C224" s="6">
         <v>46177</v>
       </c>
     </row>
-    <row r="225" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="225" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C225" s="6">
         <v>46178</v>
       </c>
     </row>
-    <row r="226" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="226" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C226" s="6">
         <v>46179</v>
       </c>
     </row>
-    <row r="227" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="227" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C227" s="6">
         <v>46180</v>
       </c>
     </row>
-    <row r="228" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="228" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C228" s="6">
         <v>46181</v>
       </c>
     </row>
-    <row r="229" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="229" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C229" s="6">
         <v>46182</v>
       </c>
     </row>
-    <row r="230" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="230" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C230" s="6">
         <v>46183</v>
       </c>
     </row>
-    <row r="231" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="231" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C231" s="6"/>
     </row>
-    <row r="232" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="232" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C232" s="6"/>
     </row>
-    <row r="233" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="233" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C233" s="6"/>
     </row>
-    <row r="234" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="234" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C234" s="6"/>
     </row>
-    <row r="235" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="235" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C235" s="6"/>
     </row>
-    <row r="236" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="236" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C236" s="6"/>
     </row>
-    <row r="237" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="237" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C237" s="6"/>
     </row>
-    <row r="238" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="238" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C238" s="6"/>
     </row>
-    <row r="239" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="239" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C239" s="6"/>
     </row>
-    <row r="240" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="240" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C240" s="6"/>
     </row>
-    <row r="241" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="241" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C241" s="6"/>
     </row>
-    <row r="242" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="242" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C242" s="6"/>
     </row>
-    <row r="243" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="243" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C243" s="6"/>
     </row>
-    <row r="244" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="244" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C244" s="6"/>
     </row>
-    <row r="245" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="245" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C245" s="6"/>
     </row>
-    <row r="246" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="246" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C246" s="6"/>
     </row>
-    <row r="247" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="247" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C247" s="6"/>
     </row>
-    <row r="248" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="248" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C248" s="6"/>
     </row>
-    <row r="249" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="249" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C249" s="6"/>
     </row>
-    <row r="250" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="250" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C250" s="6"/>
     </row>
-    <row r="251" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="251" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C251" s="6"/>
     </row>
-    <row r="252" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="252" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C252" s="6"/>
     </row>
-    <row r="253" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="253" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C253" s="6"/>
     </row>
-    <row r="254" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="254" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C254" s="6"/>
     </row>
-    <row r="255" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="255" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C255" s="6"/>
     </row>
-    <row r="256" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="256" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C256" s="6"/>
     </row>
-    <row r="257" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="257" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C257" s="6"/>
     </row>
-    <row r="258" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="258" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C258" s="6"/>
     </row>
-    <row r="259" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="259" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C259" s="6"/>
     </row>
-    <row r="260" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="260" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C260" s="6"/>
     </row>
-    <row r="261" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="261" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C261" s="6"/>
     </row>
-    <row r="262" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="262" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C262" s="6"/>
     </row>
-    <row r="263" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="263" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C263" s="6"/>
     </row>
-    <row r="264" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="264" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C264" s="6"/>
     </row>
-    <row r="265" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="265" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C265" s="6"/>
     </row>
-    <row r="266" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="266" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C266" s="6"/>
     </row>
-    <row r="267" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="267" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C267" s="6"/>
     </row>
-    <row r="268" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="268" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C268" s="6"/>
     </row>
-    <row r="269" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="269" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C269" s="6"/>
     </row>
-    <row r="270" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="270" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C270" s="6"/>
     </row>
-    <row r="271" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="271" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C271" s="6"/>
     </row>
-    <row r="272" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="272" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C272" s="6"/>
     </row>
-    <row r="273" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="273" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C273" s="6"/>
     </row>
-    <row r="274" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="274" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C274" s="6"/>
     </row>
-    <row r="275" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="275" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C275" s="6"/>
     </row>
-    <row r="276" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="276" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C276" s="6"/>
     </row>
-    <row r="277" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="277" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C277" s="6"/>
     </row>
-    <row r="278" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="278" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C278" s="6"/>
     </row>
-    <row r="279" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="279" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C279" s="6"/>
     </row>
-    <row r="280" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="280" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C280" s="6"/>
     </row>
-    <row r="281" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="281" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C281" s="6"/>
     </row>
-    <row r="282" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="282" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C282" s="6"/>
     </row>
-    <row r="283" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="283" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C283" s="6"/>
     </row>
-    <row r="284" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="284" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C284" s="6"/>
     </row>
-    <row r="285" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="285" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C285" s="6"/>
     </row>
-    <row r="286" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="286" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C286" s="6"/>
     </row>
-    <row r="287" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="287" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C287" s="6"/>
     </row>
-    <row r="288" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="288" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C288" s="6"/>
     </row>
-    <row r="289" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="289" spans="3:3" x14ac:dyDescent="0.35">
       <c r="C289" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Hemmatcher</vt:lpstr>