--- v1 (2025-11-22)
+++ v2 (2025-12-13)
@@ -6,77 +6,77 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sedanblo\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96763C58-73B0-4D2F-B455-25D7FB5AFD75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54A28412-6260-4EF9-ABF4-B88DCE1BE805}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hemmatcher" sheetId="1" r:id="rId1"/>
     <sheet name="Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
   <si>
     <t>Motståndare</t>
   </si>
   <si>
     <t>Matchstart</t>
   </si>
   <si>
     <t>Kiosk – Namn 1</t>
   </si>
   <si>
     <t>Kiosk – Namn 2</t>
   </si>
   <si>
     <t>Sekretariat – Namn</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Strömstad</t>
   </si>
   <si>
     <t>Lag</t>
   </si>
   <si>
@@ -131,50 +131,59 @@
     <t>Noah G</t>
   </si>
   <si>
     <t>Theo T</t>
   </si>
   <si>
     <t>Wilmer K</t>
   </si>
   <si>
     <t>Jacob E</t>
   </si>
   <si>
     <t>Leo H</t>
   </si>
   <si>
     <t>Harry L</t>
   </si>
   <si>
     <t>Jack K</t>
   </si>
   <si>
     <t>Elmer D</t>
   </si>
   <si>
     <t>Julian F L</t>
+  </si>
+  <si>
+    <t>Thoor G</t>
+  </si>
+  <si>
+    <t>Bertil S</t>
+  </si>
+  <si>
+    <t>Vive L</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -581,51 +590,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
     <col min="3" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="16.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A1" s="16"/>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
     </row>
     <row r="2" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
         <v>5</v>
@@ -779,75 +788,75 @@
         <v>32</v>
       </c>
       <c r="H7" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="6">
         <v>46005</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="4">
         <v>0.61458333333333337</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="G8" s="14">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G8" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8" s="15" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="6">
         <v>46012</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="4">
         <v>0.45833333333333331</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F9" s="14">
-        <v>19</v>
+      <c r="F9" s="14" t="s">
+        <v>33</v>
       </c>
       <c r="G9" s="14">
         <v>20</v>
       </c>
       <c r="H9" s="15">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="6">
         <v>46012</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="4">
         <v>0.5625</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="14">