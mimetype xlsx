--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sedanblo\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54A28412-6260-4EF9-ABF4-B88DCE1BE805}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{176B1A64-DFC0-45C3-9C2E-4B6C254B00C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hemmatcher" sheetId="1" r:id="rId1"/>
     <sheet name="Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="44">
   <si>
     <t>Motståndare</t>
   </si>
   <si>
     <t>Matchstart</t>
   </si>
   <si>
     <t>Kiosk – Namn 1</t>
   </si>
   <si>
     <t>Kiosk – Namn 2</t>
   </si>
   <si>
     <t>Sekretariat – Namn</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Strömstad</t>
   </si>
   <si>
     <t>Lag</t>
   </si>
   <si>
@@ -140,50 +140,74 @@
     <t>Jacob E</t>
   </si>
   <si>
     <t>Leo H</t>
   </si>
   <si>
     <t>Harry L</t>
   </si>
   <si>
     <t>Jack K</t>
   </si>
   <si>
     <t>Elmer D</t>
   </si>
   <si>
     <t>Julian F L</t>
   </si>
   <si>
     <t>Thoor G</t>
   </si>
   <si>
     <t>Bertil S</t>
   </si>
   <si>
     <t>Vive L</t>
+  </si>
+  <si>
+    <t>Kungälv-Höfers</t>
+  </si>
+  <si>
+    <t>Olle V</t>
+  </si>
+  <si>
+    <t>Colin B A</t>
+  </si>
+  <si>
+    <t>Caspian N N</t>
+  </si>
+  <si>
+    <t>Frey H</t>
+  </si>
+  <si>
+    <t>Olle V/Frey H</t>
+  </si>
+  <si>
+    <t>Oliver D</t>
+  </si>
+  <si>
+    <t>Colin B A/Caspian N N</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -587,54 +611,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11"/>
+      <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
     <col min="3" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="16.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A1" s="16"/>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
     </row>
     <row r="2" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
         <v>5</v>
@@ -809,97 +833,111 @@
       </c>
       <c r="F8" s="14" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>35</v>
       </c>
       <c r="H8" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="6">
         <v>46012</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="4">
         <v>0.45833333333333331</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F9" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="G9" s="14">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="G9" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" s="15" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="6">
         <v>46012</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="C10" s="4">
-        <v>0.5625</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>17</v>
+      </c>
+      <c r="F10" s="14"/>
+      <c r="G10" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10" s="15" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A11" s="6"/>
-[...6 lines deleted...]
-      <c r="H11" s="10"/>
+      <c r="A11" s="6">
+        <v>46012</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="4">
+        <v>0.5625</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11" s="15" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="6"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="10"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="10"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="6"/>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
@@ -957,85 +995,95 @@
       <c r="E19" s="3"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="10"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="10"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="10"/>
     </row>
-    <row r="22" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
-      <c r="F22" s="9"/>
-[...1 lines deleted...]
-      <c r="H22" s="11"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="10"/>
+    </row>
+    <row r="23" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="6"/>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C70FB628-34F7-4033-A1CA-A08E997C5F42}">
           <x14:formula1>
             <xm:f>Data!$C$3:$C$230</xm:f>
           </x14:formula1>
-          <xm:sqref>A3:A22</xm:sqref>
+          <xm:sqref>A3:A23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3DC51118-A576-4D22-9826-AFE027273FA6}">
           <x14:formula1>
             <xm:f>Data!$F$3:$F$4</xm:f>
           </x14:formula1>
-          <xm:sqref>D3:D22</xm:sqref>
+          <xm:sqref>D3:D23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{100C3438-B462-4B0C-8338-F4C91AC8321A}">
           <x14:formula1>
             <xm:f>Data!$G$3:$G$8</xm:f>
           </x14:formula1>
-          <xm:sqref>E3:E22</xm:sqref>
+          <xm:sqref>E3:E23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2C9D516-6AB0-40D4-B2B2-110B9C2D65DD}">
   <dimension ref="C2:H289"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="3" max="3" width="10.1796875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C2" s="5" t="s">
         <v>5</v>
       </c>